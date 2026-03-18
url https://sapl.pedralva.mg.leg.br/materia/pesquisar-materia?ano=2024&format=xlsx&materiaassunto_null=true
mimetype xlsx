--- v0 (2025-10-05)
+++ v1 (2026-03-18)
@@ -54,8176 +54,8176 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3027/01_-_pl_01-2024_-_reajuste_servidores_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3027/01_-_pl_01-2024_-_reajuste_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3028/02_-_pl_02-2024_-_gratificacoes_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3028/02_-_pl_02-2024_-_gratificacoes_licitacao.pdf</t>
   </si>
   <si>
     <t>Cria gratificação para remuneração do Agente de Contratação, Pregoeiro, Equipe de Apoio, Comissão de Contratação e Gestor e Fiscal de Contratos, no exercício das suas atribuições  no âmbito da Câmara de Vereadores de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3029/03_-_pl_03-2024_-_subvencao_social_enidades.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3029/03_-_pl_03-2024_-_subvencao_social_enidades.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social às entidades para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3030/04_-_pl_04-2024_-_reajuste_servidores_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3030/04_-_pl_04-2024_-_reajuste_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3031/05_-_pl_05-2024_-_contribuicao_financeira_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3031/05_-_pl_05-2024_-_contribuicao_financeira_sampe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3057/06_-_pl_06-2024_-_auxilio_alimentacao_servidores_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3057/06_-_pl_06-2024_-_auxilio_alimentacao_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio alimentação aos servidores municipais de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3146/07_-_pl_07-2024_-_credito_suplementar_3.377.76663.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3146/07_-_pl_07-2024_-_credito_suplementar_3.377.76663.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 3.377.766,63, para reforço de dotações orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3168/08_-_pl_08-2024_-_credito_suplementar_3.377.76663_apresentado_pela_segunda_vez.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3168/08_-_pl_08-2024_-_credito_suplementar_3.377.76663_apresentado_pela_segunda_vez.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2024, crédito suplementar no valor de R$ 3.377.766,63 para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3169/09_-_pl_09-2024_-_credito_suplementar_865.94379.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3169/09_-_pl_09-2024_-_credito_suplementar_865.94379.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2024, crédito suplementar no valor de R$ 865.943,79 para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3170/10_-_pl_10-2024_-_subvencao_social_apae_de_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3170/10_-_pl_10-2024_-_subvencao_social_apae_de_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a concessão de subvenção social a APAE - Associação de Pais e Amigos dos Excepcionais de Maria da fé, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3245/11_-_pl_11-2024_-_nova_redacao_art_8o__lei_1093-1993_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3245/11_-_pl_11-2024_-_nova_redacao_art_8o__lei_1093-1993_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 8º da Lei nº 1.093, de 18/12/1993, que "Dispõe sobre a função pública de Conselheiro Tutelar do Município de Pedralva".</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3246/12_-_pl_12-2024_-_criacao_e_denominacao_centro_cultural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3246/12_-_pl_12-2024_-_criacao_e_denominacao_centro_cultural.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e denominação do Centro Cultural de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3247/13_-_pl_13-2024_-_artera_art._5o_da_lei_1904-2022_-_gratificacao_motoristas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3247/13_-_pl_13-2024_-_artera_art._5o_da_lei_1904-2022_-_gratificacao_motoristas.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 5º da Lei nº 1.904, de 25 de abril de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3250/14_-_pl_14-2024_-_ldo_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3250/14_-_pl_14-2024_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes  para a elaboração da lei orçamentária de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes - Secretário, Cláudio de Lima Lopes, João Batista Machado Filho - Vice-Presidente</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3315/15_-_pl_15-2024_-_vencimento_assessor_juridico_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3315/15_-_pl_15-2024_-_vencimento_assessor_juridico_camara.pdf</t>
   </si>
   <si>
     <t>Adiciona inciso ao art. 1º da Lei nº 1.303, de 18 de março de 2005, que "fixa a remuneração dos cargos da Câmara Municipal de Pedralva", alterado pela Lei Municipal nº 1.519 de 23 de fevereiro de 2011.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3320/16_-_pl_16-2024_-_cria_ouvidoria_municipal_de_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3320/16_-_pl_16-2024_-_cria_ouvidoria_municipal_de_pedralva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Ouvidoria do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3352/17_-_pl_17-2024_-_credito_suplementar_100.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3352/17_-_pl_17-2024_-_credito_suplementar_100.00000.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 100.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3353/18_-_pl_18-2024_-_credito_suplementar_457.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3353/18_-_pl_18-2024_-_credito_suplementar_457.00000.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito especial no valor de R$ 457.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3354/19_-_pl_19-2024_-_credito_suplementar_50.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3354/19_-_pl_19-2024_-_credito_suplementar_50.00000.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial no valor de R$ 50.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3355/20_-_pl_20-2024_-_convenio_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3355/20_-_pl_20-2024_-_convenio_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Associação Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3356/21_-_pl_21-2024_-_interesse_comunitario_e_social_comunidades_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3356/21_-_pl_21-2024_-_interesse_comunitario_e_social_comunidades_rurais.pdf</t>
   </si>
   <si>
     <t>Reconhece como de relevante interesse comunitário e de importância social para as comunidades rurais, áreas, locais e atividades que especifica.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3415/22_-_pl_22-2024_-_altera_dispositivo_lei_2.034_de_3_de_junho_de_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3415/22_-_pl_22-2024_-_altera_dispositivo_lei_2.034_de_3_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2.034, de 03 de junho de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3419/23_-_pl_23-2024_-_credito_suplementr_150.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3419/23_-_pl_23-2024_-_credito_suplementr_150.000.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 150.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3420/24_-_pl_24-2024_-_credito_especial_157.100.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3420/24_-_pl_24-2024_-_credito_especial_157.100.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial, no valor de R$ 157.100,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3451/25_-_pl_25-2024_-_sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3451/25_-_pl_25-2024_-_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3453/26_-_pl_26-2024_-_credito_especial_44.000_turismo_e_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3453/26_-_pl_26-2024_-_credito_especial_44.000_turismo_e_cultura.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial, no valor de R$ 44.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3482/27_-_pl_27-2024_-_credito_especial_-_100.000_-_usina_fotovoltaica_-_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3482/27_-_pl_27-2024_-_credito_especial_-_100.000_-_usina_fotovoltaica_-_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial, no valor de R$ 100.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3483/28_-_pl_28-2024_-_credito_especial_-_100.000_-_veiculo_para_policia_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3483/28_-_pl_28-2024_-_credito_especial_-_100.000_-_veiculo_para_policia_civil.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 100.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3484/29_-_pl_29-2024_-_credito_suplementar_-_661.29235_-_calcamento_ruas_coronel_canuto_dona_inacia_casemiro_osorio_odilon_souza_e_vias_do_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3484/29_-_pl_29-2024_-_credito_suplementar_-_661.29235_-_calcamento_ruas_coronel_canuto_dona_inacia_casemiro_osorio_odilon_souza_e_vias_do_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 661.292,35, e dá outras providências.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Cláudio de Lima Lopes, João Batista Machado Filho - Vice-Presidente</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3494/30_-_pl_30-2024_-_fixa_subsidio_agentes_politicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3494/30_-_pl_30-2024_-_fixa_subsidio_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos agentes políticos do Município de Pedralva para a legislatura/gestão que se inicia em 2025.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3529/31_-_pl_31-2024_-_credito_suplementar_artepe_-_dia_do_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3529/31_-_pl_31-2024_-_credito_suplementar_artepe_-_dia_do_poeta.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 43.775,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3557/32_-_pl_32-2024_-_credito_suplementar__482.000_-_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3557/32_-_pl_32-2024_-_credito_suplementar__482.000_-_estradas.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 482.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3568/33_-_pl_33-2024_-_proposta_orcamentaria_-_exercicio_de_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3568/33_-_pl_33-2024_-_proposta_orcamentaria_-_exercicio_de_2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3569/34_-_pl_34-2024_-_alteracao_ldo-_exercicio_de_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3569/34_-_pl_34-2024_-_alteracao_ldo-_exercicio_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei de Diretrizes Orçamentárias (LDO) 2025 em seus anexos e dá outras providências.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3570/35_-_pl_35-2024_-_alteracao_ppa-_2022-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3570/35_-_pl_35-2024_-_alteracao_ppa-_2022-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2022/2025 e dá outras providência.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3571/36_-_pl_36-2024_-_credito_suplementar_59.22500_-_grupo_afroblack.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3571/36_-_pl_36-2024_-_credito_suplementar_59.22500_-_grupo_afroblack.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 59.225,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3576/37_-_pl_37-2024_-_credito_suplementar_60.00000_-_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3576/37_-_pl_37-2024_-_credito_suplementar_60.00000_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 60.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3593/38_-_pl_38-2024_-_doacao_veiculos_policia_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3593/38_-_pl_38-2024_-_doacao_veiculos_policia_civil.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de veículo à Polícia Civil do Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3615/39_-_pl_39-2024_-_politica_municipal_de_acessibilidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3615/39_-_pl_39-2024_-_politica_municipal_de_acessibilidade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de acessibilidade das pessoas com deficiência ou com  mobilidade reduzida.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3629/40_-_pl_40-2024_-_suplementacao_1.762.500.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3629/40_-_pl_40-2024_-_suplementacao_1.762.500.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2024, Crédito Adicional Suplementar no valor de R$ 1.762.500,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3643/41_-_pl_41-2024_-_altera_e_inclui_dispositivos_na_lei_no_1.679-2016.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3643/41_-_pl_41-2024_-_altera_e_inclui_dispositivos_na_lei_no_1.679-2016.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na Lei nº 1.679/16, de 20/10/2016, que "Dispõe sobre o processo de escolha de servidor para exercer o cargo de Diretor e de Vice-Diretor das escolas municipais e dá outras providências".</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3663/42_-_pl_42-2024_-_regulamenta_adicionais_de_insalubridade_e_penosidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3663/42_-_pl_42-2024_-_regulamenta_adicionais_de_insalubridade_e_penosidade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos Adicionais de Insalubridade, Periculosidade e Penosidade, previstos nos artigos 87 a 91 da Lei Municipal nº 995, de 17 de agosto de 1992, que dispõe sobre o Estatuto dos Funcionários Públicos Civis do Município de Pedralva.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3664/43_-_pl_43-2024_-_incentivo_financeiro_do_componente_de_quaidde_para_esd_esb_eap_e_emulti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3664/43_-_pl_43-2024_-_incentivo_financeiro_do_componente_de_quaidde_para_esd_esb_eap_e_emulti.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Pedralva o Incentivo Financeiro do Componente de Qualidade para as Equipes de Saúde da Família (eSF), Equipes de Saúde Bucal (eSB), Equipe de Atenção Primária (eAP) e Equipe Multiprofissional (eMulti), em conformidade com a Portaria GM/MS nº 3.493, de 10 de abril de 2024, e d á outras providências.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_plc_01-2024_-_cria_cargo_prefeitura_-_assistente_administrativo_-mecanico_-_motorista_-_operador_maquina_leve_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_plc_01-2024_-_cria_cargo_prefeitura_-_assistente_administrativo_-mecanico_-_motorista_-_operador_maquina_leve_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas em cargos do Quadro Permanente de Pessoal e dá outras providências.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3192/02_-_plc_02-2024_-_cimasas_-_consorcio_lixo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3192/02_-_plc_02-2024_-_cimasas_-_consorcio_lixo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Consórcio Intermunicipal dos Municípios da Microrregião do Alto Sapucaí para Aterro Sanitário - CIMASAS a promover a concessão de exploração da destinação de resíduos sólidos e dá outras providências.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3032/01_-_pr_01-2024_-_regras_para_lei_licitacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3032/01_-_pr_01-2024_-_regras_para_lei_licitacoes.pdf</t>
   </si>
   <si>
     <t>Estabelece regras e diretrizes para a aplicação da Lei Federal nº 14.133, de 1º de abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo do Município de Pedralva/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3209/02_-_pr_02-2024_-_cargo_assessor_juridico_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3209/02_-_pr_02-2024_-_cargo_assessor_juridico_camara.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Resolução nº 249/2004, de 8 de junho de 2004, criando o cargo comissionado de Assessor Jurídico na estrutura e no quadro de pessoal da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3545/03_-_pr_03-2024_-_alteracoes_na_resolucao_aluno_nota_10_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3545/03_-_pr_03-2024_-_alteracoes_na_resolucao_aluno_nota_10_-_assinado.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos da Resolução nº 268/2017 que "Cria a Medalha 'Aluno Nota 10' no âmbito da Câmara Municipal de Pedralva".</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CE - Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3081/01_-_pdl_01-2024_-_veto_ao_pl_055-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3081/01_-_pdl_01-2024_-_veto_ao_pl_055-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o veto ao Projeto de Lei nº 055/2023.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3248/pdl_no_02-2024_-_titulo_de_cidadao_-_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3248/pdl_no_02-2024_-_titulo_de_cidadao_-_2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/pdl_no_03-2024_-_titulo_de_amigo-_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/pdl_no_03-2024_-_titulo_de_amigo-_2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Amigo de Pedralva.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3519/04_-_pdl_04-2024_-_veto_ao_pl_016-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3519/04_-_pdl_04-2024_-_veto_ao_pl_016-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o veto ao Projeto de Lei nº 016/2024.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3622/05_-_pdl_05-2024_-_medalha_do_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3622/05_-_pdl_05-2024_-_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3361/20_-_substitutivo_-_pl_20-2024_-_convenio_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3361/20_-_substitutivo_-_pl_20-2024_-_convenio_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 020/2024: autoriza o Executivo Municipal a firmar convênio com a Associação Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3367/substitutivo_no_01_ao_projeto_de_lei_016-2024_-_ouvidoria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3367/substitutivo_no_01_ao_projeto_de_lei_016-2024_-_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao PL nº 016/2024: dispõe sobre a criação da Ouvidoria do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>VPL</t>
   </si>
   <si>
     <t>Veto a Proposição de Lei</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2992/veto_ao_pl_055-2023_-_indicar_numeracao_e_autor_nas_leis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2992/veto_ao_pl_055-2023_-_indicar_numeracao_e_autor_nas_leis.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 049/2023/PMP - Veto integral ao Projeto de Lei nº 055/2023</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3481/mensagem_de_veto_no_01-2024_-_veto_integral_ao_pl_016-2024_-_criacao_da_ouvidoria_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3481/mensagem_de_veto_no_01-2024_-_veto_integral_ao_pl_016-2024_-_criacao_da_ouvidoria_municipal.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 01/2024/PMP - Veto integral ao Projeto de Lei nº 016/2024.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2993/scanner_20240207_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2993/scanner_20240207_6.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obra, sejam realizados os serviços necessários em uma estrada do Bairro Cubatãozinho, de acesso há várias propriedades, iniciando na Associação de moradores, seguindo sentido à propriedade da senhora Celeste. A estrada precisa ser cascalhada e precisa ser reconstruída a ponte, podendo ser substituídas as madeiras por manilhas e aterro.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2994/scanner_20240207_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2994/scanner_20240207_15.pdf</t>
   </si>
   <si>
     <t>•	Que, através do departamento responsável, sejam tomadas as seguintes providências, em face da situação que constatei em visita, no dia 3 de fevereiro de 2024, aos bairros Anhumas, Cubatão, Cubatãozinho, Barra e Sertãozinho, quando pude constatar os seguintes problemas: 1 - buracos em vários pontos da estrada, necessitando de uma operação tapa-buracos urgente; 2 - em outros trechos é necessário o cascalhamento, com a elevação do nível da estrada, fazendo o corte correto das enxurradas, para evitar o alagamento; 3 - corte de árvores que estão caindo na estrada ou estão com galhos prejudicando o trânsito de carros grandes; 4 -  roçagem do mato, que está invadindo a via; e 5 - manutenção e conserto das lixeiras e estender a operação cata entulho para a zona rural.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2995/scanner_20240207_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2995/scanner_20240207_21.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção na estrada vicinal do bairro Pedra Batista, melhorando a situação de alguns pontos críticos de estrada que NECESSITAM DE REPARO URGENTE._x000D_
 OBS. Enquanto o problema não for solucionado nos trechos mais críticos e o ônibus escolar não puder acessar o bairro, que seja enviado uma Kombi ou veículo semelhante para levar os estudantes até a margem da rodovia.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2996/scanner_20240207_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2996/scanner_20240207_17.pdf</t>
   </si>
   <si>
     <t>•	Tomar providências, junto ao setor competente, no sentido de proceder a limpeza e manutenção do terreno particular existente em área localizada próximo à garagem da prefeitura (onde ficam caminhões e máquinas).</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2997/scanner_20240207_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2997/scanner_20240207_14.pdf</t>
   </si>
   <si>
     <t>•	Que, através do departamento responsável, seja tomada providências com relação a coleta de lixo na zona rural, que está precária. Cito a situação que ocorre nos bairros Três Paineiras e Balaio, porém toda a zona rural sofre com a questão da coleta de lixo, principalmente quanto ao fato das lixeiras serem pequenas e estarem danificadas, da falta de cronograma e o cumprimento deste e dos dias de coletas do lixo.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2998/scanner_20240207_23.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2998/scanner_20240207_23.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de contração de estagiários ou monitores para acompanhar as crianças na condução escolar, em especial os alunos da educação infantil e que tem necessidades especiais.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/scanner_20240207_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/scanner_20240207_5.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obra, seja realizada manutenção em duas pontes localizadas na estrada principal do bairro Cafarnaum: 1) ponte localizada próximo à residência do senhor Airton, que precisa que sejam trocados alguns pranchões que estão quebrados; e 2) ponte localizada próximo a Igrejinha, que se encontra com a baliza e vários pranchões quebrados. Inclusive  já foram doadas as balizas pelo senhor Ivan Abreu Júnior e elas já estão no local para serem instaladas.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3000/scanner_20240207_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3000/scanner_20240207_18.pdf</t>
   </si>
   <si>
     <t>•	Manutenção na estrada rural que dá acesso a localidade do senhor Ex-prefeito Luizinho e da Senhora Vanderléia</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3001/scanner_20240207_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3001/scanner_20240207_13.pdf</t>
   </si>
   <si>
     <t>•	Que, através do departamento responsável, sejam tomadas providências quanto a situação que se apresenta no banheiro público da rodoviária de Pedralva, que está abandonado, sem água ou a mínima condição de higiene para ser usado pelas pessoas. A rodoviária é um local onde o banheiro tem que estar em condições adequadas para quem precisar possa utilizar. É um local de chegada, saída e passagem de pessoas. Que esse caso seja tratado com urgência. Ainda mais com a proximidade do carnaval.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3002/scanner_20240207_25.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3002/scanner_20240207_25.pdf</t>
   </si>
   <si>
     <t>Que através do setor responsável pela coleta de lixo da zona rural sejam informados os seguintes itens:_x000D_
 - Porquê a coleta tem demorado tanto?_x000D_
 - Qual o cronograma da coleta?_x000D_
 - Existe um meio pelo qual os munícipes possam ter a informação de quando será realizada a coleta nos bairros da zona rural?</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3003/scanner_20240207_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3003/scanner_20240207_16.pdf</t>
   </si>
   <si>
     <t>•	Manutenção na ponte que dá acesso a localidade da senhora Celeste Lima, no bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3004/scanner_20240207_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3004/scanner_20240207_7.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obra, seja construída uma nova ponte na estrada principal do bairro Rocinha, próximo à residência do senhor “Braizinho”, haja vista que a ponte que lá existe, conforme relatei nos requerimentos que já apresentei nesta Casa, encontra-se em situação bem precária, de forma que apenas a manutenção não será suficiente, precisando que seja construida uma nova ponte no local.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/scanner_20240207_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/scanner_20240207_12.pdf</t>
   </si>
   <si>
     <t>•	Que, através do departamento responsável, sejam tomadas providências referentes as reclamações que recebi no bairro Posses sobre o mato na zona rural. A vegetação está invadindo a estrada, não possibilitando a passagem de dois veículos ao mesmo tempo. É necessário fazer a roçagem dessas áreas. O problema se repete em toda zona rural, sendo necessário uma força tarefa para realizar esse serviço rapidamente.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3006/scanner_20240207_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3006/scanner_20240207_22.pdf</t>
   </si>
   <si>
     <t>Que através do setor responsável pela coleta de lixo da zona rural seja realiza a coleta dos bairros rurais, destacando o Cubatãozinho e também seja realizada a construção de lixeiras.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3007/scanner_20240207_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3007/scanner_20240207_4.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obra, seja feita manutenção na estrada de acesso à propriedade dos familiares do saudoso  senhor “Zezão”, localizada no bairro Rocinha, que se encontra em péssimas condições, tendo acontecido de alguns veículos atolarem ao passar pela via e ser preciso ser arrastados por trator para conseguir passar.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3008/scanner_20240207_24.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3008/scanner_20240207_24.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção, limpeza da estrada e das saídas de água do bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3009/scanner_20240207_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3009/scanner_20240207_8.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obra, seja feita manutenção na estrada do bairro Furnas, iniciando no começo da estrada, na saída da rodovia, até a propriedade do senhor Rudinei Matias, que se encontra com muito barro, sendo necessário, inclusive, consertar o bueiro localizado próximo a residência do senhor Rudinei.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3010/scanner_20240207_28.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3010/scanner_20240207_28.pdf</t>
   </si>
   <si>
     <t>Realizar limpeza periodicamente nas ruas da cidade.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3011/scanner_20240207_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3011/scanner_20240207_10.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obras, seja feita manutenção na estrada do bairro Tamanduá, iniciando no trevo próximo à Igreja e seguindo até sair no bairro Campestre, que em vários pontos se formaram buracos, que ficam cheios de água e lama, dificultando a passagem de véiculos.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3012/scanner_20240207_27.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3012/scanner_20240207_27.pdf</t>
   </si>
   <si>
     <t>Através do setor de obras seja realiza manutenção na rua Josino Tomé no bairro São José.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3013/scanner_20240207_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3013/scanner_20240207_9.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obras, seja feita manutenção na estrada do bairro Pedra Batista, principalmente nos locais onde a situação é mais precária, como o trecho próximo à propriedade dos familiares do senhor “Zé Til”, no local conhecido como “curva do bambu”, e próximo à propriedade do senhor Paulo, que são pontos desta estrada que sempre estão danificados e dificultando a passagem de veículos, até mesmo do ônivus escolar. Inclusive, já fiz vários requerimentos solicitando melhorias para esses locais.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3014/scanner_20240207_26.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3014/scanner_20240207_26.pdf</t>
   </si>
   <si>
     <t>Que através do setor de obras e engenharia seja informado quais os planos para as áreas verdes que se encontram no bairro São José.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/scanner_20240207.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/scanner_20240207.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obras, seja feita manutenção na estrada do bairro Posses, trecho localizado no início da estrada, logo após a saída da rodovia que liga a Conceição das Pedras, até a propriedade da senhora Inês Rabelo, trecho este que está muito precário. E, um pouco mais adiante nesta mesma localidade, tem uma árvore caída, que precisa ser retirada, pois está interditando uma parte da estrada.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3016/scanner_20240207_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3016/scanner_20240207_20.pdf</t>
   </si>
   <si>
     <t>Que através do setor responsáveis pelas estradas seja feita a manutenção da estrada do bairro Jabuticabal, próximo ao Paulo Gomes.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3017/scanner_20240207_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3017/scanner_20240207_2.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obras, seja feita manutenção em uma estrada do bairro Alecrim que liga ao bairro São Domingos, que está com muito mato nas beiradas, com as saídas de água entupidas e precisando ser construído três bueiros. Também existe um “passador de gado” que está com as laterais quebradas, precisdando de reparo. Registro que em um ponto desta estrada reside a Senhora Neuza, que assim como os demais usuários desta via, encontra muita dificuldade para se locomover por esta estrada, a qual constantemente me solicita que pleiteie ao senhor prefeito a manutenção.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3018/scanner_20240207_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3018/scanner_20240207_19.pdf</t>
   </si>
   <si>
     <t>Realizar a roçagem da vegetação das margens das estradas vicinais do bairro Alecrim e concluir a manutenção que está sendo realizada, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo._x000D_
 •	Concluir o “tapa-buracos” nas baixadas, onde há grande acúmulo de lama;_x000D_
 •	Limpeza das bueiras e saídas de água que se localizam no trecho após a escola e o campo;_x000D_
 •	Retirada de galhos de árvores que caíram em decorrência das fortes chuvas de vento e estão há meses nas margens da estrada;_x000D_
 •	Colocação de alguns caminhões de pedra brita ou pedra de rio nos morros mais danificados, como o local conhecido como “Morro do Estevam”, que no período das chuvas dificultam o tráfego de veículos, caminhões e do transporte escolar;_x000D_
 •	ROÇAGEM  da estrada próxima a casa da senhora Neuza, onde a estrada se encontra fechada pelo mato.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3019/scanner_20240207_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3019/scanner_20240207_3.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor de obras, seja feita manutenção na estrada que liga o bairro Estiva, passando pela Serrinha e ligando ao bairro Lagoa e também na estrada que liga o bairro Lagoa ao Município de Maria da Fé.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3020/scanner_20240207_29.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3020/scanner_20240207_29.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Plenário, nos termos do art. 29, da Lei Orgânica Municipal e 326, do Regimento Interno da Câmara Municipal, que sejam CONVOCADOS o Senhor Secretário Municipal de Educação, Paulo Sérgio da Silva, e a Senhora Secretária Municipal de Obras, Serviços Públicos e Transporte, Lilian Rangel De Freitas, para comparecem em AUDIÊNCIA PÚBLICA no plenário desta Casa, em data e horário a serem designados por Vossa Excelência, para prestarem, pessoalmente, informações sobre:_x000D_
 _x000D_
 Obra de construção de quadra poliesportiva na Escola Municipal Coronel Gaspar, objeto do Processo Licitatório nº 022/2023 – Tomada de Preços nº 01/2023, apresentando o projeto arquitetônico e esclarecendo os questionamentos apresentados na audiência._x000D_
 _x000D_
 Para tanto, caso os auxiliares diretos entendam ser necessário, poderão acompanha-los, o Prefeito Municipal e/ou outros servidores municipais e/ou representantes de prestadores de serviço da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/scanner_20240207_30.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/scanner_20240207_30.pdf</t>
   </si>
   <si>
     <t>	Seja realizado o CALÇAMENTO DE TRECHO DE ESTRADA DO BAIRRO DIVISA, utilizando para tanto, bloquetes já depositados no local.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3022/scanner_20240207_31.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3022/scanner_20240207_31.pdf</t>
   </si>
   <si>
     <t>Seja realizada a manutenção das estradas do Bairro Jabuticabal, que se encontra com diversos trechos com  buracos e pontos de alagamento e concentração de barro.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3023/scanner_20240207_34.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3023/scanner_20240207_34.pdf</t>
   </si>
   <si>
     <t>Seja informado a esta casa, o planejamento da Administração Municipal para que a CRECHE MUNICIPAL, que já se encontra, aparentemente, concluída, esteja finalmente em funcionamento, respondendo aos seguintes quesitos:_x000D_
 a)	Concluída a obra, quais as PRÓXIMAS ETAPAS deverão ser cumpridas e qual o PRAZO vislumbrado para a conclusão de cada uma delas?_x000D_
 Ex: expedição de laudos e licenças, aquisição de materiais, convocação dos aprovados em concurso público, etc._x000D_
 b)	Qual o material que deverá ainda ser adquirido? Encaminhar listagem dos itens._x000D_
 c)	Já existem cotações para a compra dos referidos itens? Se não, já existe, ao menos, um prognóstico de recursos que deverão ser empenhados para esta finalidade?_x000D_
 d)	A administração municipal reservou recursos financeiros para esta compra? Se sim, qual sua origem? Se não, com que recursos a Administração prospecta realiza-la?_x000D_
 e)	Outras informações que entender serem cabíveis.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3025/scanner_20240207_33.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3025/scanner_20240207_33.pdf</t>
   </si>
   <si>
     <t>- seja encaminhado relatório que aponte os valores repassados pela União para assistência financeira para complementação do Piso Salarial Nacional da Enfermagem, devendo ainda, INDICAR OS CALCULOS DO MS, que apurou o valor a ser repassado para cada um dos profissionais de enfermagem do município. Para tanto, solicita a anexação à resposta de print do portal do Ministério da Saúde, em que conste a citada informação._x000D_
 - Sejam esclarecidas a razões de PEDRALVA NÃO TER CONSTAR NA RELAÇÃO DE MUNICÍPIOS PRESENTE NA PORTARIA GM/MS Nº 3.113, de 22 de janeiro de 2024, que dispôs sobre os valores referentes à parcela do mês de janeiro, relativos ao repasse da assistência financeira complementar para o pagamento do PISO DOS PROFISSIONAIS DA ENFERMAGEM;_x000D_
 - Sejam prestadas informações a respeito do Superávit Financeiro do valor de R$ 140.514,68 (cento e quarenta mil quinhentos e quatorze reais e sessenta e oito centavos), relativos ao exercício de 2023, na fonte 605 -</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3043/scanner_20240216.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3043/scanner_20240216.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, reiterando requerimentos por mim feitos em maio de 2022 e abril e agosto de 2023: que seja feita, através de processo licitatório, a contratação de mão de obra terceirizada para a colocação de bloquetes na Rua Geraldo Benedito da Silva (Geraldo de Deus), no final do Bairro São José, e em todos os locais onde se encontram bloquetes amontoados.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3044/scanner_20240216_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3044/scanner_20240216_2.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: Que seja feito o calçamento de um pequeno trecho de rua localizado no final da Rua Afonso Viera Machado, no bairro São José.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3045/scanner_20240216_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3045/scanner_20240216_6.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: Que através do setor responsável, promoção social seja enviado a essa casa legislativa a informação se é possível a prefeitura doar ovos de pascoa as escolas municipais, creches e escolas estaduais.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3046/scanner_20240216_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3046/scanner_20240216_5.pdf</t>
   </si>
   <si>
     <t>Solicita a COMPANHIA ENERGETICA DE MINAS GERAIS – CEMIG: Que os galhos de uma árvore no bairro Paulino sejam podados o mais rápido possível.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3047/scanner_20240216_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3047/scanner_20240216_7.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado serviço de nivelamento em todos os pontos em que existir a junção de estrada rural com a rodovia, haja vista que se formaram um desnível nesses pontos.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3048/scanner_20240216_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3048/scanner_20240216_8.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção na estrada principal do bairro Cubatão, fazendo os serviços necessários para mantê-la em boas condições para trânsito, e fazer manutenção em um galho desta mesma estrada, de acesso ao prédio onde funciona o atendimento da Estratégia Saúde da Família e onde são realizadas Missas, que está com muito mato e poças de água de chuva.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3049/scanner_20240216_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3049/scanner_20240216_10.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja feita a devida manutenção nas estradas do bairro Sertãozinho até o morro que vai para o bairro Pitangueiras.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3050/scanner_20240216_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3050/scanner_20240216_9.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: informar o setor responsável referente a limpeza e organização da UBS do bairro Lagoa.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3051/scanner_20240216_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3051/scanner_20240216_11.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: Que, através do departamento responsável, seja tomada providências em face da situação a seguir: Recebi várias reclamações do bairro Rocinha, sobre a ponte de madeira do bairro. Estive no local e constatei que ela se encontra em péssimas condições de conservação e segurança, com buracos, tábuas soltas, falta de grade de proteção e madeiramento apodrecendo. É um caso de extrema urgência, devido ao perigo que as pessoas estão correndo ao passar por ela. É absurda a situação. O conserto precisa ser feito o mais rápido possível.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3052/scanner_20240216_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3052/scanner_20240216_12.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que seja convocado para preenchimento imediato da vaga de FISCAL DE OBRAS e POSTURA, o candidato aprovado em concurso público, devido aos fatos que exponho a seguir: A cidade de Pedralva está sem um cronograma para execução das obras importantes a serem feitas ou a continuidade das que já iniciaram. A função do fiscal é justamente traçar um cronograma, com os problemas mais sérios a serem resolvidos, e verificar a gravidade de cada situação. Não se pode continuar nessa situação, sem uma ordem de necessidades. Não pode continuar a agir aleatoriamente, como está acontecendo. O fiscal de obras e postura é um elo importante da corrente administrativa, para não se perder tempo com a falta de planejamento.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3065/scanner_20240221_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3065/scanner_20240221_1.pdf</t>
   </si>
   <si>
     <t>Justifica sua falta na sessão ordinária do dia 15 de fevereiro de 2024</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3059/scanner_20240221_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3059/scanner_20240221_1.pdf</t>
   </si>
   <si>
     <t>Que, através do setor competente, seja adaptado o espaço existente ao lado do prédio onde funciona o Conselho Tutelar, para funcionar como garagem, para guardar o veículo do conselho. O local segue identificado na foto abaixo. Pelo que pude constatar no local, precisa apenas aumentar a largura do portão existente na parede frontal</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/scanner_20240221_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/scanner_20240221_2.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feito, em caráter de urgência, melhorias em um trecho da estrada do bairro Posses, localizado próximo à propriedade do Roberto, local conhecido como “curva do roberto”, local onde foi feito, recentemente um aterro, mas precisa ser feita a saída lateral de água e ser cascalhado.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/scanner_20240221_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/scanner_20240221_4.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizada manutenção na estrada que liga o bairro Posses ao bairro Coelho, iniciando logo após a propriedade do senhor Ireci. Precisa ser feito patrolameno e cascalhado um pequeno trecho. Também precisa ser consertado um bueiro, que se encontra com a manilha quebrada no meio da estrada, o qual fica localizado próximo ao trevo que liga o bairro Posses aos bairros Coelho e Segredo.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3062/scanner_20240221_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3062/scanner_20240221_5.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizada manutenção na estrada que liga o bairro Bela Vista ao bairro Segredo, que possui vários trechos que foram danificados devidos as chuvas, com atenção especial ao trecho localizado logo após a fábrica de doce de bananas, local onde parte do cano que faz a canalização de água da Copasa está desaterrado, podendo se romper com a passagem de veículos.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3063/scanner_20240221_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3063/scanner_20240221_6.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja tomada providência para resolver o problema que ocorre no bairro Bela Vista devido haver um barranco na beirada da rua, próximo à fábrica Megaplus, que, toda vez que chove, solta um pouco de terra, que corre pela rua, que fica cheia de lama, causando transtorno principalmente para os pedestres. Ao meu ver, precisa ser rampado este barranco e ser construído passeio na beirada da rua.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3064/scanner_20240221_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3064/scanner_20240221_7.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras realize as seguintes melhorias no bairro Lagoa:_x000D_
 1)	patrolar e cascalhar o trecho de estrada localizada em uma subida que dá acesso à “Capelinha dos três anjos”;_x000D_
 2)	Arrumar o bueiro localizado na descida de entrada para o bairro, após o letreiro de coração, em frente à uma lixeira, onde se formou um buraco e o bueiro não possui grade de proteção;_x000D_
 3)	Construir bueiro no início da estrada que inicia após a parte calçada, situada após a sede da ESF, e cascalhar a estrada, que é uma subida de acesso para várias propriedades;_x000D_
 4)	Cascalhar toda a extenção da estrada que liga o bairro Lagoa ao município de Maria da Fé, _x000D_
 5)	Melhorias na escola do Bairro Lagoa, com retirada de entulhos e limpeza ao redor do prédio da escola, tampar o buraco que foi aberto na área de serviços e demais melhorias que forem necessárias;_x000D_
 6)	Manutenção da estrada que liga o bairro Lagoa sentido Pedralva, passando pela Serrinha até chegar na Estiva, fazendo a roçagem do mato, limpeza das laterais d</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3066/scanner_20240221_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3066/scanner_20240221_3.pdf</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3067/scanner_20240221_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3067/scanner_20240221_10.pdf</t>
   </si>
   <si>
     <t>Enviar ao setor responsável por obras a seguinte demanda: Manutenção na rua Pedro Monti, próximo aos correios, até a rodoviária.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3068/scanner_20240221_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3068/scanner_20240221_11.pdf</t>
   </si>
   <si>
     <t>Enviar ao setor responsável por obras a seguinte demanda: Manutenção na rua Professor Claudio Souza Bustamante</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3069/scanner_20240221_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3069/scanner_20240221_14.pdf</t>
   </si>
   <si>
     <t>	Sejam prestadas informações a respeito das decisões acerca da obra de drenagem pluvial interrompida na Rua Vereador Onofre Firmino, no Bairro São José, cujo objeto é o escoamento das águas provenientes de loteamentos em fase de implantação que estão localizados próximos àquela via, indicando, em especial:_x000D_
 a)	Presumindo a existência de alterações no projeto, qual será o novo direcionamento da referida rede? _x000D_
 b)	Houve alguma tratativa da Prefeitura com a empreiteira responsável pela obra? Se sim, quais seriam as obrigações de cada uma das partes?_x000D_
 c)	A Prefeitura Municipal determinou que a responsável refaça o calçamento da Rua Vereador Onofre Firmino, bem como recupere os trechos de calçamento danificados com a obra? Se sim, qual o prazo fixado para que isso ocorra?_x000D_
 d)	Outras informações que entender ser pertinentes a respeito da citada obra de drenagem pluvial</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3070/scanner_20240221_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3070/scanner_20240221_15.pdf</t>
   </si>
   <si>
     <t>Seja realizada a MANUTENÇÃO DAS ESTRADAS DOS BAIRROS CONTENDAS, PITANGUEIRAS, LIMEIRA E BALAIO, especialmente nos pontos que não receberam cascalhamento ou que estão ausentes aberturas de saídas de água.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3071/scanner_20240221_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3071/scanner_20240221_16.pdf</t>
   </si>
   <si>
     <t>Seja verificada a possibilidade de se realizar parceria entre a Prefeitura Municipal e o Cartório Eleitoral para instituir atendimento local aos eleitores que desejam alistar-se, transferir seu domicílio eleitoral ou revisar seus dados eleitorais.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/scanner_20240221_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/scanner_20240221_17.pdf</t>
   </si>
   <si>
     <t>Sejam realizados os procedimentos necessários, com o fim de permitir a instalação de PONTOS DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DO TRANSPORTE COLETIVO E/OU ESCOLAR, na Rodovia MG-347, NO BAIRRO ROCINHA, em ambas as laterais da pista, próximo às coordenadas “Latitude 22,2100400 e Longitude 45,4524113”, realizando a construção de baia que possibilite que os passageiros possam embarcar e desembarcar dos veículos com segurança.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3076/requerimento_urgencia_especial_-_pls_1_3_4_5_-_2024_-_claudio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3076/requerimento_urgencia_especial_-_pls_1_3_4_5_-_2024_-_claudio.pdf</t>
   </si>
   <si>
     <t>Requerer o regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei:_x000D_
 Projeto de Lei nº 01, de 2024 “Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva”;_x000D_
 Projeto de Lei nº 03, de 2024 “Dispõe sobre a concessão de subvenção social às entidades para o exercício de 2024 e dá outras providências”;_x000D_
 Projeto de Lei nº 04, de 2024 “Concede revisão geral anual aos servidores públicos municipais e dá outras providências”; e_x000D_
 Projeto de Lei nº 05, de 2024 “Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o exercício de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_urgencia_especial_pls_1_3_4_5_-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_urgencia_especial_pls_1_3_4_5_-2024.pdf</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/scanner_20240228_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/scanner_20240228_2.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela coleta de lixo no município, seja substituída a lixeira existente na beirada da rodovia, próximo ao abrigo e a estrada municipal de acesso aos bairros Correias, Pipa, Pedrão e outros. A lixeira existente no local não comporta todo o lixo que é depositado e está quebrada. Precisa ser substituída por uma lixeira maior e coberta. Inclusive, os moradores não estão depositando o lixo dentro dela, por estar quebrada.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3086/scanner_20240228_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3086/scanner_20240228_6.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela coleta de lixo no município, seja feita limpeza no local onde é depositado o lixo no bairro Vintém e ser colocada uma lixeira maior e coberta, próximo à ponte, na encruxilhada de acesso à granja e ao bairro Cubatãozinho. A lixeira existente está escondida no meio do moto e os moradores estão depositando o lixo no chão.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3087/scanner_20240228_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3087/scanner_20240228_5.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam realizados os serviços necessários na estrada do bairro Vintém, de acesso à granja do senhor Lorival e à várias propriedades. Trata-se de uma estrada estreita, por onde passam muitos veículos, inclusive caminhões, e a situação é muito precária. Inclusive, em um trecho, a estrada está caindo na lateral, o que tem dificultado a passagem de veículos.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3088/scanner_20240228_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3088/scanner_20240228_4.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja finalizado o serviço de manutenção que foi iniciado no bairro Furnas, próximo à propriedade do senhor Dito Batista. Precisa ser colocado pedras ou cascalho para firmar o leito da estrada. Também precisa ser cascalhado os trechos que se encontram em situação mais crítica, iniciando na rodovia e seguindo por todo o bairro.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3089/scanner_20240228_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3089/scanner_20240228_3.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela limpeza das estrada rurais, seja feita a roçagem e/ou  capina orgânica nas beiradas das estradas do município, que se encontram com muito mato, dificultando a visibilidade dos motoristas. Também, nos locais onde for possível, poderá ser feita a limpeza com a patrol e ser retirado mato com a retroescavadeira, que deposita no caminhão para ser levado para um local apropriado.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/scanner_20240228.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/scanner_20240228.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizado serviço de melhoramento no calçamento da Rua Coronel Estevam Rezende, próximo à residência da senhor Lorival, na junção com a Rua Pedro Monti.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/scanner_20240228_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/scanner_20240228_7.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os seguintes serviços: 1) manutenção na estrada do bairro Usina Pedrão, tampando os buracos e fazendo as sargetas nas laterais da estrada para a água de chuva correr; 2) manutenção na estrada do bairro Pipa, precisa ser feitas as sargetas laterais em toda extenção da estrada e cascalhar os pontos mais críticos; 3) manutenção na estrada de acesso ao bairro Pedrão, fazer as sargetas laterais e cascalhamento com pedra de rio; 4) manutenção na estrada de acesso a localidade onde reside os familiares da saudosa senhora Elza Veloso; 5) roçagem da pracinha em frente à Igreja do bairro Pedrão.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3092/scanner_20240228_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3092/scanner_20240228_8.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, sejam realizados os serviços necessários para manutenção e conservação da pista de caminhada “Amado José da Silva”, que apresenta alguns problemas, que precisam ser resolvidos, para que a mesma fique em condições adequadas para uso da população e não aumente os problemas que apresenta. Registro que, pelo que constatei, precisa ser retirada a terra que está amontoada na beirada do lado do barranco e ser melhorada a sargeta de escoamento de água. Também precisa ser feita limpeza dos pontos que estão cheios de terra; ser feito o conserto do trecho localizado no início da pista, onde está se formando um buraco; e ser feita uma análise por técnicos, para que seja feito um serviço correto de drenagem da água de chuva, de forma que não continue a prejudicar a pista.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3093/scanner_20240228_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3093/scanner_20240228_9.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja colocada sinalização no ponto de táxi existente na Rua Coronel Canuto, próximo à rodoviária, haja vista que a falta de identificação do local faz com que as pessoas que desembarcam dos ônibus tenham dificuldade para localizar o ponto de táxi. Também, poderia ser plantada uma árvore na esquina entre a Rua Coronel Canuto e a Travessa José Fortes Bustamante.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3094/scanner_20240228_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3094/scanner_20240228_10.pdf</t>
   </si>
   <si>
     <t>Que seja feito um estudo pelo setor de engenharia civil sobre as condições do trecho de estrada situado no início da estrada situada logo após a pista de caminhada, onde forma muita lama, que é carregada pela água de chuva e fica amontoada na beirada da rodovia. A meu ver, precisa ser feito um serviço de aterro nesse local, de forma que a caída de água seja na direção contrária da que atualmente existe, desaguando em um bueiro localizado no local. Acredito que sendo feito esse serviço, resolva esse problema.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3095/scanner_20240228_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3095/scanner_20240228_11.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita a limpeza da academia ao ar livre do bairro Bica, com a roçagem do mato que está crescendo no local.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3096/scanner_20240228_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3096/scanner_20240228_12.pdf</t>
   </si>
   <si>
     <t>•	Que sejam tomadas as seguintes providências quanto a pista de caminhada: _x000D_
 1 - seja feita manutenção na pista de caminhada._x000D_
 2- seja efetuada a devida limpeza do local, fazendo também o aterramento dos buracos e erosões._x000D_
 3- seja verificado com o departamento competente o plantio de vegetação adequada na encosta do morro, que a fica próximo a pista. Que com esse plantio se resolva o problema da erosão no local e deslize da terra, já que o morro se encontra exposto sem vegetação._x000D_
 4- seja feito uma melhora na iluminação do local, para a segurança das pessoas que pretendem praticar o esporte a noite.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3097/scanner_20240228_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3097/scanner_20240228_13.pdf</t>
   </si>
   <si>
     <t>Que seja feita manutenção nas estradas entre os bairros Paulino Paixão, passando pelo Baixadão, até o bairro Pipa. Há relatos de muitos carros quebrados nesse trecho, devido à má qualidade da estrada. Esta manutenção compreende o desvio de água, aterramento em alguns locais e cascalhamento.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3098/scanner_20240228_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3098/scanner_20240228_14.pdf</t>
   </si>
   <si>
     <t>Que seja feita manutenção nas estradas do bairro Barra. Um pequeno trecho está problemático. Necessitando de uma manutenção emergencial.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3099/scanner_20240228_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3099/scanner_20240228_15.pdf</t>
   </si>
   <si>
     <t>Enviar ao setor de obras a seguinte demanda: Construção de um quebra-molas na rua Doutor Macedo e realização de operação tapa buracos nesta mesma rua.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3100/scanner_20240228_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3100/scanner_20240228_16.pdf</t>
   </si>
   <si>
     <t>	Que sejam informados quais foram os veículos, com a indicação de suas respectivas placas, objetos do serviço de manutenção corretiva e/ou que necessitaram da aquisição de peças para sua manutenção, e que embasaram os seguintes empenhos emitidos em janeiro e fevereiro de 2023:_x000D_
 _x000D_
 943, 942, 941, 940, 801, 800, 795, 792, 786, 785, 784, 735, 732, 731, 727, 724, 721, 719, 715, 710, 706, 704, 703, 671, 667, 666, 665, 663, 662, 660, 659, 657, 654, 652, 648, 632, 806, 799, 797, 793, 791, 734, 733, 730, 729, 728, 723, 722, 720, 713, 712, 655, 651, 445, 441, 431, 430, 429, 428, 427, 426, 423, 414, 413, 412, 411, 410, 408, 407, 406, 405, 404, 403, 402, 401, 385, 333, 332, 331, 330, 329, 328, 327, 326, 321._x000D_
 _x000D_
 Obs. Os mencionados empenhos emitidos em 2023 indicam serviços de manutenção e aquisição de peças automotivas de veículos da frota municipal, porém, somente, diferente do que deve ser feito, há apenas com a descrição genérica do setor a estes bens estão vinculados, o que impede, ou, no mínimo,</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3101/scanner_20240228_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3101/scanner_20240228_17.pdf</t>
   </si>
   <si>
     <t>Estamos em época de forte calor e chuvas, fatores que contribuem para a proliferação do mosquito Aedes Aegypti, transmissor de doenças como a dengue, a febre chikungunya e o zika vírus._x000D_
 Como é de conhecimento geral, o Brasil e, em especial Minas Gerais, tem passado por um SURTO EPIDEMIOLÓGICO DA DENGUE, motivo pelo qual, com a finalidade de obter esclarecimentos e levar à população informações acerca do controle, combate e tratamento destas doenças, em especial, a dengue, requeremos as seguintes informações:_x000D_
 _x000D_
 1)	Quantos foram os casos de dengue registrados pela Secretaria Municipal de Saúde neste ano de 2023? _x000D_
 2)	A Prefeitura tem mantido a divulgação pública destes dados, como ocorre, por exemplo, com a contaminação pelo coronavírus? Se sim, por qual canal? Se não, por qual motivo?_x000D_
 3)	A Prefeitura tem um mapeamento atualizado dos locais visitados pelos Agentes de Combate às Endemias, número de focos do mosquito identificados e locais de maior proliferação?_x000D_
 4)	Quais medidas preventivas</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/scanner_20240228_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/scanner_20240228_18.pdf</t>
   </si>
   <si>
     <t>Que sejam prestadas informações acerca da adesão do Município ao Programa de Transposição e Transferência dos Saldos Constantes e Financeiros, possibilitado pela Lei Complementar nº 171/23, solicitando, desde já, o encaminhamento do Plano de Transferência e Transposição e de informações sobre sua aprovação pelo Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3103/scanner_20240228_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3103/scanner_20240228_20.pdf</t>
   </si>
   <si>
     <t>•	Que realize com urgência a manutenção da estrada do Bairro Correas, especialmente no trecho que dá acesso ao bairro Paulino Paixão, a referida estrada precisa de uma manutenção urgente, conforme se verifica nas fotos em anexos,  o primeiro trecho se localiza em uma baixada no qual precisa ser feito a limpeza da saída de água e colocar pedras para tapar os buracos e o segundo trecho mais próximo da rodovia, esse trecho precisa ser feito a limpeza da saída de água e colocar pedras para tapar os buracos. Vale destacar, que os moradores do bairro Pedrão e bairro Pipa também utilizam diariamente desta estrada, ficando impossibilitados de passar em dias de chuvas, acarretando prejuízos ao próprio transporte escolar.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3104/scanner_20240228_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3104/scanner_20240228_22.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pelas estradas rurais, seja realizada manutenção, com atenção para os trechos mais críticos, e a roçagem das laterais das estradas rurais dos bairros Cubatãozinho, Anhumas e Cubatão.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3105/scanner_20240228_23.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3105/scanner_20240228_23.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pelas estradas rurais, seja realizada, com urgência, manutenção na estrada do bairro Vintém, de acesso à granja e à várias propriedades, que se encontra em situação muito crítica, com lama e buracos.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/scanner_20240306.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/scanner_20240306.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor responsável pela iluminação pública em Pedralva, sejam tomadas providências urgentes, para instalação de iluminação pública nos seguintes locais:_x000D_
 1)	Pista de Caminhada “Amado José da Silva”; e _x000D_
 2)	Rua José Monti Sobrinho e Rua Nei Augusto Ribeiro, no bairro Bela Vista.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3109/scanner_20240306_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3109/scanner_20240306_2.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor de obras, seja realizado o serviço necessário para resolver o problema de escoamento de água de chuva na Rua José Lino Rangel que deságua na Rua José Adolfo de Faria, causando danos à via. No local existe um bueiro em um dos lados e precisa ser feito um bueiro no outro lado, onde já passa o manilhamento, precisando apenas ser feita a caixa do bueiro. Com esta medida a água não continuará prejudicando a rua José Adolfo de Faria, onde, sempre que chove, fica com muita lama.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3110/scanner_20240306_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3110/scanner_20240306_3.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor responsável pela limpeza pública, sejam tomadas as providências necessárias para aquisição de lixeiras e instalação na beirada das ruas do bairro Lagoa, para depósito de lixo pelos moradores e visitantes.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3111/scanner_20240306_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3111/scanner_20240306_4.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor responsável, sejam tomadas providências para controlar a grande proliferação de moscas no município, principalmente nos bairros Rocinha, Furnas, Contendas, Centro e São José.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/scanner_20240306_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/scanner_20240306_5.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que o setor de obras faça um planejamento para iniciar a manutenção das estradas de lavoura, haja vista que, todos os anos, esse serviço inicia quando também está iniciando a colheita, o que tumultua a realização do serviço e acaba atrasando para atender a todos que precisam. Sendo agilizado este serviço, quando iniciar a colheita do café e também da banana, já terá sido feita a manutenão, o que muito ajudará os produtores.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/scanner_20240306_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/scanner_20240306_6.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Construir dois quebra-molas na Rua Josino Tomé.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3114/scanner_20240306_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3114/scanner_20240306_7.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor reponsável pela limpeza do cemitério municipal, seja feita, com urgência, a limpeza necessária, com retirada do mato que cresceu e outros serviços de manutenção.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3115/scanner_20240306_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3115/scanner_20240306_8.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor responsável pela manutenção das ruas da cidade, seja realizado um serviço eficaz para recuperação do calçamento no trecho de rua situado no início da Rua Dona Maria Cibele que segue até o início da Rua José de Oliveira Lopes, que se encontra com muitos buracos e a boca dos bueiros abaixo do nível da rua.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3116/scanner_20240306_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3116/scanner_20240306_9.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através da Secretaria Municipal de Obras, seja informado quando será asfaltado o trecho da Avenida Flávio Antonio de Abreu Paiva, onde a prefeitura já iniciou a colocação de meio-fio, mas falta ser finalizado e ser feita a pavimentação e construção de canaletas para escoamento da água pluvial.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3117/scanner_20240306_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3117/scanner_20240306_10.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor de obras, seja feita manutenção no trecho da estrada do bairro Tamanduá, que inicia na saída da rodovia e segue até ligar na estrada de acesso ao bairro Campestre.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3118/scanner_20240306_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3118/scanner_20240306_11.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Que, através do setor de obras, sejam realizados os seguintes serviços na estrada do bairro Campestre: _x000D_
 1)	Construir bueiro na beirada da estrada, nas duas entradas para a fazenda do senhor Antonio da Higidente;_x000D_
 2)	Manutenção na pavimentação, iniciando no ponto onde finaliza a parte asfaltada, na primeira entrada para a fazenda do senhor Antonio da Higidente seguinto até o trevo de entrada para o Haras Mariflor.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3119/scanner_20240306_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3119/scanner_20240306_12.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • Construir uma pracinha no trevo situado na estrada do bairro Campestre, de acesso aos bairros Estiva, Santo Antonio, Lagoa, Campestre, Tamanduá, Pedrão e vários outros.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3120/scanner_20240306_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3120/scanner_20240306_14.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 •	Que, através do setor responsável pela manutenção das estradas rurais, seja realizada, de imediato, a roçagem do mato nas laterais de todas as estradas do município.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3121/scanner_20240306_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3121/scanner_20240306_13.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal:_x000D_
 •	Que, através do departamento responsável, sejam tomadas as seguintes medidas em relação ao cemitério municipal:_x000D_
 1)	Limpeza entre os túmulos e concretagem das áreas de acesso que são de terra._x000D_
 2)	Falta de estrutura do local, sem banheiros para a população durante um sepultamento.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3122/scanner_20240306_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3122/scanner_20240306_15.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 Seja realizado CALÇAMENTO e abertura de BOCA DE LOBO na rede pluvial existente e instalação de FAIXA ELEVADA no bairro ESTIVA, nas proximidades da Sede da Associação do Bairro (AMBE), atendendo à reivindicação antiga dos moradores daquela comunidade.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3123/scanner_20240306_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3123/scanner_20240306_16.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 	Sejam prestadas informações a respeito da PAVIMENTAÇÃO DA AVENIDA FLÁVIO ANTÔNIO DE ABREU PAIVA, no Bairro Córrego Fundo, no trecho entre o fim do calçamento da Rua Prefeito Lafaiete da Costa Paiva e da pavientação asfáltica imprimida nas proximidade do Loteamento Alta Ville, esclarecendo:_x000D_
 _x000D_
 a)	Prazo para a realização da obra;_x000D_
 b)	Se há recursos financeiros disponíveis para sua realização e qual a origem dos mesmos;_x000D_
 c)	Razões que impossibilitaram sua realização até o momento, haja vista, a informação repassada aos moradores de que a obra seria realizada ainda no ano de 2023.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3124/scanner_20240306_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3124/scanner_20240306_17.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Seja realizada a CAPINA DAS VIAS DO BAIRRO USINA, que se encontram com mato alto, causando, inclusive, o represamento das águas da chuva, onde podem se formar criadouros do mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3125/scanner_20240306_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3125/scanner_20240306_18.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 	Que sejam prestados, por meio de relatório detalhado, informações acerca da atual situação do PRÉDIO DA ESTAÇÃO DO PEDRÃO, descrevendo:_x000D_
 _x000D_
 a) Sua atual condição estrutural;_x000D_
 b)	Se a doação pela União foi efetivada ao Município, juntando documentação hábil à demonstrar esta condição;_x000D_
 c)	Seu uso por terceiros e eventual autorização para tanto;_x000D_
 d)	A possibilidade de retomada e recuperação pelo Município;_x000D_
 e)	Programação para sua futura utilização, com sua retomada;_x000D_
 f)	Outras informações que forem convenientes.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3126/scanner_20240306_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3126/scanner_20240306_19.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 	Quanto ao período de estágio probatório a ser cumprido pelos servidores públicos recentemente empossados em cargos de provimento efetivo, requer-se informações:_x000D_
 _x000D_
 a)	Quanto à instituição da COMISSÃO de que trata o art. 85, § 4º da Lei Orgânica Municipal, com o fim de realizar a “AVALIAÇÃO ESPECIAL DE DESEMPENHO” dos servidores públicos recentemente empossados e que se encontram em estágio probatório na Prefeitura Municipal;_x000D_
 b)	Quanto às regras para a realização da Avaliação Especial de Desempenho, uma vez que o Estatuto dos Servidores Municipais possui sucinta e desatualizada redação a respeito do tema em seus art. 13, 131 e 132;_x000D_
 c)	Quanto à existência de servidores em estágio probatório, contudo, fora das funções correlatas ao cargo efetivo ao qual foram empossados.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3127/scanner_20240306_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3127/scanner_20240306_20.pdf</t>
   </si>
   <si>
     <t>solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 •	Novamente solicito que seja realizada a manutenção da estrada do Bairro do Pedrão, sentido o bairro Lagoa (trecho conhecido por Pedrão de cima e baixada do Pedrão), sendo necessário realizar a limpeza das saídas de água, roçada do mato as margens da estrada, patrolamento e o cascalhamento da estrada, para que assim, resolva a situação da estrada. Vale destacar que os moradores daquela localidade estão encontrando ENORMES DIFICULDADES para utilizar da estrada diariamente._x000D_
 _x000D_
 •	Solicito ainda, que seja realizada a manutenção da estrada do Bairro da Pipa, no trecho que desce da baixada do Pedrão, bem como, que seja realizada a manutenção em todo o bairro da Pipa, sendo necessário realizar a limpeza das saídas de água, roçada do mato as margens da estrada, patrolamento e o cascalhamento da estrada, para que assim, resolva a situação da estrada. Vale destacar que os moradores daquela localidade estão encontrando ENORMES DIFICULDADES para util</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3133/scanner_20240306_23.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3133/scanner_20240306_23.pdf</t>
   </si>
   <si>
     <t>Justificando sua falta na Sessão Ordinária realizada no dia 26 de fevereiro de 2024, às 19h15.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3135/scanner_20240312.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3135/scanner_20240312.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizado serviço de conserto da pavimentação do trecho da Rua Coronel Canuto, iniciando no ponto onde é cortada pela Rua Casemiro Osório seguido até encontrar com a Rua Coronel Machado.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3136/scanner_20240312_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3136/scanner_20240312_2.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos bueiros das ruas da cidade, seja feita a devida correção na boca de dois bueiros localizados no início da rua Casemiro Osório, em frente à propriedade da senhora Graça Bustamante, conforme identificados na foto que segue abaixo, onde podemos constatar que as grades afundaram, dificultando a passagem de veículos pelo local.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3137/scanner_20240312_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3137/scanner_20240312_3.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através da Secretaria de Administração, Finanças e Planejamento, seja analisada a possibilidade do Executivo aumentar o valor do auxílio alimentação dos servidores da prefeitura, haja vista que o valor atual, de R$ 134,40, ficou muito defasado, em função da grande alta do valor dos alimentos. Sugiro que seja estudada a possibilidade de ser aumentado para pelo menos R$ 150,00, que corresponde a um aumento de aproximadamente 12%.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3138/scanner_20240312_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3138/scanner_20240312_4.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela pavimentação das ruas da cidade, seja feito o serviço que se apresenta necessário no calçamento da beirada da Rodovia Tancredo Neves, em frente à UBS e em frente ao restaurante “Santa Helena”, tendo em vista os muitos buracos que se formaram no local, o que tem dificultado muito a passagemde veículos. Também é necessário realizar manutenção no calçamento da Rua José de Abreu Rezende, que se encontra com valetas e buracos.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3139/scanner_20240312_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3139/scanner_20240312_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela pavimentação das ruas da cidade, seja feito o serviço que se apresenta necessário no calçamento da Rua Xavier Lisboa, em especial em dois pontos em que a situação está pior, próximo à prefeitura e próximo à secretaria de saúde, onde o calçamento afundou, formando valetas.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3140/scanner_20240312_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3140/scanner_20240312_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado o serviço necessário para conserto do bueiro localizado na estrada municipal do Bairro Estiva, próximo à propriedade do senhor “Joaquim do Brejo”, onde uma manilha da beirada quebrou, formando um buraco, conforme mostra a foto que segue abaixo.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3141/scanner_20240312_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3141/scanner_20240312_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizada a devida manutenção na estrada do Bairro Pitangueiras, sendo a via de acesso à propriedade do senhor Isaias e à várias outras propriedades, a qual está muito precária, com buracos, valetas, bueiro quebrado, dificultando para os proprietários locomover com seus veículos, conforme mostra as fotos abaixo.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3142/scanner_20240312_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3142/scanner_20240312_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizada a devida manutenção em alguns pontos da estrada do Bairro Limeira:1 ) aterrar o trecho de estrada próximo à propriedade do senhor Milo Monti, que serve como local para virar o ônibus escolar, pois o leito da via está abaixo do nível dos terrenos laterais, o que faz com que a água da chuva pare no leito da via, formando muita lama, que dificulta tanto a passagem de veículos, como para o ônibus escolar manobrar; e 2) realizar a devida manutenção no trecho de estrada que dá acesso à propriedade do senhor “Quinzinho”, que apresenta buracos, precisando ser cascalhada e ser construído um bueiro, sendo que as manilhas já estão no local.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3143/scanner_20240312_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3143/scanner_20240312_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja feita a manutenção necessária no trecho da estrada municipal do Bairro Contendas, iniciando na fazenda da senhora Rosiane até a divisa com o Bairro Pitangueiras, que apresenta alguns pontos danificados, precisando que sejam feitos os reparos necessários.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3144/scanner_20240312_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3144/scanner_20240312_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das pontes das estradas rurais, seja feita uma avaliação, com a orientação do setor de engenharia civil, e, posteriormente seja realizado o serviço necessário, para melhorar as condições da ponte localizada na estrada principal do Bairro Limeira, próximo ao Bar da Dona Lurdes.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3145/scanner_20240312_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3145/scanner_20240312_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Que o setor responsável por fazer manutenção nas armadilhas de mosquito realize a devida revisão, haja vista que temos contatado que a necessidade de ser realizado este serviço.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3149/scanner_20240320.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3149/scanner_20240320.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado os serviços de manutenção que ainda são necessários nas estradas do Bairro Posses, como o trecho próximo à propriedade dos “Rabelo”, que é um ponto mais úmido devido à vegetação ao redor, e próximo à propriedade do senhor “Araci”.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3150/scanner_20240320_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3150/scanner_20240320_2.pdf</t>
   </si>
   <si>
     <t>reiterando solicitação feita em 12 de dezembro de 2023: _x000D_
 _x000D_
 Informar qual é a previsão para execução da obra de extensão do bueiro existente no início da Rua Dona Maria Cibele, no qual deságua a água pluvial da Rua José de Oliveira Lopes, obra essa que visa ajudar no desague da água colhida pelo bueiro existente, de forma que o bueiro tenha mais uma saída para escoar a água, melhorando a drenagem pluvial no local.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3151/scanner_20240320_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3151/scanner_20240320_3.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Informar quando será realizada a obra que consiste em cortar a rodovia para construção de canalização, por onde será escoada a água pluvial que desce do Bairro São José e do novo loteamento que está em construção naquela região, e encaminhar o projeto elaborado para execução da obra, com a especificação do serviço que será realizado, qual material será utilizado, quantas manilhas serão gastas, qual a espessura das manilhas, bem como o custo da obra.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3152/scanner_20240320_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3152/scanner_20240320_4.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado o necessário serviço de manutenção nas estradas do Bairro Barra Mansa, que se encontram com muito mato nas laterais, buracos e valetas, que dificultam muito o trânsito, sendo que por elas trafegam caminhões transportando produção agrícola e tijolos, bem como ônibus escolar e veículos da saúde. Inclusive, precisa ser construído um bueiro próximo à propriedade do senhor Denilson, o qual autoriza que o bueiro deságue dentro de sua propriedade.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3153/scanner_20240320_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3153/scanner_20240320_5.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos prédios públicos de Pedralva, seja realizada a troca de uma das portas dos banheiros da Academia de Saúde "Benedito da Silva, vulgo Sabará", no Bairro Bica, que foi danificada pela ação de vandalos.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/scanner_20240320_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/scanner_20240320_6.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas municipais, sejam realizados os seguintes serviços no Bairro Paulino Paixão: 1) construir uma faixa-elevada no trecho calçado da estrada principal do bairro, em frente à propriedade do “Nete”, onde já existe um quebra-molas, porém este afundou; 2) construir um quebra-molas ou faixa-elevada no final do calçamento, próximo à propriedade do Sérgio, onde também já existe um quebra-molas que afundou; e 3) limpeza e pintura do abrigo existente na beirada da rodovia.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3155/scanner_20240320_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3155/scanner_20240320_7.pdf</t>
   </si>
   <si>
     <t>reiterando requerimento apresentado em 23 de fevereiro: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizado serviço de melhoramento no calçamento da Rua Coronel Estevam Rezende, próximo à residência da senhor Lorival, na junção com a Rua Pedro Monti. Pelo que se nota no local, para solucionar o problema, além de fazer o nivelamento do calçamento, será necessário construir um bueiro na esquina em frente à casa do senhor Lorival, de forma que a água de chuva não atravesse a rua e danifique o calçamento.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3156/scanner_20240320_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3156/scanner_20240320_8.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas e pontes na zona rural, seja realizado, com urgência, as melhorias necessárias na estrada e na ponte situados em uma estrada do Bairro Rocinha, sendo a estrada que inicia na segunda entrada do bairro, sentido Pedralva/Cristina. Também precisa ser construído um bueiro no trecho situado próximo à residência dos familiares do saudoso José Gonçalves.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3157/scanner_20240320_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3157/scanner_20240320_9.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos bueiros e córregos do perímetro urbano, seja realizado, com urgência, o devido serviço de manutenção e melhorias no córrego que atravessa o parque de exposições, passa beirando a parte baixa do Bairro Bica, atravessa a Rua Frei Orestes e segue até chegar na Rua Doutor Macedo, onde atravessa a rua e deságua no córrego do Jabuticabal, e, desse ponto, seguir fazendo a limpeza do córrego do Jabuticabal até encontrar com o rio anhumas e seguir fazendo a devida manutenção neste rio até próximo a pousada e restaurante “Panela Velha”.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3158/scanner_20240320_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3158/scanner_20240320_10.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das ruas da cidade, seja realizado serviço de capina orgânica, haja vista que, desde a última capina, o mato cresceu bastante. Trata-se de um serviço que precisa ser feito periodicamente, para manter as ruas sempre limpas e sem mato. Também é necessário fazer esta mesma capina nos bairros rurais.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3159/scanner_20240320_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3159/scanner_20240320_11.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das ruas da cidade, sejan tomadas providências para construção de uma calçada na beirada na Avenida Tancredo Neves, na entrada da cidade, beirando a propriedade do filho do saudoso senhor “Mário Santana”, haja vista de tratar de um local com grande circulação de pedestres, porém não existe uma calçada, tendo as pessoas que andar pela beirada de terra e muitas vezes, para desviar de poças de lama e barro, acabam caminhando pela beira da rodovia, correndo risco de ser atropelado. Também precisa ser colocada grade na boca de um bueiro localizado no local.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3160/scanner_20240320_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3160/scanner_20240320_12.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção da pista de caminhada, sejam realizadas, com urgência, as melhorias necessárias no local, haja vista que formou um burado em uma das beiradas, bem como se encontra muito suja, com terra e poças de água. Também precisa ser melhorada a iluminação no local.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3161/scanner_20240320_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3161/scanner_20240320_13.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do cemitério, seja traçado um cronograma de manutenção</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3162/scanner_20240320_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3162/scanner_20240320_14.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Que envie a essa casa legislativa os laudos técnicos sobre a insalubridade de 2015 e de 2023.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3163/justificativa_falta_reuniao_ordinaria_11-03-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3163/justificativa_falta_reuniao_ordinaria_11-03-2024.pdf</t>
   </si>
   <si>
     <t>Justificativa ausência na 6ª Reunião Ordinária da Câmara Municipal, realizada no dia 11 de março do ano corrente.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/scanner_20240320_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/scanner_20240320_15.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Solicita informações a respeito do atual quadro de nomeações para cargos em comissão, em que, aparentemente, existem treze diretores/chefes de departamento nomeados.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3165/scanner_20240320_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3165/scanner_20240320_16.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal_x000D_
 _x000D_
 Que sejam realizadas as seguintes melhorias no BAIRRO SERTÃOZINHO:_x000D_
 a)	Instalação de quebra-molas no calçamento próximo da antiga Venda da Ana;_x000D_
 b)	Instalação de uma academia da saúde na antiga escola do bairro, recuperando o prédio, transformando-a em um centro comunitário;_x000D_
 c)	Fechamento com alambrado do posto de atendimento da Estratégia Saúde da Família;_x000D_
 d)	Recuperação das estradas do bairro, dando especial atenção para o atalho ao Bairro Pitangueiras e na realização de um aterro na entrada da residência da Senhora Lourdes;</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3171/scanner_20240327.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3171/scanner_20240327.pdf</t>
   </si>
   <si>
     <t>Que, através dos setores responsáveis pela sinalização e pela manutenção das vias públicas do município de Pedralva, seja instalada placa indicando o limite de velocidade e seja construído quebra-molas no trecho da estrada do Bairro Contendas, próximo à venda do Senhor João Cota e da Igrejinha, haja vista a alta velocidade que os veículos passam pelo local.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/scanner_20240327_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/scanner_20240327_2.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, sejam realizadas as melhorias necessárias na estrada municipal do Bairro Cubatão, que se encontra com muitos buracos, valetas e galhos de árvores e muito mato nas beiradas, precisando que sejam realizadas as melhorias necessárias com urgência.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3173/scanner_20240327_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3173/scanner_20240327_3.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja feito o devido serviço de nivelamento da pavimentação de alguns trechos da Rua Coronel Machado, localizados em frente às casas de número 26. 94, 100, 130, 137 e 188. Nestes pontos, o calçamento afundou e formaram buracos, sendo que alguns pontos estão piores do que outros, mas todos precisam de manutenção</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3174/scanner_20240327_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3174/scanner_20240327_4.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os serviços necessários em um galho da estrada do Bairro Cubatãozinho, de acesso para várias propriedades, sendo a última residência de propriedade do senhor Evandro. Este galho de estrada precisa ser patrolado e ser colocado cascalho nos pontos mais críticos, haja vista que se encontra com muitos buracos e valetas, precisando de manutenção urgente</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3175/scanner_20240327_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3175/scanner_20240327_6.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os serviços necessários na estrada do Bairro Pedra Batista, que se encontra com muitos buracos que, nos dias de chuva ficam cheios de água, e, um bueiro localizado na estrada próximo à propriedade do senhor “Zé Til” que está com a manilha quebrada na beirada da estrada, formando um buraco que está a cada dia aumentando para dentro da estrada.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3176/scanner_20240327_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3176/scanner_20240327_5.pdf</t>
   </si>
   <si>
     <t>Que, através do envolvimento dos setores responsáveis desta Prefeitura, seja realizada “parceria” com instituições privadas que manifestem interesse em implantar e manutenir estruturas de coleta de lixo nas localidades rurais, sem custas para o Município ou para os cidadãos, havendo como contra partida única para o patrocinador a disponibilidade de sua propaganda no próprio artefato, tudo sob regulamentação e fiscalização deste Município. Este requerimento utiliza como base o formato já realizado em outras cidades brasileiras com condições similares a da nossa cidade, conforme padronização constante nesta foto abaixo, onde dispositivos de recolhimento seletivo de lixo foram implantados por um patrocinador privado.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3177/scanner_20240327_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3177/scanner_20240327_7.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das ruas da cidade, seja contruído passeio beirando o asfalto da Rua Professor José da Costa Paiva e o calçamento das Ruas José Sérgio Rezende Lopes e Estevam Rezende Lopes, no Bairro Córrego Fundo, local conhecido como “Loteamento do Candinho” e seja feita a roçagem do mato na beirada dessas mesmas ruas.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3178/scanner_20240327_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3178/scanner_20240327_8.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela limpeza pública, seja retirado o mato amontoado na beirada da Rua José da Costa Paiva, em frente à casa do senhor José Renato, que está seco, podendo pegar fogo e causar danos no local.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3179/scanner_20240327_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3179/scanner_20240327_9.pdf</t>
   </si>
   <si>
     <t>Solicitação à Mesa Diretora da Câmara Municipal: _x000D_
 _x000D_
 Fazer a galeria dos presidentes da Câmara Jovem da Câmara Municipal de Pedralva</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3180/scanner_20240327_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3180/scanner_20240327_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal, reiterando requerimentos apresentados em 17 de abril, 12 de junho, 4 de setembro, 16 de outubro e 13 de novembro de 2023 e em 5 de fevereiro de 2024: _x000D_
 _x000D_
 Realizar, com urgência, reforma de uma ponte localizada na estrada do Bairro Rocinha, próxima à propriedade do senhor “Braizinho”, que está em condições muito precária, oferecendo risco para os que por ela passa.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3181/scanner_20240327_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3181/scanner_20240327_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimentos feitos em 26 de junho e 27 de novembro de 2023 e em 5 de fevereiro de 2024:_x000D_
 _x000D_
 Que, através do setor de obra, sejam realizados os serviços necessários em uma estrada do Bairro Cubatãozinho, de acesso há várias propriedades, iniciando na Associação de moradores, seguindo sentido à propriedade da senhora Celeste. A estrada precisa ser cascalhada e precisa ser reconstruída a ponte, podendo ser substituídas as madeiras por manilhas e aterro.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3182/scanner_20240327_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3182/scanner_20240327_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimento apresentado em 5 de fevereiro de 2024:_x000D_
 _x000D_
 Que, através do setor de obras, seja feita manutenção em uma estrada do bairro Alecrim que liga ao bairro São Domingos, que está com muito mato nas beiradas, com as saídas de água entupidas e precisando ser construído três bueiros. Também existe um “passador de gado” que está com as laterais quebradas, precisdando de reparo. Registro que em um ponto desta estrada reside a Senhora Neuza, que assim como os demais usuários desta via, encontra muita dificuldade para se locomover por esta estrada, a qual constantemente me solicita que pleiteie ao senhor prefeito a manutenção.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3183/scanner_20240327_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3183/scanner_20240327_13.pdf</t>
   </si>
   <si>
     <t>•	Que, através da secretaria municipal de saúde, seja tomadas as providências para ser instalada uma caixa de água no prédio da antiga escola do Bairro Pedra Preta, local onde atualmente funciona um posto de atendimento da Estratégia Saúde da Família</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3184/requerimento_urgencia_especial_plc_1_-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3184/requerimento_urgencia_especial_plc_1_-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando a tramitação em regime de URGÊNCIA ESPECIAL do Projeto de Lei Complementar nº 01, de 2024 “Dispõe sobre a criação de vagas em cargos do Quadro Permanente de Pessoal e dá outras providências”.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3185/scanner_20240327_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3185/scanner_20240327_14.pdf</t>
   </si>
   <si>
     <t>Realizar MANUTENÇÃO EMERGENCIAL nas estradas vicinais do bairro Alecrim, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo URGENTE, como:_x000D_
 Roçagem da estrada que se encontra fechada pelo mato;_x000D_
 Operação tapa-buracos na baixada, onde há grande acúmulo de lama;_x000D_
 Limpeza das bueiras e saídas de água;_x000D_
 Colocação de alguns caminhões de pedra brita ou pedra de rio nos morros mais danificados, que no período das chuvas dificultam o tráfego de veículos, caminhões e do transporte escolar.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3186/scanner_20240327_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3186/scanner_20240327_15.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das academias ao ar livre instaladas nos bairros rurais, sejam retirados os aparelhos que estão instalados no Bairro Lagoa, haja vista que apenas um aparelho está funcionando, todos os outros não se encontram em boas condições, podendo alguma criança se machucar nos aparelhos estragados</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/scanner_20240327_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/scanner_20240327_16.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizado a isenção do pagamento de pedágio por parte dos estudantes que cursam o ensino superior no Município de Pouso Alegre-MG, tendo em vista que desde a data da instalação da praça de pedágio na rodovia sentido Pouso Alegre, são os alunos que vem arcando com o pagamento diário do pedágio, sendo um valor de aproximadamente R$40,00 por dia e de aproximadamente R$800,00 mensais, razão pela qual o Poder Executivo deve assumir a responsabilidade pelo pagamento, podendo até realizar licitação para um pagamento mais econômico.  Cumpre destacar, que não são todos os dias que o transporte vai cheio, haja vista que alguns alunos estudam na modalidade híbrida, por isso acaba ficando mais oneroso para os demais alunos que possuem a frequência diária.  Por outro lado, vale colacionar a Lei Municipal nº 1.460/2009 que dispõe sobre a regulamentação do transporte escolar externo, sendo possível identificar que trata-se de um transporte gratuito a ser fornecido aos alunos, não fazendo</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3188/scanner_20240327_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3188/scanner_20240327_18.pdf</t>
   </si>
   <si>
     <t>Reitera Requerimentos de nº 79/202, 147/2020, 293/2021 e 135/2022 e 302/2023, para que sejam instalados ABRIGOS DE PASSAGEIROS, às margens da Av. Tancredo Neves, nos acessos da cidade próximos aos “LETREIROS” DE ACESSO pela Rua Dona Maria Cibele, no Bairro São José, e pelo trevo de acesso pela Rua Coronel Machado.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3189/scanner_20240327_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3189/scanner_20240327_19.pdf</t>
   </si>
   <si>
     <t>Solicitação à Companhia de Saneamento Básico de Minas Gerais – COPASA:_x000D_
 _x000D_
 Que seja informado o valor que seria devido à COPASA, a título de indenização dos bens reversíveis ao Município de Pedralva/MG (ente concedente), para a hipótese de extinção imediata da concessão dos serviços de abastecimento de água e de coleta e tratamento do esgoto sanitário._x000D_
 Obs. O presente requerimento visa levantar informações que serão úteis em breve, pois, a concessão dos referidos serviços foi firmada até o ano de 2027, sendo que os estudos que subsidiarão a melhor decisão quanto aos rumos a serem tomados devem ser iniciados o quanto antes.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3190/scanner_20240327_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3190/scanner_20240327_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações quanto à existência de funcionários públicos que exercem outras atribuições que não são aquelas do cargo no qual foi empossado, caracterizando o chamado DESVIO DE FUNÇÃO, informando se há casos que se enquadrem neste cenário. Se sim, justificar as razões que fundamentam esta condição.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3191/scanner_20240327_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3191/scanner_20240327_20.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a recuperação das estradas do BAIRRO POSSES, realizando a colocação de materiais, como pedra de rio, nos trechos ainda não manutenidos pela Prefeitura Municipal, conforme relatório fotográfico abaixo.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3193/scanner_20240404_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3193/scanner_20240404_5.pdf</t>
   </si>
   <si>
     <t>solicitação ao Excelentíssimo Senhor Prefeito Municipal: que, através do setor de obras, sejam colocadas pedras de rio no espaço em frente ao abrigo e a casinha de depósito de lixo, no Bairro Paulino, de forma a evitar que forme barro no local, facilitando para os usuários do transporte coletivo e para os moradores locomover pelo local</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3194/scanner_20240404_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3194/scanner_20240404_4.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 que, através do setor de obras, sejam construídos abrigos nos Bairros Posses, Estiva, Divisa e nos demais bairros onde for constatada a necessidade, nos pontos onde os alunos aguardam pelo transporte escolar, haja vista que estes não possuem um local para se abrigar, seja do sol ou da chuva.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3195/scanner_20240404_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3195/scanner_20240404_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 que, através do setor de obras, seja feita manutenção na estrada municipal que liga o Bairro Três Paineiras ao Bairro Pitangueiras e seja construído três bueiros, de forma a melhorar o escoamento da água de chuva, sendo que no local existe dois bueiros construído com manilhas de 30 cm de diâmetro, que não comporta toda a água, precisando ser construído mais três bueiros com manilhas de 40 cm de diâmetro.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/scanner_20240404_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/scanner_20240404_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimentos apresentados em 26 de fevereiro e 18 de março de 2023: _x000D_
 que, através do setor responsável pela manutenção da pista de caminhada, sejam realizadas, com urgência, as melhorias necessárias no local, haja vista a situação que se encontra, as quais narrei em requerimentos apresentados anteriormente e vem se agravando. No último final de semana, havia muita água parada no leito da pista de caminhada, que impediu que as pessoas que foram ao local conseguissem utilizar a pista.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3197/scanner_20240404_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3197/scanner_20240404_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 manutenção no acesso à propriedade do Sr. Rodrigo Lima, no bairro Sertãozinho, que está intransitável, dificultando o acesso da família.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3198/scanner_20240404_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3198/scanner_20240404_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 manutenção, urgente, na estrada do bairro Divisa, onde o acesso está precário, impedindo o acesso até mesmo dos veículos escolares.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3199/scanner_20240404_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3199/scanner_20240404_10.pdf</t>
   </si>
   <si>
     <t>Justificativa pela ausência na última sessão ordinária, realizada no dia 25 de março de 2024.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3200/scanner_20240404_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3200/scanner_20240404_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 manutenção na estrada que liga o bairro Pitangueiras ao bairro Três Paineiras. Que o serviço seja realizado com urgência, haja vista o estado de emergência que se apresenta. A estrada se encontra com vários buracos, com uma grande erosão em toda sua extensão, que apresenta grande risco aos usuários daquela estrada. Essa estrada é de suma importância para os produtores rurais que passam diariamente por ela, com seus produtos.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3201/scanner_20240404_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3201/scanner_20240404_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 manutenção na estrada próximo a igreja no bairro Posses. É necessário cascalhamento e desvio de água.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3202/scanner_20240404_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3202/scanner_20240404_13.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que, através do setor responsável pela manutenção das ruas da cidade, seja realizada operação tapa buracos nas seguintes ruas: _x000D_
 	Rua Doutor Macedo;_x000D_
 	Rua Pedro Monti;_x000D_
 	Rua Coronel Canuto; e_x000D_
 	Rua São Sebastião.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3203/scanner_20240404_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3203/scanner_20240404_15.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal_x000D_
 _x000D_
 que sejam informados quais serviços e equipamentos públicos o Município tem disponibilizado às pessoas com Transtorno do Espectro Autista (TEA) e com Transtorno de Déficit de Atenção e Hiperatividade (TDAH), enviando relatório indicando:_x000D_
 a)	as modalidades de serviços (exames, avaliações, terapias, medicamentos etc);_x000D_
 b)	a forma de acesso;_x000D_
 c)	o quantitativo de procedimentos realizados em 2023 e o quantitativo de pessoas atendidas;_x000D_
 d)	se há planejamento para aumento dos serviços a pacientes com as citadas condições;</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3204/scanner_20240404_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3204/scanner_20240404_14.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que o setor responsável pela manutenção das estradas rurais realize manutenção na estrada do bairro Jabuticabal, tampando os buracos e fazendo a roçagem do mato nas laterais.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3218/scanner_20240410.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3218/scanner_20240410.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor de obras, realize manutenção na estrada de acesso à localidade conhecida como “propriedade dos Vianas”, que se encontra com valetas formadas pela água de chuva, o que faz com que os carros raspem o assoalho, podendo causar danos aos veículos.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3219/scanner_20240410_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3219/scanner_20240410_2.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela limpeza das vias urbanas, seja feita limpeza e roçagem no barranco localizado na Rua Dona Miquita, o qual se encontra com muito mato, conforme pode ser verificado na foto  que segue abaixo. Solicito, também, que seja construído um muro de arrimo beirando toda a extensão deste barranco, para protegar e dar segurança às construções existentes na parte superior do barranco.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3220/scanner_20240410_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3220/scanner_20240410_4.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Nomear mais um cirurgião dentista, aprovado no concurso público realizado em 2023, para que este atenda exclusivamente nos bairros rurais, principalmente nos bairros mais populosos.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3221/scanner_20240410_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3221/scanner_20240410_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Realizar, através do setor de obras, manutenção na estrada municipal que inicia na rodovia, local conhecido como “morro grande”, de acesso ao Bairro Jabuticabal, e na Rua Antonio José de Sousa até encontrar com a Rua Doutor Macedo. No “morro grande” precisa ser feita limpeza do mato e das sarjetas laterais e patrolamento. Na Rua Antonio José de Sousa precisa ser cascalhado.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3222/scanner_20240410_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3222/scanner_20240410_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Realizar, através do setor responsável pela limpeza pública, a troca das lixeiras públicas instaladas nas calçadas das ruas da cidade, que se encontram danificadas.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3223/requerimento_urgencia_especial_plc_2_e_pl_10_-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3223/requerimento_urgencia_especial_plc_2_e_pl_10_-2024.pdf</t>
   </si>
   <si>
     <t>Requer regime de URGÊNCIA ESPECIAL, dos seguintes projetos de lei:_x000D_
 Projeto de Lei Complementar nº 02, de 2024 “Autoriza o Consórcio Intermunicipal dos Municípios da Microrregião do Alto Sapucaí para Aterro Sanitário - CIMASAS a promover a concessão de exploração da destinação de resíduos sólidos e dá outras providências”; e_x000D_
 Projeto de Lei nº 010, de 2024 “dispõe sobre a concessão de subvenção social a APAE - Associação de Pais e Amigos dos Excepcionais de Maria da fé, para o exercício de 2024, e dá outras providências”.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3224/scanner_20240410_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3224/scanner_20240410_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Realizar, através do setor de obras, manutenção e melhorias na estrada municipal que inicia na saída da rodovia, no Bairro Paulino Paixão, passando pela localidade conhecida por ‘baixadão” e pela estrada de acesso ao Bairro Correias. Também precisa ser construído um bueiro no início desta via, próximo a uma casa amarela, local onde a água que deste atravessa a estrada, danificando a via.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3225/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3225/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Realizar, através do setor de obras, o necessário serviço de manutenção e melhorias nas estradas do Bairro Barra Mansa, a saber:_x000D_
 1)	estrada principal, iniciando na saída da rodovia, após a propriedade do saudoso “Pedro Mota”, próximo à divisa com o Município de São José do Alegre, que se encontra com muito mato nas laterais, buracos e valetas, que dificultam muito o trânsito;_x000D_
 2)	galho de estrada de acesso para várias propriedades, iniciando no acesso em frente ao Sítio Alvarino e seguindo até finalizar todas as propriedades que têm essa via como acesso;_x000D_
 3)	estrada que dá acesso ao Bairro Fundão; e_x000D_
 4)	trecho de estrada que liga o Bairro Barra Mansa ao Bairro Sertãozinho.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3226/scanner_20240410_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3226/scanner_20240410_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Realizar, através do setor de obras, o necessário serviço de manutenção e melhorias na estrada de acesso a localidade onde reside os familiares da saudosa senhora Elza Veloso, no Bairro Pedrão.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3227/2pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3227/2pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Enviar à esta Casa informações sobre como foi feito o embasamento para possível retirada do adicional de insalubridade dos funcionários da farmácia municipal, haja vista que os funcionários têm contato com vários agentes insalubres. Segue em anexo requerimento e relatório que me foi fornecido pela farmacêutica Gabriela Monti Vilas Boas.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3228/scanner_20240410_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3228/scanner_20240410_17.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, junto com a secretaria de educação, seja encontrada uma solução para a situação informada por pais de alunos do Bairro Anhumas, que utilizam o ônibus escolar no período matutino, os quais relataram que seus filhos chegam muito cedo na escola. A aula inicia às 7 horas e seus filhos são deixados na escola às 6 horas.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3229/scanner_20240410_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3229/scanner_20240410_18.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através pelo setor responsável pela coleta de lixo, sejam tomadas providências com relação a coleta de lixo no Bairro Contendas. Segundo relato de vários moradores, a situação da lixeira pública é precária, sem acondicionamento adequado, lixo espalhado e coleta irregular, sem um cronograma de verdade. Trata-se de uma situação que precisa de atenção, pois a prefeitura vem gastando com propaganda contra a dengue, mas não está fazendo sua parte.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3230/scanner_20240410_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3230/scanner_20240410_19.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que o setor de obras realize as melhorias necessárias no trecho da estrada do Bairro Tamanduá, que liga ao Bairro Campestre, em frente à propriedade do senhor Cláudio. Moradores do Bairro Tamanduá relataram a respeito do lamaçal que está neste trecho de estrada, tendo ocorrido muitas quedas no local. É necessária uma drenagem e depois o cascalhamento, pois nem com o sol o local secou, tornando necessário uma interferência rápida.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3231/scanner_20240410_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3231/scanner_20240410_20.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que o setor de obras realize as melhorias necessárias em uma estrada do Bairro do Pedrão, sendo que a máquina passou em um trecho, mas ficou faltando a parte de cima, que sobe atrás da igreja para a casa da “Velosa”. No local, quando chove, os moradores ficam ilhados, sem ter como sair. Seguem fotos do local.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3232/scanner_20240410_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3232/scanner_20240410_21.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que seja feita manutenção em uma estrada do Bairro Santo Antônio, sendo a estrada que dá acesso à última casa da fazenda, local conhecido como estrada do “Padre Juca”, a qual está intransitável. Segundo informaram, o Sr. Antônio Luiz, morador do local, fará uma cirurgia e não tem como entrar com carro nesse local. É uma estrada particular, porém a prefeitura já fez serviços particulares nesse bairro e esta manutenção é de extrema urgência, devido à saúde do morador. Seguem fotos do local.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3233/scanner_20240410_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3233/scanner_20240410_22.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 Que, através do setor responsável pela manutenção e melhoria das pontes existentes nas estradas municipais, seja realizado o serviço necessário na ponte de madeira do Bairro Limeira. A ponte está com erosão na cabeceira. Os veículos estão passando rente às bordas, o que pode vir a causar um acidente, principalmente com ônibus escolar. A prefeitura levou as madeiras e lá continuam esperando ser colocadas no local correto. Seguem fotos do local.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3234/scanner_20240410_23.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3234/scanner_20240410_23.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Tomar providências quanto a rua José Belmiro Monti, localizada na divisa do bairro São José com o centro da cidade.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3235/scanner_20240410_24.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3235/scanner_20240410_24.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Colocar um monitor no ônibus que faz alinha que passa pela Usina, Bela Vista e Posses.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3236/scanner_20240410_25.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3236/scanner_20240410_25.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Enviar ao setor de estrada a demanda seguinte: manutenção na estrada do bairro Tamanduá, estrada que vai para o campestre.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3237/scanner_20240410_27.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3237/scanner_20240410_27.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal._x000D_
 _x000D_
 1 - Realizar MANUTENÇÃO EMERGENCIAL nas estradas vicinais do bairro Pedra Batista, com a construção de um bueiro, próximo a casa do senhor Zé Til. _x000D_
 2 – Realizar LIMPEZA nas estradas vicinais do bairro Alecrim, APÓS A ROÇAGEM QUE FOI FEITA PELOS MORADORES DO BAIRRO. Além das limpezas de saída de água e patrolamento, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo URGENTE.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/scanner_20240410_30.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/scanner_20240410_30.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal_x000D_
 _x000D_
 a)	A Secretaria Municipal de Educação possui dados referentes ao atual quadro na cidade de pessoas analfabetas ou consideradas analfabetas funcionais?_x000D_
 b)	A Prefeitura Municipal tem ações ou tem em seu planejamento, atividades que visem a melhoria deste quadro eventualmente existente, especialmente na alfabetização de jovens e adultos?</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3239/scanner_20240410_31.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3239/scanner_20240410_31.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal_x000D_
 _x000D_
 Que seja enviada à Câmara Municipal cronograma de obras que serão feitas para a recuperação das vias urbanas, contendo:_x000D_
 a)	Relação das vias urbanas que deverão receber troca de pavimentação, indicando qual o tipo de pavimento que será utilizado;_x000D_
 b)	Indicar qual o prazo para início destas obras;_x000D_
 c)	Relação das vias que receberão manutenção paliativa com mão de obra própria, indicando quais serão manutenidas nos próximos 60 dias e qual a previsão de realização de cada uma destas manutenções (mencionando de forma quais serão as ruas atingidas nestas ações em que ordem sequencial).</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3240/scanner_20240410_32.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3240/scanner_20240410_32.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que realize com urgência a manutenção de um trecho da Rua Onofre Firmino, localizada no bairro São José, tendo em vista que deste o final do ano passado está sendo informando pelos moradores da localidade que os danos  que estão sendo causada na referida rua em razão da obra do novo loteamento, porém, até o presente momento não foi encerrado os transtornos na via, encontrando-se com buracos e sem calçamento, dificultando a passagens dos moradores, ficando até sem conseguir guardar o seu veículo na própria casa/garagem._x000D_
 Solicita-se ainda, que seja encaminhado uma cópia deste ofício ao responsável pela construção do novo Loteamento Nossa Senhora (Engenheiro ou Empreiteira).</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3255/scanner_20240418_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3255/scanner_20240418_2.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Entrar em contato com a construtora responsável pela construção do loteamento Alta Ville e solicitar que realize a roçagem dos lotes, haja vista que o mato cresceu muito, conforme pode ser constatado nas fotos que seguem abaixo.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3256/scanner_20240418.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3256/scanner_20240418.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Que, através do setor de obras, sejam realizados os seguintes serviços no Bairro Lagoa:_x000D_
 1)	instalar uma grade na boca do bueiro localizado próximo ao tanque de leite; e_x000D_
 2)	trocar o cano por onde é escoada a água do tanque e cimentar o piso por onde o cano passa; nivelar a tampa da caixa de gordura; e roçar o mato ao redor da escola.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3257/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3257/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 Que, através do setor responsável, sejam prestadas as seguintes informações e executados os seguintes serviços no Bairro Lagoa:_x000D_
 1)	Informar quando iniciará o calçamento do trecho de estrada situado após a rua onde se encontra localizada a sede da ESF, haja vista que se trata de uma subida, que, quando chove, se torna praticamente intransitável, além de que dela desce muita terra, que acaba entrando no pátio do prédio da ESF e correndo pela rua calçada até a lanchonete, deixando esses locais muito sujo, conforme pode ser visto nas fotos que seguem abaixo; _x000D_
 2)	que, por ocasião da execução do calçamento, seja contruído bueiro no início da subida, ligando a canalização de água pluvial ao bueiro existente em frente à lanchonete; _x000D_
 3)	suspender o meio-fio em frente ao prédio da ESF, de forma a evitar que a água entre no pátio; _x000D_
 4)	pintura do prédio da ESF, que se encontra desgastada e suja; e_x000D_
 5)	que seja feita manutenção na via que segue à esquerda da rua on</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3258/scanner_20240418_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3258/scanner_20240418_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável, seja feita manutenção na via de acesso à “Capelinha dos Três Anjos”, no Bairro Lagoa, que se encontra mal conservada, com muitos buracos, que ficam cheios de água nos dias de chuva. Se possível, que seja calçada essa via.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3259/scanner_20240418_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3259/scanner_20240418_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento feito em 4 de março de 2024: _x000D_
 _x000D_
 Que, através do setor responsável, sejam realizadas as seguintes melhorias no trevo existente na estrada do Bairro Campestre, a saber:_x000D_
 1)	instalação da casinha para depósito de lixo na beirada do espaço existente no centro do trevo, na ponta sentido Pedralva;_x000D_
 2)	colocar um cano de aproximadamente 6 polegadas, atravessando a estrada, em frente à entrada de gado da propriedade do senhor Toninho da Higidente, para canalização da água de chuva que desce do lado de cima da estrada;_x000D_
 3)	construção de uma pracinha no espaço localizado no centro do trevo, cercando o espaço com meio-fio ou  bloquetes.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/requerimento_urgencia_especial_pls_8_e_9_-_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/requerimento_urgencia_especial_pls_8_e_9_-_2024.pdf</t>
   </si>
   <si>
     <t>Solicita tramitação em regime de URGÊNCIA ESPECIAL, dos seguintes projetos de lei:_x000D_
 Projeto de Lei nº 08, de 2024 “Abre ao orçamento do Município de Pedralva para o exercício de 2024, crédito suplementar no valor de R$ 3.377.766,63 para reforço de dotação orçamentária, e dá outras providências”; e_x000D_
 Projeto de Lei nº 09, de 2024 “Abre ao orçamento do Município de Pedralva para o exercício de 2024, crédito suplementar no valor de R$ 865.943,79 para reforço de dotação orçamentária, e dá outras providências”.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3261/scanner_20240418_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3261/scanner_20240418_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando solicitação feita em 12 de dezembro de 2023 e 12 de março de 2024: _x000D_
 _x000D_
 Informar qual é a previsão para execução da obra de extensão do bueiro existente no início da Rua Dona Maria Cibele, no qual desagua a água pluvial da Rua José de Oliveira Lopes, obra essa que visa ajudar no desague da água colhida pelo bueiro existente, de forma que o bueiro tenha mais uma saída para escoar a água, melhorando a drenagem pluvial no local. Essa extensão seguirá pela Rua Dona Maria Cibele e será ligada na canalização em frente ao Bar do Sinésio, que atravessa a rodovia e desagua na propriedade do senhor Lourenço.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3262/scanner_20240418_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3262/scanner_20240418_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado em 12 de março de 2024: _x000D_
 _x000D_
 Informar quando será realizada a obra que consiste em cortar a rodovia para construção de canalização, por onde será escoada a água pluvial que desce do Bairro São José e do novo loteamento que está em construção naquela região, e encaminhar o projeto elaborado para execução da obra, com a especificação do serviço que será realizado, qual material será utilizado, quantas manilhas serão gastas, qual a espessura das manilhas, bem como o custo da obra.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3263/scanner_20240418_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3263/scanner_20240418_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimentos feitos em 26 de junho e 27 de novembro de 2023 e em 5 de fevereiro e 25 de março de 2024:_x000D_
 _x000D_
 Que, através do setor de obra, sejam realizados os serviços necessários em uma estrada do Bairro Cubatãozinho, de acesso há várias propriedades, iniciando na Associação de moradores, seguindo sentido à propriedade da senhora Celeste. A estrada precisa ser cascalhada e precisa ser reconstruída a ponte, podendo ser substituídas as madeiras por manilhas e aterro. Trata de uma solicitação que venho fazendo desde 2023 e como o serviço ainda não foi realizado, após ter sido cobrado por vários moradores daquela localidade, fez-se necessário reapresentar este requerimento.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3264/scanner_20240418_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3264/scanner_20240418_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimento apresentado em 15 de fevereiro de 2024:_x000D_
 _x000D_
 Que, através do setor de obras, seja realizado serviço de nivelamento em todos os pontos em que existir a junção de estrada rural com a rodovia, haja vista que se formaram um desnível nesses pontos. Cito a entrada para o Bairro Vintém que, conforme pode ser constatado nas fotos que seguem abaixo, o desnível está bem acentuado, dificultando para os veículos que vêm da estrada rural entrar na rodovia e vice-versa.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3265/scanner_20240418_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3265/scanner_20240418_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado na sessão do dia 25 de março de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, sejam realizadas as melhorias necessárias na estrada municipal do Bairro Cubatão, que se encontra com muitos buracos, valetas e galhos de árvores e muito mato nas beiradas, precisando que sejam realizadas as melhorias necessárias com urgência.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3266/scanner_20240418_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3266/scanner_20240418_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Providenciar a contratação de Fonoaudiólogo e Pediatra, para integrar a equipe de saúde do município, de forma a melhorar o atendimento da população que necessita dos serviços desses profissionais.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3267/scanner_20240418_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3267/scanner_20240418_13.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer informações acerca das providências tomadas pela Prefeitura Municipal, acerca da inoperância da empresa “Nossa Senhora de Fátima Incorporadora LTDA”, inscrita no CNPJ sob o nº 08.765.060/0001-7” em promover a recomposição da pavimentação da Rua Vereador Onofre Firmino Ferreira, no Bairro São José._x000D_
 _x000D_
 a)	Foi formalizado algum instrumento entre a empresa e o Município que estabeleça as obrigações entre as partes sobre as obras naquele local?_x000D_
 b)	A empresa assumiu a responsabilidade de realizar a recomposição da pavimentação da via? _x000D_
 b.1) Se sim, qual o prazo estipulado para início e conclusão?_x000D_
 b.2) Quais as justificativas têm sido apresentadas pela empresa para que até o momento a pavimentação não tenha sido restaurada?_x000D_
 b.3) A Prefeitura Municipal tem atuado de forma fiscalizatória? Se sim, encaminhar documentação comprobatória?_x000D_
 b.4) Foi enviada notificação extrajudicial à empresa ou foi manejada alguma medida judicial, para que a empresa cumpra</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3268/scanner_20240418_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3268/scanner_20240418_14.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer informações o atual Plano Municipal de Educação, em especial, sobre o possível término de sua vigência em junho deste ano, conforme previu o artigo 1º da Lei Municipal nº 1.645/15, que aprovou o referido diploma._x000D_
 _x000D_
 Obs. A Lei Municipal nº 1.645, de 15 de junho de 2015, que aprovou o Plano Municipal de Educação previu no caput de seu artigo 1º, que o Plano Municipal de Educação - PME, terá vigência até junho de 2024, contudo, há informações de que este prazo, então previsto, havia sido estendido, razões pela qual solicitamos melhores informações e documentações a respeito. _x000D_
 _x000D_
  _x000D_
 Art. 1º. Fica aprovado o Plano Municipal de Educação - PME, com vigência até junho de 2024, a contar da publicação desta Lei, com vistas ao cumprimento do disposto no art. 214 da Constituição Federal.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3269/scanner_20240418_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3269/scanner_20240418_15.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Seja feita a MANUTENÇÃO DAS ESTRADAS RURAIS do BAIRRO SANTO ANTÔNIO, CAFARNAUM, CASTELHANO, BELO RAMO E FLORESTA _x000D_
 Obs 1. Em especial no Bairro Santo Antônio, no acesso à residência do Sr, João Mariano, Ana Santos e Dona Tereza do Sr. Tonho, o acesso está muito difícil, sendo que o Sr. Antônio encontra-se recém operado de uma cirurgia na coluna, precisando se deslocar à cidade para consultas, não podendo, contudo, passar em trechos com grande trepidação. _x000D_
 Obs. 2. Destarte, que esta MANUTENÇÃO SEJA EFETIVA, e não apenas com patrolamento, devendo ser feita com técnica e com a colocação de materiais que garantam durabilidade à manutenção. _x000D_
 Obs. 3. Além disso, que seja realizada com PROGRAMAÇÃO e que esta privilegie os locais em piores condições.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3287/scanner_20240424_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3287/scanner_20240424_2.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos bueiros da cidade, seja feita avaliação das condições das grades que tampam os bueiros, por toda cidade, haja vista que existem grades soltas, quebradas ou afundadas. Cito a grade do bueiro localizado na esquina da Rua Zezé Canuto com a Rua Pedro Monti, no Bairro São José, que está solta, conforme pode ser visto na foto que segue abaixo. Assim como neste bueiro, existem vários outros na mesma situação</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3288/scanner_20240424_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3288/scanner_20240424_1.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja feita manutenção em trecho da Rua Pedro Monti, localizado entre as Ruas José de Oliveira Lopes e São Sebastião, no Bairro São José, próximo à casa de nº 623. Este trecho de rua encontra-se com desnível, devido o calçamento ter afundando em alguns pontos, precisando ser nivelado.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3289/scanner_20240424_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3289/scanner_20240424_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do escoamento de esgoto nos bairros rurais, seja realizado o serviço necessário na rede pela qual corre o esgoto no Bairro Paulino Paixão que, aparentemente, parece ter se rompido com as enchentes ocorridas  no período da chuva e, devido a isto, o esgoto está vazando e correndo para o córrego existente próximo ao local.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3290/scanner_20240424_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3290/scanner_20240424_4.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizada a troca das manilhas quebradas do bueiro existente na estrada municipal do Bairro Usina Pedrão, próximo à Agroindústria Energia da Fruta - Polpa de Banana. Conforme pode ser constatado nas fotos que seguem abaixo, manilhas do bueiro quebraram nos dois lados da estrada, precisando ser trocadas, o quanto antes, para que as demais manilhas não venham a quebrar, deixando o local sem condições para passagem de veículos.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3291/scanner_20240424_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3291/scanner_20240424_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção na estrada do Bairro Pipa, começando no início da via e seguindo até o ponto que liga na estrada de acesso para os Bairros Lagoa e Pedrão.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3292/scanner_20240424_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3292/scanner_20240424_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela limpeza dos rios e córregos do município, sejam realizados os serviços de limpeza nos córregos do Bairro Jabuticabal, sendo um o que inicia na galeria existente próximo à rodovia e segue sentido Bairro Jabuticabal e o outro tem seu início no final da Rua Doutor Macedo, próximo à propriedade dos familiares do saudoso senhor “Márcio Barros” seguindo até a ponte próximo à “Santa Cruz”. Também precisa ser realizado este mesmo serviço no córrego do Bairro Bica, iniciando na Rua Joaquina Lopes, cruzando a Dr. Macedo, seguindo margeando a Rua Josefina Monti, cortando a Frei Orestes e finalizando no Parque de Exposições.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3293/scanner_20240424_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3293/scanner_20240424_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas e pontes do município, seja retirado o monte de terra que caiu na beirada da estrada e seja consertado o buraco que se formou na ponte, na estrada do Bairro Jabuticabal, próximo à propriedade dos familiares da saudosa senhora “Orminda” e da “Santa Cruz”.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3294/scanner_20240424_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3294/scanner_20240424_3.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do envolvimento dos setores responsáveis desta Prefeitura, seja realizada “parceria” com instituições escolares técnicas da nossa região para que seja desenvolvido em nossa cidade um monumento/fonte luminosa com harmonização ambiental sonora, como equipamento público urbano a ser usufruído por nossa população, assim como o existente em outras cidades brasileiras.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3295/scanner_20240424_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3295/scanner_20240424_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal e ao representante do Ministério Público:_x000D_
 Que sejam tomadas as providências e sejam feitas notificações cabíveis aos responsáveis da empresa Nossa Senhora de Fátima Incorporadora Ltda., CNPJ nº 08.765.060/0001-07, com endereço a rua Maria Cibeli, s/n, Pedralva –MG, diante da situação a seguir: A empresa é responsável por um loteamento em construção nesta localidade e, no mês de janeiro do corrente ano, no bairro São José, na rua Vereador Onofre Firmino Ferreira, abriu a rua para a passagem de manilhas da água pluvial e a rua foi toda “desmontada”. Terminado o serviço de manilhamento, a rua não foi refeita. Os bloquetes estão amontoados nas calçadas, a rua está na terra e esburacada. Desde janeiro, os moradores, que antes tinham uma rua calçada, tem poeira no sol e barro nas chuvas. Diante do exposto, solicito medidas urgentes para que a situação seja resolvida o mais rápido possível pelos responsáveis.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3296/scanner_20240424_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3296/scanner_20240424_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Parcelamento do IPTU, que está em atraso. Alguns contribuintes receberam cobrança do IPTU, para pagar em uma única parcela. Muitos não conseguem pagar. Solicito o parcelamento dos débitos para esses contribuintes, de forma a facilitar para que eles consigam colocar em dia essa dívida.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3297/scanner_20240424_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3297/scanner_20240424_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Iluminação efetiva das ruas que dão acesso a empresa Megaplus, no bairro Bela Vista. Conforme ofício enviado pela própria empresa, as ruas sem iluminação estão afetando a vida e a produtividade dos funcionários, em sua maioria mulheres, que têm que transitar por ruas escuras e ermas para trabalhar, passando por diversas importunações, bem descritas no ofício da empresa, acarretando muitas vezes pedidos de demissão pelas funcionárias. Sofrem também os moradores do bairro Bela Vista com tal situação.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3298/scanner_20240424_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3298/scanner_20240424_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Solução do problema da água no bairro Rezende, às margens da rodovia. A falta de água persiste. É total o desrespeito com os moradores do local. As mangueiras e a caixa d'água precisam ser trocadas. Segundo informado pelo Departamento de Desenvolvimento, em novembro de 2023 o problema seria resolvido rapidamente, mas já se passaram 5 meses após o requerimento e nada foi feito. Peço um pouco mais de sensibilidade e empatia do prefeito e secretários responsáveis para com essa questão.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3299/scanner_20240424_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3299/scanner_20240424_13.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Enviar ao setor responsável por obras a seguinte demanda: Desentupir um bueiro localizado no bairro Usina, como consta nas fotos abaixo.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3300/requerimento_urgencia_especial_-_pls_11_e_13_-_2024_-_22-04-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3300/requerimento_urgencia_especial_-_pls_11_e_13_-_2024_-_22-04-2024.pdf</t>
   </si>
   <si>
     <t>Solicita regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei:_x000D_
 Projeto de Lei nº 011, de 2024 “dá nova redação ao artigo 8º da Lei nº 1.093, de 18/12/1993, que "Dispõe sobre a função pública de Conselheiro Tutelar do Município de Pedralva"; e_x000D_
 Projeto de Lei nº 013, de 2024 “Altera a redação do art. 5º da Lei nº 1.904, de 25 de abril de 2022, e dá outras providências.”.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/requerimento_22-04-2024_-_justificando_falta_na_sessao_do_dia_15-04-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/requerimento_22-04-2024_-_justificando_falta_na_sessao_do_dia_15-04-2024.pdf</t>
   </si>
   <si>
     <t>Justificando sua falta na Sessão Ordinária da Câmara Municipal realizada no dia 15 de abril de 2024.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3302/114_-_requerimento_-_29-04-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3302/114_-_requerimento_-_29-04-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento feito em 11 de março de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado o serviço necessário para conserto do bueiro localizado em uma curva da estrada municipal do Bairro Estiva, próximo à propriedade do senhor “Joaquim do Brejo”, onde uma manilha da beirada quebrou, formando um buraco, conforme mostra a foto que segue abaixo.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3303/115_-_requerimento_-_29-04-2024_-_calcamento_igrejinha_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3303/115_-_requerimento_-_29-04-2024_-_calcamento_igrejinha_estiva.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do calçamento dos trechos calçados na zona rural, seja feita manutenção no calçamento em frente à Igrejinha do Bairro Estiva, que está com algumas partes afundadas e com um vazamento de água no meio da via.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3304/116_-_requerimento_-_29-04-2024_-_estrada_divisa_cubataozinho_e_cubatao_-_morro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3304/116_-_requerimento_-_29-04-2024_-_estrada_divisa_cubataozinho_e_cubatao_-_morro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizada manutenção no trecho da estrada do Bairro Cubatão, iniciando no topo do morro, na divisa entre os Bairros Cubatãozinho e Cubatão, seguindo até chegar na encruzilhada de acesso aos Bairros Sertãozinho e Barra Mansa.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3305/117_-_requerimento_-_29-04-2024_-_rua_coronel_estevan_rezende_-_reiterando.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3305/117_-_requerimento_-_29-04-2024_-_rua_coronel_estevan_rezende_-_reiterando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos apresentados em 23 de fevereiro e 14 de março de 2024: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizado serviço de melhoramento no calçamento da Rua Coronel Estevam Rezende, próximo à residência da senhor Lorival, na junção com a Rua Pedro Monti. Pelo que se nota no local, para solucionar o problema, além de fazer o nivelamento do calçamento, será necessário construir um bueiro na esquina em frente à casa do senhor Lorival, de forma que a água de chuva não atravesse a rua e danifique o calçamento.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3306/118_-_requerimento_-_29-04-2024_-_limeira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3306/118_-_requerimento_-_29-04-2024_-_limeira.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 11 de março de 2024: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção das estradas rurais, seja realizada a devida manutenção em alguns pontos da estrada do Bairro Limeira: 1 ) aterrar o trecho de estrada próximo à propriedade do senhor Milo Monti, que serve como local para virar o ônibus escolar, pois o leito da via está abaixo do nível dos terrenos laterais, o que faz com que a água da chuva pare no leito da via, formando muita lama, que dificulta tanto a passagem de veículos, como para o ônibus escolar manobrar; e 2) realizar a devida manutenção no trecho de estrada que dá acesso à propriedade do senhor “Quinzinho”, que apresenta buracos, precisando ser cascalhada e ser construído um bueiro, sendo que as manilhas já estão no local.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3307/119_-_requerimento_-_29-04-2024_-_ponte_limeira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3307/119_-_requerimento_-_29-04-2024_-_ponte_limeira.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 11 de março de 2024: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção das pontes das estradas rurais, seja feita uma avaliação, com a orientação do setor de engenharia civil, e, posteriormente, seja realizado o serviço necessário, para melhorar as condições da ponte localizada na estrada principal do Bairro Limeira, próximo ao Bar da Dona Lurdes.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3308/120_-_requerimento_-_29-04-2024_-_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3308/120_-_requerimento_-_29-04-2024_-_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos apresentados em 5 de fevereiro e 25 de março de 2024: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os serviços necessários na estrada do Bairro Pedra Batista, principalmente nos locais onde a situação é mais precária, como o trecho próximo à propriedade dos familiares do senhor “Zé Til”, no local conhecido como “curva do bambu”, local onde também precisa ser consertado um bueiro, que está com a manilha quebrada na beirada da estrada, formando um buraco que está a cada dia aumentando para dentro da via. É necessário também que seja feito um bom serviço de manutenção no trecho próximo à propriedade do “Pingo”, que está com muitos buracos.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3309/121_-_requerimento_-_29-04-2024_-_estrada_sertaozinho_e_barra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3309/121_-_requerimento_-_29-04-2024_-_estrada_sertaozinho_e_barra.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os serviços necessários nas estradas dos Bairros Sertãozinho e Barra Mansa, iniciando no final da estrada do Bairro Cubatão e seguindo por toda extenção da estrada municipal desses dois bairros, que apresentam pontos que precisam de reparo, haja vista que estão com muitos buracos e valetas.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3310/122_-_requerimento_-_29-04-2024_-_esgoto_paulino_paixao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3310/122_-_requerimento_-_29-04-2024_-_esgoto_paulino_paixao.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado na sessão ordinária realizada dia 22 de abril de 2024:_x000D_
 _x000D_
 que, através do setor responsável pela manutenção do escoamento de esgoto nos bairros rurais, seja realizado o serviço necessário na rede pela qual corre o esgoto no Bairro Paulino Paixão que, aparentemente, parece ter se rompido com as enchentes ocorridas no período da chuva e, devido a isso, o esgoto está vazando e correndo para o córrego existente próximo ao local.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_29-04-2024_-_estrada_pedra_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_29-04-2024_-_estrada_pedra_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pelas estradas rurais, seja feita manutenção na estrada do Bairro Pedrão que dá acesso a “Pedra do Pedrão”.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_29-04-2024_-_um_terco_ferias_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_29-04-2024_-_um_terco_ferias_saude.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer informações acerca do Ofício nº 011/2023, da Secretaria Municipal de Saúde, que previu a impossibilidade de que servidores municipais tenham a CONVERSÃO DE 1/3 DAS FÉRIAS em abono pecuniário, conforme autoriza e faculta o § 1º, do art. 96, do Estatuto do Servidor Público Municipal._x000D_
 _x000D_
 Art. 96. O pagamento da remuneração das férias será efetuado até 2 (dois) dias antes do início do respectivo período, observando-se o disposto no § 1º deste artigo._x000D_
 § 1º. É facultado ao servidor converter 1/3 (um terço) das férias em abono pecuniário, desde que o requeira com pelo menos 60 (sessenta) dias de antecedência.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3321/123_-_requerimento_-_13-05-2024_-_estrada_cubataozinho_pdf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3321/123_-_requerimento_-_13-05-2024_-_estrada_cubataozinho_pdf.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os serviços de manutenção necessários em toda extensão da estrada do Bairro Cubatãozinho, iniciando na encruzilhada que dá acesso aos Bairros Cubatãozinho e Cubatão e seguindo até chegar no Bairro Vintem, finalizando no ponto que encontra com a rodovia.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3322/125_-_requerimento_-_13-05-2024_-_estrada_tamandua_sentido_campestre_pdf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3322/125_-_requerimento_-_13-05-2024_-_estrada_tamandua_sentido_campestre_pdf.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que o setor responsável pela manutenção das estradas rurais dê continuidade no trabalho que foi iniciado na estrada que liga o Bairro Tamanduá ao Bairro Campestre, fazendo a limpeza das beiradas da estrada, que estão com muito mato e com as saídas de água entupidas, e aterrar o trecho em frente à propriedade do senhor Cláudio.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3323/124_-_requerimento_-_13-05-2024_-_bueiro_bar_da_fatima_-_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3323/124_-_requerimento_-_13-05-2024_-_bueiro_bar_da_fatima_-_tamandua.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que, através do setor responsável pela manutenção das estradas rurais, sejam realizados os serviços necessários para desentupir o bueiro existente na estrada do Bairro Tamanduá, situado a aproximadamente vinte metros do bar da Fátima.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3324/126_-_requerimento_-_13-05-2024_-_contratacao_de_professor_de_apoio_especializado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3324/126_-_requerimento_-_13-05-2024_-_contratacao_de_professor_de_apoio_especializado.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que, através da Secretaria Municipal de Educação, seja realizada a contratação de professor de apoio especializado, com amparo na Lei Municipal nº 1.982/2023, para garantir atendimento educacional especializado para os alunos com transtorno de aprendizagem, da rede pública municipal.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3325/127_-_requerimento_-_13-05-2024_-_camera_seguranca_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3325/127_-_requerimento_-_13-05-2024_-_camera_seguranca_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que, através da Secretaria Municipal de Educação, seja providenciada a aquisição e instalação de câmeras de segurança nas escolas da rede pública municipal (portão de entrada das escolas, pátios, refeitórios, locais de recreação e salas de aula).</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3326/128_-_requerimento_13-05-2024_-_melhorias_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3326/128_-_requerimento_13-05-2024_-_melhorias_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 que, através do setor responsável, seja resolvido o problema de infestação de pombos no prédio da rodoviária.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3328/27_-_requerimento_-_13_-_05-2024_-_transporte_estudantes_anhumas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3328/27_-_requerimento_-_13_-_05-2024_-_transporte_estudantes_anhumas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao representante ao Ministério Público local, ao Prefeito Municipal e ao Secretário Municipal de Educação:_x000D_
 •	Solução para a situação do transporte escolar das crianças do bairro Anhumas, que está ocorrendo da seguinte forma:_x000D_
 •	o transporte escolar passa para pegar as crianças do bairro Anhumas às 5:50 da manhã e elas são levadas para a Escola Municipal Coronel Gaspar, onde ficam aguardando o início da aula, que se inicia às 7:00;_x000D_
 •	algumas crianças aguardam outro veículo escolar para serem transportadas para a creche;_x000D_
 •	as crianças ficam pelo menos uma hora ociosas, aguardando o início das aulas;_x000D_
 •	já foi solicitado por requerimento e pessoalmente ao Prefeito e à Secretaria de Educação; e_x000D_
 •	já estamos em maio e nada foi solucionado.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3329/129_-_requerimento_-_13-05-2024_-_manutencao_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3329/129_-_requerimento_-_13-05-2024_-_manutencao_posses.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 • que, através do setor responsável pela manutenção das estradas rurais, seja realizado os serviços de manutenção que ainda são necessários nas estradas do Bairro Posses, nos seguintes locais:_x000D_
 1.	trecho próximo à propriedade do senhor “Araci”, subida que liga ao bairro Coelhos. Precisa ser patrolado, colacar cascalho em alguns pontos e trocar manilha de um bueiro que está quebrada;_x000D_
 2.	trecho próximo a antiga casa do senhor Amado. Precisa ser patrolado e ser colocado cascalho;_x000D_
 3.	trecho próximo à propriedade dos “Rabelo”. Precisa ser colocado cascalho; e_x000D_
 4.	trecho próximo à propriedade da senhora Iracema. Precisa tampar buracos e colocar cascalho.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3330/requerimento_13-05-2024_-_publicar_laudo_insalubridade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3330/requerimento_13-05-2024_-_publicar_laudo_insalubridade.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal:_x000D_
 Seja disponibilizado para acesso público no site da Prefeitura Municipal, os “LAUDOS TÉCNICOS DAS CONDIÇÕES DO AMBIENTE DE TRABALHO” que substancia o pagamento dos adicionais de insalubridade e de periculosidade dos servidores públicos municipais._x000D_
 Obs. Deverão ser carregados no sistema, tanto o laudo elaborado no ano de 2015, pela empresa “Masterplan LTDA-ME” e suas posteriores revisões, como a realizada no último ano de 2023 pela empresa “Mérito – Saúde e Segurança do Trabalho”.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3331/requerimento_urgencia_especial_-_pl_15-2024_-_13-05-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3331/requerimento_urgencia_especial_-_pl_15-2024_-_13-05-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 015, de 2024 “adiciona inciso ao art. 1º da Lei nº 1.303, de 18 de março de 2005, que "fixa a remuneração dos cargos da Câmara Municipal de Pedralva", alterado pela Lei Municipal nº 1.519 de 23 de fevereiro de 2011.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3339/130_-_requerimento_-_20-05-2024_-_manutencao_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3339/130_-_requerimento_-_20-05-2024_-_manutencao_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito, reiterando requerimentos anteriormente apresentados: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção na estrada do bairro Pedra Batista, principalmente nos locais onde a situação é mais precária, como o trecho próximo à propriedade dos familiares do senhor “Zé Til” e no local conhecido como “curva do bambu”, que são pontos desta estrada que sempre estão danificados e dificultando a passagem de veículos, até mesmo do ônibus escolar. Existe um bueiro localizado na estrada próximo à propriedade dos familiares do senhor “Zé Til” que está com a manilha quebrada na beirada da estrada, formando um buraco que está a cada dia aumentando para dentro da estrada. É necessário também que seja feito um bom serviço de manutenção no trecho próximo à propriedade do “Pingo”, que está com muitos buracos. Inclusive, já fiz vários requerimentos solicitando melhorias para esses locais.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3340/131_-_requerimento_-_20-05-2024_-_esgoto_paulino_paixao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3340/131_-_requerimento_-_20-05-2024_-_esgoto_paulino_paixao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito, reiterando requerimentos apresentados nas sessões ordinárias realizadas dias 22 e 29  de abril de 2024:_x000D_
 _x000D_
 que, através do setor responsável pela manutenção do escoamento de esgoto nos bairros rurais, seja realizado o serviço necessário na rede pela qual corre o esgoto no Bairro Paulino Paixão que, aparentemente, parece ter se rompido com as enchentes ocorridas no período da chuva e, devido a isso, o esgoto está vazando e correndo para o córrego existente próximo ao local.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3341/132_-_requerimento_-_20-05-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3341/132_-_requerimento_-_20-05-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito, reiterando requerimentos feitos em 11 de março e 25 de abril de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado o serviço necessário para conserto do bueiro localizado em uma curva da estrada municipal do Bairro Estiva, próximo à propriedade do senhor “Joaquim do Brejo”, onde uma manilha da beirada quebrou, formando um buraco, conforme mostra a foto que segue abaixo.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3342/133_-_requerimento_-_20-05-2024_-_calcamento_igrejinha_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3342/133_-_requerimento_-_20-05-2024_-_calcamento_igrejinha_estiva.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito, reiterando requerimento apresentado em 25 de abril de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do calçamento dos trechos calçados na zona rural, seja feita manutenção no calçamento em frente à Igrejinha do Bairro Estiva, que está com algumas partes afundadas.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3343/134_-_requerimento_-_20-05-2024_-_parada_veiculos_trecho_casemiro_osorio_em_frente_secretaria_educacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3343/134_-_requerimento_-_20-05-2024_-_parada_veiculos_trecho_casemiro_osorio_em_frente_secretaria_educacao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que a Secretaria Municipal de Educação em conjunto com o setor responsável pela sinalização das ruas da cidade realize a pintura de faixa amarela no meio-fio dos dois lados da Rua Casemiro Osório, trecho cortado pelas Ruas Poeta João Carneiro de Rezende e José dos Santos Marques. Que seja permitido apenas o estacionamento de ônibus escolar, nos horários de embarque e desembarque de alunos, que ocorre de segunda a sexta-feira, das 6h às 7h30, das 11 às 13h e das 17 às 18h.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3344/136_-_requerimento_-20-05-2024_-_limpeza_mato_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3344/136_-_requerimento_-20-05-2024_-_limpeza_mato_cemiterio.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Realizar, através do setor responsável pela manutenção do cemitério, a capina e retirada do mato que está crescendo na rua central de entrada e nos túmulos, de forma a manter o local sempre limpo.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3345/137_-_requerimento_-20-05-2024_-_calcamento_estrada_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3345/137_-_requerimento_-20-05-2024_-_calcamento_estrada_correias.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Realizar, através do setor de obras, o calçamento de um trecho de aproximadamente 150m da estrada do Bairro Correias, local onde existem várias residências e um barzinho, próximo à fazenda do Carlos Fernando.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3346/requerimento_20-05-2024_-_estrada_bela_vista_-_proximo_ponte.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3346/requerimento_20-05-2024_-_estrada_bela_vista_-_proximo_ponte.pdf</t>
   </si>
   <si>
     <t>solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Providenciar para que o setor de obras rurais faça a devida manutenção em um trecho da estrada situada no Bairro Bela Vista, próximo a ponte, tendo em vista que se encontra com um grande buraco na estrada que prejudica a passagem dos veículos, conforme se verifica nas fotos em anexo.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3347/135_-_requerimento_-20-05-2024_-_finalizar_servico_estrada_bairro_furnas...pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3347/135_-_requerimento_-20-05-2024_-_finalizar_servico_estrada_bairro_furnas...pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito, reiterando requerimentos apresentados nos dias 5 e 23 de fevereiro de 2024: _x000D_
 _x000D_
 Realizar, através do setor responsável pela manutenção das estradas rurais, os seguintes serviços no Bairro Furnas: 1) manutenção em toda extensão da estrada principal, iniciando na saída da rodovia e seguindo por todo o bairro, passando pelo trecho próximo à propriedade do senhor Rudinei Matias, que se encontra com muito buraco, sendo necessário, inclusive, consertar o bueiro localizado próximo a residência do senhor Rudinei; e 2) finalizar o serviço de manutenção que foi iniciado próximo à propriedade do senhor Dito Batista. Precisa ser colocado pedras ou cascalho para firmar o leito da estrada.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3368/scanner_20240528_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3368/scanner_20240528_2.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos feitos em 26 de junho e 27 de novembro de 2023 e em 5 de fevereiro, 25 de março e 15 de abril de 2024:_x000D_
 _x000D_
 Que, através do setor de obra, sejam realizados os serviços necessários em uma estrada do Bairro Cubatãozinho, de acesso há várias propriedades, iniciando na Associação de moradores, seguindo sentido à propriedade da senhora Celeste. A estrada precisa ser cascalhada e precisa ser reconstruída a ponte, podendo ser substituídas as madeiras por manilhas e aterro. Trata de uma solicitação que venho fazendo desde 2023 e como o serviço ainda não foi realizado, após ter sido cobrado por vários moradores daquela localidade, fez-se necessário reapresentar este requerimento.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3369/scanner_20240528_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3369/scanner_20240528_4.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos apresentados em 11 de março e 26 de abril de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizada a devida manutenção em alguns pontos da estrada do Bairro Limeira:1 ) aterrar o trecho de estrada próximo à propriedade do senhor Milo Monti, que serve como local para virar o ônibus escolar, pois o leito da via está abaixo do nível dos terrenos laterais, o que faz com que a água da chuva pare no leito da via, formando muita lama, que dificulta tanto a passagem de veículos, como para o ônibus escolar manobrar; e 2) realizar a devida manutenção no trecho de estrada que dá acesso à propriedade do senhor “Quinzinho”, que apresenta buracos, precisando ser cascalhada e ser construído um bueiro, sendo que as manilhas já estão no local.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3370/scanner_20240528_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3370/scanner_20240528_3.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 19 de fevereiro de 2024:_x000D_
 _x000D_
 Que, através do setor de obras, seja realizada manutenção na estrada que liga o bairro Posses ao bairro Coelho, iniciando logo após a propriedade do senhor Ireci até chegar no trevo próximo à propriedade do Moacir. Precisa ser feito patrolameno para retiradas dos buracos e valetas formados no leito da via e ser cascalhado os trechos mais precários. Também precisa ser consertado um bueiro, que se encontra com a manilha quebrada no meio da estrada, cerca de trezentos metros subindo após a casa do senhor Moacir.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3371/scanner_20240528_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3371/scanner_20240528_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável, sejam realizados os serviços necessários para manutenção e conservação da pista de caminhada “Amado José da Silva”, que apresenta alguns problemas, que precisam ser resolvidos, para que a mesma fique em condições adequadas para uso da população e não aumente os problemas que apresenta.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3372/scanner_20240528_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3372/scanner_20240528_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, sejam realizadas as melhorias necessárias na estrada municipal dos Bairros Cubatão e Sertãozinho, que se encontram com muitos buracos, valetas e muito mato nas beiradas, precisando que sejam realizadas as melhorias necessárias com urgência.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3373/scanner_20240528_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3373/scanner_20240528_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor de obras, seja verificado o calçamento na Rua José Sérgio Rezende Lopes, no bairro Córrego Fundo, onde o calçamento aparenta não ter sido nivelado com caída para o bueiro e, devido a isto, a água de chuva não corre para o bueiro e fica parada nas beiradas da rua, formando grandes poças.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3374/144_-_requerimento_27-05-2024_-_urgencia_especial_pl_17_18_19_e_20_-_24.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3374/144_-_requerimento_27-05-2024_-_urgencia_especial_pl_17_18_19_e_20_-_24.pdf</t>
   </si>
   <si>
     <t>Requer regime de URGÊNCIA ESPECIAL, dos seguintes projetos de lei:_x000D_
 Projeto de Lei nº 017, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 100.000,00, e dá outras providências”; _x000D_
 Projeto de Lei nº 018, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito especial no valor de R$ 457.000,00, e dá outras providências”;_x000D_
 Projeto de Lei nº 019, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial no valor de R$ 50.000,00, e dá outras providências”; e_x000D_
 Projeto de Lei nº 020, de 2024 “Autoriza o Executivo Municipal a firmar convênio com a Associação Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito especial e dá outras providências”.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3375/scanner_20240528_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3375/scanner_20240528_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer seja realizada a LIMPEZA DE UM BUEIRO NO BAIRRO PEDRÃO, que se encontra há tempos entupido, o que vem causando transtornos nos dias de chuva.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3376/scanner_20240528_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3376/scanner_20240528_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Conforme denunciado em redes sociais e enviado em aplicativo de mensagens, requer informações sobre o uso de veículos/maquinários da frota municipal e de mão de obra da Prefeitura Municipal, ocorrido na última semana, em empreendimento particular que é de conhecimento público ser do Sr. Vice-Prefeito, devendo ser demonstrado: _x000D_
 a)	Forma com que o ato foi formalizado;_x000D_
 b)	Fundamentação e comprovação do interesse público envolvido;_x000D_
 c)	Contrapartida financeira do particular usuário do serviço;_x000D_
 d)	Demonstração da ausência de prejuízo no desenvolvimento de outras obras e serviços de responsabilidade do município._x000D_
 _x000D_
 Obs. “A utilização de maquinário, bem como equipamentos e mão-de-obra pública em detrimento de proveito pessoal configura uma conduta ímproba, visto que resulta em enriquecimento ilícito prejudicial ao erário” (TJMG - AC 1.0515.03.007111-9/001).</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3380/scanner_20240606_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3380/scanner_20240606_2.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estrada rurais, sejam realizados os serviços necessários na estrada municipal que liga o Bairro Belo Ramo ao Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3381/scanner_20240606_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3381/scanner_20240606_4.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estrada rurais, seja retirado o galho de árvore que se encontra caído na beirada da estrada do Bairro Pitangueiras que liga ao Bairro Sertãozinho, local conhecido como “atalho”, aproximadamente vinte metros do início do “atalho” sentido Pitangueiras/Sertãozinho.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3382/scanner_20240606_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3382/scanner_20240606_3.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das pontes das estradas rurais, seja realizado cascalhamento da estrada nas pontas da ponte da estrada do Bairro Limeira, na qual foi feita manutenção faz pouco tempo, porém os pranchões nas pontas já começaram a quebrar, haja vista que a estrada afundou e os pranchões ficaram acima do nível da estrada, precisando ser aterrada e cascalhada a estrada nas duas pontas da ponte.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3383/scanner_20240606_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3383/scanner_20240606_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado em 11 de março de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizada a devida manutenção na estrada do Bairro Pitangueiras, sendo a via de acesso à propriedade do senhor Isaias e à várias outras propriedades, a qual está muito precária, com buracos, valetas, bueiro quebrado, dificultando para os proprietários locomover com seus veículos.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3384/scanner_20240606_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3384/scanner_20240606_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimentos por mim feitos em maio de 2022, abril e agosto de 2023 e em fevereiro 2024:_x000D_
 _x000D_
 Que seja feita, através de processo licitatório, a contratação de mão de obra terceirizada para a colocação de bloquetes na Rua Geraldo Benedito da Silva (Geraldo de Deus), no final do Bairro São José, e em todos os locais onde se encontram bloquetes amontoados.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3385/scanner_20240606_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3385/scanner_20240606_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimentos feitos em 11 de março, 25 de abril e 20 de maio de 2024: _x000D_
 _x000D_
 Que seja informado qual a data que o setor responsável pela manutenção das estradas rurais irá realizar o serviço necessário para conserto do bueiro localizado em uma curva da estrada municipal do Bairro Estiva, próximo à propriedade do senhor “Joaquim do Brejo”, onde uma manilha da beirada quebrou, formando um buraco, conforme mostra a foto que segue abaixo.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3386/scanner_20240606_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3386/scanner_20240606_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção em uma estrada do Bairro Estiva, que inicia na entrada à esquerda em frente à Igrejinha.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3387/scanner_20240606_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3387/scanner_20240606_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimento apresentado em 8 de fevereiro de 2024:_x000D_
 _x000D_
 Que seja feito o calçamento de um pequeno trecho de rua localizado no final da Rua Afonso Viera Machado, no bairro São José.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3389/scanner_20240606_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3389/scanner_20240606_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal: requer informações acerca do PAGAMENTO PENDENTE REFERENTE AO PISO DOS PROFISSIONAIS DA ENFERMAGEM, pois algumas parcelas ainda não foram honradas junto aos profissionais do município._x000D_
 Obs 1. Encaminhar extrato bancário da conta bancária em que os repasses da União para implementação do Piso Nacional são depositados, devendo o referido extrato constar desde a abertura da referida conta bancária até o presente momento. 2. Existem parcelas pendentes em relação ao pagamento do piso da enfermagem, vez que foi possível identificar no mês de outubro de 2023, foram pagas apenas 3 parcelas retroativas, sendo que a Lei nº 1.996/23 que regulamentou Assistência Financeira Complementar para efetivação do piso salarial nacional dos profissionais da enfermagem, tenha previsto, que os efeitos da citada norma deveriam retroagir a 1º de maio de 2023. Além disso, também não foram pagos valores correspondentes ao 13º salário dos profissionais das categorias contemplados</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3390/scanner_20240606_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3390/scanner_20240606_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal: requer informações a respeito do procedimento adotado pela Prefeitura Municipal para a disponibilização de transporte  às equipes esportivas municipais para a disputa de torneios/jogos em outros municípios, em especial, esclarecendo sobre as obrigações impostas aos responsáveis pelas equipes, como requisito à disponibilização do transporte, que dizem respeito à remuneração direta do motorista condutor e para o custeio do combustível. Obs 1. Indicar além da fundamentação legal para a cobrança, os parâmetros estabelecidos para os valores pagos (motorista e combustível). Obs 2. Sabe-se que a oferta de transporte para equipes e atletas do município, é uma das políticas públicas autorizadas pela Lei Municipal nº 1.948, de 29 de Agosto de 2022, que criou o Programa Auxílio Esportivo. Contudo, segundo nos foi informado, a Prefeitura Municipal tem exigido de alguns que solicitam a disponibilização de transporte para competições e jogos esportivos, que realize</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3395/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3395/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Justificando sua falta nas Sessões Ordinárias realizadas nos dias 20 e 27 de maio de 2024.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3404/scanner_20240611_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3404/scanner_20240611_4.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Manutenção na Rua Presidente Vargas, próximo à delegacia.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3405/scanner_20240611_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3405/scanner_20240611_5.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 _x000D_
 Realizar os serviços que forem necessários para solucionar o problema que está ocorrendo no Bairro Lagoa, que diz respeito ao vazamento de água que está ocorrendo na canalização que saí da caixa que distribui água para o bairro, identificada na foto que segue abaixo, canalização esta que passa por dentro de uma propriedade vizinha, precisando que seja mudada para o outro lado que faz divisa com a rua.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3406/scanner_20240611_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3406/scanner_20240611_6.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento feito em 18 de março de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das ruas da cidade, sejam tomadas providências para construção de uma calçada na beirada na Avenida Tancredo Neves, na entrada da cidade, beirando a propriedade do filho do saudoso senhor “Mário Santana”, haja vista se tratar de um local com grande circulação de pedestres, porém não existe uma calçada, tendo as pessoas que andar pela beirada de terra e muitas vezes, para desviar de poças de água e barro, acabam caminhando pela beira da rodovia, correndo risco de ser atropelado. Também precisa ser colocada grade na boca de um bueiro localizado no local.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3407/scanner_20240611_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3407/scanner_20240611_7.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 17 de abril de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos bueiros da cidade, seja realizado o serviço de manutenção necessário na grade do bueiro localizado na esquina da Rua Zezé Canuto com a Rua Pedro Monti, no Bairro São José, que está solta, conforme pode ser visto na foto que segue abaixo.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3408/scanner_20240611_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3408/scanner_20240611_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja colocado um cano de aproximadamente 6 polegadas, atravessando a estrada do Bairro Campestre, em frente à entrada de gado da propriedade do senhor Toninho da Higidente e do Sítio Festejar, para canalização da água de chuva que desce do lado de cima da estrada;</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3409/scanner_20240611_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3409/scanner_20240611_9.pdf</t>
   </si>
   <si>
     <t>Requerimento a CEMIG (Companhia Energética de Minas Gerais) transmitindo a seguinte solicitação:_x000D_
 _x000D_
 Envio de equipes para averiguar a situação de um poste localizado na zona rural do município de Pedralva, mais especificamente no bairro Cubatãozinho, próximo ao Recanto Uruba e à casa do Evandro e Cristiane.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3410/scanner_20240611_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3410/scanner_20240611_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que o setor responsável pela manutenção das estradas rurais realize o patrolamento de trecho da estrada do Bairro Córrego Fundo, local conhecido como “atalho”.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/scanner_20240611_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/scanner_20240611_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Departamento de Estradas e Rodagem de Minas Gerais:_x000D_
 _x000D_
 Efetuar uma operação tapa buracos da rodovia MG-347, entre trevo de Santa Barbara (capote) até São Lourenço, que se encontra com muito buraco, carros quebrando, estragando pneu. É necessária uma ação emergencial nessa estrada.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3412/scanner_20240611_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3412/scanner_20240611_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Manutenção na rua Pedro Monti, trecho perto do deposito de gás do Reis, que encontra-se com a necessidade de ser feita a devida manutenção.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3413/scanner_20240611_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3413/scanner_20240611_13.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que realize com urgência a manutenção de um trecho da rua Presidente Vargas, localizada no bairro Centro, próximo a Delegacia da Polícia Civil, tendo em vista que se encontra com alguns buracos, dificultando a passagens dos veículos.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Marco Aurélio Rufino</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3414/scanner_20240611_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3414/scanner_20240611_14.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer seja enviada equipe para avaliação, para possíveis ações que deem solução adequada às INUNDAÇÕES QUE TEM SOFRIDO RESIDÊNCIA EXISTE NO TÉRMINO DA RUA AFONSO VIEIRA MACHADO, no Bairro São José, o que levado à infiltrações e rachaduras no imóvel.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3429/scanner_20240619_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3429/scanner_20240619_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, reiterando requerimento apresentado em 15 de fevereiro e 15 de abril de 2024:_x000D_
 _x000D_
 Que, através do setor de obras, seja realizado serviço de nivelamento em todos os pontos em que existir a junção de estrada rural com a rodovia, haja vista que se formaram um desnível nesses pontos. Cito a entrada para o Bairro Vintém que, conforme pode ser constatado nas fotos que seguem abaixo, o desnível está bem acentuado, dificultando para os veículos que vêm da estrada rural entrar na rodovia e vice-versa.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3430/scanner_20240619_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3430/scanner_20240619_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através do setor responsável pela sinalização de trânsito nas ruas da cidade, seja fixada a placa indicativa de proibido trânsito de caminhão e ônibus, na esquina da Rua Paiva Júnior com a Rua Geraldo Pinheiro Osório, que caiu e se encontra encostada do lado de dentro da grade da casa situada na esquina, conforme mostram as fotos que seguem abaixo.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3431/scanner_20240619_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3431/scanner_20240619_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos córregos do perímetro urbano, seja realizado o devido serviço de manutenção e melhorias no córrego que atravessa o parque de exposições, passa beirando a parte baixa do Bairro Bica, atravessa a Rua Frei Orestes e segue até chegar na Rua Doutor Macedo.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3432/scanner_20240619_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3432/scanner_20240619_10.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Informar quando o setor responsável pela manutenção das estradas rurais irá realizar as melhorias necessárias na estrada municipal dos Bairros Cubatão, Sertãozinho e Barra Mansa, que se encontram com muitos buracos, valetas e muito mato nas beiradas, precisando que sejam realizadas as melhorias necessárias com urgência, haja vista que já requeri esta providência por algumas vezes e, através do ofício nº 70/2024/GAB, enviado a esta Casa, o Prefeito Municipal, em resposta ao último requerimento que fiz, em 29 de abril de 2024, solicitando este serviço, comunicou que o departamento de obras e estradas de rodagens da Prefeitura será informado para executar o mais breve possível a manutenção das estradas do bairro Cubatão, Sertãozinho e Barra Mansa. Desta forma, faz-se necessário saber para qual data o departamento programou realizar este serviço, de forma que possamos comunicar aos cidadãos que nos cobram este serviço.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3433/scanner_20240619_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3433/scanner_20240619_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela instalação e manutenção de lixeiras na área rural, seja instalada uma lixeira no Bairro Santo Antônio, local onde existe uma lixeira improvisada, a qual está muito danificada, precisando ser colocada uma lixeira nova. Esta lixeira fica localizada próximo à Igrejinha, à escola e ao Posto da ESF do bairro.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3434/scanner_20240619_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3434/scanner_20240619_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 _x000D_
 Informar quando a Secretaria Municipal de Saúde irá realizar a instalação de uma caixa de água no prédio da antiga escola do Bairro Pedra Preta, local onde atualmente funciona um posto de atendimento da Estratégia Saúde da Família, sendo esta uma solicitação que fiz em 25 de março de 2024 e que, em resposta, o  Prefeito comunicou que: “a administração informará a Secretaria Municipal de Saúde para estar tomando as providências quanto à instalação da caixa de água no prédio da antiga Escola do bairro Pedra Preta, onde é feito o atendimento da Estratégia Saúde da Família”.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Marco Aurélio Rufino</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3435/scanner_20240619_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3435/scanner_20240619_14.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pelas estradas rurais, seja feita manutenção no trecho da estrada do Bairro Belo Ramo localizado próximo à entrada da Associação de Moradores.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Marco Aurélio Rufino, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3436/scanner_20240619_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3436/scanner_20240619_15.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável, sejam realizados os serviços necessários referente ao ponto de ônibus nos Bairros Belo Ramo, Campestre e Estiva, a saber:_x000D_
 1)	Bairro Belo Ramo: a estrutura do ponto de ônibus existente na beirada da estrada desse bairro é de metal e encontra-se deteriorada, oferecendo risco de machucar as pessoas que aguardam pelo ônibus. Precisa ser substituído esse abrigo por um novo; _x000D_
 2)	 Bairro Campestre: não existe um abrigo no ponto próximo ao trevo, onde funcionários de fábrica e alunos aguardam pelo transporte, precisando ser construído uma estrutura no local para abrigar essas pessoas enquanto aguardam a condução;_x000D_
 3)	Bairro Estiva: não existe um abrigo próximo à Igreja, local onde alguns alunos aguardam o transporte escolar, precisando ser contruído um abrigo para os proteger enquanto aguardam o transporte.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3437/scanner_20240619_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3437/scanner_20240619_13.pdf</t>
   </si>
   <si>
     <t>Solicitando a tramitação em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 022, de 2024 “Altera dispositivos da Lei nº 2.034, de 03 de junho de 2024, e dá outras providências”.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3438/scanner_20240619_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3438/scanner_20240619_16.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 _x000D_
 Realizar, através do setor de obras, melhorias em toda extensão das estradas do bairro Jabuticabal, a saber: 1) roçagem do mato nas laterais e 2) passar a patrol fazendo o nivelamento do leito da via.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3439/scanner_20240619_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3439/scanner_20240619_17.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 _x000D_
 Realizar, através do setor responsável pela manutenção da pavimentação das ruas da cidade, um serviço efetivo no trecho da Rua Coronel Canuto cortado pelas Ruas Casemiro Osório e Coronel Machado, haja vista que, recentemente, foi realizado pequenos reparos no calçamento, porém as pedras já estão soltando novamente.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3440/scanner_20240619_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3440/scanner_20240619_18.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Ilmo. Senhor Deputado Estadual Maurício Lemes de Carvalho, mais conhecido como Dr. Maurício:_x000D_
 Pleitear junto ao DER a questão emergencial de uma operação tapa buracos na Rodovia MG-347, que inicia no trevo de Santa Barbara (Capote), no Município de Piranguinho, e finaliza no Município de São Lourenço.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3441/scanner_20240619_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3441/scanner_20240619_19.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Construir, através do setor responsável pelas estradas rurais, um quebra-molas na estrada do Bairro Contendas, próximo à residência do senhor João Cota, local onde já ocorreu acidente com vítima fatal.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/scanner_20240619_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/scanner_20240619_20.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Realizar, através do setor responsável pela manutenção das ruas e avenidas da cidade, a pintura de uma faixa de pedestre na Avenida Tancredo Neves, próximo ao Supermercado Pitangueiras.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3443/scanner_20240619_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3443/scanner_20240619_21.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Providenciar para ser feito, de imediato, o conserto de alguns brinquedos (balanço, gangorra e entre outros) do “Playground - Parquinho Infantil” construído no centro da cidade._x000D_
 _x000D_
 Que realize a construção de mais “Playground - Parquinho Infantil” em nosso Município, tendo em vista o quanto é importante esses espaços de lazer para a diversão e desenvolvimento das nossas crianças.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3444/scanner_20240619_23.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3444/scanner_20240619_23.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 Requer seja encaminhado a esta casa demonstrativo do CONTROLE DE ABASTECIMENTO de todos os veículos e maquinários pertencentes à frota municipal, com as respectivas placas, consumo e datas dos abastecimentos.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3445/scanner_20240619_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3445/scanner_20240619_22.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer a manutenção das vias que dão acesso aos BAIRROS CUBATÃO, SERTÃOZINHO E BARRA.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3457/scanner_20240625_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3457/scanner_20240625_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através da Secretaria Municipal de Saúde, seja construída uma rampa e instalado corrimão na entrada da casa onde se encontra instalada a sede da Estratéria Saúde da Família, no Bairro Rocinha, se possível em frente a porta de entrada.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3458/scanner_20240625_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3458/scanner_20240625_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor de obras, realize manutenção na estrada de acesso à localidade conhecida como “propriedade dos Vianas”, que se encontra com valetas e buracos formados pela água de chuva, o que faz com que os carros raspem o assoalho, podendo causar danos aos veículos.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3459/scanner_20240625_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3459/scanner_20240625_8.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pelos bueiros nas ruas do perímetro urbano, seja desentupido o bueiro existente na Rua Antônio Benedito dos Santos, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3460/scanner_20240625_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3460/scanner_20240625_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas e pontes da área rural, sejam realizados os serviços necessários na estrada e na ponte situados na estrada municipal do Bairro Anhumas, iniciando na casa da materiais de construção Carvilas e finalizando onde encontra com a Avenida Antonio Firmino Ferreira Neto.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3461/scanner_20240625_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3461/scanner_20240625_10.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos apresentados nos dias 5 e 23 de fevereiro  e 22 de maio de 2024: _x000D_
 _x000D_
 Realizar, através do setor responsável pela manutenção das estradas rurais, os seguintes serviços no Bairro Furnas: _x000D_
 1) manutenção em toda extensão da estrada principal, iniciando na saída da rodovia e seguindo por todo o bairro, passando pelo trecho próximo à propriedade do senhor Rudinei Matias, que se encontra com muito buracos, sendo necessário, inclusive, consertar o bueiro localizado próximo a residência do senhor Rudinei; e_x000D_
 2) finalizar o serviço de manutenção que foi iniciado próximo à propriedade do senhor Dito Batista, seguindo até a propriedade do senhor Romar. Precisa ser colocado pedras ou cascalho para firmar o leito da estrada.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3462/scanner_20240625_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3462/scanner_20240625_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimentos anteriormentes apresentados: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção na estrada do bairro Pedra Batista, principalmente nos locais onde a situação é mais precária, como o trecho próximo à propriedade dos familiares do senhor “Zé Til” e no local conhecido como “curva do bambu”, que são pontos desta estrada que sempre estão danificados e dificultando a passagem de veículos, até mesmo do ônibus escolar. Existe um bueiro localizado na estrada próximo à propriedade dos familiares do senhor “Zé Til” que está com a manilha quebrada na beirada da estrada, formando um buraco que está a cada dia aumentando para dentro da estrada. É necessário também que seja feito um bom serviço de manutenção no trecho próximo à propriedade do “Pingo”, que está com muitos buracos. Inclusive, já fiz vários requerimentos solicitando melhorias para esses locais.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3463/scanner_20240625_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3463/scanner_20240625_14.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através do setor de assistência social, sejam realizados os procedimentos necessários para ser doada uma caixa de água, de 500 litros para a família de Luan Silvestre Silva e Silmara de Fátima Machado Filho, residente no Bairro Lagoa.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3464/scanner_20240625_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3464/scanner_20240625_15.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através do setor de assistência social, sejam realizados os procedimentos necessários para ser doada uma caixa de água, de 500 litros para a família de Daniel Augusto Martins e Dalila Mariane Aparecida Bernardo, residente no Bairro Pedra Preta.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3465/scanner_20240625_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3465/scanner_20240625_16.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através do setor responsável pela instalação de lixeiras, sejam instaladas mais 3 lixeiras no Bairro Lagoa, na praça da Igreja.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3466/scanner_20240625_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3466/scanner_20240625_17.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos prédios públicos, seja realizado o devido conserto do portão de entrada do prédio onde funciona a ESF no Bairro Lagoa e limpeza da terra que está amontoada no pátio.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3467/scanner_20240625_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3467/scanner_20240625_18.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 _x000D_
 Requer seja encaminhado a esta casa PLANILHA DE CONTROLE DE FROTA dos veículos e maquinários lotados na Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3468/scanner_20240625_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3468/scanner_20240625_19.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer seja realizada a instalação de CASINHA/ABRIGO PARA LIXEIRA NO BAIRRO SANTO ANTÔNIO, próximo da Escola Municipal José Fortes Bustamante.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3471/scanner_20240625_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3471/scanner_20240625_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Sr. Prefeito Municipal:_x000D_
 Que seja instalada uma lixeira comunitária no bairro Santo Antônio. A lixeira atual se encontra em péssimas condições e a maioria do lixo fica espalhado. A solução seria uma lixeira mais alta e fechada para que se evitasse que o lixo fosse espalhado por cães ou cavalos. Segue abaixo as fotos do local.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3472/scanner_20240625_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3472/scanner_20240625_13.pdf</t>
   </si>
   <si>
     <t>Urgência Especial dos seguintes projetos de lei:_x000D_
 _x000D_
 Projeto de Lei nº 023/2024 "abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$150.000,00, e dá outras providências"; e_x000D_
 _x000D_
 Projeto de Lei nº 024/2024 "abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial, no valor de R$157.100,00 e dá outras providências".</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/32_-_requerimento_-_08_-07-2024_-_urgencia_especial_pls_25_e_26_de_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/32_-_requerimento_-_08_-07-2024_-_urgencia_especial_pls_25_e_26_de_2024.pdf</t>
   </si>
   <si>
     <t>Solicita tramitação, em regime de URGÊNCIA ESPECIAL, dos seguintes projetos de lei:_x000D_
 Projeto de Lei nº 025, de 2024 “dispõe sobre o Sistema Municipal de Cultura do Município de Pedralva, e dá outras providências”; e_x000D_
 Projeto de Lei nº 026, de 2024 “abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial, no valor de R$ 44.000,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/172_-_requerimento_-_05-08-2024_-_lixeira_cubatao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/172_-_requerimento_-_05-08-2024_-_lixeira_cubatao.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pelas lixeiras públicas na zona rural, seja instalada uma lixeira no Bairro Cubatão, próximo ao prédio da antiga escola municipal, local que abriga a sede da ESF e também é utilizado para realização de celebrações religiosas.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3496/173_-_requerimento_-_05-08-2024_-cubataozinho_-_calcamento_em_frente_associacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3496/173_-_requerimento_-_05-08-2024_-cubataozinho_-_calcamento_em_frente_associacao.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das áreas públicadas na área rural, seja feito o calçamento do trecho de estrada situado em frente à Associação de Moradores e à Capela no Bairro Cubatãozinho, local frenquentado por muitos moradores. Inclusive já se encontra amontoado na beirada da estrada uma grande quantidade de bloquetes, que foram destinados para realização deste calçamento.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3497/174_-_requerimento_-_05-08-2024_-_lagoa_-_portao_ubs.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3497/174_-_requerimento_-_05-08-2024_-_lagoa_-_portao_ubs.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção dos imóveis que abrigam as equipes da ESF nos bairros rurais, sejam realizados os seguintes serviços de manutenção na sede da ESF do Bairro Lagoa: 1) instalar novo portão na entrada, haja vista que uma das folhas do portão existente caiu; e 2) aumentar a altura do meio-fio e do passeio em frente ao portão de entrada, para impedir que a água que corre pela rua continue entrando no imóvel. Na foto que segue abaixo, pode ser constatada a situação narrada.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3498/175_-_requerimento_-_05-08-2024_-_rede_esgoto_belo_ramo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3498/175_-_requerimento_-_05-08-2024_-_rede_esgoto_belo_ramo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela área de saneamento na área rural, sejam feitas, com urgência, as análises e realizados os procedimentos necessários para implantação de um sistema adequado de canalização de esgoto no Bairro Belo Ramo.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3499/176_-_requerimento_-_05-08-2024_-_quebra-molas_entrada_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3499/176_-_requerimento_-_05-08-2024_-_quebra-molas_entrada_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pelas vias da área rural, seja construído um quebra-mola ou faixa-elevada em dois pontos no início da estrada do Bairro Paulino Paixão, sendo um próximo ao Mercadinho do Márcio e o outro em frente à residência do “Neti”, neste já existe quebra-mola mas afundou em um dos lados. Abaixo segue os pontos identificados em fotos.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3500/177_-_requerimento_-_05-08-2024_-_buraco_rua_vianas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3500/177_-_requerimento_-_05-08-2024_-_buraco_rua_vianas.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 13 de dezembro de 2023 e 4 de abril e 20 de junho de 2024: _x000D_
 _x000D_
 Que, através do setor de obras, realize manutenção na estrada de acesso à localidade conhecida como “propriedade dos Vianas”, que se encontra com valetas e buracos formados pela água de chuva, o que faz com que os carros raspem o assoalho, podendo causar danos aos veículos.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3501/178_-_requerimento_-_05-08-2024_-_estrada_anhumas_atalho_mane_siqueira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3501/178_-_requerimento_-_05-08-2024_-_estrada_anhumas_atalho_mane_siqueira.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja finalizado o serviço que foi iniciado na estrada municipal do Bairro Anhumas, trecho próximo à propriedade do senhor Evandro que liga à Avenida Antonio Firmino Ferreira Neto.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3502/179_-_requerimento_-_05-08-2024_-_poda_arvore_estrada_apos_o_posto_de_saude_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3502/179_-_requerimento_-_05-08-2024_-_poda_arvore_estrada_apos_o_posto_de_saude_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela poda de árvores nas estradas rurais, seja tomada providência para ser podada as duas árvores existentes na beirada de uma estrada do Bairro Lagoa, situada logo após a sede da ESF, que seguem identificadas nas fotos abaixo.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/180_-_requerimento_02-08-2024_-_urgencia_especial_pls_27_28_e_29.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/180_-_requerimento_02-08-2024_-_urgencia_especial_pls_27_28_e_29.pdf</t>
   </si>
   <si>
     <t>Regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei:_x000D_
 Projeto de Lei nº 027, de 2024 “abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito adicional especial, no valor de R$ 100.000,00, e dá outras providências’;_x000D_
 Projeto de Lei nº 028, de 2024 “abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 100.000,00, e dá outras providências”; e_x000D_
 Projeto de Lei nº 029, de 2024 “abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 661.292,35, e dá outras providências”.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/181_-_requerimento_-_05-08-2024_-trechos_estrada_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/181_-_requerimento_-_05-08-2024_-trechos_estrada_posses.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estrada rurais, seja feita manutenção em alguns trechos das estradas do Bairro Posses, a saber: trecho próximo à antiga casa do Amado e da casa da Alessandra; trecho após a casa do Max; trecho que dá acesso ao Bairro Contendas; e trecho conhecido por “curva do Roberto”, local que precisa ser feito também um bueiro.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3505/182_-_requerimento_-_05-08-2024_-_poeira_corrego_fundo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3505/182_-_requerimento_-_05-08-2024_-_poeira_corrego_fundo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável, seja tomada providência para melhorar as condições do trecho da Avenida Flávio Antônio de Abreu Paiva, que não é asfaltado, haja vista que o constante trânsito de caminhões, transportando terra, tem prejudicado os moradores, devido à grande quantidade de poeira. Aproveito para solicitar informações sobre quando será feito o calçamento ou será asfaltado este trecho da avenida.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3506/183_-_requerimento_-_05-08-2024_-_buracos_rua_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3506/183_-_requerimento_-_05-08-2024_-_buracos_rua_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizado o serviço necessário para tampar os buracos que se formaram na Rua Dona Miquita.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3507/184_-_requerimento_-_05-08-2024_-_estrada_bairro_segredo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3507/184_-_requerimento_-_05-08-2024_-_estrada_bairro_segredo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção em estradas do Bairro Segredo, sendo: estrada de acesso à “torre de TV” e também à propriedade do Senhor Paulo César, mais conhecido por “PC”, e a outras propriedades, e trecho da estrada principal, localizado aproximadamente 800m sentido de subida após a fábrica de banana.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3509/185_-_requerimento_-_12-08-2024_-_estrada_der.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3509/185_-_requerimento_-_12-08-2024_-_estrada_der.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção em dois trechos de estrada localizados na localidade conhecida como “DER”, a saber: 1) trecho que serve como atalho para acesso à Rua José Lino e 2) trecho no final da Rua José Lino, que dá acesso ao Bairro Rocinha. Os trechos citados, estão identificados nas fotos que seguem abaixo.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3510/186_-_requerimento_-12-08-2024_-_bairro_coelhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3510/186_-_requerimento_-12-08-2024_-_bairro_coelhos.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 19 de fevereiro e 24  de maio de 2024: que, através do setor de obras, seja consertado um bueiro, que se encontra com a manilha quebrada no meio da estrada, a cerca de trezentos metros subindo após a casa do senhor Moacir, na estrada que liga o Bairro Posses ao Bairro Coelho.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3511/187_-_requerimento_-12-08-2024_-caixa_de_agua_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3511/187_-_requerimento_-12-08-2024_-caixa_de_agua_rezende.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito:_x000D_
 _x000D_
 Que, através do setor responsável pelo abastecimento de água na zona rural, seja feita uma avaliação das condições atuais de abastecimento de água no Bairro Rezende e seja fornecida uma caixa de água e mangueiras para serem utilizadas na melhoria do abastecimento.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3512/188_-_requerimento_-_12-08-2024_-_bueiro_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3512/188_-_requerimento_-_12-08-2024_-_bueiro_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento apresentado em 21 de junho de 2024: _x000D_
 _x000D_
 Que, através do setor responsável pelos bueiros nas ruas do perímetro urbano, seja desentupido o bueiro existente na Rua Antônio Benedito dos Santos, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3513/189_-_requerimento_-_12-08-2024_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3513/189_-_requerimento_-_12-08-2024_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos por mim apresentados nesta Casa  em 26 de fevereiro, 18 de março, 01 de abril e 27 de maio de 2024, a saber:_x000D_
 _x000D_
 Que, através do setor responsável, sejam realizados os serviços necessários para manutenção e conservação da pista de caminhada “Amado José da Silva”, que apresenta alguns problemas, que precisam ser resolvidos, para que a mesma fique em condições adequadas para uso da população e não aumente os problemas que apresenta. Cito a questão de um buraco que se formou, os monte de terra nas laterais e também a  necessidade de ser feita rampa de acesso.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3514/07_-_requerimento_12-08-2024_-_informacao_porque_a_quadra_nao_foi_feita_no_local_solicitado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3514/07_-_requerimento_12-08-2024_-_informacao_porque_a_quadra_nao_foi_feita_no_local_solicitado.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Informar o motivo pelo qual não foi construída quadra esportiva no Bairro Bica, com o recurso destinado pelo Deputado Odair Cunha, tendo sido mudado pelo Executivo o objeto do recurso e feita uma obra diferente da qual foi destinado recurso.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_professores_12-08-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_professores_12-08-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Que verifique a situação dos horários dos professores da educação infantil (área rural e urbana), tendo em vista, que desde o início do ano letivo de 2024 estão fazendo curso LEEI (Leitura e escrita na educação infantil) de forma remota e presencial, computando assim horas de módulos excedidas e que não foram remuneradas até o momento. Desta forma, essas horas excedidas configuram horas extras trabalhadas pelos professores da educação infantil, extrapolando a carga horária normal da função de professor.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_psicologo_e_assintente_social_12-08-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_psicologo_e_assintente_social_12-08-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Providenciar para ser feito, o mais rápido possível, a contratação de um Psicólogo e um Assistente Social para a Rede Municipal de Ensino, tendo em vista que a nova Lei do Fundeb já disciplinou tal assunto, pautando sobre a necessidade dos referidos profissionais na rede de educação, bem como, o último concurso público realizado no Município já constou a vaga para esses profissionais, razão pela qual se faz necessário a convocação dos candidatos classificados para compor as vagas.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3523/190_-_requerimento_-_19-08-2024_-_rua_xavier_lisboa_em_frente_prefeitura_e_secretaria_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3523/190_-_requerimento_-_19-08-2024_-_rua_xavier_lisboa_em_frente_prefeitura_e_secretaria_saude.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento por mim apresentado em 11 de março de 2024, a saber: _x000D_
 _x000D_
 Que, através do setor responsável pela pavimentação das ruas da cidade, seja feito o serviço que se apresenta necessário no calçamento da Rua Xavier Lisboa, em especial em dois pontos em que a situação está pior, próximo à prefeitura e próximo à secretaria de saúde, onde o calçamento afundou, formando valetas.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3524/191_-_requerimento_-_19-08-2024_-_bueiro_pedra_batista..pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3524/191_-_requerimento_-_19-08-2024_-_bueiro_pedra_batista..pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais seja reconstruído um bueiro localizado na estrada vicinal do Bairro Pedra Batista, próximo à propriedade do senhor Luiz, precisando ser construído com manilhas de maior diâmetro, de forma a comportar toda a vazão de água.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3525/requerimento_urgencia_especial_-_pl_30-2024_-_subsidio_agentes_politicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3525/requerimento_urgencia_especial_-_pl_30-2024_-_subsidio_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Solicita tramitação em regime de URGÊNCIA ESPECIAL do Projeto de Lei nº 030, de 2024 “fixa os subsídios dos agentes políticos do Município de Pedralva para a legislatura/gestão que se inicia em 2025”.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3527/03_-_requerimento_-_26-08-2024_-_academia_ar_livre_-_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3527/03_-_requerimento_-_26-08-2024_-_academia_ar_livre_-_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que seja realizada a manutenção dos aparelhos instalados na Academia da Saúde do Bairro Lagoa.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3528/192_-_requerimento_-_26-08-2024_-_estrada_divisa_-_ze_baixinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3528/192_-_requerimento_-_26-08-2024_-_estrada_divisa_-_ze_baixinho.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela manutenção das estradas rurais realize os reparos necessários no trecho da estrada pública localizada no Bairro Divisa, próximo à propriedade do senhor “Zé Baixinho” o qual se encontra tomado pelo mato, impedindo a passagem de veículos. Referido trecho de estrada está localizado na via que inicia próximo à propriedade do senhor Tião Avelino e passa margeando as propriedades dos senhores Paulo Mariano, “Zé Baixinho” e Abelardo e segue até a propriedade dos familiares do saudoso senhor “Zé Gominho”. Toda extensão desta via precisa de manutenção, com uma atenção especial para o trecho citado.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/193_-_requerimento_-_02-09-2024_-_estrada_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/193_-_requerimento_-_02-09-2024_-_estrada_divisa.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela manutenção das estradas rurais realize os reparos necessários no trecho da estrada municipal do Bairro Divisa, localizado após a propriedade do Dito Albino, sentido à esquerda após a ponte, dando acesso à propriedade do senhor conhecido como “Ceará”.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3531/194_-_requerimento_-_02-09-2024_-_faixa_amarela_em_frente_lanche_henrique_e_edna.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3531/194_-_requerimento_-_02-09-2024_-_faixa_amarela_em_frente_lanche_henrique_e_edna.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela sinalização das vias da cidade verifique a situação de estacionamento de veículos no trecho da Rua Casemiro Osório, em frente ao comércio de venda de Lanches do Henrique e da Édna, e providencie para ser pintado de amarelo um pequeno trecho do meio-fio, bem em frente a entrada desse estabelecimento, haja vista que quando estacionam veículos ou motocicletas nos dois lados da via dificulta a passagem de veículos, pois o trecho livre da via fica muito estreito.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3532/195_-_requerimento_-_02-09-2024_-_placa_de_pare_rua_sao_sebastiao_esquina_com_ria_branco.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3532/195_-_requerimento_-_02-09-2024_-_placa_de_pare_rua_sao_sebastiao_esquina_com_ria_branco.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela sinalização das vias da cidade verifique a possibilidade de ser retirada a placa de PARE existente na esquina da Rua São Sebastião com a Rua Rio Branco e que a mesma seja instala no lado de cima da esquina, na Rua Rio Branco, de forma que os veículos que seguem por esta rua tenham que parar e não os que seguem pela Rua São Sebastião.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3533/196_-_requerimento_-_02-09-2024_-_pintar_de_amarelo_o_meio-fio_de_um_lado_da_rua_poeta_joao_carneiro_de_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3533/196_-_requerimento_-_02-09-2024_-_pintar_de_amarelo_o_meio-fio_de_um_lado_da_rua_poeta_joao_carneiro_de_rezende.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela sinalização das vias da cidade verifique a possibilidade de permitir o estacionamento de veículos em apenas uma das mãos de direção do trecho da Rua Poeta João Carneiro de Rezende que inicia na Avenida Tancredo Neves e segue até ser cortada pela Rua Pedro Monti, pintando de amarelo toda extensão do meio-feio, para delimitação de espaço proibido para estacionamento.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3534/197_-_requerimento_-_02-09-2024_-_avenida_tancredo_neves_-_sarjeta_proximo_ao_radar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3534/197_-_requerimento_-_02-09-2024_-_avenida_tancredo_neves_-_sarjeta_proximo_ao_radar.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela manutenção das vias públicas realize melhorias necessárias na sarjeta de escoamento de água existente no trecho da Avenida Tancredo Neves, em frente ao radar, haja vista que fica água parada, formando lama, o que causa transtornos para os moradores. Para resolver o problema, o ideal é ser concretado.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3535/198_-_requerimento_-_02-09-2024_-_ponte_na_divisa_estiva_e_serrinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3535/198_-_requerimento_-_02-09-2024_-_ponte_na_divisa_estiva_e_serrinha.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela manutenção das pontes, existentes nas estradas rurais do município, realize a reforma da ponte situada na estrada municipal que liga o Bairro Estiva ao Bairro Serrinha, na divisa entre esses dois bairros, haja vista que apresenta vários problemas, como pranchões e balizas apodrecendo, começando a formar buracos, entre outros problemas que precisam ser consertados, pois estão afetando a estrutura da ponte.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3536/199_-_requerimento_-_02-09-2024_-_estrada_paulino_-_pinhal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3536/199_-_requerimento_-_02-09-2024_-_estrada_paulino_-_pinhal.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pela manutenção das estradas rurais realize as melhorias necessárias em trecho da estrada que liga o Bairro Paulino ao Bairro Pinhal, trecho pertencente ao município de Pedralva, que se encontra com valetas e buracos, dificultando o trânsito.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3537/200_-_requerimento_-_02-09-2024_-_mudar_lixeira_bairro_anhumas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3537/200_-_requerimento_-_02-09-2024_-_mudar_lixeira_bairro_anhumas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pelas lixeiras públicas na zona rural transfira para outro local a lixeira que se encontra instalada na beirada da estrada municipal do Bairro Anhumas, em frente à casa do senhor Milton, no trevo que dá acesso para as propriedades dos familiares do saudoso senhor Amado Garcia e ao Bairro Cubatão.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3538/201_-_requerimento_-02-09-2024_-caixa_de_agua_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3538/201_-_requerimento_-02-09-2024_-caixa_de_agua_rezende.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado em 7 de agosto de 2024:_x000D_
 _x000D_
 que, através do setor responsável pelo abastecimento de água na zona rural, seja feita uma avaliação das condições atuais de abastecimento de água no Bairro Rezende e seja fornecida uma caixa de água e mangueiras para serem utilizadas na melhoria do abastecimento.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3539/solicita_informacoes_ref_emenda_calcamento_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3539/solicita_informacoes_ref_emenda_calcamento_estradas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 _x000D_
 sejam prestadas informações sobre a execução de emenda parlamentar, indicada pelo Deputado Estadual, Dr. Paulo, via transferência especial, no valor de R$ 200.000,00 (duzentos mil reais), e que, após combinado entre este vereador subscrevente e a Administração Municipal, seriam utilizados para calçamento de trechos de estradas rurais no BAIRRO ESTIVA (em frente a associação) e CUBATÃOZINHO (topo do morro).</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3540/rede_esgoto_paulino_paixao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3540/rede_esgoto_paulino_paixao.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 seja realizada a RECONEXÃO DA REDE DE ESGOTO DO BAIRRO PAULINO PAIXÃO, que se encontra rompida e tem trazido prejuízos a pecuaristas e a população, especialmente aqueles que residem próximo do local onde o cano foi rompido.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3541/manutencao_estrada_acesso_residencias_lado_de_baixo_da_ponte_no_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3541/manutencao_estrada_acesso_residencias_lado_de_baixo_da_ponte_no_vintem.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 seja realizada a manutenção de trecho de estrada que dá acesso às residências localizadas no LADO DE BAIXO DA PONTE DO VINTÉM, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/202_-_requerimento_-09-09-2024_-caixa_de_agua_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/202_-_requerimento_-09-09-2024_-caixa_de_agua_bela_vista.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do setor responsável pelo abastecimento de água, seja realizado os procedimentos necessários para consertar ou substituir, por uma nova, a caixa que armazena água para abastecer algumas residências no Bairro Bela Vista, que está rachada.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3547/203_-_requerimento_-09-09-2024_-_bairro_bela_vista_-_barranco_proximo_fabrica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3547/203_-_requerimento_-09-09-2024_-_bairro_bela_vista_-_barranco_proximo_fabrica.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado em 19 de fevereiro de 2024: que, através do setor de obras, seja tomada providência para resolver o problema que ocorre no bairro Bela Vista devido haver um barranco na beirada da rua, próximo à fábrica Megaplus, que, toda vez que chove, solta um pouco de terra, que corre pela rua, que fica cheia de lama, causando transtorno, principalmente para os pedestres. Ao meu ver, precisa ser rampado este barranco e ser construído passeio na beirada da rua.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3548/204_-_requerimento_-09-09-2024_-_grade_em_frente_casa_prof._beatriz_-_rua_cel_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3548/204_-_requerimento_-09-09-2024_-_grade_em_frente_casa_prof._beatriz_-_rua_cel_machado.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do setor responsável pelas sarjetas nas vias da área urbana, seja verificada a situação da sarjeta de drenagem superficial de água localizada na Rua Coronel Machado, em frente a residência de nº 7, da Professora Marisa.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3549/205_-_requerimento_-_09-09-2024_-_em_frente_mario_santana.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3549/205_-_requerimento_-_09-09-2024_-_em_frente_mario_santana.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimentos feito em 18 de março e 5 de junho de 2024: que, através do setor responsável pela manutenção das ruas da cidade, sejam tomadas providências para construção de uma calçada na beirada na Avenida Tancredo Neves, na entrada da cidade, beirando a propriedade do filho do saudoso senhor “Mário Santana”, haja vista se tratar de um local com grande circulação de pedestres, porém não existe uma calçada, tendo as pessoas que andar pela beirada de terra e muitas vezes, para desviar de poças de água e barro, acabam caminhando pela beira da rodovia, correndo risco de ser atropelado. Também precisa ser colocada grade na boca de um bueiro localizado no local.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3550/206_-_requerimento_09-09-2024_-_urgencia_especial_pls_31.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3550/206_-_requerimento_09-09-2024_-_urgencia_especial_pls_31.pdf</t>
   </si>
   <si>
     <t>Solicita tramitação em Regime de URGÊNCIA ESPECIAL para o Projeto de Lei nº 031, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 43.775,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3554/207_-_requerimento_-_16-09-2024_-_calcamento_bela_vista_-_rua_jose_adolfo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3554/207_-_requerimento_-_16-09-2024_-_calcamento_bela_vista_-_rua_jose_adolfo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pelo calçamento das vias públicas da área urbana, seja construído calçamento em um trecho de rua localizado após a Megaplus, no final da Rua Nei Augusto, que segue até próximo à residência do “Zinho” e liga na Rua José Adolfo de Faria, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3555/208_-_requerimento_-_16-09-2024_-_ponte_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3555/208_-_requerimento_-_16-09-2024_-_ponte_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pela manutenção das pontes existentes nas estradas municipais do município de Pedralva, seja feita vistoria e realizada a manutenção necessária em uma ponte existente na estrada principal do Bairro Pitangueiras, a qual apresenta problemas estruturais graves, que precisam ser verificados e corrigidos com urgência.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3556/209_-_requerimento_-_16-09-2024_-_quebra-molas_cubatao_-_proximo_ao_pesqueiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3556/209_-_requerimento_-_16-09-2024_-_quebra-molas_cubatao_-_proximo_ao_pesqueiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pelas estradas rurais, seja construído dois quebra-molas na estrada do Bairro Cubatão, no trecho em frente ao local onde existe um aglomerado de casas, próximo ao “Pesqueiro do Felix”.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3559/211_-_requerimento_-_23-09-2024_-_dia_da_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3559/211_-_requerimento_-_23-09-2024_-_dia_da_crianca.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito Municipal: _x000D_
 _x000D_
 _x000D_
 realizar, através da Secretaria Municipal de Promoção Social, uma festa no dia 12 de outubro, para comemorar o Dia das Crianças.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3560/08_-_requerimento_23-09-2024_-_esgoto_rua_joaquim_carlos_de_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3560/08_-_requerimento_23-09-2024_-_esgoto_rua_joaquim_carlos_de_paiva.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 realizar, através do setor responsável pela fiscalização e pelas obras referentes ao esgotamento sanitário, os procedimentos necessários para solucionar o problema de vazamento de esgoto que está ocorrendo na Rua Joaquim Carlos de Paiva, próximo à casa de número 200, de propriedade da senhora Luciana Egídio.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3561/212_-_requerimento_-_23-09-2024_-_grade_bueiro_rua_dr._macedo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3561/212_-_requerimento_-_23-09-2024_-_grade_bueiro_rua_dr._macedo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito Municipal: _x000D_
 _x000D_
 realizar, através do setor responsável pela manutenção dos bueiros existentes nas ruas da cidade, o conserto da grade do bueiro existente na Rua Dr. Macedo, em frente à entrada para a Rua Joaquina Lopes.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3562/213_-_requerimento_-_23-09-2024_-_bueiro_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3562/213_-_requerimento_-_23-09-2024_-_bueiro_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado em 21 de junho e 9 de agosto de 2024: _x000D_
 _x000D_
 que, através do setor responsável pelos bueiros nas ruas do perímetro urbano, seja desentupido o bueiro existente na Rua Antônio Benedito dos Santos, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3563/214_-_requerimento_-_23-09-2024_-_bueiro_jose_adolfo_de_faria_e_rua_de_acesso_colonia_de_cima_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3563/214_-_requerimento_-_23-09-2024_-_bueiro_jose_adolfo_de_faria_e_rua_de_acesso_colonia_de_cima_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que o setor responsável pelos bueiros nas ruas do perímetro urbano realize as melhorias necessárias no bueiro existente na Rua José Adolfo de Faria, próximo à entrada para a localidade conhecida como “colônia de cima” no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3564/215_-_requerimento_-_23-09-2024_-_rua_jose_monti_sobrinho_e_nei_augusto_ribeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3564/215_-_requerimento_-_23-09-2024_-_rua_jose_monti_sobrinho_e_nei_augusto_ribeiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 que, através do setor responsável pela limpeza das ruas do perímetro urbano, seja feita roçagem do moto nas beiradas das Ruas José Monti Sobrinho e Nei Augusto Ribeiro, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3572/216_-_requerimento_-_07-10-2024_-_retirar_terra_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3572/216_-_requerimento_-_07-10-2024_-_retirar_terra_furnas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 _x000D_
 • que, através do setor responsável pela limpeza das estradas rurais, seja retirada a terra que está amontoada na beirada da estrada do Bairro Furnas, trecho após a Carmocoffe até a propriedade do Rudnei.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3573/217_-_requerimento_-29-09-2023_-_melhorias_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3573/217_-_requerimento_-29-09-2023_-_melhorias_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito Municipal. _x000D_
 • Que o setor de obras realize as seguintes melhorias no bairro Lagoa:_x000D_
 1)	limpeza geral no bairro Lagoa, roçando o mato, pintando meio-fio, varrendo as ruas e demais serviços necessários, de forma a deixar o bairro ainda mais bonito para receber os visitantes que estarão naquela comunidade no dia 04 de novembro, quando a comunidade comemora o dia em homenagem à "Nossa Senhora Mãe Navegante". Falta pouco mais de um mes para esta festividade e já solicito esta providência, de forma que a prefeitura tenha tempo suficiente para realizar os serviços naquela comunidade. _x000D_
 2)	patrolar e cascalhar o trecho de estrada localizada em uma subida que dá acesso à “Capelinha dos três anjos” e fazer a pintura desta capelinha;_x000D_
 3)	Arrumar o bueiro localizado na descida de entrada para o bairro, após o letreiro de coração, em frente à uma lixeira, onde se formou um buraco e o bueiro não possui grade de proteção; e_x000D_
 4)	Construir bueiro no início da estrada que inic</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3574/218_-_requerimento_07-10-2024_-_urgencia_especial_pls_32.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3574/218_-_requerimento_07-10-2024_-_urgencia_especial_pls_32.pdf</t>
   </si>
   <si>
     <t>Solicita tramitação em regime de URGÊNCIA ESPECIAL para o Projeto de Lei nº 032, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar, no valor de R$ 482.000,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/09_-_requerimento_07-10-2024_-_justificando_falta_na_sessao_do_dia_23-09-2024_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/09_-_requerimento_07-10-2024_-_justificando_falta_na_sessao_do_dia_23-09-2024_1.pdf</t>
   </si>
   <si>
     <t>Justificando sua falta na Sessão Ordinária da Câmara Municipal, realizada no dia 23 de setembro de 2024.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_14-10-2024_-_informacoes_fornecimento_de_medicamentos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_14-10-2024_-_informacoes_fornecimento_de_medicamentos.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Solicito esclarecimentos acerca da recorrente falta de medicamentos na Farmácia da rede pública municipal, o que tem causado angústia aos usuários que dependem desses fármacos para o tratamento de suas condições de saúde. _x000D_
 Obs 1. Relacionar quais os medicamentos a Farmácia Municipal se encontra desabastecida ou com baixo estoque, ou seja, em situação que possa comprometer a regular dispensação aos usuários._x000D_
 Obs 2. Dos medicamentos relacionados, apontar quais não fazem parte da lista de medicamentos que são custeados com repasses do SUS, ou seja, que são custeados com recursos próprios do município.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3587/requerimento_14-10-2024_-_informacoes_recursos_fumpac.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3587/requerimento_14-10-2024_-_informacoes_recursos_fumpac.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Solicito extrato bancário da conta do FUMPAC, dos exercícios financeiros de 2021 a 2024 e de relatório das despesas que foram custeadas com recursos deste fundo nos anos de 2021, 2022, 2023 e 2024.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3589/219_-_requerimento_14-10-2024_-_urgencia_especial_pl_36.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3589/219_-_requerimento_14-10-2024_-_urgencia_especial_pl_36.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL para o Projeto de Lei nº 036, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 59.225,00, e dá outras providências”</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3594/220_-_requerimento_21-10-2024_-_urgencia_especial_pls_37.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3594/220_-_requerimento_21-10-2024_-_urgencia_especial_pls_37.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL para o Projeto de Lei nº 037, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024, crédito suplementar no valor de R$ 60.000,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3595/221_-_requerimento_-_21-10-2024_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3595/221_-_requerimento_-_21-10-2024_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos por mim apresentados nesta Casa  em 26 de fevereiro, 18 de março, 01 de abril, 27 de maio e 12 de agosto de 2024, a saber:_x000D_
 _x000D_
 • que, através do setor responsável, sejam realizados os serviços necessários para manutenção e conservação da pista de caminhada “Amado José da Silva”, que apresenta alguns problemas, que precisam ser resolvidos, para que a mesma fique em condições adequadas para uso da população e não aumente os problemas que apresenta. É necessário que o setor de engenharia faça uma avaliação técnica das condições do local e elabore projeto para realização de todos os serviços necessários, de forma que seja feito um serviço correto, que sane os problemas existentes no local.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3596/222_-_requerimento_-_21-10-2024_-_bairro_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3596/222_-_requerimento_-_21-10-2024_-_bairro_cubataozinho.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito:_x000D_
 _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado o serviço de manutenção necessário em um trecho da estrada do Bairro Cubatãozinho, sendo a estrada principal que dá acesso às propriedades dos familiares dos saudosos senhores “Gaspar de Lima”, “Lázaro de Lima” e outros.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3597/223_-_requerimento_-_21-10-2024_-_escoamento_de_agua_rua_jose_de_oliveira_lopes_proximo_letreiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3597/223_-_requerimento_-_21-10-2024_-_escoamento_de_agua_rua_jose_de_oliveira_lopes_proximo_letreiro.pdf</t>
   </si>
   <si>
     <t>Reiterando solicitação feita em 12 de dezembro de 2023 e 12 de março e 12 de abril de 2024: _x000D_
 _x000D_
 Dar início a obra de extensão do bueiro existente no início da Rua Dona Maria Cibele, no qual deságua a água pluvial da Rua José de Oliveira Lopes, obra essa que visa ajudar no desague da água colhida pelo bueiro existente, de forma que o bueiro tenha mais uma saída para escoar a água, melhorando a drenagem pluvial no local. Essa extensão seguirá pela Rua Dona Maria Cibele e será ligada na canalização em frente ao Bar do Sinésio, que atravessa a rodovia e deságua na propriedde do senhor Lourenço.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3598/08_-_requerimento_-_21-10-2024_-_cascalhar_trecho_estrada_lagoa_-_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3598/08_-_requerimento_-_21-10-2024_-_cascalhar_trecho_estrada_lagoa_-_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:_x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, seja realizado, dentro dos próximos quinze dias, o cascalhamento do trecho da estrada que liga o Bairro Lagoa ao Município de Maria da Fé, havendo um trecho de 10 metros que se encontra em situação pior, precisando de manutenção urgente, haja vista a proximidade das festividades em louvor a Nossa Senhora Mãe Navegante, que ocorrerá no primeiro final de semana de novembro, ocasião que o Bairro Lagoa recebe uma grande quantidade de fiéis, sendo o melhor acesso ao bairro o que passa por Maria da Fé.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3599/2024.10.21-_requerimento_-_insalubridade_farmacia..pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3599/2024.10.21-_requerimento_-_insalubridade_farmacia..pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
  Ciente do novo parecer emitido no LTCAT que aponta quais as atribuições/funções estão expostas a agentes insalubres no quadro de pessoal da Prefeitura Municipal, solicito informações a respeito do PAGAMENTO DO ADICIONAL DE INSALUBRIDADE AOS PROFISSIONAIS QUE ATUAM NA FARMÁCIA MUNICIPAL, esclarecendo o seguinte:_x000D_
 _x000D_
 A)	Diante das considerações presentes no LTCAT, esclarecer se os profissionais da Farmácia Municipal, para fins de recebimento do adicional de insalubridade, enviaram relatório apontando contato com algum paciente portador de doenças infecto-contagiosas ou com material infecto-contagiante, nos meses de setembro e outubro de 2024;_x000D_
 B)	Se sim, enviar os relatórios em questão;_x000D_
 C)	E ainda, se foram enviados os relatórios, enviar o parecer que tenha fundamentado o não pagamento do referido adicional no mês de setembro de 2024, e da mesma forma, o parecer relativo ao mês de outubro de 2024, ainda que o entendimento seja pelo reconhecimento do pag</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3604/224_-_requerimento_28-10-2024_-_urgencia_especial_pls_38.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3604/224_-_requerimento_28-10-2024_-_urgencia_especial_pls_38.pdf</t>
   </si>
   <si>
     <t>Solicitando URGÊNCIA ESPECIAL para o Projeto de Lei nº 038, de 2024 “Autoriza a doação de veículo à Polícia Civil do Estado de Minas Gerais, e dá outras providências”.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3605/09_-_requerimento_-_28-10-2024_-_terra_em_frente_entrada_esf_lagoa-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3605/09_-_requerimento_-_28-10-2024_-_terra_em_frente_entrada_esf_lagoa-.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento feito em 24 de junho de 2024:_x000D_
 que, através do setor responsável pela manutenção dos prédios públicos, seja realizada a limpeza da terra que está amontoada na entrada da sede da Estratégia Saúde da Família no Bairro Lagoa e seja realizado o serviço necessário para impedir que a água da chuva fique parada na entrada do prédio.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3606/10_-_requerimento_-_28-10-2024_-_justificando_falta_na_sessao_do_dia_21-10-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3606/10_-_requerimento_-_28-10-2024_-_justificando_falta_na_sessao_do_dia_21-10-2024.pdf</t>
   </si>
   <si>
     <t>Justificando a falta na reunião da Sessão Ordinária da Câmara Municipal, realizada em 21 de outubro de 2024, às 19h15.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3607/10_-_requerimento_justificativa_falta__fernanda__sessao_ordinaria_28-10-24.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3607/10_-_requerimento_justificativa_falta__fernanda__sessao_ordinaria_28-10-24.pdf</t>
   </si>
   <si>
     <t>Justificando a sua falta na Sessão Ordinária da Câmara Municipal, que será realizada no dia 28 de outubro de 2024.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3608/2024.10.28_-_requerimento_-_capas_de_chuva_e_galochas_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3608/2024.10.28_-_requerimento_-_capas_de_chuva_e_galochas_-.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Requer providências, objetivando que sejam fornecidas CAPA DE CHUVA E GALOCHAS aos servidores municipais que necessitam trabalhar expostos à chuva, como responsáveis pela limpeza pública, sepultamentos, manutenção de bueiros, ruas e estradas etc._x000D_
 Obs. Na última sexta-feira, os servidores responsáveis pela coleta de resíduos sólidos, estavam realizando suas atividades na chuva e completamente ensopados, por isso, a adoção da medida ora sugerida, objetiva não colocar em risco a saúde dos trabalhadores, o que pode comprometer a regular prestação dos serviços, mas acima de tudo, garantir a dignidade de nossos servidores municipais.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3609/2024.10.28_-_requerimento_-_clube_do_desconto_e_cesta_natalina_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3609/2024.10.28_-_requerimento_-_clube_do_desconto_e_cesta_natalina_-.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 ainda que ciente de que o exercício financeiro está prestes a se encerrar e que uma nova gestão deverá se iniciar em janeiro, requer seja analisada a possibilidade de ATENDIMENTO DAS SEGUINTES INDICAÇÕES como reconhecimento ao trabalho realizado pelos nossos servidores municipais:_x000D_
 a)	Realizar a entrega da CESTA NATALINA aos servidores municipais;_x000D_
 b)	Estabelecer parcerias com o comércio local para a criação do “CLUBE DO DESCONTO” aos servidores municipais, o que além de valorizar o funcionalismo municipal, poderá aquecer o comércio local, especialmente durante as festas de fim de ano;_x000D_
 c)	Implementar no menor prazo possível, a OUVIDORIA MUNICIPAL.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3610/2024.10.28_-_requerimento_-_insalubridade_-_nutricionista_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3610/2024.10.28_-_requerimento_-_insalubridade_-_nutricionista_-.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 ciente do novo parecer emitido no LTCAT que aponta quais as atribuições/funções estão expostas a agentes insalubres no quadro de pessoal da Prefeitura Municipal, solicito informações a respeito do PAGAMENTO DO ADICIONAL DE INSALUBRIDADE AO PROFISSIONAL NUTRICIONISTA DA SAÚDE, esclarecendo o seguinte:_x000D_
 A)Diante das considerações presentes no LTCAT, esclarecer se o profissional Nutricionista lotado na Saúde Municipal, para fins de recebimento do adicional de insalubridade, enviou relatório apontando contato com algum paciente portador de doenças infecto-contagiosas ou com material infecto-contagiante, nos meses de setembro e outubro de 2024;B)Se sim, enviar os relatórios em questão;C)E ainda, se foram enviados os relatórios, enviar o parecer que tenha fundamentado o não pagamento do referido adicional no mês de setembro de 2024, e da mesma forma, o parecer relativo ao mês de outubro de 2024, ainda que o entendimento seja pelo reconhecimento do pagamento</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3611/2024.10.28_-_requerimento_-_piso_enfermagem_-_lista_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3611/2024.10.28_-_requerimento_-_piso_enfermagem_-_lista_-.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal esclarecendo:_x000D_
 a)	Ciente de que a Prefeitura recebeu no exercício de 2023, o montante de R$ 199.122,36 (cento e noventa e nove mil, cento e vinte e dois reais e trinta e seis centavos) a título de “Assistência Financeira Complementar para o Pagamento do Piso dos Profissionais da Enfermagem”, e em razão da resposta enviada pelo Executivo Municipal, por meio do Ofício nº 098/2024 (em resposta ao Requerimento nº 262/2024 – Ofício nº 119/2024, da Câmara Municipal), requer sejam esclarecidas as pendências financeiras relativas ao pagamento da complementação do “PISO DA ENFERMAGEM” no exercício de 2023, aos seguintes profissionais da enfermagem do município e nos seguintes valores:_x000D_
 b)	Requer seja enviado relatório INDICANDO OS CALCULOS DO MINISTÉRIO DA SAÚDE, que apurou o valor mensal que cabe ao Município, indicando ainda: _x000D_
 1)	Quais são os profissionais da enfermagem que estão incluídos nos cálculos;_x000D_
 2)	Qual o valor cabível a cada um deles;_x000D_
 3)	Quando a incl</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3616/requerimento_bairro_correas_-_05-11-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3616/requerimento_bairro_correas_-_05-11-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal: realizar a manutenção urgente de uma ponte da estrada do Bairro Correas, próximo da antiga “venda” do bairro e próximo ao Haras, tendo em vista que a ponte se encontra com buraco, o qual os moradores colocaram um pedaço de madeira para sinalizar, porém tal buraco pode aumentar se não for realizado uma manutenção urgente.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3617/requerimento_dentista_-__05-11-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3617/requerimento_dentista_-__05-11-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal: foi noticiado para alguns representantes desta Casa Legislativa, uma possível irregularidade em relação a jornada de trabalho dos profissionais da área da odontologia em nossa Rede Municipal de Saúde, no qual supostamente alguns profissionais não estão cumprindo integralmente a carga horária da função, especialmente a carga horária prevista no Edital do Concurso. Por outro lado, tal situação pode prejudicar o fornecimento do serviço público à população por ausência de atendimento em um determinado período. Assim, solicita ao Chefe do Poder Executivo que tome as providências necessárias corrigindo a suposta irregularidade o mais rápido possível, caso esta irregularidade esteja ocorrendo, bem como, solicito que seja encaminhada a esta Casa Legislativa junto com a resposta do Requerimento a relação da carga horária, folha de ponto de todos esses profissionais (dentista) e o horário de atendimento que é fornecido a nossa população.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3620/11_-_requerimento_justificativa_falta_ver._fernanda__-_sessao_ordinaria_5-11-24.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3620/11_-_requerimento_justificativa_falta_ver._fernanda__-_sessao_ordinaria_5-11-24.pdf</t>
   </si>
   <si>
     <t>Justificando falta na sessão ordinária do dia 5 de novembro de 2024.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3625/requerimento_bairro_tres_paineiras_11-11-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3625/requerimento_bairro_tres_paineiras_11-11-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal:_x000D_
 _x000D_
 Realizar a manutenção urgente de um trecho da estrada do bairro Três Paineiras sentido bairro Pitangueiras, conhecido como morro do “Tonho sem manga”, tendo em vista que este trecho de estrada está em situação precária, prejudicando a passagem dos moradores, precisando ser cascalhado ou colocado pedra neste morro.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3626/225_-_requerimento_-_11-11-2024_-_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3626/225_-_requerimento_-_11-11-2024_-_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito:_x000D_
  _x000D_
 Que, através do setor responsável, sejam tomadas as providências necessárias para serem realizadas melhorias no cemitério municipal, que se encontra com problemas no sistema de drenagem de água pluvial, limpeza, instalações hidráulica, entre outros. Sugiro que, caso a prefeitura não tenha funcionários e equipamentos suficientes para realizar manutenção permanente do cemitério, que realize a terceirização deste serviço, de forma que uma empresa especializada possa tomar conta do cemitério de nosso município.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3627/226_-_requerimento_-_11-11-2024_-_estrada_lagoa_-_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3627/226_-_requerimento_-_11-11-2024_-_estrada_lagoa_-_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito:_x000D_
  _x000D_
 Que, através do setor responsável pela manutenção das estradas rurais, sejam realizadas as melhorias necessárias em dois trechos da estrada municipal que liga o Bairro Lagoa ao Município de Maria da Fé, que foram danificados pelas últimas chuvas. Inclusive, alunos do Bairro Lagoa que estudam em Maria da Fé estão sem ir à aula a mais de uma semana devido não haver condições de trânsito para o transporte escolar.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3628/requerimento_11-11-2024_-_urgencia_especial_-_pl_39-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3628/requerimento_11-11-2024_-_urgencia_especial_-_pl_39-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando URGÊNCIA ESPECIAL para o Projeto de Lei nº 039, de 2024 “Dispõe sobre a Política Municipal de acessibilidade das pessoas com deficiência ou com mobilidade reduzida”.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3636/227_-_requerimento_-_18-11-2024_-_esgoto_-_bica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3636/227_-_requerimento_-_18-11-2024_-_esgoto_-_bica.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito e à Copasa:_x000D_
 realizar, de imediato, os serviços necessários para sanar o problema que está ocorrendo em um PV da rede de esgoto situada na Rua Frei Orestes Girard, na entrada para o estacionamento do Parque de Exposições, onde o esgoto está vazando e escorrendo pela rua. Tal situação está ocorrendo faz mais de uma semana e nenhuma providência foi tomada.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3637/228_-_requerimento_-_18-11-2024_-_barranco_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3637/228_-_requerimento_-_18-11-2024_-_barranco_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito:_x000D_
 que, através do setor responsável pela limpeza dos espaços públicos, seja roçado o mato no barranco existente na Rua Dona Miquita, que está alto, contribuindo para o aparecimento de animais nocivos.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3638/229_-_requerimento_-_18-11-2024_-_moscas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3638/229_-_requerimento_-_18-11-2024_-_moscas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: _x000D_
 que, através do setor responsável, sejam tomadas providências para controlar a proliferação de moscas no município, haja vista que, com o aumento da temperatura, começaram a aparecer muitas moscas, precisando ser intensificadas as medidas para controle.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3645/230_-_requerimento_25-11-2024_-_urgencia_especial_pls_40.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3645/230_-_requerimento_25-11-2024_-_urgencia_especial_pls_40.pdf</t>
   </si>
   <si>
     <t>Solicitando  URGÊNCIA ESPECIAL para o Projeto de Lei nº 040, de 2024 “Abre ao orçamento do Município de Pedralva, para o exercício de 2024 crédito suplementar no valor de R$ 1.762.500,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/231_-_requerimento_-_25-11-2024_-_bueiro_rua_jose_lino_rangel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/231_-_requerimento_-_25-11-2024_-_bueiro_rua_jose_lino_rangel.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito:_x000D_
  _x000D_
 Que, através do setor de obras, seja refeito o bueiro construído na rua José Lino Rangel, no bairro Bela Vista, visto que a forma como o bueiro foi construído não se mostra a mais adequada, uma vez que faz pouco tempo que foi construído e já está sendo destruído pelas águas das chuvas, que infiltra pelas laterais das manilhas e faz com que a terra ao redor seja arrastada pela água, formando buracos, que estão prejudicando a estrada e, com certeza, com as próximas chuvas, poderá prejudicar ainda mais e até mesmo deixar os usuários da via sem acesso; e_x000D_
 Informar quando será realizado o calçamento do trecho da rua José Lino Rangel que ainda não é calçado, de aproximadamente cem metros.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3647/2024.11.25_-_requerimento_-_justificativa_falta_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3647/2024.11.25_-_requerimento_-_justificativa_falta_-_assinado.pdf</t>
   </si>
   <si>
     <t>Justificando falta na sessão ordinária do dia 18 de novembro de 2024.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3648/2024.11.25_-_requerimento_-_ponte_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3648/2024.11.25_-_requerimento_-_ponte_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal:_x000D_
 _x000D_
 Seja providenciada, com a máxima urgência, a manutenção da ponte no bairro Santo Antônio nas proximidades da escola do bairro._x000D_
 _x000D_
 Referida ponte sofreu com desmoronamento lateral de terra, que, aparentemente, abalou a sustentação de um de seus pilares, o que coloca em risco aqueles que por ela transitam, especialmente das crianças e profissionais que utilizam do transporte escolar para a Escola Municipal José Fortes Bustamante.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3652/210_-_requerimento_-_02-12-2024_-_cemig_-_poste_iluminacao_cubatao...pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3652/210_-_requerimento_-_02-12-2024_-_cemig_-_poste_iluminacao_cubatao...pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito e à Cemig: deslocar o poste localizado na estrada do Bairro Cubatão, próximo a Instalação de nº 3007059535, retirando-o do meio da estrada e instalando na beirada, de forma que a via fique em extensão apropriada para trânsito de veículos. O poste instalado no meio da via tem sido um problema para o tráfego e a segurança de motoristas.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3653/232_-_requerimento_-_02-12-2024_-_retirada_entulho_rua_sao_sebastiao...pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3653/232_-_requerimento_-_02-12-2024_-_retirada_entulho_rua_sao_sebastiao...pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do setor responsável pela limpeza pública, seja retirado o entulho que se encontra amontoado na Rua São Sebastião, próximo ao nº 190, em frente ao bar da Neide.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3654/requerimentotjmg_02-12-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3654/requerimentotjmg_02-12-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Doutor Desembargador Presidente do Tribunal de Justiça de Minas Gerais: cumprimentando-o cordialmente, venho por meio deste, solicitar a Vossa Excelência sua valorosa atenção, no sentido de informar sobre a situação da construção do NOVO fórum na Comarca de Pedralva-MG, esclarecendo os seguintes termos:_x000D_
 1.	O terreno doado pelo Município de Pedralva-MG possui alguma inviabilidade técnica para a construção do novo fórum? _x000D_
 2.	Se sim, é possível corrigir ou é necessário escolher outro terreno para fazer a obra? _x000D_
 3.	Por último, caso o Município possua outro terreno para ser doado para a construção da obra do Novo Fórum, ainda é de interesse do Tribunal a construção do Novo Fórum na Comarca de Pedralva-MG?</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3657/requerimento_02-12-2024_-_solicita_envio_pl_regulamenta_nova_metodologia_de_cofinanciamento_federal_do_piso_da_atencao_primaria_a_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3657/requerimento_02-12-2024_-_solicita_envio_pl_regulamenta_nova_metodologia_de_cofinanciamento_federal_do_piso_da_atencao_primaria_a_saude.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal: seja enviado a esta Casa Projeto de Lei que vise regulamentar a nova metodologia de cofinanciamento federal do piso de Atenção Primária à Saúde - APS, no âmbito do Sistema Único de Saúde (SUS), instituído pela Portaria GM/MS Nº 3.493, de 10 de abril de 2024, destinado aos profissionais de saúde inscritos no Sistema de Cadastro Nacional de Estabelecimentos de Saúde (SCNES) que exercem suas funções nas equipes de eSF, eAP, eSB e eMULTI do Sistema Único de Saúde (SUS), para que, após deliberação do Conselho Municipal de Saúde, possa ser reservado percentual dos recursos oriundos de cada incentivo financeiro do componente de qualidade para o pagamento de inventivo financeiro aos profissionais da eSF, eAP, eSB e eMulti.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3661/233_-_requerimento_-_09-12-2024_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3661/233_-_requerimento_-_09-12-2024_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito: informar, através dos setores jurídico e de engenharia da prefeitura, qual é a legislação que estabelece a medida de recuo para construção nas margens da rodovia, haja vista que fui questionado por cidadãos de nosso município, que pretendem construir às margens da rodovia, trecho que corta a cidade e é denominado de Av. Tancredo Neves, e, para lhes informar, solicito este esclarecimentos, de forma que esses cidadãos possam construir seguindo os limites impostos por lei.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3662/09-12-2024_-_requerimento_-_justificativa_falta_na_sessao_do_dia_02-12-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3662/09-12-2024_-_requerimento_-_justificativa_falta_na_sessao_do_dia_02-12-2024.pdf</t>
   </si>
   <si>
     <t>Justificando ausência na 37ª Reunião Ordinária da Câmara Municipal, realizada no dia 02 de dezembro do ano corrente.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3668/12_-_requerimento_16-12-2024_-_justifica_falta_sessao_ord_09-12-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3668/12_-_requerimento_16-12-2024_-_justifica_falta_sessao_ord_09-12-2024.pdf</t>
   </si>
   <si>
     <t>Justificar a falta na Sessão Ordinária da Câmara Municipal, realizada no dia 09 de dezembro de 2024, às 19 horas.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3669/requerimento_16-12-2024_-_justificativa_falta_sessao_ord_09-12-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3669/requerimento_16-12-2024_-_justificativa_falta_sessao_ord_09-12-2024.pdf</t>
   </si>
   <si>
     <t>Justificativa pela ausência na última sessão ordinária, realizada no dia 9 de dezembro de 2024</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3379/scanner_20240528.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3379/scanner_20240528.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO ao Senhor Prefeito Municipal, sugerindo a necessidade da tomada da seguinte providência: que seja estudada possibilidades e alternativas para melhorar as condições das estradas rurais.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/scanner_20240606.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/scanner_20240606.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO ao Senhor Prefeito Municipal, sugerindo a necessidade da tomada da seguinte providência: fomentação de PPP - Parcerias Público Privadas.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3401/scanner_20240611_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3401/scanner_20240611_3.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO ao Senhor Prefeito Municipal, sugerindo a necessidade da tomada da seguinte providência: montagem de uma fábrica para processamento de bananas.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3423/scanner_20240619_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3423/scanner_20240619_5.pdf</t>
   </si>
   <si>
     <t>Indicação ao Senhor Prefeito Municipal, sugerindo a necessidade da tomada da seguinte providência: realizar estudo com os possíveis pontos rurais para ser criada a rota do café.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3424/scanner_20240619_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3424/scanner_20240619_6.pdf</t>
   </si>
   <si>
     <t>Indicação ao Senhor Prefeito Municipal, sugerindo a necessidade da tomada da seguinte providência: enviar uma máquina para nivelamento de um terreno na escola Comendador Mário Goulart Santiago, para facilitar a limpeza e conservação desse terreno, tendo em vista à proliferação do mosquito da Dengue.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3026/scanner_20240207_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3026/scanner_20240207_11.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Senhor Célio Fernandes, produtor rural e empresário, que, com recursos próprios, construiu uma ponte, de alta qualidade, que irá beneficiar não somente ele, mas também outras pessoas que utilizam esta estrada no bairro Balaio.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3039/scanner_20240216_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3039/scanner_20240216_3.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a senhora Dorvalina Fernandes Magalhães Silva, funcionária da administração pública municipal recentemente aposentada no cargo de Técnico Administrativo da Prefeitura de Pedralva, que durante 37 anos de sua vida dedicou seus préstimos a nossa cidade, com dedicação e lealdade.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3040/scanner_20240216_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3040/scanner_20240216_4.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a Professora Rogéria Augusto da Silva, funcionária da administração pública municipal, recentemente aposentada no cargo Professora da Prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/scanner_20240216_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/scanner_20240216_13.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a todos que contribuíram para a realização da TRADICIONAL FESTA e NOVENA EM LOUVOR A SÃO SEBASTIÃO 2024.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/scanner_20240216_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/scanner_20240216_14.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao PADRE BRUNO, pelo brilhante serviço prestado em prol da nossa Paróquia de São Sebastião e para toda nossa comunidade.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3073/scanner_20240221_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3073/scanner_20240221_8.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada ao senhor José Camilo dos Santos, funcionário da administração pública municipal, que neste mês se aposenta no cargo de Ajudante de Serviços Gerais.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3074/scanner_20240221_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3074/scanner_20240221_9.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a senhora  Adriani Machado Abreu da Silva, funcionária da administração pública municipal recentemente aposentada no cargo de Auxiliar de Serviços Gerais da Prefeitura de Pedralva, que durante 10 anos de sua vida dedicou seus préstimos a nossa cidade, com dedicação e lealdade.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3075/scanner_20240221_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3075/scanner_20240221_13.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO_x000D_
 _x000D_
 AOS BLOCOS CARNAVALESCOS EXTRABEFAIZ, SAPATOS ELÉTRICOS, PINEAPPLE FOLIA, CHURRAS DO MERCADINHO, BLOCO DA ROYAL E LOS VADIOS, AOS COMÉRCIOS BAR DO MATEIA E BAR DA PEPÊ, E À CHARANGA SANTO DE CASA_x000D_
 _x000D_
 PELA IMPORTANTE PARTICIPAÇÃO NO CARNAVAL DE PEDRALVA</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3106/scanner_20240228_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3106/scanner_20240228_21.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada ao senhor José Camilo dos Santos, funcionário da administração pública municipal, que neste mês se aposenta no cargo de ajudante de serviços gerais.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3128/scanner_20240306_25.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3128/scanner_20240306_25.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos vereadores da Câmara jovem de 2023._x000D_
 São eles:_x000D_
 Amanda Nariely Bernardes Pereira_x000D_
 Laís Batista Teixeira_x000D_
 Lucas Ribeiro Leite_x000D_
 Lucas Rodrigues Magalhães _x000D_
 Luiz Antônio Oliveira da Silva_x000D_
 Natanael Aparecido Nogueira Teodoro_x000D_
 Peterson Vinícius Rodrigues de Melo_x000D_
 Thales de Mira Campos Soares _x000D_
 Yasmin Castro Souza.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3129/scanner_20240306_24.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3129/scanner_20240306_24.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos jovens e às jovens, Amanda Nariely Bernardes Pereira, Laís Batista Teixeira, Lucas Ribeiro Leite, Lucas Rodrigues Magalhães, Luiz Antônio Oliveira da Silva, Natanael Aparecido Nogueira Teodoro, Peterson Vinícius Rodrigues de Melo, Thales de Mira Campos Soares e Yasmin Castro Souza, em razão do belo trabalho desenvolvido na função de Vereadores e Vereadoras Jovens da  2ª Legislatura da Câmara Jovem da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3130/scanner_20240306_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3130/scanner_20240306_22.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à equipe de profissionais da Vigilância em Saúde e da Atenção Primária, pelo trabalho que vem sendo desenvolvido no COMBATE À DENGUE em nosso município.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3131/scanner_20240306_26.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3131/scanner_20240306_26.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à TODAS AS MULHERES, reverenciando o DIA INTERNACIONAL DA MULHER, data em que se celebra a importância da mulher na sociedade, suas lutas e conquistas, e que traz à reflexão os avanços que ainda são necessários.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3132/scanner_20240306_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3132/scanner_20240306_21.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. MAURA FERREIRA CLAUDINO, ocorrido no dia 26 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3134/scanner_20240312_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3134/scanner_20240312_12.pdf</t>
   </si>
   <si>
     <t>Moção pelo falecimento da senhora MARIA MAURÍSIA DE LIMA SILVA, ilustre moradora deste município, no bairro Cubatão, ocorrido no dia 11 de março de 2024.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3205/scanner_20240404.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3205/scanner_20240404.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a senhora Benedita Cineide de Oliveira, funcionária da administração pública municipal recentemente aposentada no cargo de Professora da Prefeitura de Pedralva, que durante 26 anos de sua vida (01/02/1998 a 29/02/2024) dedicou seus préstimos a nossa cidade, com dedicação e lealdade.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3206/scanner_20240404_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3206/scanner_20240404_3.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a senhora  Maria Francisca Santos do Nascimento, funcionária da administração pública municipal recentemente aposentada no cargo de Auxiliar de Serviços Gerais da Prefeitura de Pedralva, que durante 21 anos de sua vida (03/02/2003 a 29/02/2024)dedicou seus préstimos a nossa cidade, com dedicação e lealdade.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3207/scanner_20240404_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3207/scanner_20240404_2.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a senhora  Rosaura Costa Papi Rezende, funcionária da administração pública municipal recentemente aposentada no cargo de Professora da Prefeitura de Pedralva, que durante 10 anos de sua vida dedicou seus préstimos a nossa cidade, com dedicação e lealdade.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3208/mocao_de_aplauso_01-04-2024_-_moradores_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3208/mocao_de_aplauso_01-04-2024_-_moradores_bairro_posses.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos Moradores do Bairro Posses que em mutirão fizeram a roçagem e poda nas margens da estrada, serviço esse que é de responsabilidade da prefeitura.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3241/scanner_20240410_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3241/scanner_20240410_3.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a senhora  Ana Lucia de Oliveira Faria, funcionária da administração pública municipal recentemente aposentada no cargo de Professora da Prefeitura de Pedralva, que durante 22 anos de sua vida (17/04/2002 a 30/03/2024) dedicou seus préstimos a nossa cidade, com dedicação e lealdade.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3242/scanner_20240410_26.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3242/scanner_20240410_26.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SERVIDOR VALDIR JOSÉ CORRÊA, FUNCIONÁRIO DA PREFEITURA MUNICIPAL DE PEDRALVA, lotado na Secretaria Municipal de Obras, Serviços Públicos e Transporte, onde exerce o cargo de operador de máquinas pesadas desde 18 de julho de 2016.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3243/scanner_20240410_28.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3243/scanner_20240410_28.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Antonio da Silva, ocorrido no dia 30 de março do corrente ano.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3244/scanner_20240410_29.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3244/scanner_20240410_29.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos moradores do bairro Alecrim que realizaram a roçagem das estradas vicinais do bairro na última semana.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora ANA MARIA DE JESUS LORENA "DONA FILHINHA", ocorrido no dia 25 de março de 2024.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3271/scanner_20240418_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3271/scanner_20240418_16.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a todos que contribuíram para a realização do EVENTO “1º ENCONTRO MADE IN BRASIL 4X4 E 4X2” realizado no último domingo dia 14 de Abril de 2024.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da senhora Ana Maria de Jesus Lorena.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3313/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3313/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Sebastião Braga Guimarães, ocorrido no dia 26 de abril de 2024, nesta cidade.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3314/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3314/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. SEBASTIÃO BRAGA GUIMARÃES, ocorrido no dia 26 de abril de 2024.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_jose_carlos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao competidor de rodeios, SR. JOSÉ CARLOS SILVA, que representou nossa cidade no “Rodeio Festival 2024”, realizado em Pedralva no último fim de semana, orgulhando todos nós pedralvenses.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3333/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabricio_soares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3333/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabricio_soares.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao competidor de rodeios, SR. FABRÍCIO SOARES DOMINGOS, que representou nossa cidade no “Rodeio Festival 2024”, realizado em Pedralva no último fim de semana, orgulhando todos nós pedralvenses.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3334/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_yuri_rafael.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3334/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_yuri_rafael.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao competidor de rodeios, SR. YURI RAFAEL REIS, que representou nossa cidade no “Rodeio Festival 2024”, realizado em Pedralva no último fim de semana, orgulhando todos nós pedralvenses.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3335/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabio_soares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3335/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabio_soares.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao competidor de rodeios, SR. FÁBIO SOARES DOMINGOS, que representou nossa cidade no “Rodeio Festival 2024”, realizado em Pedralva no último fim de semana, orgulhando todos nós pedralvenses.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3336/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_carlos_alexandre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3336/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_carlos_alexandre.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao competidor de rodeios, SR. CARLOS ALEXANDRE BUENO REIS, que representou nossa cidade no “Rodeio Festival 2024”, realizado em Pedralva no último fim de semana, orgulhando todos nós pedralvenses.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_luiz_otavio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_luiz_otavio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao competidor de rodeios, SR. LUIZ OTÁVIO SOARES VIEIRA, que representou nossa cidade no “Rodeio Festival 2024”, realizado em Pedralva no último fim de semana, orgulhando todos nós pedralvenses.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3348/mocao_aplauso_20-05-2024_-_teatro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3348/mocao_aplauso_20-05-2024_-_teatro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a Secretaria Municipal de Educação, a Secretaria Municipal de Promoção Social e a Empresa de Teatro do Ator e Diretor Diego Monti Silva.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3349/mocao_aplauso_peao_de_rodeio_-_20-05-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3349/mocao_aplauso_peao_de_rodeio_-_20-05-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada aos competidores de rodeio_x000D_
 Carlos Alexandre Bueno Reis, _x000D_
 Fábio Soares Domingos, _x000D_
 Fabrício Soares Domingos, _x000D_
 José Carlos Silva, _x000D_
 Luiz Otávio Soares Vieira e_x000D_
 Yuri Rafael Reis,_x000D_
 que representaram Pedralva no “Rodeio Festival 2024”, realizado em Pedralva dos dias 8 a 12 de maio de 2024.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3350/mocao_pesar_-_joaquim_candido.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3350/mocao_pesar_-_joaquim_candido.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Joaquim Cândido da Costa.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3351/mocao_pesar_-_20-05-2024_-_terezinha_cabral.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3351/mocao_pesar_-_20-05-2024_-_terezinha_cabral.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da senhora Terezinha da Soledade Cabral, conhecida como Terezinha Cabral, moradora dessa cidade, ocorrido dia 17 de maio do corrente ano.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3377/scanner_20240528_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3377/scanner_20240528_10.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada a senhora Jussara Goulart Fernandes, que após mais de 7 anos deixa o cargo de Secretária Municipal de Promoção em Pedralva, para realizar outros trabalhos.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3378/scanner_20240528_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3378/scanner_20240528_11.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor JOSÉ BENEDITO MENDONÇA, ilustre morador deste município, no bairro Sertãozinho, ocorrido no dia 26 de maio de 2024.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/scanner_20240606_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/scanner_20240606_14.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Ilustríssimo Senhor Nélcio Fermino Ferreira, o “Nelsinho”, ocorrido dia 31/05/2024.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3392/scanner_20240606_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3392/scanner_20240606_17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a todos os profissionais da área da saúde do nosso município, médicos, enfermeiros, técnico de enfermagem, motoristas, auxiliares de atendimento, agente comunitário de saúde e entre outros pelo brilhante trabalho que vem desempenhando em nosso município, especialmente estando sempre na linha de frente no combate a diversas doenças.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3393/scanner_20240606_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3393/scanner_20240606_15.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a todos os profissionais que trabalham na Santa Casa de Pedralva, médicos, enfermeiros, técnicos de enfermagem, motoristas, auxiliares de atendimento e a toda Diretoria pelo brilhante trabalho que vem desempenhando em nosso município, especialmente estando sempre na linha de frente no combate à diversas doenças.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3394/scanner_20240606_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3394/scanner_20240606_18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à PARÓQUIA SÃO SEBASTIÃO E VOLUNTÁRIOS, pela confecção dos tradicionais tapetes de Corpus Christi.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3402/scanner_20240611.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3402/scanner_20240611.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação ao PINEAPPLE FUTEBOL CLUBE, time de futebol masculino de nossa cidade, pelo exemplo de amor pelo esporte, organização e dedicação, conseguindo resultados expressivos no ano de 2024 - Campeão 2024 do torneio 7 de maio ocorrido no dia 1 de junho no Estádio Monti.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3403/scanner_20240611_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3403/scanner_20240611_2.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos organizadores do Evento “SEGUNDA CAVALGADA DA VENDA DO TONHÃO” realizado neste último domingo dia 09 de Junho de 2024.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3425/scanner_20240619_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3425/scanner_20240619_1.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos ilustres funcionários da Prefeitura Municipal de Pedralva:_x000D_
 Gustavo Carvalho Takatu, Secretário de Desenvolvimento;_x000D_
 Maria Clara Miguel Choi, Diretora de Meio Ambiente; _x000D_
 Alysson Fernando Ribeiro, Ex-Estagiário de Meio Ambiente; e_x000D_
 Fernanda Michele Carvalho Oliveira, José Braz da Silva, Edna Mariceli da Silva e Marta Maria Machado, Agentes de Saúde, _x000D_
 em reconhecimento ao excelente trabalho desempenhado no Projeto de Estações Individuais de Tratamento de Esgoto, fruto do convênio entre a Prefeitura e a Secretaria Estadual de Meio Ambiente.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3426/scanner_20240619_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3426/scanner_20240619_2.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Benedito Paulino Braga, ocorrido no dia 12 de junho de 2024.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3427/scanner_20240619_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3427/scanner_20240619_4.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. ONOFRE DA COSTA, ocorrido no dia 10 de junho de 2024.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3428/scanner_20240619_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3428/scanner_20240619_3.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao estúdio/academia “Bem Estar Ativa Studio” pelo implementação do projeto “Treino na Praça”.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3450/scanner_20240625.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3450/scanner_20240625.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao servidor JOSÉ RAIMUNDO LEMES DA COSTA, mais conhecido por “MEIO QUILO”, funcionário da Prefeitura Municipal de Pedralva desde 4 de abril de 2006.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3452/scanner_20240625_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3452/scanner_20240625_2.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao servidor BENEDITO VICENTE DOS REIS, mais conhecido por “TINHO”, funcionário da Prefeitura Municipal de Pedralva desde 18 de abril de 2002.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3454/scanner_20240625_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3454/scanner_20240625_3.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento da Sra. JUREMA GOULART DE MAGALHÃES, ocorrido no dia 23 de junho de 2024.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3455/scanner_20240625_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3455/scanner_20240625_5.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos Atletas da equipe PEDRALRUN, Jonas, Alexandre, Bruna, Viviane, Gaby, Augusto, Willian, Reginaldo e demais atletas pelo excelente desempenho que apresentaram neste primeiro semestre de 2024 em diversas competições, representado muito bem o nome da nossa cidade.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3456/scanner_20240625_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3456/scanner_20240625_4.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao Sr. Félix Moreira pela realização do Evento beneficente que ocorreu no dia 16 de junho de 2024, no local Recanto do Felix.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, Jerson Papi de Sousa, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Marco Aurélio Rufino, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3588/mocao_professores_-_14-10-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3588/mocao_professores_-_14-10-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos PROFESSORES E PROFESSORAS DE NOSSO MUNICÍPIO_x000D_
 em comemoração ao DIA DO PROFESSOR, congratulando-os e agradecendo-os pelo indispensável e essencial trabalho em prol de nossa comunidade, atuando ativamente na formação dos pedralvenses de todas as idades.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3600/mocao_de_apoio_-_piso_psicologia_e_jornada_de_30_horas_-_21-10-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3600/mocao_de_apoio_-_piso_psicologia_e_jornada_de_30_horas_-_21-10-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO_x000D_
 _x000D_
 aos profissionais da Psicologia em sua luta pela APROVAÇÃO do Projeto de Lei Nº 1.214/2019, de autoria das Deputadas Federais Erica Kokay (PT/DF) e Natália Bonavides (PT/RN), que estabelece a jornada de trabalho de 30 horas para a Psicologia, e do Projeto de Lei 20/79/2019, de autoria do deputado federal Mauro Nazif (PSB/RO), que estabelece o Piso Nacional da Psicologia.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3612/mocao_de_aplauso_-_servidores_publicos_-_28-10-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3612/mocao_de_aplauso_-_servidores_publicos_-_28-10-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos SERVIDORES PÚBLICOS E ÀS SERVIDORAS PÚBLICAS em homenagem ao DIA DO SERVIDOR PÚBLICO, comemorado no dia 28 de outubro</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3613/mocao_de_apoio_-_pl_2531-2021_-_piso_salarial_-_tecnico_e_admi_da_educacao_basica_-_28-10-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3613/mocao_de_apoio_-_pl_2531-2021_-_piso_salarial_-_tecnico_e_admi_da_educacao_basica_-_28-10-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À APROVAÇÃO DO PROJETO DE LEI Nº 2.531/2021, de autoria da Deputada Rose Modesto que institui o piso salarial profissional nacional para os PROFISSIONAIS DOS QUADROS DE PESSOAL TÉCNICO E ADMINISTRATIVO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3614/mocao_pesar_28-10-2024_-_alisson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3614/mocao_pesar_28-10-2024_-_alisson.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Dr. Alisson Ângelo Abreu, ocorrido no dia 24 de outubro de 2024.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3618/requerimento_05-11-2024_-_mocao_de_aplauso_-_rodrigo_jiu_jitsu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3618/requerimento_05-11-2024_-_mocao_de_aplauso_-_rodrigo_jiu_jitsu.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao atleta pedralvense RODRIGO DE OLIVEIRA ROSA pelo título de campeão latino americano de Jiu-Jitsu, conquistado no último dia 03 de novembro, na cidade de São Lourenço.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Claudio de Lima Lopes, Jerson Papi de Sousa, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Marco Aurélio Rufino, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3619/mocao_de_pesar_-_rosanela_tome_-_04-11-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3619/mocao_de_pesar_-_rosanela_tome_-_04-11-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. CATARINA ROSÂNGELA TOMÉ TORRES, ocorrido no dia 04 de novembro de 2024.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3634/mocao_aplauso_eduardo_-_secretaria_de_saude_-_18-11-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3634/mocao_aplauso_eduardo_-_secretaria_de_saude_-_18-11-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Secretário Municipal de Saúde, Eduardo Guimarães da Rocha, e a todos os funcionários do setor de saúde, pelo excelente trabalho que vem sendo realizado.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3635/mocao_grupo_afroblack_-_18-11-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3635/mocao_grupo_afroblack_-_18-11-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Associação Cultural Grupo Afroblack de Minas Gerais,  pela organização impecável do brilhante evento “VII Festival Afro-Brasileiro de Pedralva”, ocorrido no último fim de semana (14/11 a 18/11), na Praça Carneiro de Rezende, em comemoração ao Dia da Consciência Negra, a ser comemorado no dia 20 de novembro.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3649/mocao_pesar_-_geraldo_-_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3649/mocao_pesar_-_geraldo_-_cubataozinho.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Geraldo da Silveira, ilustre morador deste município, no Bairro Cubatãozinho, ocorrido no dia 13 de novembro de 2024.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3655/mocao_dr._masseli....pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3655/mocao_dr._masseli....pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES_x000D_
 _x000D_
 Ao ilustre Dr. Alexandre Masseli, atual presidente da OAB – 23ª Subseção Itajubá-MG, em reconhecimento ao seu notório e admirável profissionalismo, desempenhando papel de destaque na Presidência desta subseção, nos triênios de 2019/2021 e 2022/2024.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3656/mocao_dra._eliza....pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3656/mocao_dra._eliza....pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES_x000D_
 _x000D_
 A ilustre Dra. Eliza Pires, pela vitória nesta última eleição para a presidência da OAB – 23ª Subseção Itajubá-MG, ocorrida no dia 17 de novembro de 2024, a qual foi eleita juntamente com a sua chapa para o próximo triênio.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_pesar_-_regina_viana_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_pesar_-_regina_viana_batista.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Regina Viana Batista, ilustre moradora deste município, ocorrido no dia 26 de novembro de 2024.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_16-12-2024_-_festival_pizza_frita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_16-12-2024_-_festival_pizza_frita.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos organizadores e participantes do 1º Festival da Pizza Frita ocorrido no último final semana.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_festival_de_pizza_frita_16-12-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_festival_de_pizza_frita_16-12-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à comissão organizadora do 1º Festival da Pizza Frita, realizado entre os dias 13 a 15 de dezembro.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3667/mocao_16-12-2024_-_diretor_teatro_diego_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3667/mocao_16-12-2024_-_diretor_teatro_diego_monti.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Ator e Diretor Diego Monti Silva.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3148/emenda_no_01_-_pl_06-2024_-_auxilio_alimentacao_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3148/emenda_no_01_-_pl_06-2024_-_auxilio_alimentacao_prefeitura.pdf</t>
   </si>
   <si>
     <t>Adiciona parágrafo único ao artigo 2º do Projeto de Lei nº 06/2024.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3210/emenda_no_01_-_plc_01-2024_-_cria_vagas_em_cargos_existentes_na_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3210/emenda_no_01_-_plc_01-2024_-_cria_vagas_em_cargos_existentes_na_prefeitura.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do caput do art. 1º e de seu parágrafo 2º e a redação do caput do art. 3º e de seu parágrafo 2º, do PLC 01/2024.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3319/emenda_01_-_pl_14-2024_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3319/emenda_01_-_pl_14-2024_-_ldo.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do art. 41 e a redação do art. 50 do projeto de lei nº 14/2024.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3396/emenda_no_01_-_pl_021-2024_-_importancia_espacos_nas_areas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3396/emenda_no_01_-_pl_021-2024_-_importancia_espacos_nas_areas_rurais.pdf</t>
   </si>
   <si>
     <t>Adiciona ao Projeto de Lei 021/2024 um artigo, identificado como art. 5º, com a seguinte redação: “Art. 5º. Esta Lei entra em vigor na data de sua publicação. ”</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3421/emenda_no_01_-_pl_22-2024_-_altera_lei_2.034-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3421/emenda_no_01_-_pl_22-2024_-_altera_lei_2.034-2024.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 2º do Projeto de Lei nº 022/2024.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3477/emenda_no_01_-_pl_025-2024_-_sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3477/emenda_no_01_-_pl_025-2024_-_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa apresentada pela Comissão de Legislação, Justiça e Redação ao PL nº 025/2024.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3526/emenda_no_01_-_pl_no_30-2024_-_subsidio_agentes_politicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3526/emenda_no_01_-_pl_no_30-2024_-_subsidio_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 - Modificativa, apresentada ao Projeto de Lei nº 30/2024 pelo Vereador Vicente Vanildo do Nascimento.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3633/emenda_1_ao_pl_033-2024_-_loa...pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3633/emenda_1_ao_pl_033-2024_-_loa...pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 ao Projeto de Lei nº 33/2024 - Modificativa e Supressiva</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>RCE</t>
   </si>
   <si>
     <t>Relatório de Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/parecer_-_veto_-_plo_055-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/parecer_-_veto_-_plo_055-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido por Comissão Especial ao Veto feito pelo Prefeito ao PL nº 055/2023.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>PRJU</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Felício de Mesquita Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3446/2024_-_parecer_juridico_projeto_023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3446/2024_-_parecer_juridico_projeto_023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 023/2024.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3447/2024_-_parecer_juridico_projeto_024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3447/2024_-_parecer_juridico_projeto_024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 024/2024.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3473/2024_-_parecer_juridico_projeto_025_v2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3473/2024_-_parecer_juridico_projeto_025_v2.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 025/2024.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3474/2024_-_parecer_juridico_projeto_026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3474/2024_-_parecer_juridico_projeto_026.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 026/2024.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3485/2024_-_parecer_juridico_projeto_027.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3485/2024_-_parecer_juridico_projeto_027.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 027/2024.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/2024_-_parecer_juridico_projeto_028.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/2024_-_parecer_juridico_projeto_028.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 028/2024.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3487/2024_-_parecer_juridico_projeto_029.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3487/2024_-_parecer_juridico_projeto_029.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao PL nº 029/2024.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3508/2024_-_parecer_juridico_projeto_030.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3508/2024_-_parecer_juridico_projeto_030.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pelo Assessor Jurídico da Câmara Municipal ao PL nº 030/2024.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3522/2024_-_parecer_juridico_-_veto_pl_16-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3522/2024_-_parecer_juridico_-_veto_pl_16-2024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara Municipal de Pedralva ao Veto ao PL 16/2024.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3542/2024_-_parecer_juridico_projeto_031.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3542/2024_-_parecer_juridico_projeto_031.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pelo assessor jurídico da Câmara ao PL 031/2024.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3551/2024_-_parecer_juridico_projeto_de_resolucao_03.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3551/2024_-_parecer_juridico_projeto_de_resolucao_03.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara Municipal de Pedralva ao Projeto de Resolução nº 03/2024.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/2024_-_parecer_juridico_projeto_032_-_suplementacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/2024_-_parecer_juridico_projeto_032_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 032/2024.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3577/2024_-_parecer_juridico_projeto_33_loa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3577/2024_-_parecer_juridico_projeto_33_loa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 033/2024.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3578/2024_-_parecer_juriedico_projeto_034_-_alteracao_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3578/2024_-_parecer_juriedico_projeto_034_-_alteracao_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 034/2024.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3579/2024_-_parecer_juridico_projeto_035_-_alteracao_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3579/2024_-_parecer_juridico_projeto_035_-_alteracao_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 035/2024.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3580/2024_-_parecer_juridico_projeto_036_-_suplementacao_482.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3580/2024_-_parecer_juridico_projeto_036_-_suplementacao_482.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 036/2024.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3590/2024_-_parecer_suplementacao_projeto_37.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3590/2024_-_parecer_suplementacao_projeto_37.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara Municipal de Pedralva ao Projeto de Lei nº 037/2024.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3601/2024_-_parecer_juridico_projeto_38.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3601/2024_-_parecer_juridico_projeto_38.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 038/2024.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3621/2024_-_parecer_projeto_39_-_acessibilidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3621/2024_-_parecer_projeto_39_-_acessibilidade.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Casa ao Projeto de Lei nº 039/2024.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3639/2024_-_parecer_juridico_projeto_040.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3639/2024_-_parecer_juridico_projeto_040.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 40/2024.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3640/2024_-_parecer_juridico_emenda_projeto_33.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3640/2024_-_parecer_juridico_emenda_projeto_33.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pelo Assessor Jurídico da Câmara à Emenda nº 1 apresentada ao PL nº 33/2024.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3650/2024_-_parecer_juridico_projeto_041_-_alteracao_legislacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3650/2024_-_parecer_juridico_projeto_041_-_alteracao_legislacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 041/2024.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3670/2024_-_parecer_juridico_projeto_042_-_insalubridade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3670/2024_-_parecer_juridico_projeto_042_-_insalubridade.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao PL 42/2024.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3671/2024_-_parecer_juridico_projeto_043_-_incentivo_financeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3671/2024_-_parecer_juridico_projeto_043_-_incentivo_financeiro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao PL nº 43/2024.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de LJR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3033/01_-_parecer_pl_01-2024_-_reajuste_servidores_da_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3033/01_-_parecer_pl_01-2024_-_reajuste_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 01/2024.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3034/02_-_parecer_pl_02-2024_-_gratificacao_-_equipe_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3034/02_-_parecer_pl_02-2024_-_gratificacao_-_equipe_licitacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 02/2024.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3035/03_-_parecer_pl_03-2024_-_subvencao_social_entidades_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3035/03_-_parecer_pl_03-2024_-_subvencao_social_entidades_2024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 03/2024.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3036/04_-_parecer_pl_04-2024_-_reajuste_servidores_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3036/04_-_parecer_pl_04-2024_-_reajuste_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 04/2024.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/05_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/05_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 05/2024.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3038/06_-_parecer_pr_01-2024_-_regras_e_diretrizes_para_aplicacao_da_lei_federal_14.133.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3038/06_-_parecer_pr_01-2024_-_regras_e_diretrizes_para_aplicacao_da_lei_federal_14.133.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PR nº 01/2024.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3078/07_-_parecer_pl_06-2024_-_auxilio-alimentacao_em_pecunia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3078/07_-_parecer_pl_06-2024_-_auxilio-alimentacao_em_pecunia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 06/2024.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3107/08_-_parecer_plc_01-2024_-_criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3107/08_-_parecer_plc_01-2024_-_criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PLC nº 01/2024.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3211/09_-_parecer_a_emenda_no_01_ao_plc_01-202__criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3211/09_-_parecer_a_emenda_no_01_ao_plc_01-202__criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação à Emenda nº 01 apresentada ao PLC 01/2024.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/10_-_parecer_plc_02-2024_autorizacao_cimasas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/10_-_parecer_plc_02-2024_autorizacao_cimasas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PLC nº 02/2024.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/11_-_parecer_pl_08-2024_suplementacao_3.377.76663.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/11_-_parecer_pl_08-2024_suplementacao_3.377.76663.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL 08/2024.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3214/12_-_parecer_pl_09-2024_suplementacao_865.94379.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3214/12_-_parecer_pl_09-2024_suplementacao_865.94379.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 09/2024.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3215/13_-_parecer_pl_010-2024_suplementacao_subvencao_apae_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3215/13_-_parecer_pl_010-2024_suplementacao_subvencao_apae_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 010/2024.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3251/14_-_parecer_pl_012-2024_denomina_centro_cultural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3251/14_-_parecer_pl_012-2024_denomina_centro_cultural.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao Projeto de Lei nº 012/2024.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3277/15_-_parecer_pr_02-2024_cargo_assessor_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3277/15_-_parecer_pr_02-2024_cargo_assessor_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 02/2024.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3278/16_-_parecer_pl_011-2024_aumento_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3278/16_-_parecer_pl_011-2024_aumento_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 011/2024.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3279/17_-_parecer_pl_013-2024_aumento_salario_motorista_e_operador_maquina.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3279/17_-_parecer_pl_013-2024_aumento_salario_motorista_e_operador_maquina.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 013/2024.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3280/18_-_parecer_pl_014-2024_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3280/18_-_parecer_pl_014-2024_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 014/2024.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3316/19_-_parecer_pl_015-2024_-_vencimento_cargo_assessor_juridico_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3316/19_-_parecer_pl_015-2024_-_vencimento_cargo_assessor_juridico_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 015/2024.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3338/20_-_parecer_pl_016-2024_-_cria_ouvidoria_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3338/20_-_parecer_pl_016-2024_-_cria_ouvidoria_municipal.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 016/2024.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3357/21_-_parecer_pl_017-2024_-_credito_suplementar_100.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3357/21_-_parecer_pl_017-2024_-_credito_suplementar_100.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 017/2024.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3358/22_-_parecer_pl_018-2024_-_credito_especial_457.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3358/22_-_parecer_pl_018-2024_-_credito_especial_457.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 018/2024.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3359/23_-_parecer_pl_019-2024_-_credito_especial_50.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3359/23_-_parecer_pl_019-2024_-_credito_especial_50.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 019/2024.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3360/24_-_parecer_pl_020-2024_-_convenio_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3360/24_-_parecer_pl_020-2024_-_convenio_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 020/2024.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3397/25_-_parecer_substitutivo_01_ao_pl_016-2024_-_ouvidoria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3397/25_-_parecer_substitutivo_01_ao_pl_016-2024_-_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto Substitutivo nº 01 apresentado ao PL 016/2024.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3398/26_-_parecer_pl_021-2024_-_utilidade_areas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3398/26_-_parecer_pl_021-2024_-_utilidade_areas_rurais.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 021/2024.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3418/27_-_parecer_pl_022-2024_-_altera_dispositivos_lei_2.034-2024_-_credito_especial_457.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3418/27_-_parecer_pl_022-2024_-_altera_dispositivos_lei_2.034-2024_-_credito_especial_457.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 022/2024.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3448/28_-_parecer_pl_023-2024_-_credito_suplementar_150.000_-_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3448/28_-_parecer_pl_023-2024_-_credito_suplementar_150.000_-_saude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 023/2024.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3449/29_-_parecer_pl_024-2024_-_credito_especial_157.100_-_saude_-_assistencia_hospitalar_e_ambulatorial_-_contribuicoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3449/29_-_parecer_pl_024-2024_-_credito_especial_157.100_-_saude_-_assistencia_hospitalar_e_ambulatorial_-_contribuicoes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 024/2024.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3475/30_-_parecer_pl_025-2024_-_sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3475/30_-_parecer_pl_025-2024_-_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 025/2024.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3476/31_-_parecer_pl_026-2024_-_credito_especial_-_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3476/31_-_parecer_pl_026-2024_-_credito_especial_-_pedrock.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao PL nº 026/2024.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3488/32_-_parecer_pl_027-2024_-_credito_especial_-_usina_fotovoltaica_-_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3488/32_-_parecer_pl_027-2024_-_credito_especial_-_usina_fotovoltaica_-_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 027/2024.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3489/33_-_parecer_pl_028-2024_-_credito_especial_-_veiculo_policia_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3489/33_-_parecer_pl_028-2024_-_credito_especial_-_veiculo_policia_civil.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 028/2024.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3490/34_-_parecer_pl_029-2024_-_credito_suplementar_-_pavimentacao_de_ruas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3490/34_-_parecer_pl_029-2024_-_credito_suplementar_-_pavimentacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 029/2024.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3517/35_-_parecer_pl_030-2024_-_subsidio_agentes_politicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3517/35_-_parecer_pl_030-2024_-_subsidio_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 30/2024.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3543/36_-_parecer_pl_031-2024_-_credito_suplementar_43.775_artepe_-_dia_do_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3543/36_-_parecer_pl_031-2024_-_credito_suplementar_43.775_artepe_-_dia_do_poeta.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 031/2024.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3552/37_-_parecer_pr_03-2024_-_modifica_dispositivos_na_resolucao_268-2017_-_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3552/37_-_parecer_pr_03-2024_-_modifica_dispositivos_na_resolucao_268-2017_-_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 3/2024.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3566/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3566/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 032/2024.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3581/39_-_parecer_pl_033-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3581/39_-_parecer_pl_033-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 033/2024.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3582/40_-_parecer_pl_034-2024_-_alteracao_ldo_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3582/40_-_parecer_pl_034-2024_-_alteracao_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 034/2024.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3583/41_-_parecer_pl_035-2024_-_alteracao_ppa_2022-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3583/41_-_parecer_pl_035-2024_-_alteracao_ppa_2022-2025.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 035/2024.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3584/42_-_parecer_pl_036-2024_-_credito_suplementar_59.225_-_grupo_agroblack.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3584/42_-_parecer_pl_036-2024_-_credito_suplementar_59.225_-_grupo_agroblack.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 036/2024.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3591/43_-_parecer_pl_037-2024_-_credito_suplementar_60.000_-_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3591/43_-_parecer_pl_037-2024_-_credito_suplementar_60.000_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 037/2024.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/44_-_parecer_pl_038-2024_-_doacao_veiculo_policia_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/44_-_parecer_pl_038-2024_-_doacao_veiculo_policia_civil.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 038/2024.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3623/45_-_parecer_pl_039-2024_-_politica_municipal_de_acessibilidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3623/45_-_parecer_pl_039-2024_-_politica_municipal_de_acessibilidade.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 039/2024.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3641/46_-_parecer_pl_40-2024_-_credido_suplementar_1.762.500.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3641/46_-_parecer_pl_40-2024_-_credido_suplementar_1.762.500.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 040/2024.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3642/47_-_parecer_emenda_01_-_pl_33-2024_-_loa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3642/47_-_parecer_emenda_01_-_pl_33-2024_-_loa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação à Emenda nº1 apresentada ao Projeto de Lei nº 33/2024.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3651/48_-_parecer_pl_41-2024_-_altera_e_inclui_dispositivos_lei_1679-2026_-_escolha_diretor_e_vice-diretor_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3651/48_-_parecer_pl_41-2024_-_altera_e_inclui_dispositivos_lei_1679-2026_-_escolha_diretor_e_vice-diretor_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 041/2024.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>PCFOF</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de FOFF</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3053/01_-_parecer_pl_01-2024_-_revisao_vencimentos_servidores_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3053/01_-_parecer_pl_01-2024_-_revisao_vencimentos_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 01/2024.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3054/02_-_parecer_pl_03-2024_-_subvencao_entidades.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3054/02_-_parecer_pl_03-2024_-_subvencao_entidades.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 03/2024.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/03_-_parecer_pl_04-2024_-_revisao__vencimento_servidores_executivo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/03_-_parecer_pl_04-2024_-_revisao__vencimento_servidores_executivo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 04/2024.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3056/04_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3056/04_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 05/2024.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3082/05_-_parecer_pl_02-2024_-_gratificacao_licitacao_camara_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3082/05_-_parecer_pl_02-2024_-_gratificacao_licitacao_camara_pedralva.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 02/2024.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3147/06_-_parecer_pl_06-2024_-_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3147/06_-_parecer_pl_06-2024_-_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL 06/2024.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3166/07_-_parecer_plc_01-2024_-_cria_novas_vagas_em_cargos_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3166/07_-_parecer_plc_01-2024_-_cria_novas_vagas_em_cargos_prefeitura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei Complementar nº 01/2024.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3217/08_-_parecer_pl_010-2024_-_cimasas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3217/08_-_parecer_pl_010-2024_-_cimasas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 010/2024.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/09_-_parecer_pl_08-2024_-_credito_suplementar_3.377.76663.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/09_-_parecer_pl_08-2024_-_credito_suplementar_3.377.76663.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 08/2024.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3253/010_-_parecer_pl_09-2024_-_credito_suplementar_865.94379.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3253/010_-_parecer_pl_09-2024_-_credito_suplementar_865.94379.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 09/2024.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3281/011_-_parecer_pl_011-2024_-_aumento_salarial_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3281/011_-_parecer_pl_011-2024_-_aumento_salarial_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 011/2024.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3282/012_-_parecer_pl_013-2024_-_aumento_salarial_motoristas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3282/012_-_parecer_pl_013-2024_-_aumento_salarial_motoristas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 013/2024.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PR nº 02/2024.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3317/014_-_parecer_pl_14-2024_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3317/014_-_parecer_pl_14-2024_-_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 014/2024</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3318/015_-_parecer_pl_15_-_2024_-_vencimento_assessor_juridico_comissionado_-_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3318/015_-_parecer_pl_15_-_2024_-_vencimento_assessor_juridico_comissionado_-_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 015/2024.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3362/016_-_parecer_pl_17_-_2024_-_credito_suplementar_100.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3362/016_-_parecer_pl_17_-_2024_-_credito_suplementar_100.00000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL 017/2024.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3363/017_-_parecer_pl_18_-_2024_-_credito_especial_457.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3363/017_-_parecer_pl_18_-_2024_-_credito_especial_457.00000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL 018/2024.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3364/018_-_parecer_pl_19_-_2024_-_credito_especial_50.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3364/018_-_parecer_pl_19_-_2024_-_credito_especial_50.00000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL 019/2024.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3365/019_-_parecer_pl_20_-_2024_-_convenio_e_credito_especial_168.00000_-_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3365/019_-_parecer_pl_20_-_2024_-_convenio_e_credito_especial_168.00000_-_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL 020/2024.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3422/020_-_parecer_pl_222_-_2024_-_altera_redacao_lei_2.034-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3422/020_-_parecer_pl_222_-_2024_-_altera_redacao_lei_2.034-2024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 022/2024.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3469/021_-_parecer_pl_023_-_2024_-_credito_suplementar_150.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3469/021_-_parecer_pl_023_-_2024_-_credito_suplementar_150.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 023/2024.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3470/022_-_parecer_pl_024_-_2024_-_credito_especial_157.100.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3470/022_-_parecer_pl_024_-_2024_-_credito_especial_157.100.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 024/2024.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3478/023_-_parecer_pl_026_-_2024_-_credito_especial_44.000_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3478/023_-_parecer_pl_026_-_2024_-_credito_especial_44.000_pedrock.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao PL nº 026/2024.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3491/024_-_parecer_pl_027_-_2024_-_credito_especial_100.000_casa_velhinhos_-_usina_fotovoltaica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3491/024_-_parecer_pl_027_-_2024_-_credito_especial_100.000_casa_velhinhos_-_usina_fotovoltaica.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 027/2024.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3492/025_-_parecer_pl_028_-_2024_-_credito_suplementr_100.000_policia_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3492/025_-_parecer_pl_028_-_2024_-_credito_suplementr_100.000_policia_civil.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 028/2024.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/026_-_parecer_pl_029_-_2024_-_credito_suplementar_661.29235_melhorias_vias_publicas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/026_-_parecer_pl_029_-_2024_-_credito_suplementar_661.29235_melhorias_vias_publicas.pdf</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3520/027_-_parecer_pl_030_-_2024_-_fixa_subsidio_agentes_politicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3520/027_-_parecer_pl_030_-_2024_-_fixa_subsidio_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 030/2024.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3544/028_-_parecer_pl_031_-_2024_-_suplementacao_43.775_-_artepe_-_dia_do_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3544/028_-_parecer_pl_031_-_2024_-_suplementacao_43.775_-_artepe_-_dia_do_poeta.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 031/2024.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3567/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3567/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 032/2024.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3585/030_-_parecer_pl_036_-_2024_-_suplementacao_59.225_-_festival_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3585/030_-_parecer_pl_036_-_2024_-_suplementacao_59.225_-_festival_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 036/2024.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3592/031_-_parecer_pl_037_-_2024_-_suplementacao_60.000_-_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3592/031_-_parecer_pl_037_-_2024_-_suplementacao_60.000_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 037/2024.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3630/032_-_parecer_pl_033_-_2024_-_loa_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3630/032_-_parecer_pl_033_-_2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 033/2024.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3631/033_-_parecer_pl_034_-_2024_-_altera_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3631/033_-_parecer_pl_034_-_2024_-_altera_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 034/2024.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3632/034_-_parecer_pl_035_-_2024_-_altera_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3632/034_-_parecer_pl_035_-_2024_-_altera_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 035/2024.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3644/035_-_parecer_pl_040_-_2024_-_suplementacao_1.762.500.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3644/035_-_parecer_pl_040_-_2024_-_suplementacao_1.762.500.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 040/2024.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>PCSPO</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de SPOAM</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3083/01_-_parecer_cspoam_-_pl_06-2024_-_auxilio_alimentacao_prefeitura_-_pecunia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3083/01_-_parecer_cspoam_-_pl_06-2024_-_auxilio_alimentacao_prefeitura_-_pecunia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Serviços Públicos, Obras e Administração Municipal ao PL nº 06/2024.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3084/02_-_parecer_cspoam_-_pr_01-2024_-_regras_lei_licitacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3084/02_-_parecer_cspoam_-_pr_01-2024_-_regras_lei_licitacoes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PR nº02/2024.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3167/03_-_parecer_cspoam_-_plc_01-2024_-_cria_novas_vagas_em_cargos_na_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3167/03_-_parecer_cspoam_-_plc_01-2024_-_cria_novas_vagas_em_cargos_na_prefeitura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PLC 01/2024.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3216/04_-_parecer_cspoam_-_plc_02-2024_-_cimasas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3216/04_-_parecer_cspoam_-_plc_02-2024_-_cimasas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PLC nº 02/2024.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3254/05_-_parecer_cspoam_-_pl_12-2024_-_centro_cultural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3254/05_-_parecer_cspoam_-_pl_12-2024_-_centro_cultural.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PL nº 012/2024.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3284/06_-_parecer_cspoam_-_pr_2-2024_-__assessor_juridico_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3284/06_-_parecer_cspoam_-_pr_2-2024_-__assessor_juridico_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Serviços Públicos, Obras e Administração Municipal ao PR nº 02/2024.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3285/07_-_parecer_cspoam_-_pl_011-2024_-__aumento_salarial_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3285/07_-_parecer_cspoam_-_pl_011-2024_-__aumento_salarial_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PL nº 011/2024.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3286/08_-_parecer_cspoam_-_pl_013-2024_-__aumento_salarial_motoristas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3286/08_-_parecer_cspoam_-_pl_013-2024_-__aumento_salarial_motoristas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PL nº 013/2024.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3366/09_-_parecer_cspoam_-_pl_016-2024_-__ouvidoria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3366/09_-_parecer_cspoam_-_pl_016-2024_-__ouvidoria.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PL nº 016/2024.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3399/10_-_parecer_cspoam_-_pl_021-2024_-__interesse_social_areas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3399/10_-_parecer_cspoam_-_pl_021-2024_-__interesse_social_areas_rurais.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 021/2024 e a Emenda nº 01 apresentada ao PL nº 021/2024</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3521/11_-_parecer_cspoam_-_pl_030-2024_-__fixa_subsidio_dos_vereadores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3521/11_-_parecer_cspoam_-_pl_030-2024_-__fixa_subsidio_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 030/2024.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3553/12_-_parecer_cspoam_-_pr_03-2024_-__mudanca_resolucao_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3553/12_-_parecer_cspoam_-_pr_03-2024_-__mudanca_resolucao_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Resolução nº 03/2024.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3603/13_-_parecer_cspoam_-_pl_038-2024_-_doacao_veiculo_policia_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3603/13_-_parecer_cspoam_-_pl_038-2024_-_doacao_veiculo_policia_civil.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 038/2024.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>PCOES</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente da OESC</t>
   </si>
   <si>
     <t>COESC - Comissão da Ordem Econômica, Social e Cultural</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3479/01_-_parecer_-_comissao_da_oesc_-_05-07-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3479/01_-_parecer_-_comissao_da_oesc_-_05-07-2024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao PL nº 025/2024 e à emenda modificativa a ele apresentada.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3624/02_-_parecer_-_comissao_da_oesc_-_08-11-2024_-_pl_39-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3624/02_-_parecer_-_comissao_da_oesc_-_08-11-2024_-_pl_39-2024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 039/2024.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3660/03_-_parecer_-_comissao_da_oesc_-_06-12-2024_-_pl_41-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3660/03_-_parecer_-_comissao_da_oesc_-_06-12-2024_-_pl_41-2024.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 041/2024.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Parecer de Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3080/parecer_-_veto_-_plo_055-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3080/parecer_-_veto_-_plo_055-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido por comissão especial ao veto feito pelo prefeito ao PL 055/2023.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3518/parecer_ce_-_veto_-_pl_16-2024_-_ouvidoria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3518/parecer_ce_-_veto_-_pl_16-2024_-_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão Especial nomeada pela Portaria nº 13/2024 ao Veto Total feito pelo Prefeito ao PL nº 16/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8530,67 +8530,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3027/01_-_pl_01-2024_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3028/02_-_pl_02-2024_-_gratificacoes_licitacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3029/03_-_pl_03-2024_-_subvencao_social_enidades.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3030/04_-_pl_04-2024_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3031/05_-_pl_05-2024_-_contribuicao_financeira_sampe.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3057/06_-_pl_06-2024_-_auxilio_alimentacao_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3146/07_-_pl_07-2024_-_credito_suplementar_3.377.76663.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3168/08_-_pl_08-2024_-_credito_suplementar_3.377.76663_apresentado_pela_segunda_vez.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3169/09_-_pl_09-2024_-_credito_suplementar_865.94379.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3170/10_-_pl_10-2024_-_subvencao_social_apae_de_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3245/11_-_pl_11-2024_-_nova_redacao_art_8o__lei_1093-1993_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3246/12_-_pl_12-2024_-_criacao_e_denominacao_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3247/13_-_pl_13-2024_-_artera_art._5o_da_lei_1904-2022_-_gratificacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3250/14_-_pl_14-2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3315/15_-_pl_15-2024_-_vencimento_assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3320/16_-_pl_16-2024_-_cria_ouvidoria_municipal_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3352/17_-_pl_17-2024_-_credito_suplementar_100.00000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3353/18_-_pl_18-2024_-_credito_suplementar_457.00000.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3354/19_-_pl_19-2024_-_credito_suplementar_50.00000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3355/20_-_pl_20-2024_-_convenio_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3356/21_-_pl_21-2024_-_interesse_comunitario_e_social_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3415/22_-_pl_22-2024_-_altera_dispositivo_lei_2.034_de_3_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3419/23_-_pl_23-2024_-_credito_suplementr_150.000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3420/24_-_pl_24-2024_-_credito_especial_157.100.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3451/25_-_pl_25-2024_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3453/26_-_pl_26-2024_-_credito_especial_44.000_turismo_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3482/27_-_pl_27-2024_-_credito_especial_-_100.000_-_usina_fotovoltaica_-_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3483/28_-_pl_28-2024_-_credito_especial_-_100.000_-_veiculo_para_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3484/29_-_pl_29-2024_-_credito_suplementar_-_661.29235_-_calcamento_ruas_coronel_canuto_dona_inacia_casemiro_osorio_odilon_souza_e_vias_do_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3494/30_-_pl_30-2024_-_fixa_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3529/31_-_pl_31-2024_-_credito_suplementar_artepe_-_dia_do_poeta.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3557/32_-_pl_32-2024_-_credito_suplementar__482.000_-_estradas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3568/33_-_pl_33-2024_-_proposta_orcamentaria_-_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3569/34_-_pl_34-2024_-_alteracao_ldo-_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3570/35_-_pl_35-2024_-_alteracao_ppa-_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3571/36_-_pl_36-2024_-_credito_suplementar_59.22500_-_grupo_afroblack.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3576/37_-_pl_37-2024_-_credito_suplementar_60.00000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3593/38_-_pl_38-2024_-_doacao_veiculos_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3615/39_-_pl_39-2024_-_politica_municipal_de_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3629/40_-_pl_40-2024_-_suplementacao_1.762.500.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3643/41_-_pl_41-2024_-_altera_e_inclui_dispositivos_na_lei_no_1.679-2016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3663/42_-_pl_42-2024_-_regulamenta_adicionais_de_insalubridade_e_penosidade.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3664/43_-_pl_43-2024_-_incentivo_financeiro_do_componente_de_quaidde_para_esd_esb_eap_e_emulti.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_plc_01-2024_-_cria_cargo_prefeitura_-_assistente_administrativo_-mecanico_-_motorista_-_operador_maquina_leve_-.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3192/02_-_plc_02-2024_-_cimasas_-_consorcio_lixo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3032/01_-_pr_01-2024_-_regras_para_lei_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3209/02_-_pr_02-2024_-_cargo_assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3545/03_-_pr_03-2024_-_alteracoes_na_resolucao_aluno_nota_10_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3081/01_-_pdl_01-2024_-_veto_ao_pl_055-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3248/pdl_no_02-2024_-_titulo_de_cidadao_-_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/pdl_no_03-2024_-_titulo_de_amigo-_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3519/04_-_pdl_04-2024_-_veto_ao_pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3622/05_-_pdl_05-2024_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3361/20_-_substitutivo_-_pl_20-2024_-_convenio_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3367/substitutivo_no_01_ao_projeto_de_lei_016-2024_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2992/veto_ao_pl_055-2023_-_indicar_numeracao_e_autor_nas_leis.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3481/mensagem_de_veto_no_01-2024_-_veto_integral_ao_pl_016-2024_-_criacao_da_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2993/scanner_20240207_6.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2994/scanner_20240207_15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2995/scanner_20240207_21.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2996/scanner_20240207_17.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2997/scanner_20240207_14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2998/scanner_20240207_23.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/scanner_20240207_5.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3000/scanner_20240207_18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3001/scanner_20240207_13.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3002/scanner_20240207_25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3003/scanner_20240207_16.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3004/scanner_20240207_7.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/scanner_20240207_12.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3006/scanner_20240207_22.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3007/scanner_20240207_4.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3008/scanner_20240207_24.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3009/scanner_20240207_8.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3010/scanner_20240207_28.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3011/scanner_20240207_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3012/scanner_20240207_27.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3013/scanner_20240207_9.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3014/scanner_20240207_26.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/scanner_20240207.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3016/scanner_20240207_20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3017/scanner_20240207_2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3018/scanner_20240207_19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3019/scanner_20240207_3.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3020/scanner_20240207_29.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/scanner_20240207_30.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3022/scanner_20240207_31.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3023/scanner_20240207_34.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3025/scanner_20240207_33.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3043/scanner_20240216.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3044/scanner_20240216_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3045/scanner_20240216_6.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3046/scanner_20240216_5.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3047/scanner_20240216_7.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3048/scanner_20240216_8.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3049/scanner_20240216_10.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3050/scanner_20240216_9.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3051/scanner_20240216_11.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3052/scanner_20240216_12.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3065/scanner_20240221_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3059/scanner_20240221_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/scanner_20240221_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/scanner_20240221_4.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3062/scanner_20240221_5.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3063/scanner_20240221_6.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3064/scanner_20240221_7.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3066/scanner_20240221_3.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3067/scanner_20240221_10.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3068/scanner_20240221_11.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3069/scanner_20240221_14.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3070/scanner_20240221_15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3071/scanner_20240221_16.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/scanner_20240221_17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3076/requerimento_urgencia_especial_-_pls_1_3_4_5_-_2024_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_urgencia_especial_pls_1_3_4_5_-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/scanner_20240228_2.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3086/scanner_20240228_6.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3087/scanner_20240228_5.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3088/scanner_20240228_4.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3089/scanner_20240228_3.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/scanner_20240228.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/scanner_20240228_7.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3092/scanner_20240228_8.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3093/scanner_20240228_9.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3094/scanner_20240228_10.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3095/scanner_20240228_11.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3096/scanner_20240228_12.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3097/scanner_20240228_13.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3098/scanner_20240228_14.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3099/scanner_20240228_15.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3100/scanner_20240228_16.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3101/scanner_20240228_17.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/scanner_20240228_18.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3103/scanner_20240228_20.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3104/scanner_20240228_22.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3105/scanner_20240228_23.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/scanner_20240306.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3109/scanner_20240306_2.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3110/scanner_20240306_3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3111/scanner_20240306_4.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/scanner_20240306_5.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/scanner_20240306_6.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3114/scanner_20240306_7.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3115/scanner_20240306_8.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3116/scanner_20240306_9.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3117/scanner_20240306_10.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3118/scanner_20240306_11.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3119/scanner_20240306_12.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3120/scanner_20240306_14.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3121/scanner_20240306_13.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3122/scanner_20240306_15.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3123/scanner_20240306_16.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3124/scanner_20240306_17.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3125/scanner_20240306_18.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3126/scanner_20240306_19.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3127/scanner_20240306_20.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3133/scanner_20240306_23.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3135/scanner_20240312.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3136/scanner_20240312_2.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3137/scanner_20240312_3.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3138/scanner_20240312_4.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3139/scanner_20240312_5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3140/scanner_20240312_6.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3141/scanner_20240312_7.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3142/scanner_20240312_8.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3143/scanner_20240312_9.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3144/scanner_20240312_10.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3145/scanner_20240312_11.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3149/scanner_20240320.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3150/scanner_20240320_2.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3151/scanner_20240320_3.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3152/scanner_20240320_4.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3153/scanner_20240320_5.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/scanner_20240320_6.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3155/scanner_20240320_7.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3156/scanner_20240320_8.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3157/scanner_20240320_9.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3158/scanner_20240320_10.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3159/scanner_20240320_11.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3160/scanner_20240320_12.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3161/scanner_20240320_13.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3162/scanner_20240320_14.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3163/justificativa_falta_reuniao_ordinaria_11-03-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/scanner_20240320_15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3165/scanner_20240320_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3171/scanner_20240327.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/scanner_20240327_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3173/scanner_20240327_3.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3174/scanner_20240327_4.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3175/scanner_20240327_6.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3176/scanner_20240327_5.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3177/scanner_20240327_7.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3178/scanner_20240327_8.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3179/scanner_20240327_9.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3180/scanner_20240327_10.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3181/scanner_20240327_11.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3182/scanner_20240327_12.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3183/scanner_20240327_13.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3184/requerimento_urgencia_especial_plc_1_-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3185/scanner_20240327_14.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3186/scanner_20240327_15.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/scanner_20240327_16.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3188/scanner_20240327_18.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3189/scanner_20240327_19.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3190/scanner_20240327_21.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3191/scanner_20240327_20.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3193/scanner_20240404_5.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3194/scanner_20240404_4.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3195/scanner_20240404_7.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/scanner_20240404_6.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3197/scanner_20240404_8.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3198/scanner_20240404_9.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3199/scanner_20240404_10.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3200/scanner_20240404_11.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3201/scanner_20240404_12.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3202/scanner_20240404_13.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3203/scanner_20240404_15.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3204/scanner_20240404_14.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3218/scanner_20240410.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3219/scanner_20240410_2.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3220/scanner_20240410_4.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3221/scanner_20240410_5.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3222/scanner_20240410_6.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3223/requerimento_urgencia_especial_plc_2_e_pl_10_-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3224/scanner_20240410_7.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3225/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3226/scanner_20240410_10.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3227/2pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3228/scanner_20240410_17.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3229/scanner_20240410_18.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3230/scanner_20240410_19.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3231/scanner_20240410_20.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3232/scanner_20240410_21.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3233/scanner_20240410_22.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3234/scanner_20240410_23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3235/scanner_20240410_24.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3236/scanner_20240410_25.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3237/scanner_20240410_27.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/scanner_20240410_30.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3239/scanner_20240410_31.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3240/scanner_20240410_32.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3255/scanner_20240418_2.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3256/scanner_20240418.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3257/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3258/scanner_20240418_5.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3259/scanner_20240418_6.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/requerimento_urgencia_especial_pls_8_e_9_-_2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3261/scanner_20240418_7.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3262/scanner_20240418_8.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3263/scanner_20240418_10.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3264/scanner_20240418_9.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3265/scanner_20240418_11.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3266/scanner_20240418_12.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3267/scanner_20240418_13.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3268/scanner_20240418_14.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3269/scanner_20240418_15.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3287/scanner_20240424_2.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3288/scanner_20240424_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3289/scanner_20240424_5.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3290/scanner_20240424_4.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3291/scanner_20240424_6.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3292/scanner_20240424_7.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3293/scanner_20240424_8.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3294/scanner_20240424_3.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3295/scanner_20240424_9.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3296/scanner_20240424_10.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3297/scanner_20240424_11.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3298/scanner_20240424_12.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3299/scanner_20240424_13.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3300/requerimento_urgencia_especial_-_pls_11_e_13_-_2024_-_22-04-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/requerimento_22-04-2024_-_justificando_falta_na_sessao_do_dia_15-04-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3302/114_-_requerimento_-_29-04-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3303/115_-_requerimento_-_29-04-2024_-_calcamento_igrejinha_estiva.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3304/116_-_requerimento_-_29-04-2024_-_estrada_divisa_cubataozinho_e_cubatao_-_morro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3305/117_-_requerimento_-_29-04-2024_-_rua_coronel_estevan_rezende_-_reiterando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3306/118_-_requerimento_-_29-04-2024_-_limeira.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3307/119_-_requerimento_-_29-04-2024_-_ponte_limeira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3308/120_-_requerimento_-_29-04-2024_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3309/121_-_requerimento_-_29-04-2024_-_estrada_sertaozinho_e_barra.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3310/122_-_requerimento_-_29-04-2024_-_esgoto_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_29-04-2024_-_estrada_pedra_pedrao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_29-04-2024_-_um_terco_ferias_saude.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3321/123_-_requerimento_-_13-05-2024_-_estrada_cubataozinho_pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3322/125_-_requerimento_-_13-05-2024_-_estrada_tamandua_sentido_campestre_pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3323/124_-_requerimento_-_13-05-2024_-_bueiro_bar_da_fatima_-_tamandua.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3324/126_-_requerimento_-_13-05-2024_-_contratacao_de_professor_de_apoio_especializado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3325/127_-_requerimento_-_13-05-2024_-_camera_seguranca_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3326/128_-_requerimento_13-05-2024_-_melhorias_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3328/27_-_requerimento_-_13_-_05-2024_-_transporte_estudantes_anhumas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3329/129_-_requerimento_-_13-05-2024_-_manutencao_posses.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3330/requerimento_13-05-2024_-_publicar_laudo_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3331/requerimento_urgencia_especial_-_pl_15-2024_-_13-05-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3339/130_-_requerimento_-_20-05-2024_-_manutencao_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3340/131_-_requerimento_-_20-05-2024_-_esgoto_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3341/132_-_requerimento_-_20-05-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3342/133_-_requerimento_-_20-05-2024_-_calcamento_igrejinha_estiva.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3343/134_-_requerimento_-_20-05-2024_-_parada_veiculos_trecho_casemiro_osorio_em_frente_secretaria_educacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3344/136_-_requerimento_-20-05-2024_-_limpeza_mato_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3345/137_-_requerimento_-20-05-2024_-_calcamento_estrada_correias.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3346/requerimento_20-05-2024_-_estrada_bela_vista_-_proximo_ponte.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3347/135_-_requerimento_-20-05-2024_-_finalizar_servico_estrada_bairro_furnas...pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3368/scanner_20240528_2.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3369/scanner_20240528_4.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3370/scanner_20240528_3.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3371/scanner_20240528_5.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3372/scanner_20240528_6.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3373/scanner_20240528_7.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3374/144_-_requerimento_27-05-2024_-_urgencia_especial_pl_17_18_19_e_20_-_24.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3375/scanner_20240528_8.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3376/scanner_20240528_9.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3380/scanner_20240606_2.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3381/scanner_20240606_4.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3382/scanner_20240606_3.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3383/scanner_20240606_5.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3384/scanner_20240606_6.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3385/scanner_20240606_7.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3386/scanner_20240606_8.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3387/scanner_20240606_9.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3389/scanner_20240606_11.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3390/scanner_20240606_10.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3395/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3404/scanner_20240611_4.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3405/scanner_20240611_5.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3406/scanner_20240611_6.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3407/scanner_20240611_7.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3408/scanner_20240611_8.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3409/scanner_20240611_9.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3410/scanner_20240611_10.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/scanner_20240611_11.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3412/scanner_20240611_12.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3413/scanner_20240611_13.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3414/scanner_20240611_14.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3429/scanner_20240619_7.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3430/scanner_20240619_8.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3431/scanner_20240619_9.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3432/scanner_20240619_10.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3433/scanner_20240619_11.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3434/scanner_20240619_12.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3435/scanner_20240619_14.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3436/scanner_20240619_15.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3437/scanner_20240619_13.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3438/scanner_20240619_16.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3439/scanner_20240619_17.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3440/scanner_20240619_18.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3441/scanner_20240619_19.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/scanner_20240619_20.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3443/scanner_20240619_21.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3444/scanner_20240619_23.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3445/scanner_20240619_22.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3457/scanner_20240625_6.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3458/scanner_20240625_7.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3459/scanner_20240625_8.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3460/scanner_20240625_9.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3461/scanner_20240625_10.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3462/scanner_20240625_11.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3463/scanner_20240625_14.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3464/scanner_20240625_15.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3465/scanner_20240625_16.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3466/scanner_20240625_17.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3467/scanner_20240625_18.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3468/scanner_20240625_19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3471/scanner_20240625_12.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3472/scanner_20240625_13.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/32_-_requerimento_-_08_-07-2024_-_urgencia_especial_pls_25_e_26_de_2024.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/172_-_requerimento_-_05-08-2024_-_lixeira_cubatao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3496/173_-_requerimento_-_05-08-2024_-cubataozinho_-_calcamento_em_frente_associacao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3497/174_-_requerimento_-_05-08-2024_-_lagoa_-_portao_ubs.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3498/175_-_requerimento_-_05-08-2024_-_rede_esgoto_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3499/176_-_requerimento_-_05-08-2024_-_quebra-molas_entrada_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3500/177_-_requerimento_-_05-08-2024_-_buraco_rua_vianas.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3501/178_-_requerimento_-_05-08-2024_-_estrada_anhumas_atalho_mane_siqueira.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3502/179_-_requerimento_-_05-08-2024_-_poda_arvore_estrada_apos_o_posto_de_saude_lagoa.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/180_-_requerimento_02-08-2024_-_urgencia_especial_pls_27_28_e_29.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/181_-_requerimento_-_05-08-2024_-trechos_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3505/182_-_requerimento_-_05-08-2024_-_poeira_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3506/183_-_requerimento_-_05-08-2024_-_buracos_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3507/184_-_requerimento_-_05-08-2024_-_estrada_bairro_segredo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3509/185_-_requerimento_-_12-08-2024_-_estrada_der.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3510/186_-_requerimento_-12-08-2024_-_bairro_coelhos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3511/187_-_requerimento_-12-08-2024_-caixa_de_agua_rezende.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3512/188_-_requerimento_-_12-08-2024_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3513/189_-_requerimento_-_12-08-2024_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3514/07_-_requerimento_12-08-2024_-_informacao_porque_a_quadra_nao_foi_feita_no_local_solicitado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_professores_12-08-2024.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_psicologo_e_assintente_social_12-08-2024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3523/190_-_requerimento_-_19-08-2024_-_rua_xavier_lisboa_em_frente_prefeitura_e_secretaria_saude.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3524/191_-_requerimento_-_19-08-2024_-_bueiro_pedra_batista..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3525/requerimento_urgencia_especial_-_pl_30-2024_-_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3527/03_-_requerimento_-_26-08-2024_-_academia_ar_livre_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3528/192_-_requerimento_-_26-08-2024_-_estrada_divisa_-_ze_baixinho.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/193_-_requerimento_-_02-09-2024_-_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3531/194_-_requerimento_-_02-09-2024_-_faixa_amarela_em_frente_lanche_henrique_e_edna.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3532/195_-_requerimento_-_02-09-2024_-_placa_de_pare_rua_sao_sebastiao_esquina_com_ria_branco.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3533/196_-_requerimento_-_02-09-2024_-_pintar_de_amarelo_o_meio-fio_de_um_lado_da_rua_poeta_joao_carneiro_de_rezende.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3534/197_-_requerimento_-_02-09-2024_-_avenida_tancredo_neves_-_sarjeta_proximo_ao_radar.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3535/198_-_requerimento_-_02-09-2024_-_ponte_na_divisa_estiva_e_serrinha.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3536/199_-_requerimento_-_02-09-2024_-_estrada_paulino_-_pinhal.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3537/200_-_requerimento_-_02-09-2024_-_mudar_lixeira_bairro_anhumas.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3538/201_-_requerimento_-02-09-2024_-caixa_de_agua_rezende.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3539/solicita_informacoes_ref_emenda_calcamento_estradas.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3540/rede_esgoto_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3541/manutencao_estrada_acesso_residencias_lado_de_baixo_da_ponte_no_vintem.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/202_-_requerimento_-09-09-2024_-caixa_de_agua_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3547/203_-_requerimento_-09-09-2024_-_bairro_bela_vista_-_barranco_proximo_fabrica.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3548/204_-_requerimento_-09-09-2024_-_grade_em_frente_casa_prof._beatriz_-_rua_cel_machado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3549/205_-_requerimento_-_09-09-2024_-_em_frente_mario_santana.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3550/206_-_requerimento_09-09-2024_-_urgencia_especial_pls_31.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3554/207_-_requerimento_-_16-09-2024_-_calcamento_bela_vista_-_rua_jose_adolfo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3555/208_-_requerimento_-_16-09-2024_-_ponte_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3556/209_-_requerimento_-_16-09-2024_-_quebra-molas_cubatao_-_proximo_ao_pesqueiro.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3559/211_-_requerimento_-_23-09-2024_-_dia_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3560/08_-_requerimento_23-09-2024_-_esgoto_rua_joaquim_carlos_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3561/212_-_requerimento_-_23-09-2024_-_grade_bueiro_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3562/213_-_requerimento_-_23-09-2024_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3563/214_-_requerimento_-_23-09-2024_-_bueiro_jose_adolfo_de_faria_e_rua_de_acesso_colonia_de_cima_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3564/215_-_requerimento_-_23-09-2024_-_rua_jose_monti_sobrinho_e_nei_augusto_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3572/216_-_requerimento_-_07-10-2024_-_retirar_terra_furnas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3573/217_-_requerimento_-29-09-2023_-_melhorias_lagoa.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3574/218_-_requerimento_07-10-2024_-_urgencia_especial_pls_32.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/09_-_requerimento_07-10-2024_-_justificando_falta_na_sessao_do_dia_23-09-2024_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_14-10-2024_-_informacoes_fornecimento_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3587/requerimento_14-10-2024_-_informacoes_recursos_fumpac.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3589/219_-_requerimento_14-10-2024_-_urgencia_especial_pl_36.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3594/220_-_requerimento_21-10-2024_-_urgencia_especial_pls_37.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3595/221_-_requerimento_-_21-10-2024_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3596/222_-_requerimento_-_21-10-2024_-_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3597/223_-_requerimento_-_21-10-2024_-_escoamento_de_agua_rua_jose_de_oliveira_lopes_proximo_letreiro.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3598/08_-_requerimento_-_21-10-2024_-_cascalhar_trecho_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3599/2024.10.21-_requerimento_-_insalubridade_farmacia..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3604/224_-_requerimento_28-10-2024_-_urgencia_especial_pls_38.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3605/09_-_requerimento_-_28-10-2024_-_terra_em_frente_entrada_esf_lagoa-.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3606/10_-_requerimento_-_28-10-2024_-_justificando_falta_na_sessao_do_dia_21-10-2024.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3607/10_-_requerimento_justificativa_falta__fernanda__sessao_ordinaria_28-10-24.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3608/2024.10.28_-_requerimento_-_capas_de_chuva_e_galochas_-.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3609/2024.10.28_-_requerimento_-_clube_do_desconto_e_cesta_natalina_-.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3610/2024.10.28_-_requerimento_-_insalubridade_-_nutricionista_-.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3611/2024.10.28_-_requerimento_-_piso_enfermagem_-_lista_-.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3616/requerimento_bairro_correas_-_05-11-2024.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3617/requerimento_dentista_-__05-11-2024.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3620/11_-_requerimento_justificativa_falta_ver._fernanda__-_sessao_ordinaria_5-11-24.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3625/requerimento_bairro_tres_paineiras_11-11-2024.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3626/225_-_requerimento_-_11-11-2024_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3627/226_-_requerimento_-_11-11-2024_-_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3628/requerimento_11-11-2024_-_urgencia_especial_-_pl_39-2024.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3636/227_-_requerimento_-_18-11-2024_-_esgoto_-_bica.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3637/228_-_requerimento_-_18-11-2024_-_barranco_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3638/229_-_requerimento_-_18-11-2024_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3645/230_-_requerimento_25-11-2024_-_urgencia_especial_pls_40.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/231_-_requerimento_-_25-11-2024_-_bueiro_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3647/2024.11.25_-_requerimento_-_justificativa_falta_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3648/2024.11.25_-_requerimento_-_ponte_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3652/210_-_requerimento_-_02-12-2024_-_cemig_-_poste_iluminacao_cubatao...pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3653/232_-_requerimento_-_02-12-2024_-_retirada_entulho_rua_sao_sebastiao...pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3654/requerimentotjmg_02-12-2024.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3657/requerimento_02-12-2024_-_solicita_envio_pl_regulamenta_nova_metodologia_de_cofinanciamento_federal_do_piso_da_atencao_primaria_a_saude.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3661/233_-_requerimento_-_09-12-2024_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3662/09-12-2024_-_requerimento_-_justificativa_falta_na_sessao_do_dia_02-12-2024.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3668/12_-_requerimento_16-12-2024_-_justifica_falta_sessao_ord_09-12-2024.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3669/requerimento_16-12-2024_-_justificativa_falta_sessao_ord_09-12-2024.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3379/scanner_20240528.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/scanner_20240606.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3401/scanner_20240611_3.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3423/scanner_20240619_5.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3424/scanner_20240619_6.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3026/scanner_20240207_11.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3039/scanner_20240216_3.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3040/scanner_20240216_4.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/scanner_20240216_13.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/scanner_20240216_14.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3073/scanner_20240221_8.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3074/scanner_20240221_9.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3075/scanner_20240221_13.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3106/scanner_20240228_21.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3128/scanner_20240306_25.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3129/scanner_20240306_24.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3130/scanner_20240306_22.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3131/scanner_20240306_26.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3132/scanner_20240306_21.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3134/scanner_20240312_12.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3205/scanner_20240404.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3206/scanner_20240404_3.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3207/scanner_20240404_2.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3208/mocao_de_aplauso_01-04-2024_-_moradores_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3241/scanner_20240410_3.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3242/scanner_20240410_26.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3243/scanner_20240410_28.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3244/scanner_20240410_29.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3271/scanner_20240418_16.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3313/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3314/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3333/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabricio_soares.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3334/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_yuri_rafael.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3335/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabio_soares.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3336/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_carlos_alexandre.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_luiz_otavio.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3348/mocao_aplauso_20-05-2024_-_teatro.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3349/mocao_aplauso_peao_de_rodeio_-_20-05-2024.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3350/mocao_pesar_-_joaquim_candido.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3351/mocao_pesar_-_20-05-2024_-_terezinha_cabral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3377/scanner_20240528_10.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3378/scanner_20240528_11.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/scanner_20240606_14.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3392/scanner_20240606_17.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3393/scanner_20240606_15.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3394/scanner_20240606_18.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3402/scanner_20240611.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3403/scanner_20240611_2.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3425/scanner_20240619_1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3426/scanner_20240619_2.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3427/scanner_20240619_4.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3428/scanner_20240619_3.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3450/scanner_20240625.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3452/scanner_20240625_2.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3454/scanner_20240625_3.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3455/scanner_20240625_5.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3456/scanner_20240625_4.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3588/mocao_professores_-_14-10-2024.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3600/mocao_de_apoio_-_piso_psicologia_e_jornada_de_30_horas_-_21-10-2024.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3612/mocao_de_aplauso_-_servidores_publicos_-_28-10-2024.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3613/mocao_de_apoio_-_pl_2531-2021_-_piso_salarial_-_tecnico_e_admi_da_educacao_basica_-_28-10-2024.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3614/mocao_pesar_28-10-2024_-_alisson.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3618/requerimento_05-11-2024_-_mocao_de_aplauso_-_rodrigo_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3619/mocao_de_pesar_-_rosanela_tome_-_04-11-2024.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3634/mocao_aplauso_eduardo_-_secretaria_de_saude_-_18-11-2024.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3635/mocao_grupo_afroblack_-_18-11-2024.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3649/mocao_pesar_-_geraldo_-_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3655/mocao_dr._masseli....pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3656/mocao_dra._eliza....pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_pesar_-_regina_viana_batista.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_16-12-2024_-_festival_pizza_frita.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_festival_de_pizza_frita_16-12-2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3667/mocao_16-12-2024_-_diretor_teatro_diego_monti.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3148/emenda_no_01_-_pl_06-2024_-_auxilio_alimentacao_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3210/emenda_no_01_-_plc_01-2024_-_cria_vagas_em_cargos_existentes_na_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3319/emenda_01_-_pl_14-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3396/emenda_no_01_-_pl_021-2024_-_importancia_espacos_nas_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3421/emenda_no_01_-_pl_22-2024_-_altera_lei_2.034-2024.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3477/emenda_no_01_-_pl_025-2024_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3526/emenda_no_01_-_pl_no_30-2024_-_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3633/emenda_1_ao_pl_033-2024_-_loa...pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/parecer_-_veto_-_plo_055-2023.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3446/2024_-_parecer_juridico_projeto_023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3447/2024_-_parecer_juridico_projeto_024.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3473/2024_-_parecer_juridico_projeto_025_v2.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3474/2024_-_parecer_juridico_projeto_026.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3485/2024_-_parecer_juridico_projeto_027.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/2024_-_parecer_juridico_projeto_028.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3487/2024_-_parecer_juridico_projeto_029.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3508/2024_-_parecer_juridico_projeto_030.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3522/2024_-_parecer_juridico_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3542/2024_-_parecer_juridico_projeto_031.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3551/2024_-_parecer_juridico_projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/2024_-_parecer_juridico_projeto_032_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3577/2024_-_parecer_juridico_projeto_33_loa.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3578/2024_-_parecer_juriedico_projeto_034_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3579/2024_-_parecer_juridico_projeto_035_-_alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3580/2024_-_parecer_juridico_projeto_036_-_suplementacao_482.000.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3590/2024_-_parecer_suplementacao_projeto_37.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3601/2024_-_parecer_juridico_projeto_38.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3621/2024_-_parecer_projeto_39_-_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3639/2024_-_parecer_juridico_projeto_040.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3640/2024_-_parecer_juridico_emenda_projeto_33.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3650/2024_-_parecer_juridico_projeto_041_-_alteracao_legislacao.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3670/2024_-_parecer_juridico_projeto_042_-_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3671/2024_-_parecer_juridico_projeto_043_-_incentivo_financeiro.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3033/01_-_parecer_pl_01-2024_-_reajuste_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3034/02_-_parecer_pl_02-2024_-_gratificacao_-_equipe_licitacao.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3035/03_-_parecer_pl_03-2024_-_subvencao_social_entidades_2024.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3036/04_-_parecer_pl_04-2024_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/05_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3038/06_-_parecer_pr_01-2024_-_regras_e_diretrizes_para_aplicacao_da_lei_federal_14.133.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3078/07_-_parecer_pl_06-2024_-_auxilio-alimentacao_em_pecunia.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3107/08_-_parecer_plc_01-2024_-_criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3211/09_-_parecer_a_emenda_no_01_ao_plc_01-202__criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/10_-_parecer_plc_02-2024_autorizacao_cimasas.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/11_-_parecer_pl_08-2024_suplementacao_3.377.76663.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3214/12_-_parecer_pl_09-2024_suplementacao_865.94379.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3215/13_-_parecer_pl_010-2024_suplementacao_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3251/14_-_parecer_pl_012-2024_denomina_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3277/15_-_parecer_pr_02-2024_cargo_assessor_camara.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3278/16_-_parecer_pl_011-2024_aumento_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3279/17_-_parecer_pl_013-2024_aumento_salario_motorista_e_operador_maquina.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3280/18_-_parecer_pl_014-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3316/19_-_parecer_pl_015-2024_-_vencimento_cargo_assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3338/20_-_parecer_pl_016-2024_-_cria_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3357/21_-_parecer_pl_017-2024_-_credito_suplementar_100.000.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3358/22_-_parecer_pl_018-2024_-_credito_especial_457.000.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3359/23_-_parecer_pl_019-2024_-_credito_especial_50.000.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3360/24_-_parecer_pl_020-2024_-_convenio_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3397/25_-_parecer_substitutivo_01_ao_pl_016-2024_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3398/26_-_parecer_pl_021-2024_-_utilidade_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3418/27_-_parecer_pl_022-2024_-_altera_dispositivos_lei_2.034-2024_-_credito_especial_457.000.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3448/28_-_parecer_pl_023-2024_-_credito_suplementar_150.000_-_saude.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3449/29_-_parecer_pl_024-2024_-_credito_especial_157.100_-_saude_-_assistencia_hospitalar_e_ambulatorial_-_contribuicoes.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3475/30_-_parecer_pl_025-2024_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3476/31_-_parecer_pl_026-2024_-_credito_especial_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3488/32_-_parecer_pl_027-2024_-_credito_especial_-_usina_fotovoltaica_-_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3489/33_-_parecer_pl_028-2024_-_credito_especial_-_veiculo_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3490/34_-_parecer_pl_029-2024_-_credito_suplementar_-_pavimentacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3517/35_-_parecer_pl_030-2024_-_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3543/36_-_parecer_pl_031-2024_-_credito_suplementar_43.775_artepe_-_dia_do_poeta.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3552/37_-_parecer_pr_03-2024_-_modifica_dispositivos_na_resolucao_268-2017_-_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3566/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3581/39_-_parecer_pl_033-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3582/40_-_parecer_pl_034-2024_-_alteracao_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3583/41_-_parecer_pl_035-2024_-_alteracao_ppa_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3584/42_-_parecer_pl_036-2024_-_credito_suplementar_59.225_-_grupo_agroblack.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3591/43_-_parecer_pl_037-2024_-_credito_suplementar_60.000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/44_-_parecer_pl_038-2024_-_doacao_veiculo_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3623/45_-_parecer_pl_039-2024_-_politica_municipal_de_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3641/46_-_parecer_pl_40-2024_-_credido_suplementar_1.762.500.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3642/47_-_parecer_emenda_01_-_pl_33-2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3651/48_-_parecer_pl_41-2024_-_altera_e_inclui_dispositivos_lei_1679-2026_-_escolha_diretor_e_vice-diretor_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3053/01_-_parecer_pl_01-2024_-_revisao_vencimentos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3054/02_-_parecer_pl_03-2024_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/03_-_parecer_pl_04-2024_-_revisao__vencimento_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3056/04_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3082/05_-_parecer_pl_02-2024_-_gratificacao_licitacao_camara_pedralva.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3147/06_-_parecer_pl_06-2024_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3166/07_-_parecer_plc_01-2024_-_cria_novas_vagas_em_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3217/08_-_parecer_pl_010-2024_-_cimasas.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/09_-_parecer_pl_08-2024_-_credito_suplementar_3.377.76663.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3253/010_-_parecer_pl_09-2024_-_credito_suplementar_865.94379.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3281/011_-_parecer_pl_011-2024_-_aumento_salarial_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3282/012_-_parecer_pl_013-2024_-_aumento_salarial_motoristas.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3317/014_-_parecer_pl_14-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3318/015_-_parecer_pl_15_-_2024_-_vencimento_assessor_juridico_comissionado_-_camara.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3362/016_-_parecer_pl_17_-_2024_-_credito_suplementar_100.00000.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3363/017_-_parecer_pl_18_-_2024_-_credito_especial_457.00000.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3364/018_-_parecer_pl_19_-_2024_-_credito_especial_50.00000.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3365/019_-_parecer_pl_20_-_2024_-_convenio_e_credito_especial_168.00000_-_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3422/020_-_parecer_pl_222_-_2024_-_altera_redacao_lei_2.034-2024.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3469/021_-_parecer_pl_023_-_2024_-_credito_suplementar_150.000.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3470/022_-_parecer_pl_024_-_2024_-_credito_especial_157.100.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3478/023_-_parecer_pl_026_-_2024_-_credito_especial_44.000_pedrock.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3491/024_-_parecer_pl_027_-_2024_-_credito_especial_100.000_casa_velhinhos_-_usina_fotovoltaica.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3492/025_-_parecer_pl_028_-_2024_-_credito_suplementr_100.000_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/026_-_parecer_pl_029_-_2024_-_credito_suplementar_661.29235_melhorias_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3520/027_-_parecer_pl_030_-_2024_-_fixa_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3544/028_-_parecer_pl_031_-_2024_-_suplementacao_43.775_-_artepe_-_dia_do_poeta.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3567/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3585/030_-_parecer_pl_036_-_2024_-_suplementacao_59.225_-_festival_afro.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3592/031_-_parecer_pl_037_-_2024_-_suplementacao_60.000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3630/032_-_parecer_pl_033_-_2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3631/033_-_parecer_pl_034_-_2024_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3632/034_-_parecer_pl_035_-_2024_-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3644/035_-_parecer_pl_040_-_2024_-_suplementacao_1.762.500.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3083/01_-_parecer_cspoam_-_pl_06-2024_-_auxilio_alimentacao_prefeitura_-_pecunia.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3084/02_-_parecer_cspoam_-_pr_01-2024_-_regras_lei_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3167/03_-_parecer_cspoam_-_plc_01-2024_-_cria_novas_vagas_em_cargos_na_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3216/04_-_parecer_cspoam_-_plc_02-2024_-_cimasas.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3254/05_-_parecer_cspoam_-_pl_12-2024_-_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3284/06_-_parecer_cspoam_-_pr_2-2024_-__assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3285/07_-_parecer_cspoam_-_pl_011-2024_-__aumento_salarial_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3286/08_-_parecer_cspoam_-_pl_013-2024_-__aumento_salarial_motoristas.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3366/09_-_parecer_cspoam_-_pl_016-2024_-__ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3399/10_-_parecer_cspoam_-_pl_021-2024_-__interesse_social_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3521/11_-_parecer_cspoam_-_pl_030-2024_-__fixa_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3553/12_-_parecer_cspoam_-_pr_03-2024_-__mudanca_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3603/13_-_parecer_cspoam_-_pl_038-2024_-_doacao_veiculo_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3479/01_-_parecer_-_comissao_da_oesc_-_05-07-2024.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3624/02_-_parecer_-_comissao_da_oesc_-_08-11-2024_-_pl_39-2024.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3660/03_-_parecer_-_comissao_da_oesc_-_06-12-2024_-_pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3080/parecer_-_veto_-_plo_055-2023.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3518/parecer_ce_-_veto_-_pl_16-2024_-_ouvidoria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3027/01_-_pl_01-2024_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3028/02_-_pl_02-2024_-_gratificacoes_licitacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3029/03_-_pl_03-2024_-_subvencao_social_enidades.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3030/04_-_pl_04-2024_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3031/05_-_pl_05-2024_-_contribuicao_financeira_sampe.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3057/06_-_pl_06-2024_-_auxilio_alimentacao_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3146/07_-_pl_07-2024_-_credito_suplementar_3.377.76663.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3168/08_-_pl_08-2024_-_credito_suplementar_3.377.76663_apresentado_pela_segunda_vez.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3169/09_-_pl_09-2024_-_credito_suplementar_865.94379.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3170/10_-_pl_10-2024_-_subvencao_social_apae_de_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3245/11_-_pl_11-2024_-_nova_redacao_art_8o__lei_1093-1993_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3246/12_-_pl_12-2024_-_criacao_e_denominacao_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3247/13_-_pl_13-2024_-_artera_art._5o_da_lei_1904-2022_-_gratificacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3250/14_-_pl_14-2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3315/15_-_pl_15-2024_-_vencimento_assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3320/16_-_pl_16-2024_-_cria_ouvidoria_municipal_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3352/17_-_pl_17-2024_-_credito_suplementar_100.00000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3353/18_-_pl_18-2024_-_credito_suplementar_457.00000.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3354/19_-_pl_19-2024_-_credito_suplementar_50.00000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3355/20_-_pl_20-2024_-_convenio_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3356/21_-_pl_21-2024_-_interesse_comunitario_e_social_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3415/22_-_pl_22-2024_-_altera_dispositivo_lei_2.034_de_3_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3419/23_-_pl_23-2024_-_credito_suplementr_150.000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3420/24_-_pl_24-2024_-_credito_especial_157.100.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3451/25_-_pl_25-2024_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3453/26_-_pl_26-2024_-_credito_especial_44.000_turismo_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3482/27_-_pl_27-2024_-_credito_especial_-_100.000_-_usina_fotovoltaica_-_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3483/28_-_pl_28-2024_-_credito_especial_-_100.000_-_veiculo_para_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3484/29_-_pl_29-2024_-_credito_suplementar_-_661.29235_-_calcamento_ruas_coronel_canuto_dona_inacia_casemiro_osorio_odilon_souza_e_vias_do_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3494/30_-_pl_30-2024_-_fixa_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3529/31_-_pl_31-2024_-_credito_suplementar_artepe_-_dia_do_poeta.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3557/32_-_pl_32-2024_-_credito_suplementar__482.000_-_estradas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3568/33_-_pl_33-2024_-_proposta_orcamentaria_-_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3569/34_-_pl_34-2024_-_alteracao_ldo-_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3570/35_-_pl_35-2024_-_alteracao_ppa-_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3571/36_-_pl_36-2024_-_credito_suplementar_59.22500_-_grupo_afroblack.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3576/37_-_pl_37-2024_-_credito_suplementar_60.00000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3593/38_-_pl_38-2024_-_doacao_veiculos_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3615/39_-_pl_39-2024_-_politica_municipal_de_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3629/40_-_pl_40-2024_-_suplementacao_1.762.500.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3643/41_-_pl_41-2024_-_altera_e_inclui_dispositivos_na_lei_no_1.679-2016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3663/42_-_pl_42-2024_-_regulamenta_adicionais_de_insalubridade_e_penosidade.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3664/43_-_pl_43-2024_-_incentivo_financeiro_do_componente_de_quaidde_para_esd_esb_eap_e_emulti.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_plc_01-2024_-_cria_cargo_prefeitura_-_assistente_administrativo_-mecanico_-_motorista_-_operador_maquina_leve_-.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3192/02_-_plc_02-2024_-_cimasas_-_consorcio_lixo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3032/01_-_pr_01-2024_-_regras_para_lei_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3209/02_-_pr_02-2024_-_cargo_assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3545/03_-_pr_03-2024_-_alteracoes_na_resolucao_aluno_nota_10_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3081/01_-_pdl_01-2024_-_veto_ao_pl_055-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3248/pdl_no_02-2024_-_titulo_de_cidadao_-_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/pdl_no_03-2024_-_titulo_de_amigo-_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3519/04_-_pdl_04-2024_-_veto_ao_pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3622/05_-_pdl_05-2024_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3361/20_-_substitutivo_-_pl_20-2024_-_convenio_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3367/substitutivo_no_01_ao_projeto_de_lei_016-2024_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2992/veto_ao_pl_055-2023_-_indicar_numeracao_e_autor_nas_leis.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3481/mensagem_de_veto_no_01-2024_-_veto_integral_ao_pl_016-2024_-_criacao_da_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2993/scanner_20240207_6.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2994/scanner_20240207_15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2995/scanner_20240207_21.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2996/scanner_20240207_17.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2997/scanner_20240207_14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2998/scanner_20240207_23.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/scanner_20240207_5.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3000/scanner_20240207_18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3001/scanner_20240207_13.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3002/scanner_20240207_25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3003/scanner_20240207_16.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3004/scanner_20240207_7.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/scanner_20240207_12.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3006/scanner_20240207_22.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3007/scanner_20240207_4.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3008/scanner_20240207_24.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3009/scanner_20240207_8.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3010/scanner_20240207_28.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3011/scanner_20240207_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3012/scanner_20240207_27.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3013/scanner_20240207_9.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3014/scanner_20240207_26.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/scanner_20240207.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3016/scanner_20240207_20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3017/scanner_20240207_2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3018/scanner_20240207_19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3019/scanner_20240207_3.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3020/scanner_20240207_29.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/scanner_20240207_30.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3022/scanner_20240207_31.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3023/scanner_20240207_34.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3025/scanner_20240207_33.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3043/scanner_20240216.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3044/scanner_20240216_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3045/scanner_20240216_6.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3046/scanner_20240216_5.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3047/scanner_20240216_7.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3048/scanner_20240216_8.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3049/scanner_20240216_10.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3050/scanner_20240216_9.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3051/scanner_20240216_11.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3052/scanner_20240216_12.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3065/scanner_20240221_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3059/scanner_20240221_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/scanner_20240221_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/scanner_20240221_4.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3062/scanner_20240221_5.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3063/scanner_20240221_6.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3064/scanner_20240221_7.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3066/scanner_20240221_3.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3067/scanner_20240221_10.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3068/scanner_20240221_11.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3069/scanner_20240221_14.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3070/scanner_20240221_15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3071/scanner_20240221_16.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/scanner_20240221_17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3076/requerimento_urgencia_especial_-_pls_1_3_4_5_-_2024_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_urgencia_especial_pls_1_3_4_5_-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/scanner_20240228_2.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3086/scanner_20240228_6.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3087/scanner_20240228_5.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3088/scanner_20240228_4.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3089/scanner_20240228_3.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/scanner_20240228.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/scanner_20240228_7.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3092/scanner_20240228_8.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3093/scanner_20240228_9.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3094/scanner_20240228_10.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3095/scanner_20240228_11.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3096/scanner_20240228_12.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3097/scanner_20240228_13.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3098/scanner_20240228_14.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3099/scanner_20240228_15.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3100/scanner_20240228_16.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3101/scanner_20240228_17.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/scanner_20240228_18.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3103/scanner_20240228_20.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3104/scanner_20240228_22.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3105/scanner_20240228_23.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/scanner_20240306.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3109/scanner_20240306_2.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3110/scanner_20240306_3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3111/scanner_20240306_4.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/scanner_20240306_5.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/scanner_20240306_6.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3114/scanner_20240306_7.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3115/scanner_20240306_8.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3116/scanner_20240306_9.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3117/scanner_20240306_10.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3118/scanner_20240306_11.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3119/scanner_20240306_12.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3120/scanner_20240306_14.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3121/scanner_20240306_13.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3122/scanner_20240306_15.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3123/scanner_20240306_16.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3124/scanner_20240306_17.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3125/scanner_20240306_18.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3126/scanner_20240306_19.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3127/scanner_20240306_20.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3133/scanner_20240306_23.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3135/scanner_20240312.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3136/scanner_20240312_2.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3137/scanner_20240312_3.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3138/scanner_20240312_4.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3139/scanner_20240312_5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3140/scanner_20240312_6.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3141/scanner_20240312_7.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3142/scanner_20240312_8.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3143/scanner_20240312_9.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3144/scanner_20240312_10.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3145/scanner_20240312_11.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3149/scanner_20240320.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3150/scanner_20240320_2.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3151/scanner_20240320_3.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3152/scanner_20240320_4.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3153/scanner_20240320_5.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/scanner_20240320_6.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3155/scanner_20240320_7.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3156/scanner_20240320_8.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3157/scanner_20240320_9.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3158/scanner_20240320_10.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3159/scanner_20240320_11.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3160/scanner_20240320_12.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3161/scanner_20240320_13.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3162/scanner_20240320_14.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3163/justificativa_falta_reuniao_ordinaria_11-03-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/scanner_20240320_15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3165/scanner_20240320_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3171/scanner_20240327.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/scanner_20240327_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3173/scanner_20240327_3.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3174/scanner_20240327_4.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3175/scanner_20240327_6.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3176/scanner_20240327_5.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3177/scanner_20240327_7.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3178/scanner_20240327_8.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3179/scanner_20240327_9.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3180/scanner_20240327_10.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3181/scanner_20240327_11.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3182/scanner_20240327_12.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3183/scanner_20240327_13.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3184/requerimento_urgencia_especial_plc_1_-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3185/scanner_20240327_14.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3186/scanner_20240327_15.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/scanner_20240327_16.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3188/scanner_20240327_18.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3189/scanner_20240327_19.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3190/scanner_20240327_21.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3191/scanner_20240327_20.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3193/scanner_20240404_5.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3194/scanner_20240404_4.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3195/scanner_20240404_7.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/scanner_20240404_6.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3197/scanner_20240404_8.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3198/scanner_20240404_9.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3199/scanner_20240404_10.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3200/scanner_20240404_11.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3201/scanner_20240404_12.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3202/scanner_20240404_13.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3203/scanner_20240404_15.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3204/scanner_20240404_14.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3218/scanner_20240410.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3219/scanner_20240410_2.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3220/scanner_20240410_4.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3221/scanner_20240410_5.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3222/scanner_20240410_6.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3223/requerimento_urgencia_especial_plc_2_e_pl_10_-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3224/scanner_20240410_7.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3225/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3226/scanner_20240410_10.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3227/2pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3228/scanner_20240410_17.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3229/scanner_20240410_18.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3230/scanner_20240410_19.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3231/scanner_20240410_20.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3232/scanner_20240410_21.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3233/scanner_20240410_22.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3234/scanner_20240410_23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3235/scanner_20240410_24.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3236/scanner_20240410_25.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3237/scanner_20240410_27.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/scanner_20240410_30.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3239/scanner_20240410_31.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3240/scanner_20240410_32.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3255/scanner_20240418_2.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3256/scanner_20240418.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3257/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3258/scanner_20240418_5.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3259/scanner_20240418_6.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/requerimento_urgencia_especial_pls_8_e_9_-_2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3261/scanner_20240418_7.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3262/scanner_20240418_8.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3263/scanner_20240418_10.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3264/scanner_20240418_9.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3265/scanner_20240418_11.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3266/scanner_20240418_12.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3267/scanner_20240418_13.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3268/scanner_20240418_14.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3269/scanner_20240418_15.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3287/scanner_20240424_2.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3288/scanner_20240424_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3289/scanner_20240424_5.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3290/scanner_20240424_4.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3291/scanner_20240424_6.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3292/scanner_20240424_7.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3293/scanner_20240424_8.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3294/scanner_20240424_3.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3295/scanner_20240424_9.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3296/scanner_20240424_10.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3297/scanner_20240424_11.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3298/scanner_20240424_12.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3299/scanner_20240424_13.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3300/requerimento_urgencia_especial_-_pls_11_e_13_-_2024_-_22-04-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/requerimento_22-04-2024_-_justificando_falta_na_sessao_do_dia_15-04-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3302/114_-_requerimento_-_29-04-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3303/115_-_requerimento_-_29-04-2024_-_calcamento_igrejinha_estiva.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3304/116_-_requerimento_-_29-04-2024_-_estrada_divisa_cubataozinho_e_cubatao_-_morro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3305/117_-_requerimento_-_29-04-2024_-_rua_coronel_estevan_rezende_-_reiterando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3306/118_-_requerimento_-_29-04-2024_-_limeira.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3307/119_-_requerimento_-_29-04-2024_-_ponte_limeira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3308/120_-_requerimento_-_29-04-2024_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3309/121_-_requerimento_-_29-04-2024_-_estrada_sertaozinho_e_barra.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3310/122_-_requerimento_-_29-04-2024_-_esgoto_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3311/requerimento_29-04-2024_-_estrada_pedra_pedrao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3312/requerimento_29-04-2024_-_um_terco_ferias_saude.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3321/123_-_requerimento_-_13-05-2024_-_estrada_cubataozinho_pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3322/125_-_requerimento_-_13-05-2024_-_estrada_tamandua_sentido_campestre_pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3323/124_-_requerimento_-_13-05-2024_-_bueiro_bar_da_fatima_-_tamandua.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3324/126_-_requerimento_-_13-05-2024_-_contratacao_de_professor_de_apoio_especializado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3325/127_-_requerimento_-_13-05-2024_-_camera_seguranca_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3326/128_-_requerimento_13-05-2024_-_melhorias_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3328/27_-_requerimento_-_13_-_05-2024_-_transporte_estudantes_anhumas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3329/129_-_requerimento_-_13-05-2024_-_manutencao_posses.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3330/requerimento_13-05-2024_-_publicar_laudo_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3331/requerimento_urgencia_especial_-_pl_15-2024_-_13-05-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3339/130_-_requerimento_-_20-05-2024_-_manutencao_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3340/131_-_requerimento_-_20-05-2024_-_esgoto_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3341/132_-_requerimento_-_20-05-2024_-_bueiro_estiva_-_joaquim_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3342/133_-_requerimento_-_20-05-2024_-_calcamento_igrejinha_estiva.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3343/134_-_requerimento_-_20-05-2024_-_parada_veiculos_trecho_casemiro_osorio_em_frente_secretaria_educacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3344/136_-_requerimento_-20-05-2024_-_limpeza_mato_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3345/137_-_requerimento_-20-05-2024_-_calcamento_estrada_correias.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3346/requerimento_20-05-2024_-_estrada_bela_vista_-_proximo_ponte.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3347/135_-_requerimento_-20-05-2024_-_finalizar_servico_estrada_bairro_furnas...pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3368/scanner_20240528_2.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3369/scanner_20240528_4.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3370/scanner_20240528_3.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3371/scanner_20240528_5.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3372/scanner_20240528_6.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3373/scanner_20240528_7.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3374/144_-_requerimento_27-05-2024_-_urgencia_especial_pl_17_18_19_e_20_-_24.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3375/scanner_20240528_8.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3376/scanner_20240528_9.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3380/scanner_20240606_2.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3381/scanner_20240606_4.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3382/scanner_20240606_3.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3383/scanner_20240606_5.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3384/scanner_20240606_6.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3385/scanner_20240606_7.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3386/scanner_20240606_8.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3387/scanner_20240606_9.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3389/scanner_20240606_11.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3390/scanner_20240606_10.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3395/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3404/scanner_20240611_4.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3405/scanner_20240611_5.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3406/scanner_20240611_6.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3407/scanner_20240611_7.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3408/scanner_20240611_8.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3409/scanner_20240611_9.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3410/scanner_20240611_10.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/scanner_20240611_11.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3412/scanner_20240611_12.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3413/scanner_20240611_13.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3414/scanner_20240611_14.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3429/scanner_20240619_7.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3430/scanner_20240619_8.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3431/scanner_20240619_9.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3432/scanner_20240619_10.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3433/scanner_20240619_11.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3434/scanner_20240619_12.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3435/scanner_20240619_14.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3436/scanner_20240619_15.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3437/scanner_20240619_13.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3438/scanner_20240619_16.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3439/scanner_20240619_17.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3440/scanner_20240619_18.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3441/scanner_20240619_19.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/scanner_20240619_20.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3443/scanner_20240619_21.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3444/scanner_20240619_23.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3445/scanner_20240619_22.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3457/scanner_20240625_6.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3458/scanner_20240625_7.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3459/scanner_20240625_8.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3460/scanner_20240625_9.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3461/scanner_20240625_10.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3462/scanner_20240625_11.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3463/scanner_20240625_14.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3464/scanner_20240625_15.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3465/scanner_20240625_16.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3466/scanner_20240625_17.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3467/scanner_20240625_18.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3468/scanner_20240625_19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3471/scanner_20240625_12.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3472/scanner_20240625_13.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/32_-_requerimento_-_08_-07-2024_-_urgencia_especial_pls_25_e_26_de_2024.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/172_-_requerimento_-_05-08-2024_-_lixeira_cubatao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3496/173_-_requerimento_-_05-08-2024_-cubataozinho_-_calcamento_em_frente_associacao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3497/174_-_requerimento_-_05-08-2024_-_lagoa_-_portao_ubs.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3498/175_-_requerimento_-_05-08-2024_-_rede_esgoto_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3499/176_-_requerimento_-_05-08-2024_-_quebra-molas_entrada_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3500/177_-_requerimento_-_05-08-2024_-_buraco_rua_vianas.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3501/178_-_requerimento_-_05-08-2024_-_estrada_anhumas_atalho_mane_siqueira.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3502/179_-_requerimento_-_05-08-2024_-_poda_arvore_estrada_apos_o_posto_de_saude_lagoa.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/180_-_requerimento_02-08-2024_-_urgencia_especial_pls_27_28_e_29.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/181_-_requerimento_-_05-08-2024_-trechos_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3505/182_-_requerimento_-_05-08-2024_-_poeira_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3506/183_-_requerimento_-_05-08-2024_-_buracos_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3507/184_-_requerimento_-_05-08-2024_-_estrada_bairro_segredo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3509/185_-_requerimento_-_12-08-2024_-_estrada_der.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3510/186_-_requerimento_-12-08-2024_-_bairro_coelhos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3511/187_-_requerimento_-12-08-2024_-caixa_de_agua_rezende.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3512/188_-_requerimento_-_12-08-2024_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3513/189_-_requerimento_-_12-08-2024_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3514/07_-_requerimento_12-08-2024_-_informacao_porque_a_quadra_nao_foi_feita_no_local_solicitado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/requerimento_professores_12-08-2024.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_psicologo_e_assintente_social_12-08-2024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3523/190_-_requerimento_-_19-08-2024_-_rua_xavier_lisboa_em_frente_prefeitura_e_secretaria_saude.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3524/191_-_requerimento_-_19-08-2024_-_bueiro_pedra_batista..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3525/requerimento_urgencia_especial_-_pl_30-2024_-_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3527/03_-_requerimento_-_26-08-2024_-_academia_ar_livre_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3528/192_-_requerimento_-_26-08-2024_-_estrada_divisa_-_ze_baixinho.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/193_-_requerimento_-_02-09-2024_-_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3531/194_-_requerimento_-_02-09-2024_-_faixa_amarela_em_frente_lanche_henrique_e_edna.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3532/195_-_requerimento_-_02-09-2024_-_placa_de_pare_rua_sao_sebastiao_esquina_com_ria_branco.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3533/196_-_requerimento_-_02-09-2024_-_pintar_de_amarelo_o_meio-fio_de_um_lado_da_rua_poeta_joao_carneiro_de_rezende.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3534/197_-_requerimento_-_02-09-2024_-_avenida_tancredo_neves_-_sarjeta_proximo_ao_radar.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3535/198_-_requerimento_-_02-09-2024_-_ponte_na_divisa_estiva_e_serrinha.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3536/199_-_requerimento_-_02-09-2024_-_estrada_paulino_-_pinhal.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3537/200_-_requerimento_-_02-09-2024_-_mudar_lixeira_bairro_anhumas.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3538/201_-_requerimento_-02-09-2024_-caixa_de_agua_rezende.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3539/solicita_informacoes_ref_emenda_calcamento_estradas.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3540/rede_esgoto_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3541/manutencao_estrada_acesso_residencias_lado_de_baixo_da_ponte_no_vintem.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/202_-_requerimento_-09-09-2024_-caixa_de_agua_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3547/203_-_requerimento_-09-09-2024_-_bairro_bela_vista_-_barranco_proximo_fabrica.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3548/204_-_requerimento_-09-09-2024_-_grade_em_frente_casa_prof._beatriz_-_rua_cel_machado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3549/205_-_requerimento_-_09-09-2024_-_em_frente_mario_santana.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3550/206_-_requerimento_09-09-2024_-_urgencia_especial_pls_31.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3554/207_-_requerimento_-_16-09-2024_-_calcamento_bela_vista_-_rua_jose_adolfo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3555/208_-_requerimento_-_16-09-2024_-_ponte_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3556/209_-_requerimento_-_16-09-2024_-_quebra-molas_cubatao_-_proximo_ao_pesqueiro.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3559/211_-_requerimento_-_23-09-2024_-_dia_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3560/08_-_requerimento_23-09-2024_-_esgoto_rua_joaquim_carlos_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3561/212_-_requerimento_-_23-09-2024_-_grade_bueiro_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3562/213_-_requerimento_-_23-09-2024_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3563/214_-_requerimento_-_23-09-2024_-_bueiro_jose_adolfo_de_faria_e_rua_de_acesso_colonia_de_cima_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3564/215_-_requerimento_-_23-09-2024_-_rua_jose_monti_sobrinho_e_nei_augusto_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3572/216_-_requerimento_-_07-10-2024_-_retirar_terra_furnas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3573/217_-_requerimento_-29-09-2023_-_melhorias_lagoa.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3574/218_-_requerimento_07-10-2024_-_urgencia_especial_pls_32.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/09_-_requerimento_07-10-2024_-_justificando_falta_na_sessao_do_dia_23-09-2024_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_14-10-2024_-_informacoes_fornecimento_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3587/requerimento_14-10-2024_-_informacoes_recursos_fumpac.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3589/219_-_requerimento_14-10-2024_-_urgencia_especial_pl_36.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3594/220_-_requerimento_21-10-2024_-_urgencia_especial_pls_37.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3595/221_-_requerimento_-_21-10-2024_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3596/222_-_requerimento_-_21-10-2024_-_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3597/223_-_requerimento_-_21-10-2024_-_escoamento_de_agua_rua_jose_de_oliveira_lopes_proximo_letreiro.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3598/08_-_requerimento_-_21-10-2024_-_cascalhar_trecho_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3599/2024.10.21-_requerimento_-_insalubridade_farmacia..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3604/224_-_requerimento_28-10-2024_-_urgencia_especial_pls_38.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3605/09_-_requerimento_-_28-10-2024_-_terra_em_frente_entrada_esf_lagoa-.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3606/10_-_requerimento_-_28-10-2024_-_justificando_falta_na_sessao_do_dia_21-10-2024.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3607/10_-_requerimento_justificativa_falta__fernanda__sessao_ordinaria_28-10-24.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3608/2024.10.28_-_requerimento_-_capas_de_chuva_e_galochas_-.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3609/2024.10.28_-_requerimento_-_clube_do_desconto_e_cesta_natalina_-.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3610/2024.10.28_-_requerimento_-_insalubridade_-_nutricionista_-.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3611/2024.10.28_-_requerimento_-_piso_enfermagem_-_lista_-.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3616/requerimento_bairro_correas_-_05-11-2024.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3617/requerimento_dentista_-__05-11-2024.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3620/11_-_requerimento_justificativa_falta_ver._fernanda__-_sessao_ordinaria_5-11-24.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3625/requerimento_bairro_tres_paineiras_11-11-2024.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3626/225_-_requerimento_-_11-11-2024_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3627/226_-_requerimento_-_11-11-2024_-_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3628/requerimento_11-11-2024_-_urgencia_especial_-_pl_39-2024.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3636/227_-_requerimento_-_18-11-2024_-_esgoto_-_bica.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3637/228_-_requerimento_-_18-11-2024_-_barranco_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3638/229_-_requerimento_-_18-11-2024_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3645/230_-_requerimento_25-11-2024_-_urgencia_especial_pls_40.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/231_-_requerimento_-_25-11-2024_-_bueiro_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3647/2024.11.25_-_requerimento_-_justificativa_falta_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3648/2024.11.25_-_requerimento_-_ponte_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3652/210_-_requerimento_-_02-12-2024_-_cemig_-_poste_iluminacao_cubatao...pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3653/232_-_requerimento_-_02-12-2024_-_retirada_entulho_rua_sao_sebastiao...pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3654/requerimentotjmg_02-12-2024.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3657/requerimento_02-12-2024_-_solicita_envio_pl_regulamenta_nova_metodologia_de_cofinanciamento_federal_do_piso_da_atencao_primaria_a_saude.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3661/233_-_requerimento_-_09-12-2024_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3662/09-12-2024_-_requerimento_-_justificativa_falta_na_sessao_do_dia_02-12-2024.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3668/12_-_requerimento_16-12-2024_-_justifica_falta_sessao_ord_09-12-2024.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3669/requerimento_16-12-2024_-_justificativa_falta_sessao_ord_09-12-2024.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3379/scanner_20240528.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/scanner_20240606.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3401/scanner_20240611_3.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3423/scanner_20240619_5.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3424/scanner_20240619_6.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3026/scanner_20240207_11.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3039/scanner_20240216_3.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3040/scanner_20240216_4.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/scanner_20240216_13.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/scanner_20240216_14.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3073/scanner_20240221_8.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3074/scanner_20240221_9.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3075/scanner_20240221_13.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3106/scanner_20240228_21.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3128/scanner_20240306_25.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3129/scanner_20240306_24.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3130/scanner_20240306_22.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3131/scanner_20240306_26.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3132/scanner_20240306_21.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3134/scanner_20240312_12.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3205/scanner_20240404.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3206/scanner_20240404_3.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3207/scanner_20240404_2.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3208/mocao_de_aplauso_01-04-2024_-_moradores_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3241/scanner_20240410_3.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3242/scanner_20240410_26.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3243/scanner_20240410_28.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3244/scanner_20240410_29.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3271/scanner_20240418_16.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3313/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3314/mocao_29-04-2024_-_pesar_sebastiao_braga.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3333/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabricio_soares.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3334/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_yuri_rafael.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3335/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_fabio_soares.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3336/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_carlos_alexandre.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_aplauso_-_13-05-2024_-_peao_rodeio_-_luiz_otavio.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3348/mocao_aplauso_20-05-2024_-_teatro.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3349/mocao_aplauso_peao_de_rodeio_-_20-05-2024.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3350/mocao_pesar_-_joaquim_candido.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3351/mocao_pesar_-_20-05-2024_-_terezinha_cabral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3377/scanner_20240528_10.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3378/scanner_20240528_11.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/scanner_20240606_14.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3392/scanner_20240606_17.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3393/scanner_20240606_15.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3394/scanner_20240606_18.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3402/scanner_20240611.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3403/scanner_20240611_2.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3425/scanner_20240619_1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3426/scanner_20240619_2.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3427/scanner_20240619_4.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3428/scanner_20240619_3.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3450/scanner_20240625.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3452/scanner_20240625_2.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3454/scanner_20240625_3.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3455/scanner_20240625_5.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3456/scanner_20240625_4.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3588/mocao_professores_-_14-10-2024.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3600/mocao_de_apoio_-_piso_psicologia_e_jornada_de_30_horas_-_21-10-2024.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3612/mocao_de_aplauso_-_servidores_publicos_-_28-10-2024.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3613/mocao_de_apoio_-_pl_2531-2021_-_piso_salarial_-_tecnico_e_admi_da_educacao_basica_-_28-10-2024.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3614/mocao_pesar_28-10-2024_-_alisson.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3618/requerimento_05-11-2024_-_mocao_de_aplauso_-_rodrigo_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3619/mocao_de_pesar_-_rosanela_tome_-_04-11-2024.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3634/mocao_aplauso_eduardo_-_secretaria_de_saude_-_18-11-2024.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3635/mocao_grupo_afroblack_-_18-11-2024.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3649/mocao_pesar_-_geraldo_-_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3655/mocao_dr._masseli....pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3656/mocao_dra._eliza....pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_pesar_-_regina_viana_batista.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_16-12-2024_-_festival_pizza_frita.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_festival_de_pizza_frita_16-12-2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3667/mocao_16-12-2024_-_diretor_teatro_diego_monti.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3148/emenda_no_01_-_pl_06-2024_-_auxilio_alimentacao_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3210/emenda_no_01_-_plc_01-2024_-_cria_vagas_em_cargos_existentes_na_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3319/emenda_01_-_pl_14-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3396/emenda_no_01_-_pl_021-2024_-_importancia_espacos_nas_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3421/emenda_no_01_-_pl_22-2024_-_altera_lei_2.034-2024.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3477/emenda_no_01_-_pl_025-2024_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3526/emenda_no_01_-_pl_no_30-2024_-_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3633/emenda_1_ao_pl_033-2024_-_loa...pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/parecer_-_veto_-_plo_055-2023.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3446/2024_-_parecer_juridico_projeto_023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3447/2024_-_parecer_juridico_projeto_024.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3473/2024_-_parecer_juridico_projeto_025_v2.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3474/2024_-_parecer_juridico_projeto_026.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3485/2024_-_parecer_juridico_projeto_027.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/2024_-_parecer_juridico_projeto_028.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3487/2024_-_parecer_juridico_projeto_029.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3508/2024_-_parecer_juridico_projeto_030.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3522/2024_-_parecer_juridico_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3542/2024_-_parecer_juridico_projeto_031.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3551/2024_-_parecer_juridico_projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/2024_-_parecer_juridico_projeto_032_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3577/2024_-_parecer_juridico_projeto_33_loa.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3578/2024_-_parecer_juriedico_projeto_034_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3579/2024_-_parecer_juridico_projeto_035_-_alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3580/2024_-_parecer_juridico_projeto_036_-_suplementacao_482.000.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3590/2024_-_parecer_suplementacao_projeto_37.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3601/2024_-_parecer_juridico_projeto_38.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3621/2024_-_parecer_projeto_39_-_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3639/2024_-_parecer_juridico_projeto_040.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3640/2024_-_parecer_juridico_emenda_projeto_33.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3650/2024_-_parecer_juridico_projeto_041_-_alteracao_legislacao.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3670/2024_-_parecer_juridico_projeto_042_-_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3671/2024_-_parecer_juridico_projeto_043_-_incentivo_financeiro.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3033/01_-_parecer_pl_01-2024_-_reajuste_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3034/02_-_parecer_pl_02-2024_-_gratificacao_-_equipe_licitacao.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3035/03_-_parecer_pl_03-2024_-_subvencao_social_entidades_2024.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3036/04_-_parecer_pl_04-2024_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/05_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3038/06_-_parecer_pr_01-2024_-_regras_e_diretrizes_para_aplicacao_da_lei_federal_14.133.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3078/07_-_parecer_pl_06-2024_-_auxilio-alimentacao_em_pecunia.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3107/08_-_parecer_plc_01-2024_-_criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3211/09_-_parecer_a_emenda_no_01_ao_plc_01-202__criacao_de_cargos_-_motorista_-_auxiliar_administrativo_-_mecanico_-_operador_de_maquina_leve.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/10_-_parecer_plc_02-2024_autorizacao_cimasas.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/11_-_parecer_pl_08-2024_suplementacao_3.377.76663.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3214/12_-_parecer_pl_09-2024_suplementacao_865.94379.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3215/13_-_parecer_pl_010-2024_suplementacao_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3251/14_-_parecer_pl_012-2024_denomina_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3277/15_-_parecer_pr_02-2024_cargo_assessor_camara.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3278/16_-_parecer_pl_011-2024_aumento_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3279/17_-_parecer_pl_013-2024_aumento_salario_motorista_e_operador_maquina.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3280/18_-_parecer_pl_014-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3316/19_-_parecer_pl_015-2024_-_vencimento_cargo_assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3338/20_-_parecer_pl_016-2024_-_cria_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3357/21_-_parecer_pl_017-2024_-_credito_suplementar_100.000.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3358/22_-_parecer_pl_018-2024_-_credito_especial_457.000.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3359/23_-_parecer_pl_019-2024_-_credito_especial_50.000.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3360/24_-_parecer_pl_020-2024_-_convenio_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3397/25_-_parecer_substitutivo_01_ao_pl_016-2024_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3398/26_-_parecer_pl_021-2024_-_utilidade_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3418/27_-_parecer_pl_022-2024_-_altera_dispositivos_lei_2.034-2024_-_credito_especial_457.000.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3448/28_-_parecer_pl_023-2024_-_credito_suplementar_150.000_-_saude.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3449/29_-_parecer_pl_024-2024_-_credito_especial_157.100_-_saude_-_assistencia_hospitalar_e_ambulatorial_-_contribuicoes.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3475/30_-_parecer_pl_025-2024_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3476/31_-_parecer_pl_026-2024_-_credito_especial_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3488/32_-_parecer_pl_027-2024_-_credito_especial_-_usina_fotovoltaica_-_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3489/33_-_parecer_pl_028-2024_-_credito_especial_-_veiculo_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3490/34_-_parecer_pl_029-2024_-_credito_suplementar_-_pavimentacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3517/35_-_parecer_pl_030-2024_-_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3543/36_-_parecer_pl_031-2024_-_credito_suplementar_43.775_artepe_-_dia_do_poeta.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3552/37_-_parecer_pr_03-2024_-_modifica_dispositivos_na_resolucao_268-2017_-_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3566/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3581/39_-_parecer_pl_033-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3582/40_-_parecer_pl_034-2024_-_alteracao_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3583/41_-_parecer_pl_035-2024_-_alteracao_ppa_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3584/42_-_parecer_pl_036-2024_-_credito_suplementar_59.225_-_grupo_agroblack.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3591/43_-_parecer_pl_037-2024_-_credito_suplementar_60.000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/44_-_parecer_pl_038-2024_-_doacao_veiculo_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3623/45_-_parecer_pl_039-2024_-_politica_municipal_de_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3641/46_-_parecer_pl_40-2024_-_credido_suplementar_1.762.500.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3642/47_-_parecer_emenda_01_-_pl_33-2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3651/48_-_parecer_pl_41-2024_-_altera_e_inclui_dispositivos_lei_1679-2026_-_escolha_diretor_e_vice-diretor_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3053/01_-_parecer_pl_01-2024_-_revisao_vencimentos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3054/02_-_parecer_pl_03-2024_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/03_-_parecer_pl_04-2024_-_revisao__vencimento_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3056/04_-_parecer_pl_05-2024_-_contribuicao_financeira_sampe.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3082/05_-_parecer_pl_02-2024_-_gratificacao_licitacao_camara_pedralva.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3147/06_-_parecer_pl_06-2024_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3166/07_-_parecer_plc_01-2024_-_cria_novas_vagas_em_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3217/08_-_parecer_pl_010-2024_-_cimasas.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/09_-_parecer_pl_08-2024_-_credito_suplementar_3.377.76663.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3253/010_-_parecer_pl_09-2024_-_credito_suplementar_865.94379.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3281/011_-_parecer_pl_011-2024_-_aumento_salarial_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3282/012_-_parecer_pl_013-2024_-_aumento_salarial_motoristas.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3317/014_-_parecer_pl_14-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3318/015_-_parecer_pl_15_-_2024_-_vencimento_assessor_juridico_comissionado_-_camara.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3362/016_-_parecer_pl_17_-_2024_-_credito_suplementar_100.00000.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3363/017_-_parecer_pl_18_-_2024_-_credito_especial_457.00000.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3364/018_-_parecer_pl_19_-_2024_-_credito_especial_50.00000.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3365/019_-_parecer_pl_20_-_2024_-_convenio_e_credito_especial_168.00000_-_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3422/020_-_parecer_pl_222_-_2024_-_altera_redacao_lei_2.034-2024.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3469/021_-_parecer_pl_023_-_2024_-_credito_suplementar_150.000.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3470/022_-_parecer_pl_024_-_2024_-_credito_especial_157.100.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3478/023_-_parecer_pl_026_-_2024_-_credito_especial_44.000_pedrock.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3491/024_-_parecer_pl_027_-_2024_-_credito_especial_100.000_casa_velhinhos_-_usina_fotovoltaica.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3492/025_-_parecer_pl_028_-_2024_-_credito_suplementr_100.000_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/026_-_parecer_pl_029_-_2024_-_credito_suplementar_661.29235_melhorias_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3520/027_-_parecer_pl_030_-_2024_-_fixa_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3544/028_-_parecer_pl_031_-_2024_-_suplementacao_43.775_-_artepe_-_dia_do_poeta.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3567/38_-_parecer_pl_032-2024_-_credito_suplementar_482.000_-_pavimentacao_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3585/030_-_parecer_pl_036_-_2024_-_suplementacao_59.225_-_festival_afro.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3592/031_-_parecer_pl_037_-_2024_-_suplementacao_60.000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3630/032_-_parecer_pl_033_-_2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3631/033_-_parecer_pl_034_-_2024_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3632/034_-_parecer_pl_035_-_2024_-_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3644/035_-_parecer_pl_040_-_2024_-_suplementacao_1.762.500.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3083/01_-_parecer_cspoam_-_pl_06-2024_-_auxilio_alimentacao_prefeitura_-_pecunia.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3084/02_-_parecer_cspoam_-_pr_01-2024_-_regras_lei_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3167/03_-_parecer_cspoam_-_plc_01-2024_-_cria_novas_vagas_em_cargos_na_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3216/04_-_parecer_cspoam_-_plc_02-2024_-_cimasas.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3254/05_-_parecer_cspoam_-_pl_12-2024_-_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3284/06_-_parecer_cspoam_-_pr_2-2024_-__assessor_juridico_camara.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3285/07_-_parecer_cspoam_-_pl_011-2024_-__aumento_salarial_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3286/08_-_parecer_cspoam_-_pl_013-2024_-__aumento_salarial_motoristas.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3366/09_-_parecer_cspoam_-_pl_016-2024_-__ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3399/10_-_parecer_cspoam_-_pl_021-2024_-__interesse_social_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3521/11_-_parecer_cspoam_-_pl_030-2024_-__fixa_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3553/12_-_parecer_cspoam_-_pr_03-2024_-__mudanca_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3603/13_-_parecer_cspoam_-_pl_038-2024_-_doacao_veiculo_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3479/01_-_parecer_-_comissao_da_oesc_-_05-07-2024.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3624/02_-_parecer_-_comissao_da_oesc_-_08-11-2024_-_pl_39-2024.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3660/03_-_parecer_-_comissao_da_oesc_-_06-12-2024_-_pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3080/parecer_-_veto_-_plo_055-2023.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2024/3518/parecer_ce_-_veto_-_pl_16-2024_-_ouvidoria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H670"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="221.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="221.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="220.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>