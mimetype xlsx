--- v0 (2025-10-04)
+++ v1 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6751" uniqueCount="3118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8543" uniqueCount="3896">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -666,50 +666,233 @@
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação por Assiduidade à Docência, nos termos em que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 86.938,34, e dá outras providências.</t>
   </si>
   <si>
+    <t>4527</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/50_-_projeto_de_lei_50_-_2025_-_rua_jose_marcos_de_abreu_lisboa.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Logradouro Municipal - Rua José Marcos de Abreu Lisbôa.</t>
+  </si>
+  <si>
+    <t>4528</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/51_-_projeto_de_lei_51_-_2025_-_rua_nelson_rocha.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Logradouro Municipal - Rua Nelson Rocha.</t>
+  </si>
+  <si>
+    <t>4529</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/52_-_projeto_de_lei_52_-_2025_-_rua_joffre_mohallem.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Logradouro Municipal - Rua Joffre Mohallem.</t>
+  </si>
+  <si>
+    <t>4530</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/53_-_projeto_de_lei_53_-_2025_-_credito_suplementar_357.800_saude.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 357.800,00 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4566</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/54_-_projeto_de_lei_54_-_2025_-_credito_suplementar_260.000_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 260.000,00 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4589</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/55_-_projeto_de_lei_55_-_2025_-_veda_nomeacao_de_pessoas_condenadas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a vedação à nomeação e à investidura em cargos e funções públicas municipais de pessoas condenadas por crimes de racismo, discriminação e demais crimes contra grupos vulneráveis, e estabelece exigências de moralidade e probidade no âmbito da Administração Pública Municipal.</t>
+  </si>
+  <si>
+    <t>4590</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/56_-_projeto_de_lei_56_-_2025_-_denomina_ubs_vintem.pdf</t>
+  </si>
+  <si>
+    <t>Dá-se a denominação de Unidade Básica de Saúde Maria Aparecida Carneiro (Cidoca), vinculada à ESF IV, e Maria do Carmo Cassiano, vinculada à ESF VI.</t>
+  </si>
+  <si>
+    <t>4591</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/57_-_projeto_de_lei_57_-_2025_-_credito_suplementar_124.35429.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do município de Pedralva, para o exercício de 2025, no valor de R$ 124.354,29 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4620</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/58_-_projeto_de_lei_58_-_2025_-_contribuicao_financeira_grupo_afro.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de contribuição financeira à Associação Cultural Grupo Afroblack de Minas Gerais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4652</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/59_-_projeto_de_lei_59_-_2025_-_monitor_diabetes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a distribuição gratuita de dispositivos de monitoramento contínuo de glicose por escaneamento intermitente para pessoas diagnosticadas com diabetes mellitus, no âmbito do Sistema Único de Saúde (SUS), no Município de Pedralva, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4653</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/60_-_projeto_de_lei_60_-_2025_-_1.239.000.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 1.239.000,00, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4683</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/61_-_projeto_de_lei_61_-_2025_-_gratificacao_assiduidade_docencia.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Gratificação por Assiduidade à Docência, nos termos em que menciona, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4693</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>José Paulo da Silva</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/62_-_projeto_de_lei_62_-_2025_-_nome_rua_-_maria_de_lourdes_sabino_viana.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Logradouro Municipal - Rua Maria de Lourdes Sabino Viana.</t>
+  </si>
+  <si>
+    <t>4694</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/63_-_projeto_de_lei_63_-_2025_-_credito_suplementar_180.00000.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 180.000,00 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4695</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/64_-_projeto_de_lei_64_-_2025_-_divulgacao_de_emendas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de divulgação, transparência e controle das emendas parlamentares destinadas ao Município de Pedralva/MG, e dá outras providências.</t>
+  </si>
+  <si>
     <t>4279</t>
   </si>
   <si>
     <t>PLJ</t>
   </si>
   <si>
     <t>Projeto de Lei Jovem (Câmara Jovem)</t>
   </si>
   <si>
     <t>Peterson Vinícius Rodrigues de Melo</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Prefeito Mirim e Vice-Prefeito Mirim" no Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>Lucas Ribeiro Leite, Mariah Luiza Osório Silva Faria</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf</t>
@@ -771,50 +954,59 @@
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga em cargo do quadro de pessoal permanente e dá outras providências.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Edificações do Município de Pedralva e dispõe sobre as regras gerais e específicas a serem obedecidas no projeto, licenciamento, execução, manutenção e utilização de obras e edificações, dentro dos limites dos imóveis, e dá outras providências".</t>
   </si>
   <si>
+    <t>4731</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/65_-_projeto_de_lei_complementar_9_-_2025_-_cargo_engenheiro_civil.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de vagas em cargos do Quadro Permanente de Pessoal e dá outras providências.</t>
+  </si>
+  <si>
     <t>3787</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta §3º ao artigo 59 e modifica a redação do artigo 35, inciso V , ambos da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>David Moisés Veloso, Ketrym Maria Rodrigues, Valdinei de Paula Silva</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Orgânica do município de Pedralva, Estado de Minas Gerais, para instituir as emendas orçamentárias impositivas</t>
@@ -825,50 +1017,68 @@
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Prêmio Mulher-cidadã “Agostinha de Barros Rangel, a Dona Agostinha”, a ser concedido pela Câmara Municipal de Pedralva – MG.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Pedralva, o Título "Amigo da Saúde" e dá outras providências.</t>
   </si>
   <si>
+    <t>4696</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/03_-_projeto_de_resolucao_no_3-2025_-_mudanca_projeto_camara_na_escola.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do § 1º do art. 6º da Resolução nº 270, de 14 de março de 2018, que institui o Programa “Câmara na Escola”, para vedar a reeleição de Vereadores Jovens.</t>
+  </si>
+  <si>
+    <t>4697</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/04_-_projeto_de_resolucao_no_4-2025_-_gincana_do_saber.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do projeto "Gincana do Saber" no âmbito da Câmara Municipal de Pedralva e dá outras providências.</t>
+  </si>
+  <si>
     <t>3960</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CE - Comissão Especial - CE</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Amigo de Pedralva.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense.</t>
@@ -882,72 +1092,90 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Município de Pedralva relativas ao exercício de 2023.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda "Antônio Nélcio de Abreu, o Chinho" no ano de 2025,</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mérito Educacional "Professor José Raimundo de Faria, o Zé Grande".</t>
   </si>
   <si>
+    <t>4680</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/pdl_6-2025_-_medalha_do_merito_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha do Mérito Legislativo.</t>
+  </si>
+  <si>
     <t>4130</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf</t>
   </si>
   <si>
     <t>Fica reformulada a redação do Projeto de Lei nº 24/2025.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf</t>
   </si>
   <si>
     <t>Substitutivo apresentado ao Projeto de Lei nº 28/2025 pelos autores da proposta.</t>
+  </si>
+  <si>
+    <t>4692</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/substitutivo_01_ao_pl_59-2025_-_dispositivo_monitoramento_glicose.pdf</t>
+  </si>
+  <si>
+    <t>Substitutivo nº 1 ao Projeto de Lei nº 59/2025.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que informe ao setor responsável pela manutenção de estradas rurais, para que seja feito o cascalhamento em dois trechos de estrada no bairro Lagoa, sendo um trecho que dá acesso à cidade de Maria da fé e o outro trecho que dá acesso às casas atrás do morro.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor de obras, seja feito aterro no terreno de propriedade da prefeitura de Pedralva, para que possa ser construído um campo de futebol no Bairro Lagoa.</t>
   </si>
@@ -1148,53 +1376,50 @@
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de obras rurais, seja instalada uma grade na boca do bueiro localizado próximo ao tanque de leite, no Bairro Lagoa.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: para manutenção da pista de caminhada que, após ouvir frequentadores da área, foi relatado a este vereador que algumas luzes não se encontram em funcionamento, além disso, é necessário a realização de capina e limpeza do local, considerando a existência de vegetação excessiva.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: RETIRADA DOS TACHÕES da Rua Poeta João Carneiro de Rezende ou, subsidiariamente, na eventualidade do não atendimento do pedido, que seja realizada uma reavaliação da situação para que sejam analisadas alternativas viáveis para a reorganização do trêfego, garantindo mais segurança e funcionalidade tanto para motoristas quanto para pedestres.</t>
   </si>
   <si>
     <t>3703</t>
-  </si>
-[...1 lines deleted...]
-    <t>José Paulo da Silva</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Realizar reajuste real do valor do Auxílio Alimentação dos servidores públicos da Prefeitura de Pedralva, criado pela lei nº 1.024, de 4 de abril de 2024, haja vista que com o valor pago, que no momento é de R$ 134,80, o servidor não consegue adquirir todos os produtos que os servidores recebiam quando este benefício era concedido através de cesta básica.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Fornecer novos uniformes para os servidores da prefeitura municipal de Pedralva.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Notificar, através do setor competente, todos os proprietários de lotes e terrenos baldios e os proprietários de loteamentos, para que façam a limpeza de suas propriedades e os mantenha limpos.</t>
   </si>
@@ -1362,219 +1587,174 @@
   <si>
     <t>solicita ao senhor Prefeito: realizar os serviços necessários para manutenção no local conhecido como “passador de gado”, localizado na estrada do Bairro Vintém que liga ao Bairro Tamanduá, em frente ao sítio do Divino.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: instalar câmera de segurança nas garagens da prefeitura, que ainda não possuem este equipamento, como na garagem localizada na Rua Maria Ribeiro.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Realizar, través do Departamento de Proteção ao Meio Ambiente, a construção de fossas sépticas biodigestoras no Bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Construir, através da Secretaria Municipal de Obras e do Departamento de Obras, 3 (três) faixas elevadas na Rua Dona Maria Cibele, sendo uma em frente à residência do senhor Sinézio Giovane, uma em frente à pracinha e uma em frente à residência do senhor “Marcão”.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através da Secretaria Municipal de Educação, seja providenciada a aquisição e instalação de câmeras de segurança nas escolas da rede pública municipal (portão de entrada das escolas, pátios, refeitórios, locais de recreação e salas de aula).</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: tomar as medidas necessárias junto à Cemig para ser deslocado o poste localizado na estrada do Bairro Cubatão, próximo a Instalação de nº 3007059535, retirando-o do meio da estrada e instalando na beirada, de forma que a via fique em extensão apropriada para trânsito de veículos. O poste instalado no meio da via tem sido um problema para o tráfego e a segurança de motoristas.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, com a orientação e acompanhamento do setor de engenharia civil, seja contruída uma nova ponte na estrada do bairro Usina Pedrão, a qual caiu, sendo uma via que serve como atalho de ligação para vários bairros, entre eles Tamanduá, Usina Pedrão, Pipa, Correias, Pedrão e outros. E informar qual a previsão para que essa ponte possa ser reconstruída e se poderá ser construída alguns metros abaixo de onde estava situada, onde já existe construído um paredão de pedras de uma ponte que existiu no local.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, sejam tomadas as providências necessárias para serem realizadas melhorias no cemitério municipal, que se encontra com problemas no sistema de drenagem de água pluvial, limpeza, instalações hidráulica, entre outros. Sugiro que, caso a prefeitura não tenha funcionários e equipamentos suficientes para realizar manutenção permantente do cemitério, que realize a terceirização deste serviço, de forma que uma empresa especializada possa tomar conta do cemitério de nosso município.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: informar, através dos setores jurídico e de engenharia da prefeitura, qual é a legislação que estabelece a medida de recuo para construção nas margens da rodovia, haja vista que fui questionado por cidadãos de nosso município, que pretendem construir às margens da rodovia, trecho que corta a cidade e é denominado de Av. Tancredo Neves, e, para lhes informar, solicito este esclarecimentos, de forma que esses cidadãos possam construir seguindo os limites impostos por lei.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que, através do setor responsável, sejam tomadas providências para controlar a proliferação de moscas no município, haja vista que, com o aumento da temperatura, apareceM muitas moscas, precisando ser intensificadas as medidas para controle.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através da Secretaria de Obras e Serviços Públicos, seja realizado o serviço necessário para melhoria do escoamento de água de chuva em frente à escada de entrada para a porta principal da Igreja Matriz, haja vista que, nos dias de chuva forte, a água desvia do bueiro existente no local e corre pela escadaria que dá acesso à rua no lado de baixo da Igreja, chegando a formar uma pequena “cachoeira”.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção na estrada que liga o Bairro Lagoa ao Bairro Pedrão, realizando cascalhamento e roçagem das laterais da estrada.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção no calçamento do trecho de estrada localizado em frente à Igreja, no bairro Estiva.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do responsável pela manutenção das estradas rurais, sejam feitas a roçagem do mato e as saídas de água na estrada de acesso à propriedade da senhora Neusa, no bairro Alecrim, sentido bairro São Domingos.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção e cascalhamento em trechos da estrada do bairro Furnas (perto da Igrejinha / Carmo Coffe), em frente à propriedade do senhor José Belmiro Monti e perto do Mário Ribeiro até chegar no Benedito Batista. Juntamente com esses serviços, também roçar os matos que já estão fechando a estrada.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>62</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja analisada a possibilidade da Travessa José Fortes Bustamante (rua onde fica localizado o restaurante Hpito) voltar a ser mão dupla de circulação.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja feita uma faixa elevada próximo ao posto Candola e faixa de pedestre em frente ao posto Candola e ao supermercado do Indalécio, dando acesso aos demais estabelecimentos da Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>3757</t>
-  </si>
-[...1 lines deleted...]
-    <t>64</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que seja aumentado o quebra-molas localizado próximo à autoescola didática e também que seja sinalizada de melhor forma, sendo pintada e colocado placas de indicação.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja providenciada a urgente manutenção da estrada rural localizada no Bairro Santo António que se encontra em estado crítico, conforme imagem que acompanha o presente requerimento.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>66</t>
   </si>
@@ -6849,50 +7029,1321 @@
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento e o cascalhamento de um trecho de estrada no bairro Pedrão, ao lado da residência da senhora Horacilda.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja realizada a colocação de cascalho nos trechos da estrada do bairro Lagoa.</t>
   </si>
   <si>
+    <t>4531</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, Deildo Nunes Pereira</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/164_-_requerimento_-_06-10-2025_-_manilha_claudio_rodrigues_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao senhor Prefeito: que seja realizada a limpeza completa do trecho da Av. Cláudio Rodrigues de Souza, nas proximidades do portão da Copasa.</t>
+  </si>
+  <si>
+    <t>4532</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/164_-_requerimento_-_06-10-2025_-_rua_coronel_machado.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das vias públicas, seja realizada manutenção completa no calçamento da Rua Coronel Machado, abrangendo todos os trechos onde há afundamento e pedras soltas, uma vez que ainda persistem problemas em diversos pontos da via.</t>
+  </si>
+  <si>
+    <t>4533</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/165_-_requerimento_-_06-10-2025_-_placa_obra_prefeitura_perto_atineia.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: remoção e reinstalação da placa de obra da Prefeitura, atualmente fixada na esquina da Rua Xavier Lisboa com a Rua Dona Inácia Macedo, para outro local mais adequado e seguro.</t>
+  </si>
+  <si>
+    <t>4534</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/166_-_requerimento_-_06-10-2025_-_limpeza_beirada_estrada_angu.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizada a limpeza das laterais da Estrada Municipal do Bairro Angu, que atualmente encontra-se tomada por mato e galhos.</t>
+  </si>
+  <si>
+    <t>4535</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/167_-_requerimento_-_06-10-2025_-_lixeira_venda_do_tonhao.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: instalação de uma lixeira comunitária no bairro Rezende, próximo à Venda do Tonhão, visando atender às necessidades dos moradores e comerciantes da região.</t>
+  </si>
+  <si>
+    <t>4536</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/169_-_requerimento_-_06-10-2025_-_poste_av._claudio_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam tomadas providências junto à Cemig para a substituição do poste de energia elétrica localizado na Avenida Cláudio Rodrigues de Souza, em frente à residência com Nº de Instalação 3012291802, em razão de seu estado de degradação e risco de queda.</t>
+  </si>
+  <si>
+    <t>4537</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, Carlos Alberto Vilas Boas, David Moisés Veloso, Deildo Nunes Pereira, José Paulo da Silva, Ketrym Maria Rodrigues, Luiz Felipe Silva dos Reis, Valdinei de Paula Silva</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/168_-_requerimento_-_06-10-2025_-_conserto_rodovia_mg347_-_furnas.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam tomadas providências junto ao Departamento de Estradas de Rodagem de Minas Gerais – DER/MG, visando a realização de obras de reparo e recuperação da Rodovia MG-347, nas proximidades do km 40, trecho que passa pelo Bairro Furnas, no Município de Pedralva.</t>
+  </si>
+  <si>
+    <t>4538</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/18_-_requerimento_06-08-2025_-_placa_indicativa_bairro_tamandua.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja providenciada a instalação de placas de identificação no Bairro Tamanduá, indicando os acessos e localidades possíveis a partir daquela região.</t>
+  </si>
+  <si>
+    <t>4539</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/171_-_requerimento_-_06-10-2025_-_manutencao_abrigo_rocinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizada manutenção e reparos no abrigo de passageiros situado à margem da Rodovia MG-347, no Bairro Rocinha, conforme mostram as fotos abaixo.</t>
+  </si>
+  <si>
+    <t>4540</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/172_-_requerimento_-_06-10-2025_-_caixa_de_agua_bairro_divisa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: requer a instalação de uma caixa d’água com capacidade adequada para o armazenamento e abastecimento de água do Bairro Divisa.</t>
+  </si>
+  <si>
+    <t>4541</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/033_-_requerimento_-_06-10-2025_-_bueiro_estrada_contendas_posses.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja construído um bueiro com manilhas de 60 (sessenta) centímetros de diâmetro na estrada do Bairro Contendas, no acesso ao Bairro das Posses, na encruzilhada que dá acesso à residência dos familiares do Senhor Dairto Correias.</t>
+  </si>
+  <si>
+    <t>4542</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/034_-_requerimento_-_06-10-2025_-_estrada_pitangueiras_-_reapresentar.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja determinada à Secretaria Municipal de Obras a realização dos seguintes serviços na estrada que dá acesso ao bairro Pitangueiras:_x000D_
+1)	Passar a máquina (patrol) em toda a extensão da estrada;_x000D_
+2)	Cascalhar os pontos necessários, principalmente nos trechos mais críticos;_x000D_
+3)	Aterrar o trecho de estrada desde a balança do Milo até o final da baixada, que se encontra em condições bastante precárias.</t>
+  </si>
+  <si>
+    <t>4543</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/035_-_requerimento_-_06-10-2025_-_uniforme_para_os_funcionarios.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito:  que sejam fornecidos novos uniformes aos servidores da Prefeitura Municipal de Pedralva.</t>
+  </si>
+  <si>
+    <t>4544</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/82_-_requerimento_-_06-10-2025_-_bueiro_estrada_bairro_pedrao_-_moacir.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja construído um bueiro no Bairro Pedrão, nas proximidades da residência do senhor Moacir.</t>
+  </si>
+  <si>
+    <t>4545</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/173_-_requerimento_-_06-10-2025_-_informacoes_sobre_cumprimento_da_lei_de_pertubacao_templos_regiliosos.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: informações e esclarecimentos sobre a aplicação da Lei Municipal nº 2.080, de 06 de junho de 2025, que estabelece sanção correspondente à multa administrativa à pessoa que invadir local destinado a culto ou cerimônia religiosa ou impedir ou perturbar culto ou cerimônia religiosa.</t>
+  </si>
+  <si>
+    <t>4546</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/061_-_requerimento_06-10-2025_-_aumento_carga_transformador_pitangueiras_de_cima.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: requerer que seja encaminhado ofício à Companhia Energética de Minas Gerais – CEMIG, solicitando o aumento da carga do transformador de energia elétrica localizado no Bairro Pitangueiras de Cima, nas proximidades da instalação de número 3001570791, neste município.</t>
+  </si>
+  <si>
+    <t>4547</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/062_-_requerimento_06-10-2025_-_calcamento_em_frente_igreja_cristo_redentor.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: realizar calçamento no trecho da Avenida Antônio Firmino Ferreira Neto, em frente à Igreja da Comunidade Cristo Redentor, no bairro Anhumas, proporcionando melhores condições de trânsito, segurança e acessibilidade para os moradores, frequentadores da igreja e transeuntes da região.</t>
+  </si>
+  <si>
+    <t>4548</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/063_-_requerimento_06-10-2025_-_informacoes_sobre_a_aplicacao_do_recurso_calcamento_pitangueiras.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito:_x000D_
+•	Qual foi o valor total gasto com o calçamento recentemente realizado no Bairro Pitangueiras?_x000D_
+•	Todo o recurso da emenda destinada a esta obra foi utilizado?_x000D_
+•	Caso não tenha sido utilizado na totalidade, em qual obra ou finalidade será aplicado o saldo remanescente?</t>
+  </si>
+  <si>
+    <t>4569</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/032_-_requeriment_13-10-2025_-_estrada_3_paineiras.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: que determine ao setor de obras a passagem de máquina para nivelamento e melhorias na estrada pública do Bairro Três Paineiras, que passa pelas propriedades do Senhor Cido e do Senhor José Maria e faz ligação com o Bairro Pitangueiras, bem como a construção de um bueiro com 6 (seis) manilhas no ponto indicado na fotografia que segue abaixo.</t>
+  </si>
+  <si>
+    <t>4570</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/033_-_requerimento_13-10-2025_-_entrada_mae_jarbinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: realização de serviço de patrolamento e nivelamento na entrada da propriedade da Senhora Sônia, mãe do senhor Jarbinha, situada no Bairro Três Paineiras, zona rural deste município.</t>
+  </si>
+  <si>
+    <t>4571</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/034_-_requerimento_13-10-2025_-_reforma_2_pontes_pitangueiras.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: reforma de duas pontes localizadas no Bairro Pitangueiras e a finalização do calçamento da via pública até uma das pontes, tendo em vista as más condições de tráfego e os transtornos enfrentados pelos moradores, principalmente em períodos chuvosos.</t>
+  </si>
+  <si>
+    <t>4572</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/19_-_requerimento_13-10-2025_-_identificar_veiculos_da_prefeitura_-_adesivo.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: providenciar a identificação de todos os veículos oficiais do município por meio da colocação de adesivos nas portas, indicando a secretaria a que cada veículo pertence, garantindo maior transparência e controle sobre a frota pública.</t>
+  </si>
+  <si>
+    <t>4573</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/174_-_requerimento_-_10-10-2025_-_rampa_acesso_jardim.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: construção de rampa de acesso para cadeirantes e pessoas com dificuldade de locomoção no Jardim Geraldo Carneiro de Rezende, localizado na Praça Doutor Carneiro de Rezende, garantindo acessibilidade adequada e correta sinalização para todos os cidadãos.</t>
+  </si>
+  <si>
+    <t>4574</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/035_-_requerimento_13-10-2025_-_lixeira_floresta_paim.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: instalação de uma lixeira pública na beirada da estrada municipal do Bairro Floresta, em frente à residência do senhor Paim.</t>
+  </si>
+  <si>
+    <t>4575</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/20_-_requerimento_13-10-2025_-__reajuste_real_vencimento_dos_servidores_publicos.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: envio, à Câmara Municipal, das seguintes informações:_x000D_
+1.	como está sendo elaborada a programação orçamentária e financeira da Prefeitura de Pedralva para o exercício de 2026 quanto à previsão de reajuste salarial dos servidores públicos municipais;_x000D_
+2.	qual é a previsão de percentual de reajuste a ser aplicado, e se há possibilidade de concessão de reajuste real, isto é, aumento acima da reposição inflacionária, tomando como referência o percentual do reajuste previsto para o salário mínimo nacional em 2026;_x000D_
+3.	tais valores já estão contemplados na proposta da Lei Orçamentária Anual (LOA) de 2026.</t>
+  </si>
+  <si>
+    <t>4576</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/175_-_requerimento_-_13-10-2025_-_lagoa_limpeza_para_festa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: limpeza geral do bairro, incluindo roçada de mato, pintura de meio-fio, varrição das ruas e demais serviços necessários, de modo a deixar a comunidade mais bonita e organizada para receber os visitantes no dia 04 de novembro, quando será comemorado o Dia de Nossa Senhora Mãe Navegante.</t>
+  </si>
+  <si>
+    <t>4577</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/83_-_requerimento_-_13-10-2025_-_bairro_pipa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído um bueiro no Bairro Pipa, ao lado da residência do senhor Lázaro Gomes.</t>
+  </si>
+  <si>
+    <t>4578</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/84_-_requerimento_13-10-202_-_manutencao_de_rua_em_frente_rodoviaria.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a manutenção da rua localizada ao lado da rodoviária municipal, onde diversos bloquetes se encontram soltos.</t>
+  </si>
+  <si>
+    <t>4579</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/85_-_requerimento_13-10-2025_-_bairro_lagoa_-_esgoto_-_adenilson_rosa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a limpeza do córrego localizado no Bairro Lagoa, nas proximidades da residência do senhor Ademilson Rosa.</t>
+  </si>
+  <si>
+    <t>4580</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/176_-_requerimento_-_13-10-2025_-_manutencao_parquinho.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: manutenção no parquinho infantil localizado ao lado do Clube Operário, considerando que o carpete está desgastado e rasgando, oferecendo risco às crianças que utilizam o espaço. Que seja feita a substituição ou reparo do carpete, bem como a verificação de outros equipamentos do parquinho, garantindo a segurança e o bem-estar das crianças que frequentam o local.</t>
+  </si>
+  <si>
+    <t>4581</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/177_-_requerimento_-_13-10-2025_-_pista_de_caminhada.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: reitera requerimentos apresentados em 13 de janeiro, 10 de fevereiro, 22 de abril e 4 de agosto de 2025, para que, através do setor responsável, sejam realizadas melhorias na pista de caminhada “Amado José da Silva”:_x000D_
+1.	colocar pedras de rio ou brita na parte que não é pavimentada, para avitar que forme barro, nos dias de chuva; e_x000D_
+2.	fazer o correto escoamento da água de chuva nas laterais, de forma a evitar que a água de chuva e a lama invadam a pista.</t>
+  </si>
+  <si>
+    <t>4582</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/064_-_requerimento_13-10-2025_-_boca_de_lobo_entupida_-_em_frente_casa_dinho_da_contendas.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: limpeza da boca de lobo localizada em frente à garagem da residência do senhor conhecido por Dinho da Contendas, situada na estrada de acesso ao Bairro Contendas, próximo à propriedade do senhor João Fernandes.</t>
+  </si>
+  <si>
+    <t>4583</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/065_-_requerimento_13-10-2025_-_manutencao_calcamento_proximo_a_farmacia_economize.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: manutenção no calçamento em bloquetes no trecho localizado em frente à loja de calçados Santos, ponto onde termina a Travessa José Fortes Bustamante (trecho em pedra paralelepípedo) e inicia-se o calçamento em bloquetes.</t>
+  </si>
+  <si>
+    <t>4584</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/30_-_requerimento_13-10-2025_-__lixo_caindo_caminhao.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que comunique o setor responsável pela coleta de lixo para que adote providências quanto ao lixo que vem caindo dos caminhões de coleta durante o trajeto, tanto nas estradas vicinais quanto nas vias asfaltadas do município.</t>
+  </si>
+  <si>
+    <t>4585</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/21_-_requerimento_13-10-2025_-__incendio_pedra_branca_audiencia_publica.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que seja realizada uma audiência pública para debater e discutir as questões relacionadas ao incêndio que atingiu o topo da Serra da Pedra Branca, apresentando à comunidade as ações adotadas para identificação, monitoramento e combate do fogo, bem como as medidas previstas para a recuperação da área afetada. Destaca-se, ainda, a importância de promover um diálogo público sobre as estratégias de proteção e preservação da Serra da Pedra Branca, com o objetivo de prevenir novos incidentes e preparar o município para responder adequadamente a possíveis ameaças futuras.</t>
+  </si>
+  <si>
+    <t>4593</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/036_-_requerimento_-_20-10-2025_-_poda_arvore_jesse_e_eliana_-_pitangueiras.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: realizar, com máxima urgência, o corte ou poda de duas árvores localizadas próximas à residência do Sr. Jesse e da Sra. Eliane, no bairro Pitangueiras, próximo à Igreja de Santa Luzia, cujos galhos estão encostados na fiação principal da rede elétrica.</t>
+  </si>
+  <si>
+    <t>4594</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/178_-_requerimento_-_20-10-2025_-_lixeira_em_frente_dionisio.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja determinada à Secretaria Municipal competente a instalação de uma lixeira comunitária na esquina da Rua Paiva Júnior com a Praça Carneiro de Rezende, em frente ao Bar do Dionísio.</t>
+  </si>
+  <si>
+    <t>4595</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/179_-_requerimento_-_20-10-2025_-_placa_de_conta_mao_esquina_da_rua_paica_junior_proximo_camara.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: instalação de placa de “Proibido Trânsito de Ônibus e Caminhões” na esquina da Rua Geraldo P. Osório com a Rua Paiva Júnior, e de placa de “PARE” na esquina da Rua Paiva Júnior com a Praça Carneiro de Rezende, neste Município.</t>
+  </si>
+  <si>
+    <t>4596</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/180_-_requerimento_-_20-10-2025_-_fechar_campinho_da_bica.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja providenciado o fechamento ou a devida sinalização do campinho da Bica, localizado ao lado da Academia de Saúde "Sabará", neste município.</t>
+  </si>
+  <si>
+    <t>4597</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/181_-_requerimento_-_20-10-2025_-_esgoto_vazando_na_rua_jose_monti_sobrinho.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam realizados os procedimentos necessários para solucionar o problema de esgoto que está vazando no início da Rua José Monti Sobrinho, logo após a saída da rodovia e entrada na referida via.</t>
+  </si>
+  <si>
+    <t>4598</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/182_-_requerimento_-_20-10-2025_-_grade_bueiro_entrada_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja providenciada a troca da grade do bueiro na entrada do cemitério, cujas condições pode ser observada na foto que segue abaixo, aproveitando as obras de reforma em andamento.</t>
+  </si>
+  <si>
+    <t>4599</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/183_-_requerimento_-_20-10-2025_-_demolir_velorio_e_extender_rua_jose_dos_santos_marques.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja estudada a possibilidade de demolir o prédio do Velório Municipal, atualmente não utilizado para sua finalidade, de forma a permitir a construção de uma rua no local, visando atender ao interesse público e melhorar o acesso ao Cemitério Municipal.</t>
+  </si>
+  <si>
+    <t>4600</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/86_-_requerimento_20-10-2025_-_manutencao_de_rua_bairro_pedrao_cecilia.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a manutenção do calçamento no Bairro Pedrão, ao lado da residência da senhora Cecília Veloso.</t>
+  </si>
+  <si>
+    <t>4601</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/87_-_requerimento_20-10-2025_-_cascalho_estrada_bairro_lagoa_maria_da_fe.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja colocado cascalho em trechos críticos do Bairro Lagoa, iniciando logo acima do bairro até a divisa com o município de Maria da Fé.</t>
+  </si>
+  <si>
+    <t>4602</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/88_-_requerimento_20-10-2025_-_solicitando_medicao_do_terreno_da_prefeitura_localizado_no_bairro_lagoa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, a prefeitura realize a medição do terreno público localizado no Bairro Lagoa, adquirido em administrações anteriores.</t>
+  </si>
+  <si>
+    <t>4603</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/89_-_requerimento_20-10-2025_-_manutencao_de_esgoto__lagoa_-_em_frente_escola.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja realizado o desentupimento do esgoto localizado no bairro Lagoa, logo à frente da escola.</t>
+  </si>
+  <si>
+    <t>4604</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/90_-_requerimento_20-10-2025_-_instalacao_de_lixeira_e_placa_de_pare_-_dionisio.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja instalada uma lixeira e uma placa de “PARE” ao lado do Bar do Dionísio, localizado no centro da cidade.</t>
+  </si>
+  <si>
+    <t>4605</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/036_-_requerimento_20-10-2025_-_der_-_terra_beirada_rodovia.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Coordenador Regional do DER-MG: que o Departamento de Edificações e Estradas de Rodagem de Minas Gerais (DER/MG) – Regional de Itajubá, realize a limpeza e desobstrução das sarjetas da Rodovia MG-347, em trecho pertencente ao município de Pedralva.</t>
+  </si>
+  <si>
+    <t>4628</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizada a recuperação do bueiro e do calçamento em trecho da Rua José Adolfo de Faria, localizada no Bairro Bela Vista, conforme evidenciado nas fotos abaixo.</t>
+  </si>
+  <si>
+    <t>4629</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, Ketrym Maria Rodrigues</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: realizar manutenção completa da via de acesso à Bananinha - Fazenda Bela Vista Ltda., fábrica de doces de banana, localizada no bairro Bela Vista, iniciando na saída da Rodovia MG-347 e seguindo pela Rua José Adolfo Faria, incluindo reparos nos buracos, limpeza e construção de sarjetas, nivelamento dos trechos danificados e remoção do tronco de árvore que obstrui parcialmente a passagem, garantindo assim segurança, acessibilidade e plena circulação de veículos, inclusive caminhões que precisam chegar à fábrica</t>
+  </si>
+  <si>
+    <t>4630</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: instalação de uma academia ao ar livre na pista de caminhada “Amado José da Silva”, visando proporcionar à população um espaço adequado para a prática de atividades físicas e promoção da saúde.</t>
+  </si>
+  <si>
+    <t>4631</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>Jerson Papi de Sousa, Carlos Alberto Vilas Boas, José Paulo da Silva</t>
+  </si>
+  <si>
+    <t>desta solicitação ao senhor Prefeito: drenagem lateral na Estrada do Bairro Contendas, no local conhecido como Cava-Funda.</t>
+  </si>
+  <si>
+    <t>4632</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: manutenção na ponte localizada na estrada do Bairro Contentas, no local conhecido como Cava-Funda, devido às condições de risco apresentadas, uma vez que os pranchões encontram-se podres e quebrados, oferecendo perigo à população que diariamente utiliza a via.</t>
+  </si>
+  <si>
+    <t>4633</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>Jerson Papi de Sousa, José Paulo da Silva</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: manutenção da estrada e dos bueiros localizados na estrada de acesso à residência do senhor Milson e à casa de seu filho, no bairro Contendas.</t>
+  </si>
+  <si>
+    <t>4634</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: construção de bueiro na estrada do bairro Rocinha, em frente à residência do senhor Wilson, bem como o cascalhamento da estrada de acesso à propriedade do referido senhor, visando a melhoria do acesso e das condições de circulação para moradores e usuários da localidade.</t>
+  </si>
+  <si>
+    <t>4635</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>Ketrym Maria Rodrigues, Jerson Papi de Sousa</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável providencie a retirada dos materiais que foram deixados na Rua Casemiro Osório.</t>
+  </si>
+  <si>
+    <t>4636</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/190_-_requerimento_-_27-10-2025_-__pinturas_quebra-mola_av._tancredo_neves.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: execução de pintura horizontal nos quebra-molas e faixas elevadas da Avenida Tancredo Neves, bem como instalação de sinalização vertical, visando aumentar a visibilidade para os motoristas e garantir maior segurança aos pedestres.</t>
+  </si>
+  <si>
+    <t>4637</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/191_-_requerimento_-_27-10-2025_-__tamandua_-_substituir_canos_por_manilha_-_nardo.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: substituído o sistema de drenagem pluvial existente (composto por canos) por manilhas adequadas na estrada próxima à residência do Sr. Nardo, situada no Bairro Tamanduá.</t>
+  </si>
+  <si>
+    <t>4638</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/91_-_requerimento_27-10-2025_-_bairro_lagoa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o desentupimento de uma manilha localizada no bairro Lagoa, logo acima do “Coração” com as diretrizes escritas “Nossa Senhora Mãe Navegante”.</t>
+  </si>
+  <si>
+    <t>4639</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/92_-_requerimento_27-10-2025_-__bairro_pedrao_preta.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja vista a possibilidade da construção de um pequeno trecho de calçamento, com aproximadamente 20 metros, em frente à igrejinha do bairro Pedra Preta, podendo ser utilizados bloquetes reaproveitados, retirados de outras vias da cidade.</t>
+  </si>
+  <si>
+    <t>4640</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/93_-_requerimento_27-10-2025_-_bairro_estiva.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento e o cascalhamento de um trecho de estrada localizado ao lado da igreja do bairro Estiva.</t>
+  </si>
+  <si>
+    <t>4641</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/94_-_requerimento_27-10-2025_-__bela_vista.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento da estrada do bairro Bela Vista, iniciando na baixada ao lado da ponte.</t>
+  </si>
+  <si>
+    <t>4642</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/95_-_requerimento_27-10-2025_-_indicacao_de_placas.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que através do setor responsável seja realizada a instalação de placas de identificação indicando a localização dos bairros Belo Ramo, Santo Antônio, Estiva, Lagoa e Pedra Preta.</t>
+  </si>
+  <si>
+    <t>4643</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/066_-_requerimento_27-10-2025_-_reforma_ponte_rocinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizada, com a máxima brevidade possível, a reforma e elevação da ponte localizada no bairro Rocinha, nas proximidades da propriedade do senhor Zé Francisco.</t>
+  </si>
+  <si>
+    <t>4644</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/067_-_requerimento_27-10-2025_-_calcamento_rocinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizado o calçamento da estrada do bairro Rocinha, especialmente no trecho onde há maior concentração de residências, tendo em vista as condições precárias de tráfego e os transtornos enfrentados pelos moradores, sobretudo em períodos de chuva e poeira.</t>
+  </si>
+  <si>
+    <t>4655</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/052_-_requerimento_05-11-2025_-__lixeira_bairro_cubataozinho.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável consulte a disponibilidade para a instalação de uma lixeira no bairro Cubatãozinho.</t>
+  </si>
+  <si>
+    <t>4656</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Vilas Boas, Deildo Nunes Pereira, Ketrym Maria Rodrigues</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/22_-_requerimento_05-11-2025_-_urgencia_especial_pl_58.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 58, de 2025, que dispõe sobre a concessão de contribuição financeira à Associação Cultural Grupo Afroblack de Minas Gerais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4657</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/038_-_requerimento_05-11-2025_-_acostamento_bairro_rocinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: que seja realizado o serviço de construção de um acostamento no Bairro Rocinha, em frente à residência do Sr. Laércio, atendendo a uma reivindicação antiga dos moradores da localidade.</t>
+  </si>
+  <si>
+    <t>4658</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/068_-_requerimento_05-11-2025_-_melhoria_acesso_estrada_pitangueira.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam realizadas melhorias em toda a extensão da estrada que liga a cidade ao Bairro Pitangueiras.</t>
+  </si>
+  <si>
+    <t>4659</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/069_-_requerimento_05-11-2025_-_melhoria_chegada_adilson_pola_nas_posses.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam realizados serviços de máquina para melhoria da via de acesso à propriedade do senhor Adilsom Póla, localizada no Bairro Posses, com destino ao depósito de bananas, bem como a construção de um bueiro, garantindo melhores condições de tráfego e segurança.</t>
+  </si>
+  <si>
+    <t>4666</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/037_-_requerimento_-_10-11-2025_-_beco_dos_vianas.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja encaminhada equipe da Secretaria de Obras para realizar o nivelamento da via (passagem de máquina para correção dos buracos) e posterior calçamento do trecho da rua localizada no Bairro Anhumas, conhecido como “Beco dos Vianas”.</t>
+  </si>
+  <si>
+    <t>4667</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/96_-_requerimento_10-11-2025_-_estrada_pedrao_-_lagoa_-_benedito_nascimento.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras da Prefeitura, seja colocado cascalho em dois trechos da estrada do bairro Pedrão, sentido bairro Lagoa, ao lado da propriedade do senhor Benedito Nascimento.</t>
+  </si>
+  <si>
+    <t>4668</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/97_-_requerimento_10-11-2025_-__manilha_quebrada_-_bairro_pedrao_-_roberto_acir.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, por intermédio do setor de Obras da Prefeitura, seja realizada a substituição de uma manilha quebrada localizada à beira da estrada, no bairro Pedrão, ao lado da residência do senhor Roberto Acir.</t>
+  </si>
+  <si>
+    <t>4669</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito:  que sejam adotadas, com máxima urgência, as medidas necessárias para solucionar o grave problema de infestação de mosquitos que afeta os bairros Contendas, Furnas, Anhumas e Rocinha. Que sejam tomadas medidas como: 1. Vistoria e identificação dos focos de proliferação dos mosquitos nesses bairros; 2. Adoção imediata de medidas de controle e eliminação dos criadouros; e 3. Realização de campanhas de orientação à população sobre prevenção e eliminação de possíveis focos nas residências.</t>
+  </si>
+  <si>
+    <t>4670</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/193_-_requerimento_10-11-2025_-_estrada_pipa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: manutenção urgente da estrada rural do Bairro Pipa, neste município.</t>
+  </si>
+  <si>
+    <t>4671</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/194_-_requerimento_-_10-11-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: reitera o requerimento apresentado em 17 de março e 4 de agosto de 2025, solicitando que seja determinado ao setor competente, especialmente à Secretaria de Obras, a realização de melhorias na estrada do Bairro Estiva, mais precisamente na estrada de acesso à antiga cascalheira, a qual se encontra em péssimas condições de tráfego, com valetas, buracos e caixas de bueiro sem grade de proteção. Além disso, solicita-se melhorias na estrada secundária localizada em frente à Igrejinha do referido bairro, que também apresenta condições inadequadas para o tráfego seguro.</t>
+  </si>
+  <si>
+    <t>4672</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/195_-_requerimento_-10-11-2025_-_ponte_da_usina_pedrao_que_caiu.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que, através do setor de obras, com a orientação e acompanhamento do setor de engenharia civil, seja contruída uma nova ponte na estrada do bairro Usina Pedrão, a qual caiu, sendo uma via que serve como atalho de ligação para vários bairros, entre eles Tamanduá, Usina Pedrão, Pipa, Correias, Pedrão e outros.</t>
+  </si>
+  <si>
+    <t>4673</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>David Moisés Veloso, Jerson Papi de Sousa</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/98_-_requerimento_10-11-2025_-__informacoes_licitacao_lagoa_-_pl_136-2024.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que a Prefeitura Municipal de Pedralva notifique a empresa vencedora do Processo Licitatório nº 136/2024 – Concorrência nº 010/2024, referente à contratação de empresa especializada para adequação de estradas vicinais nos bairros Pedrão e Lagoa, para que sejam iniciadas as obras conforme o contrato e projeto aprovados.</t>
+  </si>
+  <si>
+    <t>4674</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/99_-_requerimento_10-11-2025_-_cesta_natal_aos_funcionarios_publicos_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que sejam adotadas as providências necessárias para a concessão de Cestas de Natal aos servidores públicos municipais, conforme a prática adotada em anos anteriores.</t>
+  </si>
+  <si>
+    <t>4675</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/100_-_requerimento10-11-2025_-_bairro_pipa_-_cascalho.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja colocado cascalho em um trecho logo à frente da ponte do bairro Pipa.</t>
+  </si>
+  <si>
+    <t>4684</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/196_-_requerimento_-17-11-2025_-_quebra-mola_e_faixa-elevada_-_joaquina_lopes.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam tomadas as providências necessárias para a construção de uma faixa elevada para travessia de pedestres no local do atual quebra-molas existente na Rua Joaquina Lopes.</t>
+  </si>
+  <si>
+    <t>4685</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/197_-_requerimento_-17-11-2025_-_bela_vista_-_caixa_dagua.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja providenciada a instalação de uma nova caixa d’água no Bairro Bela Vista, em substituição à atual, que se encontra rachada e sem condições adequadas de armazenamento, comprometendo o abastecimento dos moradores.</t>
+  </si>
+  <si>
+    <t>4686</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/198_-_requerimento_-17-11-2025_-_lagoa_-_curva_do_coracao.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que os setores de Obras e Engenharia realizem um estudo técnico visando ao alargamento da curva conhecida como “Curva do Coração”, localizada no Bairro Lagoa, no sentido de acesso proveniente do Município de Maria da Fé. O objetivo é avaliar as condições estruturais do trecho e, após a conclusão do estudo, executar as intervenções necessárias e possíveis para melhorar o tráfego, especialmente de veículos de grande porte, que enfrentam grande dificuldade para manobrar no local.</t>
+  </si>
+  <si>
+    <t>4687</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/199_-_requerimento_-_17-11-2025_-_caixa_de_agua_bairro_divisa.pdf</t>
+  </si>
+  <si>
+    <t>4688</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/038_-_requerimento_-_17-11-2025_-_estrada_pitangueiras_milo_monti.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que determine à Secretaria competente a realização de serviços de manutenção na estrada do bairro Pitangueiras, consistindo em:_x000D_
+•	Passagem da máquina em todo o trecho da estrada;_x000D_
+•	Cascalhamento dos pontos que se fizerem necessários;_x000D_
+•	Aterro da baixada do Milo Monti, no trecho que vai da balança até o início do morro.</t>
+  </si>
+  <si>
+    <t>4689</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/200_-_requerimento_-_17-11-2025_-_capina_mato_laterais_estradas_rurais.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que determine ao setor competente a realização imediata da roçagem do mato nas beiradas das estradas rurais de todo o município, considerando o avanço da vegetação que vem prejudicando o tráfego e a segurança dos usuários. Como exemplo, cito o Bairro Usina do Pedrão, onde a situação se mostra crítica, conforme demonstrado nas fotos anexas.</t>
+  </si>
+  <si>
+    <t>4690</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/201_-_requerimento_-_17-11-2025_-_espaco_para_eventos.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que o Poder Executivo envide esforços no sentido de promover a construção ou adequação de um espaço público destinado à realização dos mais diversos eventos do Município, permitindo a implantação de uma área estruturada com capacidade para receber com segurança e comodidade as festividades do município.</t>
+  </si>
+  <si>
+    <t>4691</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/039_-_requerimento_17-11-2025_-_manutencao_serra_do_balaio.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: que seja realizada, com urgência, a manutenção geral da Serra do Balaio, incluindo serviços de patrolamento, cascalhamento, desobstrução de pontos críticos, limpeza das margens e demais ações necessárias para garantir condições adequadas de tráfego e segurança aos usuários da via.</t>
+  </si>
+  <si>
+    <t>4698</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/101_-_requerimento_24-11-2025_-__pintura_de_meios_fios_bairro_pedra_preta.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a limpeza do calçamento e a pintura dos meios-fios no bairro Pedra Preta.</t>
+  </si>
+  <si>
+    <t>4699</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/102_-_requerimento_24-11-2025_-__estrada_bairro_pedrao.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento, cascalhamento e a limpeza das bocas de bueiros na estrada localizada logo acima da igreja do bairro Pedrão, sentido à residência do Sr. Gilmar e da Sra. Patrícia.</t>
+  </si>
+  <si>
+    <t>4700</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/103_-_requerimento_24_-_11-_2025_-_manutencao_do_poco_artesiano_bairro_lagoa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que seja realizada a manutenção no poço artesiano do bairro Lagoa, tendo em vista que o automático da bomba encontra-se danificado em torno de 1 ano e, até o prezado momento, nada foi feito para solucionar este problema.</t>
+  </si>
+  <si>
+    <t>4701</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/104_-_requerimento_24-11-2025_-_boeiro_bairro_estiva.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a colocação de mais manilhas no bueiro existente na estrada do bairro Estiva, sentido bairro Serrinha.</t>
+  </si>
+  <si>
+    <t>4702</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/105_-_requerimento_24-11-2025_-_limpeza_terra_na_esf_bairro_lagoa.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que através do setor responsável seja realizada a limpeza completa da terra acumulada na Estratégia de Saúde da Família do bairro Lagoa.</t>
+  </si>
+  <si>
+    <t>4703</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/202_-_requerimento_-_17-11-2025_-_melhorias_trecho_cruzamento_da_sao_sebastiao_com_a_padre_marino.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que, através da Secretaria Municipal de Obras, sejam realizadas melhorias no calçamento e no bueiro situados no cruzamento da Rua São Sebastião com a Rua Padre Marino.</t>
+  </si>
+  <si>
+    <t>4704</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>Jerson Papi de Sousa, David Moisés Veloso, Deildo Nunes Pereira, José Paulo da Silva</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/203_-_requerimento_-_24-11-2025_-_esgoto_acougue_marcos.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que intervenha junto à COPASA para que seja solucionado, com a máxima urgência, o problema recorrente de estouro e vazamento de esgoto na Rua Dona Miquita, especificamente no passeio da propriedade do senhor Marcos Vinícius de Castro, realizando os reparos necessários na rede de esgoto e garantindo o adequado funcionamento do sistema.</t>
+  </si>
+  <si>
+    <t>4736</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/204_-_requerimento_-_01-12-2025_-_sabara_academia.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que o setor responsável pela manutenção dos prédios públicos do município tome providências quanto ao estado que se encontram os banheiros da Academia de Saúde "Benedito da Silva, vulgo Sabará", no Bairro Bica, haja vista a situação em que se encontra devido a ações de vândalos.</t>
+  </si>
+  <si>
+    <t>4737</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/205_-_requerimento_-_01-12-2025_-_buraco_no_cruzamento_rua_pedro_monte_com_sao_sebastiao.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que o Setor de Obras realize o reparo necessário no calçamento da Rua Pedro Monti com a Rua São Sebastião, local onde os bloquetes se soltaram e formaram um buraco, oferecendo risco aos pedestres e veículos que circulam pela via.</t>
+  </si>
+  <si>
+    <t>4738</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/206_-_requerimento_-_01-12-2025_-calcamento_em_frente_posto_candola.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: realização de manutenção no calçamento da Avenida Tancredo Neves, no trecho situado em frente ao Posto Candola, especificamente na junção da rodovia com o calçamento em pedra paralelepípedo.</t>
+  </si>
+  <si>
+    <t>4739</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/207_-_requerimento_-_01-12-2025_-_igreja_e_prefeitura_informar_atividades_para_amissao_de_alvara_-_lei_da_pertubacao.pdf</t>
+  </si>
+  <si>
+    <t>encaminhada à Prefeitura Municipal de Pedralva e à Paróquia São Sebastião de Pedralva a seguinte solicitação:_x000D_
+_x000D_
+•	À Prefeitura: determinar aos setores competentes da Administração Municipal o integral cumprimento da Lei nº 2.080, de 6 de junho de 2025, a qual estabelece sanção administrativa por multa à pessoa que invadir local destinado a culto ou cerimônia religiosa, bem como àquele que impedir ou perturbar culto ou cerimônia religiosa._x000D_
+_x000D_
+•	À Paróquia São Sebastião de Pedralva: encaminhar à Prefeitura Municipal, especialmente aos setores responsáveis pela emissão de alvarás e organização de eventos públicos, o cronograma atualizado das celebrações, missas, cerimônias religiosas e demais atividades da igreja, para fins de cumprimento da Lei nº 2.080, de 6 de junho de 2025, que assegura a integridade e o não impedimento ou perturbação de cultos e cerimônias religiosas.</t>
+  </si>
+  <si>
+    <t>4740</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/208_-_requerimento_-_01-12-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: reitera o requerimento apresentado em 17 de março, 4 de agosto de 2025 e 10 de novembro de 2025, solicitando que seja determinado ao setor competente, especialmente à Secretaria de Obras, a realização de melhorias na estrada do Bairro Estiva, mais precisamente na estrada de acesso à antiga cascalheira, a qual se encontra em péssimas condições de tráfego, com valetas, buracos e caixas de bueiro sem grade de proteção. Além disso, solicita-se melhorias na estrada secundária localizada em frente à Igrejinha do referido bairro, que também apresenta condições inadequadas para o tráfego seguro.</t>
+  </si>
+  <si>
+    <t>4741</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/039_-_requerimento_-_01-12-2025_-_estadio_monti.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito:_x000D_
+ •	que seja encaminhado à Câmara Municipal: _x000D_
+•	Informações sobre o andamento da reforma do Estádio Monti;_x000D_
+•	Previsão de quando os atletas poderão retomar suas atividades esportivas no estádio;_x000D_
+•	Esclarecimento sobre os motivos da demora na conclusão das obras;_x000D_
+•	Indicação de quem atualmente responde pelo Departamento de Esportes, para que reclamações e solicitações possam ser direcionadas adequadamente.</t>
+  </si>
+  <si>
+    <t>4742</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/106_-_requerimento_01-12-2025_-_bairro_pedrao_-_limpeza_mato_praca.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizada a roçagem da grama no espaço situado ao lado da igreja no bairro Pedrão, bem como a limpeza dos matos existentes nas margens da rua.</t>
+  </si>
+  <si>
+    <t>4743</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/107_-_requerimento_01-12-2025_-_bueiro_pedra_preta_campinho.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras da Prefeitura, seja construído um bueiro com proteção de grade, onde foi realizado o manilhamento pela prefeitura no campinho de futebol bairro Lagoa.</t>
+  </si>
+  <si>
+    <t>4744</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/31_-_requerimento_-_limpeza_bairro_pedrao_-_01-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Exmo. Senhor Prefeito Municipal: que seja realizado a limpeza e roçada das ruas do bairro Pedrão, próximo a igreja do bairro, trata-se de uma rua que já possui calçamento, porém encontra-se com mato em sua margem, sendo necessário a devida manutenção.</t>
+  </si>
+  <si>
     <t>4124</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Alice Pimenta Werneck</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do departamento de cultura, seja criado em Pedralva um projeto cultural intitulado “Cultura Viva”</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>Arthur Henrique Faria Constanti</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através dos setores responsáveis pela manutenção das estradas rurais e pela manutenção das ruas da cidade, sejam melhoradas as estradas da área rural e as ruas da cidade.</t>
@@ -7560,50 +9011,197 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Comunidade do Bairro Lagoa, pela realização do evento “Show de Prêmios”, ocorrido no dia 31 de agosto de 2025, em prol da Igreja de Nossa Senhora Mãe dos Navegantes.</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Prefeitura Municipal de Pedralva pela realização do 28º Rodeio de Pedralva, ocorrido entre os dias 11 a 14 de setembro, organizado pela empresa Guto Eventos.</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sindicato Rural de Pedralva, pela cessão do espaço de evento à empresa Guto Eventos, possibilitando assim a realização do 28º Rodeio de Pedralva, promovido entre os dias 11 e 14 de setembro.</t>
   </si>
   <si>
+    <t>4549</t>
+  </si>
+  <si>
+    <t>David Moisés Veloso, Luiz Felipe Silva dos Reis</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/12_-_mocao_de_aplauso_a_comunidade_do_bairro_pedrao_06-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso e Congratulação, a ser encaminhada a Comunidade do Bairro Pedrão, pela realização da tradicional “Festa de Santa Terezinha”, realizada no último final de semana.</t>
+  </si>
+  <si>
+    <t>4567</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/04_-_mocao_aplauso_e_agradecimento_combate_incendio_pedra_branca.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS a todos os profissionais, instituições e cidadãos que atuaram de forma exemplar nas ações de combate ao incêndio ocorrido na Serra da Pedra Branca.</t>
+  </si>
+  <si>
+    <t>4592</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/12_-_mocao_aplauso_-_aciso_v2.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE MENÇÃO ELOGIOSA aos militares da Polícia Militar de Minas Gerais que participaram da Ação Cívico-Social (ACISO) – PMMG 250 Anos, realizada no município de Pedralva/MG, no dia 11 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>4621</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/13_-_mocao_aplauso_-_rita_-_aposentou_-_auxiliar_de_servicos_gerais.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos a servidora Rita Conceição Gonçalves, ocupante do cargo de Auxiliar de Serviços Gerais da Prefeitura Municipal de Pedralva, que encerrou sua carreira em 15 de agosto de 2025, após dedicar-se com esmero e comprometimento à administração municipal desde 13 de maio de 2014.</t>
+  </si>
+  <si>
+    <t>4622</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/14_-_mocao_aplauso_-maia_aparecida_-_aposentou.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à professora Maria Aparecida de Fátima Theodoro Lopes, pelos extraordinários serviços prestados à educação de nosso município, durante o período de 31 de março de 2000 a 30 de agosto de 2025, neste momento de sua aposentadoria.</t>
+  </si>
+  <si>
+    <t>4623</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/15_-_mocao_aplauso_-_jose_paulo_-_servidor_aposentado.pdf</t>
+  </si>
+  <si>
+    <t>José Paulo de Vilas Boas, que, com dedicação, compromisso e amor ao trabalho, prestou relevantes serviços à nossa cidade como Ajudante de Serviços Gerais, no período de 01 de junho de 1994 a 22 de setembro de 2025, agora se aposentando.</t>
+  </si>
+  <si>
+    <t>4624</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/16_-_mocao_aplauso_-_benedito_lopes_rangel.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao servidor público Benedito Lopes Rangel, que desempenhou com excelência a função de Motorista por mais de 21 anos, de 24 de maio de 2004 a 30 de setembro de 2025, dedicando-se incansavelmente ao serviço público e à comunidade pedralvense.</t>
+  </si>
+  <si>
+    <t>4625</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/05_-_mocao_aplauso_-_jussara_coroline.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS à JUSSARA CAROLINE, em reconhecimento à sua coroação como Rainha da Boa Vizinhança, realizada na cidade de Pouso Alegre.</t>
+  </si>
+  <si>
+    <t>4626</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/11_-_mocao_aplauso_-_dnj.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS aos jovens da Paróquia São Sebastião de Pedralva, em reconhecimento à participação no Dia Nacional da Juventude (DNJ), realizado no dia 26 de outubro de 2025, na cidade de Três Corações – MG, e pela conquista do 2º lugar como caravana mais animada do evento.</t>
+  </si>
+  <si>
+    <t>4627</t>
+  </si>
+  <si>
+    <t>David Moisés Veloso, Deildo Nunes Pereira</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/13_-_mocao_a_estiva_-_27-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso e Congratulação, a ser encaminhada a Associação de Moradores do Bairro Estiva, pela brilhante organização e realização do Show de Prêmios, ocorrido no dia 26 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>4654</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/12_-_mocao_aplauso_-_edson_e_ana_clara.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS aos atletas Ana Clara Goulart Fernandes Yumiya e Edson Takaiyuki Yumiya Junior, em reconhecimento ao excelente desempenho e conquistas alcançadas na competição realizada em Poços de Caldas, destacando-se como exemplos de dedicação, disciplina e superação no esporte.</t>
+  </si>
+  <si>
+    <t>4676</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/17_-_mocao_aplauso_-_governador_do_rio_de_janeiro.pdf</t>
+  </si>
+  <si>
+    <t>esta MOÇÃO DE APLAUSO ao Excelentíssimo Senhor Governador do Estado do Rio de Janeiro, CLAUDIO CASTRO, pela firme atuação e comprometimento na promoção da segurança pública, destacando a megaoperação realizada nos Complexos do Alemão e da Penha.</t>
+  </si>
+  <si>
+    <t>4677</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/18_-_mocao_aplauso_-_policia_do_rio_de_janeiro.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO à Polícia Civil e à Polícia Militar do Estado do Rio de Janeiro pela atuação na megaoperação realizada no Complexo do Alemão, com destaque para a apreensão de grande quantidade de armamentos e o heroísmo dos militares envolvidos.</t>
+  </si>
+  <si>
+    <t>4678</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/14_-_modelo_mocao_de_aplauso_-_mae_nagegante.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso e Congratulação, a ser encaminhada à comunidade do Bairro Lagoa, pela realização da Novena e Festa em honra a Nossa Senhora Mãe Navegante, ocorrida entre os dias 26 de outubro a 4 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>4679</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/15_-_modelo_mocao_de_aplauso__-_colegio_-_feitec.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso e Congratulação, a ser encaminhada a comunidade escolar da Escola Estadual Comendador Mário Goulart Santiago, em reconhecimento pela realização da 2ª Feira de Trabalhos Técnicos, realizada na sexta-feira, dia 07 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>4745</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento de Dona Sebastiana da Silva, carinhosamente conhecida como Thana Carrera ou Thana do Sabará.</t>
+  </si>
+  <si>
     <t>4197</t>
   </si>
   <si>
     <t>Moção (Câmara Jovem)</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos atletas/estudantes da Escola Estadual Professor Arcádio do Nascimento Moura, que com dedicação, esforço e espírito esportivo representaram com excelência o nosso município na etapa microrregional dos Jogos Escolares - JEMG 2025.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos organizadores do 25º Rodeio de Pedralva, realizado entre os dias 11 e 14 de setembro de 2025, pelo brilhante trabalho e iniciativa social durante o evento.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf</t>
@@ -7731,50 +9329,101 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2 apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf</t>
   </si>
   <si>
     <t>Emenda nº 3 apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
+    <t>4561</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/emenda_1_ao_plo_43-2025_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda nº 1 - Apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
+    <t>4617</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/emenda_no_04_-_plc_8-2025_-_modificativa.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA Nº 4 – MODIFICATIVA _x000D_
+Modifique-se o artigo 220 do Projeto de Lei Complementar nº 8/2025, passando a constar com a seguinte redação:_x000D_
+“Art. 220. Esta lei Complementar entra em vigor 90 (noventa) dias após sua publicação.”</t>
+  </si>
+  <si>
+    <t>4618</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/emenda_no_05_-_plc_8-2025_-_aditiva.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA Nº 5 – ADITIVA _x000D_
+Acrescenta-se, após o artigo 217 do Projeto de Lei Complementar nº 8/2025, um novo artigo, procedendo-se à renumeração dos artigos subsequentes, com a seguinte redação: _x000D_
+“As disposições deste Código aplicar-se-ão integralmente às novas edificações e reformas realizadas após sua entrada em vigor. Nas áreas já consolidadas do Município, em que as condições urbanísticas preexistentes inviabilizem a aplicação dos parâmetros de afastamento, recuos e demais exigências, o Executivo poderá, mediante regulamentação, admitir a flexibilização ou adequação das normas, observada a segurança e o interesse público.”</t>
+  </si>
+  <si>
+    <t>4619</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/emenda_no_06_-_plc_8-2025_-_aditiva.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA Nº 6 – ADITIVA _x000D_
+Acrescenta-se, após o artigo 217 do Projeto de Lei Complementar nº 8/2025, um novo artigo, procedendo-se à renumeração dos artigos subsequentes, com a seguinte redação: _x000D_
+ “Fica incluído, no prazo estabelecido para que a presente lei entre em vigor, a obrigação de o Poder Executivo realizar ampla divulgação desta lei, utilizando todos os seus canais oficiais de comunicação, incluindo, mas não se limitando a, websites, redes sociais, jornais oficiais, rádios e quaisquer outros meios institucionais disponíveis, de forma a assegurar amplo conhecimento por parte da população.”</t>
+  </si>
+  <si>
+    <t>4727</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_2_ao_plo_43-2025_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda apresentada pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
     <t>3723</t>
   </si>
   <si>
     <t>PRJU</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Felício de Mesquita Carneiro</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei Complementar nº 01/2025.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 01/2025.</t>
@@ -7953,53 +9602,50 @@
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 21/2025.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 020/2025.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 16/2025.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Complementar nº 03/2025.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 22/2025.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf</t>
@@ -8301,50 +9947,218 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Ordinária nº 48/2028.</t>
   </si>
   <si>
+    <t>4550</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/parecer_76-2025_-_plo_43-2025_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer jurídico emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
+    <t>4551</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/parecer_77-2025_-_pl_50-2025_-_denomina_logradouro_publico.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 50/2025.</t>
+  </si>
+  <si>
+    <t>4552</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/parecer_78-2025_-_pl_51-2025_-_denomina_logradouro_publico.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 51/2025.</t>
+  </si>
+  <si>
+    <t>4553</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/parecer_79-2025_-_pl_52-2025_-_denomina_logradouro_publico.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 52/2025.</t>
+  </si>
+  <si>
+    <t>4554</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/parecer_80-2025_-_pl_53_-2025_-_credito_suplementar_saude.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 53/2025.</t>
+  </si>
+  <si>
+    <t>4586</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/parecer_82-2025_-_plo_54-2025_-_credito_suplementar_-_superavit_excesso_e_anulacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 54/2025.</t>
+  </si>
+  <si>
+    <t>4606</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/parecer_87-2025_-_plo_55-2025_-_veda_nomeacao_de_pessoas_condenadas.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 55/2025.</t>
+  </si>
+  <si>
+    <t>4607</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/parecer_88-2025_-_pl_57-2025_-_credito_suplementar_-_superavit_financeiro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 57/2025.</t>
+  </si>
+  <si>
+    <t>4608</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/parecer_89-2025_-_pl_56-2025_-_denominacao_ubs.pdf</t>
+  </si>
+  <si>
+    <t>Parecer jurídico emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Ordinária nº 56/2025.</t>
+  </si>
+  <si>
+    <t>4645</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/parecer_90-2025_-_plo_58-2025_-_contribuicao_financeira_grupo_afroblack.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Ordinária nº 58/2025.</t>
+  </si>
+  <si>
+    <t>4662</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/parecer_92-2025_-_plo_60-2025_-_credito_suplementar_-_anulacao_superavit_e_excesso_de_arrecadacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 60/2025.</t>
+  </si>
+  <si>
+    <t>4705</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/parecer_98-2025_-_substitutivo_ao_pl_59-2025_-_medidor_de_glicose.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 59/2025.</t>
+  </si>
+  <si>
+    <t>4706</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/parecer_99-2025_-_pl_62-2025_-_denominacao_rua.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 62/2025.</t>
+  </si>
+  <si>
+    <t>4707</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/parecer_100-2025_-_plo_63-2025_-_credito_suplementar_-_excesso_de_arrecadacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 63/2025.</t>
+  </si>
+  <si>
+    <t>4708</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 64/2025.</t>
+  </si>
+  <si>
+    <t>4746</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/parecer_96-2025_-_pl_61-2025_-_gratificacao_por_assiduidade_-_docencia.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 61/2025.</t>
+  </si>
+  <si>
+    <t>4747</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/parecer_103-2025_-_pre_03-2025_-_alteracao_escola_do_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Resolução nº 3/2025.</t>
+  </si>
+  <si>
+    <t>4748</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4748/parecer_102-2025_-_pre_04-2025_-_gincana_do_saber.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Resolução nº 4/2025.</t>
+  </si>
+  <si>
+    <t>4749</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/parecer_104-2025_-_plc_09-2025_-_criacao_vaga_engenheiro.docx.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Complementar nº 9/2025.</t>
+  </si>
+  <si>
     <t>3727</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de LJR</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 01/2025.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 01/2025.</t>
   </si>
   <si>
     <t>3729</t>
@@ -8799,50 +10613,239 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação às Emendas apresentadas ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
+    <t>4555</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/parecer_pl_43-2025_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
+    <t>4556</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/parecer_pl_44-2025_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 44/2025.</t>
+  </si>
+  <si>
+    <t>4557</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/parecer_pl_50-2025_-_nome_rua__marco_lisboa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 50/2025.</t>
+  </si>
+  <si>
+    <t>4558</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/parecer_pl_51-2025_-_rua_nelson_rocha.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 51/2025.</t>
+  </si>
+  <si>
+    <t>4559</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/parecer_pl_52_-_2025_-_rua_joffre.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 52/2025.</t>
+  </si>
+  <si>
+    <t>4560</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/parecer_pl_53-2025_-_credito_suplementar_saude_357.800.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 53/2025.</t>
+  </si>
+  <si>
+    <t>4587</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/parecer_pl_54-2025_-_credito_suplementar_educacao_-_260.00000.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 54/2025.</t>
+  </si>
+  <si>
+    <t>4609</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/parecer_pl_55-2025_-_veda_nomeacao_cargo_publico_condenados_por_crimes.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 55/2025.</t>
+  </si>
+  <si>
+    <t>4610</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/parecer_pl_56-2025_-_denominacao_ubs_vintem_e_centro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 56/2025.</t>
+  </si>
+  <si>
+    <t>4611</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/parecer_pl_57-2025_-_credito_suplementar_-_calcamento_e_praca_rua_maria_cibele.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 57/2025.</t>
+  </si>
+  <si>
+    <t>4646</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/parecer_pl_58-2025_-_contribuicao_financeira_festival_afro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 58/2025.</t>
+  </si>
+  <si>
+    <t>4647</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/parecer_emendas_4_5_e_6_-_plc_8-2025_-_codigo_de_edificacoes.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação às Emenda nº 4, 5 e 6 ao Projeto de Lei Complementar nº 8/2025.</t>
+  </si>
+  <si>
+    <t>4681</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/parecer_pl_60-2025_-_credito_suplementar_1.239.000.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 60/2025.</t>
+  </si>
+  <si>
+    <t>4728</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/parecer_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 63/2025.</t>
+  </si>
+  <si>
+    <t>4732</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/parecer_pl_59-2025_-_dispositivo_medir_glicose.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 59/2025.</t>
+  </si>
+  <si>
+    <t>4733</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 62/2025.</t>
+  </si>
+  <si>
+    <t>4734</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 63/2025.</t>
+  </si>
+  <si>
+    <t>4735</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 64/2025.</t>
+  </si>
+  <si>
+    <t>4750</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/parecer_plc_9-2025_-_cargo_de_engenheiro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 9/2025.</t>
+  </si>
+  <si>
+    <t>4751</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4751/parecer_pl_61-2025_-_gratificaca_assiduidade_docencia.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 61/2025.</t>
+  </si>
+  <si>
+    <t>4752</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4752/parecer_pr_3-2025_-_veda_reeleicao_camara_jovem.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 3/2025.</t>
+  </si>
+  <si>
+    <t>4753</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4753/parecer_pr_4-2025_-_gincana_do_saber.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 4/2025.</t>
+  </si>
+  <si>
     <t>3731</t>
   </si>
   <si>
     <t>PCFOF</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de FOFF</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 01/2025.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 02/2025.</t>
   </si>
   <si>
     <t>3769</t>
@@ -9090,50 +11093,140 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
+    <t>4562</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/34_-_parecer_cfoff_-_pl_53-2025_-_credito_suplementar_saude_-_veiculo_e_esf.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 53/2025.</t>
+  </si>
+  <si>
+    <t>4588</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/35_-_parecer_cfoff_-_pl_54-2025_-_credito_suplementar_260.000_-_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 54/2025.</t>
+  </si>
+  <si>
+    <t>4613</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/36_-_parecer_cfoff_-_plc_8-2025_-_codigo_de_edificacoes.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei Complementar nº 8/2025.</t>
+  </si>
+  <si>
+    <t>4614</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/37_-_parecer_cfoff_-_pl_57-2025_-_credito_suplementar_rua_e_praca_maria_cibele.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 57/2025.</t>
+  </si>
+  <si>
+    <t>4648</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/38_-_parecer_cfoff_-_pl_58-2025_-_festa_afro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei Ordinária nº 58/2025.</t>
+  </si>
+  <si>
+    <t>4663</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/39_-_parecer_cfoff_-_pl_44-2025_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 44/2025.</t>
+  </si>
+  <si>
+    <t>4682</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/40_-_parecer_cfoff_-_pl_60-2025_-_credito_suplementar_1.239.000.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 60/2025.</t>
+  </si>
+  <si>
+    <t>4724</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/41_-_parecer_cfoff_-_pl_43-2025_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
+    <t>4725</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/42_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira as Emenda Impositivas -  Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
+    <t>4726</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/43_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 63/2025.</t>
+  </si>
+  <si>
     <t>3733</t>
   </si>
   <si>
     <t>PCSPO</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de SPOAM</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei Complementar nº 01/2025.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 08/2025.</t>
@@ -9285,50 +11378,149 @@
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 42/2025.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei Complementar nº 8 de 2025.</t>
   </si>
   <si>
+    <t>4563</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/22_-_parecer_pl_50_-_2025_-_rua_marcos_lisboa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 50/2025.</t>
+  </si>
+  <si>
+    <t>4564</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/23_-_parecer_pl_51_-_2025_-_rua_nelson_rocha.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 51/2025.</t>
+  </si>
+  <si>
+    <t>4565</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/24_-_parecer_pl_52_-_2025_-_rua_joffre_mohallem.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 52/2025.</t>
+  </si>
+  <si>
+    <t>4615</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/25_-_parecer_pl_56_-_2025_-_denominacao_ubs_vintem_e_centro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 56/2025.</t>
+  </si>
+  <si>
+    <t>4616</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/26_-_parecer_pl_57_-_2025_-_credito_suplementar_-_rua_e_praca_maria_cibele.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 57/2025.</t>
+  </si>
+  <si>
+    <t>4649</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/27_-_parecer_emenda_4_plc_8_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal à Emenda nº 4 ao Projeto de Lei Complementar nº 8/2025.</t>
+  </si>
+  <si>
+    <t>4650</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/28_-_parecer_emenda_5_plc_8_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal à Emenda nº 5 ao Projeto de Lei Complementar nº 8/2025.</t>
+  </si>
+  <si>
+    <t>4651</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/29_-_parecer_pl_55_-_2025_-_vedacao_contraacao_de_pessoa_condenada.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 55/2025.</t>
+  </si>
+  <si>
+    <t>4664</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/30_-_parecer_pl_44_-_2025_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 44/2025.</t>
+  </si>
+  <si>
+    <t>4729</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/31_-_parecer_pl_62_-_2025_-_nome_rua_vianas.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 62/2025.</t>
+  </si>
+  <si>
+    <t>4730</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/32_-_parecer_pl_43_-_2025_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 43/2025.</t>
+  </si>
+  <si>
     <t>3734</t>
   </si>
   <si>
     <t>PCOES</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente da OESC</t>
   </si>
   <si>
     <t>COESC - Comissão da Ordem Econômica, Social e Cultural</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 02/2025.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 07/2025.</t>
@@ -9411,126 +11603,297 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 31/2025.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
+    <t>4660</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/14_-_parecer_pl_58-2025_-_festa_afro.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei Ordinária nº 58/2025.</t>
+  </si>
+  <si>
+    <t>4665</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/15_-_parecer_pl_44-2025_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 44/2025.</t>
+  </si>
+  <si>
     <t>3897</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Parecer de Comissão Especial</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo relator da Comissão Especial nomeada através da Portaria nº 11/2025 à Proposta de Emenda à LOM nº 1/2025.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Presidente da Comissão Especial, nomeada através da Portaria nº 011/2025, a Emenda à LOM nº 1/2025.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão Especial, nomeada pela Portaria nº 17/2025, à Proposta de Emenda à LOM nº 2/2025.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>ED</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf</t>
   </si>
   <si>
     <t>Edital - Audiência Pública - Lei de Diretrizes Orçamentárias.</t>
   </si>
   <si>
+    <t>4612</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/edital_-_ap_-_codigo_de_edificacoes.pdf</t>
+  </si>
+  <si>
+    <t>Edital de Convocação - Audiência Pública - Código Municipal de Edificações.</t>
+  </si>
+  <si>
+    <t>4661</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/edital_-_loa_e_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Edital de Convocação - Audiência Pública - LOA 2026 e PPA 2026 a 2029</t>
+  </si>
+  <si>
     <t>4155</t>
   </si>
   <si>
     <t>PCont</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf</t>
   </si>
   <si>
     <t>Parecer prévio do Tribunal de Contas sobre as contas do ex-prefeito Josimar Silva de Freitas, referente ao exercício de 2023.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>SubEm</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Subemenda nº 1 apresentada à Emenda nº 1 ao Projeto de Lei nº 23/2025.</t>
+  </si>
+  <si>
+    <t>4709</t>
+  </si>
+  <si>
+    <t>EmImp</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva Individual e de bancada</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/01_-_emenda_impositiva_individual_-_alexandre.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 1 - Vereador Alexandre Jhonatan de Souza - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4710</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/02_-_emenda_impositiva_individual_-_carlinho.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 2 - Vereador Carlos Alberto Vilas Boas - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4711</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/03_-_emenda_impositiva_individual_-_david.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 3 - Vereador David Moisés Veloso - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4712</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/04_-_emenda_impositiva_individual_-_deildo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 4 - Vereador Deildo Nunes Pereira - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4713</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/05_-_emenda_impositiva_individual_-_jerson.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 5 - Vereador Jerson Papi de Sousa - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4716</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/06_-_emenda_impositiva_individual_-_jose_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 6 - Vereador José Paulo da Silva - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4717</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/07_-_emenda_impositiva_individual_-_ketrym.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 7 - Vereadora Ketrym Maria Rodrigues - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4718</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/08_-_emenda_impositiva_individual_-_luiz_felipe.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 8 - Vereador Luiz Felipe Silva dos Reis - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4719</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/09-_emenda_impositiva_individual_-_nei.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 9 - Vereador Valdinei de Paula Silva - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4720</t>
+  </si>
+  <si>
+    <t>PSD</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/10_-_emenda_impositiva_de_bancada_-_psd.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 10 - Bancada do PSD - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4721</t>
+  </si>
+  <si>
+    <t>UNIÂO</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/11_-_emenda_impositiva_de_bancada_-_uniao.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 11 - Bancada UNIÂO - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4722</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/12_-_emenda_impositiva_de_bancada_-_pt.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 12 - Bancada do PT - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
+  </si>
+  <si>
+    <t>4723</t>
+  </si>
+  <si>
+    <t>PP</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/13_-_emenda_impositiva_de_bancada_-_pp.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva nº 13 - Bancada PP - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -9834,66 +12197,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3688/01_-_projeto_de_lei_no_01-2025_-_reajuste_funcionarios_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3689/02_-_projeto_de_lei_no_02-2025_-_fornecimento_de_materiais_escolar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3690/03_-_projeto_de_lei_no_03-2025_-_reajuste_funcionarios_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3735/04_-_projeto_de_lei_no_04-2025_-_prevencao_e_combate_moscas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3789/05_-_projeto_de_lei_no_05-2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3790/06_-_projeto_de_lei_no_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3791/07_-_projeto_de_lei_no_07-2025_-_revoga_paragrafo_unico_-_art._7_-_lei_1679-2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3851/08_-_projeto_de_lei_no_08-2025_-_nome_de_rua_-_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3852/09_-_projeto_de_lei_no_09-2025_-_nome_de_rua_-_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3853/10_-_projeto_de_lei_no_010-2025_-_nome_de_rua_-_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3854/11_-_projeto_de_lei_no_011-2025_-_atendimento_prioridade_no_atendimento_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3917/12_-_projeto_de_lei_no_012-2025_-_credito_especial_491.71408_-_servicos_de_media_e_alta_complexidade_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3918/13_-_projeto_de_lei_no_013-2025_-_credito_especial_61.200_-_rateio_consorcio_publico_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3957/14_-_projeto_de_lei_no_014-2025_-_credito_suplementar_474.91325_-_indenizacoes_-_sentenc_judic_contribuicoes_ent_portad_deficienc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3997/15_-_projeto_de_lei_no_015-2025_-_estagiario_pos-graduacao_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3998/16_-_projeto_de_lei_no_016-2025_-_revoga_lei_1676-2016_chacaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3999/17_-_projeto_de_lei_no_017-2025_-_ldo_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4000/18_-_projeto_de_lei_no_018-2025_-_tranferir_recursos_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4001/19_-_projeto_de_lei_no_019-2025_-_credito_suplementar_295.100_-_departamento_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4002/20_-_projeto_de_lei_no_020-2025_-_aumento_do_valor_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4003/21_-_projeto_de_lei_no_021-2025_-_alteracao_lei_2070_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4022/22_-_projeto_de_lei_no_022-2025_-_sancao_pertubacao_cultos_e_cerimonias_religiosas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4023/23_-_projeto_de_lei_no_023-2025_-_gratificacao_motoristas_e_servidores_efetivos_-_responsavel_por_setores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4064/24_-_projeto_de_lei_no_024-2025_-_faixa_de_dominio_publico__rodovias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4079/25_-_projeto_de_lei_no_025-2025_-_financiamento_bdmg.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4174/26_-_projeto_de_lei_no_026-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4175/27_-_projeto_de_lei_no_027-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4192/28_-_projeto_de_lei_no_028-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4209/29_-_projeto_de_lei_no_029-2025_-_reserva_de_vagas_estacionamento_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4221/30_-_projeto_de_lei_no_030-2025_-_contratacao_temporaria_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4224/31_-_projeto_de_lei_no_031-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4248/32_-_projeto_de_lei_no_032-2025_-_contribuicao_pedrock.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4249/33_-_projeto_de_lei_no_033-2025_-_credito_suplementar_1.243.000_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4268/34_-_projeto_de_lei_no_034-2025_-_credito_suplementar_1.600.000_-_veiculos-maquinas_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4284/35_-_projeto_de_lei_no_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4285/36_-_projeto_de_lei_no_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4286/37_-_projeto_de_lei_no_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/38_-_projeto_de_lei_no_038-2025_-_nome_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/39_-_projeto_de_lei_no_039-2025_-_nome_rua_eunice_rezende.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/40_-_projeto_de_lei_no_040-2025_-_nome_rua_antonio_custodio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/41_-_projeto_de_lei_no_041-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/42_-_projeto_de_lei_no_042-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/43_-_projeto_de_lei_no_043-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/44_-_projeto_de_lei_no_044-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/45_-_projeto_de_lei_no_045-2025_-__debitos_fiscais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/46_-_projeto_de_lei_no_046-2025_-__protesto_extrajudicial_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/47_-_projeto_de_lei_no_047-2025_-__contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3687/01_-_projeto_de_lei_no_01-2025_-_altera_escolaridade_-_diretores_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3788/02_-_projeto_de_lei_complementar_no_02-2025_-_cria_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4024/03_-_projeto_de_lei_complementar_no_03-2025_-_cria_cargo_de_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4222/04_-_projeto_de_lei_complementar_no_04-2025_-_diminui_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4251/05_-_projeto_de_lei_complementar_no_05-2025_-_cargo_supervisor_hospitalar.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3674/01_-_requerimento_-_06-01-2025_-_pedindo_reapresentar_projetos_regulamenta_insalubridade_e_insentivo_financeiro_profissionais_saude.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3675/02_-_requerimento_-_06-01-2025_-_trecho_estrada_anhumas_-_liga_avenida_antonio_fermino.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3676/03_-_requerimento_-_06-01-2025_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3677/04_-_requerimento_-_06-01-2025_-_lixeira_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3678/05_-_requerimento_-_06-01-2025_-_santo_antonio_-_estrada_perto_dra._luiza.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3679/06_-_requerimento_-_06-01-2025_-_estrada_angu_-_proximo_propriedade_da_elis.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3680/07_-_requerimento_-_06-01-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3681/08_-_requerimento_-_06-01-2025_-_ponte_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3682/09_-_requerimento_-_06-01-2025_-_informar_quais_sao_os_secretarios_e_diretores_de_departamento.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3683/01_-_requerimento_06-01-2025_-_melhoria_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3684/01_-_requerimento_-_06-01-2025_-_bebedouro_parquinho_ao_lado_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3685/02_-_requerimento_-_06-01-2025_-_locais_para_instalacao_de_bicicletario.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3691/010_-_requerimento_-_13-01-2025_-_sede_estrategia_saude_familia_lagoa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3692/011_-_requerimento_-_13-01-2025_-_rocagem_barranco_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3693/012_-_requerimento_-_13-01-2025_-_muro_de_arrimo_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3694/013_-_requerimento_-_13-01-2025_-_rocagem_mato_limpeza_ruas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3695/01_-_requerimento_-_13-01-2025_-_contratacao_de_pediatra_e_agronomo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3696/016_-_requerimento_-_13-01-2025_-_manutencao_pipa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3697/015_-_requerimento_-_13-01-2025_-_manutencao_estrada_estrada_paulino_baixadao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3698/014_-_requerimento_-_13-01-2025_-_estrada_baixadao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3699/017_-_requerimento_-_13-01-2025_-_grade_protecao_bueiro_rua_prf_claudio_bustamante.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3706/04_-_requerimento_13-01-2025_-_alecrim.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3707/05_-_requerimento_13-01-2025_-__cemiterio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3708/04_-_requerimento_13-01-2025_-_buracos_rua_josimo_tome.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3709/03_-_requerimento_13-01-2025_-_tiao_pereira_cafarnaum.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3710/02_-_requerimento_13-01-2025_-_limpeza_calcada_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3711/01_-_requerimento_13-01-2025_-_coleta_lixo_pitangueiras_e_contendas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3712/021_-_requerimento_-_13-01-2025_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3713/020_-_requerimento_-_13-01-2025_-_mato_beirada_rua_rua_doutor_macedo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3714/019_-_requerimento_-_13-01-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3715/04_-_requerimento_13_01_2025_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3716/03_-_requerimento_13_01_2024_boeiro_na_pipa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3717/05_-_requerimento_13_01_2025_esf_lagoa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3718/02_-_requerimento_-_13-01-2025_-_rua_dona_maria_cibele_problemas_de_escoamento_de_chuva.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3719/022_-_requerimento_-_13-01-2025_-_casas_popular.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3720/06_-_requerimento_13-01-2025_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3738/023_-_requerimento_-_21-01-2025_-_terminar_de_asfaltar_av._flavio_antonio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3739/024_-_requerimento_-_21-01-2025_-_boeiro_final__avenida_sebastiao_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3740/025_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-tamandua.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3759/05_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-_tamandua.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3760/01_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3762/02_-_requerimento_21-01-2025_-_estrada_sertaozinho_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3763/03_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_tres_paineiras.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3764/04_-_requerimento_21-01-2025_-_calcamento_rua_de_acesso_localidade_conhecida_como_geraldo_de_deus.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3765/05_-_requerimento_21-01-2025_-_manutencao_estrada_cidade_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3766/01_-_requerimento_bairro_pedrao_estrada_de_acesso_a_pedra_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3767/02_-_requerimento_bairro_correas_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3770/033_-_requerimento_-_27-01-2025_-_cortar_arvore_no_bairro_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3771/06_-_requerimento_27-01-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3772/03_-_requerimento_27-01-2024_-_urgencia_especial_pl_03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3773/04_-_requerimento_-_27-01-2025_-_cruzamento_campestre.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3774/05_-_requerimento_-_27-01-2025_-_reformar_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3775/034_-_requerimento_-_27-01-2025_-_aplicacao_do_decreto_de_estagio_probatorio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3776/035_-_requerimento_-_27-01-2025_-_bueiro_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3777/036_-_requerimento_-_27-01-2025_-trevo_campestre.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3778/037_-_requerimento_-_27-01-2025_-_carnaval.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3779/07_-_requerimento_27-01-2025_-_beco_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3780/04_-_requerimento_-_27-01-2025_-_estrada_contendas_familia_dairton_correa.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3781/06_-_requerimento_27-01-2025_-_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3782/07_-_requerimento_27-01-2025_-_calcar_beco_predio_tonho_do_onorfo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3783/09_-_requerimento_27_01_2025_bomba_do_poco_artesiano_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3784/010_-_requerimento_27_01_2025_bueiro_proximo_coracao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3792/010_-_requerimento_03-02-2025_-_quebra_molas_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3793/011_-_requerimento_03-02-2025_-_faixa_elevada_ruas_casemiro_osorio_e_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3794/012_-_requerimento_03-02-2025_-_placa_identificacao_rua_braz_claudino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3795/013_-_requerimento_03-02-2025_-_quantidade_de_vagas_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3796/08_-_requerimento_03-02-2025_-__rua_frei_orestes_-bueiro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3797/05_-_requerimento_-_03-02-2025_-_quebra-molas_contendas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3798/06_-_requerimento_-_03-02-2025_-_bueiro_entupido_em_frente_serralheria_do_marcelo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3799/038_-_requerimento_-_03-02-2025_-_esgoto_avenida_flavio_antonio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3800/039_-_requerimento_-_03-02-2025_-_capina_mato_loteamento_claudio_bustamante_e_demais_ruas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3801/08_-_requerimento_03-02-2025_-_mosquitos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3802/09_-_requerimento_03-02-2025_-__mudanca_rede_poda_eucalipto_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3803/040-_requerimento_-03-02-2025_-_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3804/041_-_requerimento_-_03-02-2025_-_buracos_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3805/042_-_requerimento_-_03-02-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3806/043_-_requerimento_-_03-02-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3807/014_-_requerimento_03-02-2025_-_castelhano_-_rogerio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3808/044_-_requerimento_-_03-02-2025_-_prorrogacao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3809/03_-_requerimento_lar_da_crianca_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3810/04_-_requerimento_manutencao_baixada_do_pedrao_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3811/05__-_requerimento_vila_vicentina_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3812/010_-_requerimento_03-02-2025_-_der_-_ponte_vintem_-_retifica.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3813/11_-_requerimento_03-02-2025_-_virador_de_onibus_estiva.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3814/12_-_requerimento_03-02-2025_-_escola_lagoa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3815/13_-_requerimento_03-02-2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3816/14_-_requerimento_03-02-2025_-_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3830/011_-_requerimento_10-02-2025_-_gabinete_dentario.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3831/045_-_requerimento_-_10-02-2025_-_estrada_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3832/046_-_requerimento_-_10-02-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3833/047_-_requerimento_-_10-02-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3834/048_-_requerimento_-_10-02-2025_-_bueiro_em_frente_sicoob.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3835/049_-_requerimento_-_10-02-2025_-_podar_arvores_lagoa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3836/07_-_requerimento_-_10-02-2025_-_atendimento_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3837/012_-_requerimento_10-02-2025_-_pintura_quebra-molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3838/050_-_requerimento_-_10-02-2025_-_estrada_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3839/051_-_requerimento_-_10-02-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3840/052_-_requerimento_-_10-02-2025_-_passei_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3841/053_-_requerimento_-_10-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3842/054_-_requerimento_-_10-02-2025_-_energia_eletrica_e_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3843/015_-_requerimento_10-02-2025_-_contra_mao_trecho_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3844/016_-_requerimento_10-02-2025_-_urgencia_especial_pls_05_e_06_-_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3845/15_-_requerimento_10-02-2025_-_ponte_estiva.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3846/16_-_requerimento_10-02-2025_-_manilhamento_e_bueiro_rua_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3847/17_-_requerimento_10-02-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3848/06_-_requerimento_abrigo_de_onibus_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3849/07_-_requerimento_manutencao_bairro_pipa_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3856/55_-_requerimento_-_17-02-2025_-_barra_mansa_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3857/56_-_requerimento_-_17-02-2025_-_limpeza_escola_posses_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3858/57_-_requerimento_-_17-02-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3859/09_-_requerimento_17-02-2025_-__bairro_sao_jose_-_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3860/10_-_requerimento_17-02-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3861/58_-_requerimento_-_17-02-2025_-_bairro_corrego_fundo_-_passeio_postes.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3862/59_-_requerimento_-_17-02-2025_-_pedra_-_ze_til.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3863/17_-_requerimento_17-02-2025_-_buracos_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3864/09_-_requerimento_adicional_de_insalubridade_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3865/08_-_requerimento_creche_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3866/18_-_requerimento_17-02-2025_-_manilhas_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3867/19_-_requerimento_17-02-2025_-_esf_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3868/20_-_requerimento_17-02-2025_-_estradas_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3869/21_-_requerimento_17-02-2025_-_estrada_estiva_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3870/22_-_requerimento_17-02-2025_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3871/06_-_requerimento_-_17-02-2025_-_programa_de_melhoramento_genetico.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3872/013_-_requerimento_17-02-2025_-_construcao_abrigo_sertaozinho_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3879/60_-_requerimento_-_24-02-2025_-_pequenas_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3880/61_-_requerimento_-_24-02-2025_-__ponte_na_pipa_-_perto_do_lolo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3881/08_-_requerimento_24-02-2025_-_calcamento_local_vira_onibus_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3882/09_-_requerimento_24-02-2025_-_iluminacao_publica_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3883/010_-_requerimento_24-02-2025_-_coleta_de_lixo_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3884/011_-_requerimento_24-02-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3885/012_-_requerimento_24-02-2025_-_poste_iluminacao_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3886/013_-_requerimento_24-02-2025_-_calcamento_perto_curral_do_paulinho_correia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3887/018_-_requerimento_24-02-2025_-_tapa_buracos_-_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3888/019_-_requerimento_24-02-2025_-_rua_jose_belmiro.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3889/23_-_requerimento_24-02-2025_bueiro_lagoa_-_casa_ademilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3890/10_-_requerimento_manutencao_rua_jose_de_oliveira_lopes_24-02-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3901/62_-_requerimento_-_06-03-2025_-_drenagem_agua_lagoa_-_proximo_esf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3902/63_-_requerimento_-_06-03-2025_-_local_para_funcionarios_guardar_seus_veiculos.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3903/014_-_requerimento_06-03-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3904/015_-_requerimento_06-03-2025_-_cemig_-_poste_-_evaristo_vilas_boas_-_posses.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3905/24_-_requerimento_06-03-2025_-_lixeira_lagoa.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3906/016_-_requerimento_10-03-2025_-_abrigo_ponto_de_onibus_vintem.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3907/11_-_requerimento_10-03-2025_-_manutencao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3908/014_-_requerimento_10-03-2025_-_calcamento_lagoa_e_pedrao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3909/015_-_requerimento_10-03-2025_-_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3910/64_-_requerimento_-_10-03-2025_-_manutencao_estradas_bela_vista_e_segredo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3911/65_-_requerimento_-_10-03-2025_-_retirar_monte_de_terra_perto_quadra_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3912/25_-_requerimento_10-03-2025_-_rocar_mato_beirada_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3919/66_-_requerimento_-_17-03-2025_-_fonoaudiologa_psicologo_e_neuropediatra_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3920/67_-_requerimento_-_17-03-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3921/68_-_requerimento_-_17-03-2025_-_posto_saude_lagoa.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3922/69_-_requerimento_-_17-03-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3923/016_-_requerimento_17-03-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3924/017_-_requerimento_17-03-2025_-_estrada_3_paineira_abertao_e_facundes_liga_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3925/018_-_requerimento_17-03-2025_-_bueiro_estrada_tres_paineiras_-_casa_do_cido.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3926/019_-_requerimento_17-03-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho_entrando_proximo_dito_batista.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3927/11_-_requerimento_entidades_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3928/12_-_requerimento_manutencao_bairro_paulino_paixao_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3929/13_-_requerimentotjmg_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3930/020_-_requerimento_17-03-2025_-_lixeira_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3931/021_-_requerimento_17-03-2025_-_poste_cemig_bairro_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3932/022_-_requerimento_17-03-2025_-_fossas_septicas.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3933/023_-_requerimento_17-03-2025_-_limpeza_estrada_paulino_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3934/26_-_requerimento_17-03-2025_-_bueiro_bairro_pipa_-_dito_oscar.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3935/27_-_requerimento_17-03-2025_-_bueiro_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3936/024_-_diaria_para_brasilia.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3943/70_-_requerimento_-_24-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3944/71_-_requerimento_-_24-02-2025_-_lixo_balaio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3945/72_-_requerimento_-_24-03-2025_-_transporte_escolar_alunos_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3946/020_-_requerimento_24-03-2025_-_estrda_cubataozinho_zezinho_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3947/021_-_requerimento_24-03-2025_-lixeira_no_bairro_pitangueirs_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3948/73_-_requerimento_24-03-2025_-_urgencia_especial_pl_12_e_13_-_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3949/08_-_requerimento_-_24-03-2025_-_estrada_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3950/025_-_requerimento_24-03-2025_-_bueiro_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3951/14_-_requerimento_manutencaoposto_de_atendimento_lagoa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3952/15_-_requerimento_manutencaoposto_de_atendimento__estiva.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3953/28_-_requerimento_24-03-2025_-_estrada_pedrao_-_igreja_-_patricia_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3954/29_-_requerimento_24-03-2025_-_patrolamento_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3955/74_-_requerimento_24-03-2025_-_estacionamento_vintem_entrada_acesso_vintem_e_cubaraozinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3962/75_-_requerimento_07-04-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3963/76_-_requerimento_07-04-2025_-_manutencao_estrada_cava_funda_-_dreno_na_beiradas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3964/12_-_requerimento_07-04-2025_-_av._presidente_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3965/13_-_requerimento_07-04-2025_-_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3966/77_-_requerimento_-_07-04-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3967/79_-_requerimento_-_07-04-2025_-_der_-_ponte_vintem_-_rever_trabalho.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3968/80_-_requerimento_-_07-04-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3969/017_-_requerimento_07-04-2025_-_manutencao_calcamento_ruas_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3970/018_-_requerimento_07-04-2025_-_manilhas_bueiro_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3971/09_-_requerimento_-_07-04-2025_-_limpeza_lote_baldio_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3972/10_-_requerimento_-_07-04-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3973/022_-_requerimento_07-04-2025_-_rocar_estrada_cubatao.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3974/023_-_requerimento_07-04-2025_-_maquinas_estradas_lavoura_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3975/024_-_requerimento_07-04-2025_-_cortar_arvore_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3976/81_-_requerimento_-_07-04-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3977/82_-_requerimento_-_07-04-2025_-_bairro_paulino_-_bueiro_entupido.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3978/026_-_requerimento_07-04-2025_-_rocar_estrada_cubatao_-_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3979/027_-_requerimento_07-04-2025_-_lixeira_vintem_-_tino.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3980/028_-_requerimento_07-04-2025_-_manutencao_calcamento_alecrim.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3981/029_-_requerimento_07-04-2025_-_faixa_elevada_rua_principal_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3982/030_-_requerimento_07-04-2025_-_iluminacao_postes_alta_vile_ate_colegio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3983/031_-_requerimento_07-04-2025_-_rua_prof_claudio_de_souza_bustamante.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3984/30_-_requerimento_07-04-2025_-_estrada_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3985/31_-_requerimento_07-04-2025_-_bueiro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3986/32_-_requerimento_07-04-2025_-_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3987/16_-_requerimento_maquinario_para_os_produtores_rurais_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3988/83_-_requerimento_jerson_07-04-2025_-_quadra_coronel.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3989/17_-_requerimento_bairro_correas_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3990/18_-_requerimento_bairrovintem_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4006/84_-_requerimento_-_14-04-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4007/85_-_requerimento_-_14-04-2025_-_estrada_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4008/011_-_requerimento_14-04-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4009/86_-_requerimento_-_14-04-2025_-_trecho_estrada_morro_frio.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4010/87_-_requerimento_-_14-04-2025_-_rua_em_frente_sinesio_-_rua_dona_maria_cibela.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4011/019_-_requerimento_14-04-2025_-_estrada_tamandua_-_vintem.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4012/07_-_requerimento_-_14-04-2025_-_iluminacao_solar_-_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4013/032_-_requerimento_14-04-2025_-_manutencao_estrada_-_atalho_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4014/033_-_requerimento_14-04-2025_-_abrigo_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4015/034_-_requerimento_14-04-2025_-_manutencao_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4016/88_-_requerimento_-_14-04-2025_-_melhorias_estrada_contendas_ao_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4017/89_-_requerimento_-_14-04-2025_-_melhoria_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4018/90_-_requerimento_-_14-04-2025_-_mudanca_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4019/035_-_requerimento_14-04-2025_-_estrada_pedrao_-_velosa.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4020/20_-_requerimento_secretaria_de_saude_-_contratos_prorrogados_2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4021/08_-_requerimento_14-04-2025_-_urgencia_especial_pl_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4028/91_-_requerimento_-_22-04-2025_-_furnas_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4029/93_-_requerimento_-_22-04-2025_-wi-fi_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4030/94_-_requerimento_-_22-04-2025_-_baixadao.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4031/95_-_requerimento_-_22-04-2025_-_correias.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4032/96_-_requerimento_-_22-04-2025_-_campestre_estrada.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4033/025_-_requerimento_22-04-2025_-__inicio_estrada_paulino_-_barra.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4034/026_-_requerimento_22-04-2025_-__estrada_principal_alecrim.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4035/027_-_requerimento_22-04-2025_-__contratacao_pediatra.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4036/92_-_requerimento_-_22-04-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4037/33_-_requerimento_22-04-2025_-_mato_-_lixeira_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4038/34_-_requerimento_22-04-2025_-_bueiro_-_estiva_-_associacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4039/35_-_requerimento_22-04-2025_-_lagoa_-_esf_-_terra_e_mato_patio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4040/36_-_requerimento_22-04-2025_-_lagoa_-_grade_bueiro_-_campo_futebol.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4041/37_-_requerimento_22-04-2025_-_estiva_-_associacao_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4042/38_-_requerimento_22-04-2025_-__boeiro_pedra_preta_ze_tiao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4043/39_-_requerimento_22-04-2025_-_mato_-_patio_-_esf_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4044/40_-_requerimento_22-04-2025_-_patrolar_estrada_estiva_-_cidade.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4045/41_-_requeimento_22-04-2025_-_lagoa_-_patrolar_-_estrada_de_dentro_do_bairro.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4046/42_-_requerimento_22-04-2025_-_manilhamento_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4066/013_-_requerimento_28-04-2025_-_buracos_rua_casemiro_osorio_loja_do_leandro.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4067/012_-_requerimento_28-04-2025_-_lixeira_inicio_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4068/97_-_requerimento_-_28-04-2025_-_psocologo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4069/98_-_requerimento_-_28-04-2025_-_galeria_ex-_vereadores_jovens.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4070/15_-_requerimento_28-04-2025_-_rua_poeta_joao_carneiro.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4071/21_-_requerimento_iluminacao_correas.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4072/99_-_requerimento_-_28-04-2025_-_pedra_batista_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4073/100_-_requerimento_-_28-04-2025_-_informacao_veiculos_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4074/14_-__requerimento_28-04-2025_-__coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4075/036_-_requerimento_28-04-2025_-_repasse_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4076/037_-_requerimento_28-04-2025_-_rua_josino_tome.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4077/020_-_requerimento_28-04-2025_-_cascalhar_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4078/22_-_requerimento_28-04-2025_-_urgencia_especial_pl_20_e_21_-_2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4080/101_-_requerimento_-_05-05-2025_-_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4081/102_-_requerimento_-_05-05-2025_-_agua_da_copasa_para_moradores_apos_centro_de_tratamento_da_copasa.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4082/103_-_requerimento_-_05-05-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4083/09_-_requerimento_05-05-205_-_autorizacao_funcionamento_escola_coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4084/014_-_requerimento_05-05-2025_-_calcamento_em_frente_hpito.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4085/16_-_requerimento_05-05-2025_-_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4086/43_-_requerimento_05-05-2025_-_limpeza_beirada_ruas_pedrao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4087/23_-_requerimento_05-05-2025_-_urgencia_especial_pl_19_-_2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4102/10_-_requerimento_12-05-2025_-_urgencia_especial_pl_25_-_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4108/104_-_requerimento_-_12-05-2025_-_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4109/105_-_requerimento_-_12-05-2025_-_limpeza_no_loteamento_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4110/106_-_requerimento_-_12-05-2025_-_quebra-mola_e_faixa_elevada_rua_principal_de_acesso_ao_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4111/107_-_requerimento_-_12-05-2025_-_passeio_na_rua_professor_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4112/038_-_requerimento_12-05-2025_-_agua_bica.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4113/039_-_requerimento_12-05-2025_-_faixa_elevada_estrada_compestre.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4114/040_-_requerimento_12-05-2025_-_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4115/18_-_requerimento_paulino_12-05-2025_-_aguas_pluviais.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4116/17_-_requerimento_paulino_12-05-2025_-_bloquetes.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4117/028_-_requerimento_12-05-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4118/029_-_requerimento_-_12-05-2025_-_limeira_-_milo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4119/030_-_requerimento_12-05-2025_-_manutencao_toda_estrada_e_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4120/031_-_requerimento_12-05-2025_-_vazamento_de_agua_na_rua_paulo_valdemar.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4121/24_-_requerimento_retorno_do_coral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4122/44_-_requerimento_12-05-2025_-_pedrao_-_tiao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4123/45_-_requerimento_12-05-2025_-_academia_pedrao.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4139/108_-_requerimento_-_19-05-2025_-_limpeza_escola_posses_pedra_preta_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4140/109_-_requerimento_-_19-05-2025_-_reforma_abrigo_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4141/110_-_requerimento_-_19-05-2025_-_esgoto_vazando_na_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4142/041_-_requerimento_19-05-2025_-_esf_posses.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4143/042_-_requerimento_19-05-2025_-_rua_jose_sergio_rezende.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4144/021_-_requerimento_19-05-2025_-_manilhar_rua_maria_cibele_juncao_com_a__rua_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4145/022_-_requerimento_19-05-2025_-_lixeira_amado_afonso_-_beira_rodovia.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4146/015_-_requerimento_19-05-2025_-_casa_popular.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4147/016_-_requerimento_19-05-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4148/017_-_requerimento_19-05-2025_-_radar_rodovia_mg_347_-_rocinha.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4149/018_-_requerimento_19-05-2025_-_rocar_estrada_cidade_ao_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4150/032_-_requerimento_19-05-2025_-_estrada_contendas_-_hilario_-_tiao_chagas.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4151/033_-_requerimento_19-05-2025_-_estraba_liga_balaio_as_posses_-_mario_fernandes.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4152/034_-_requerimento_19-05-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4164/111_-_requerimento_-_26-05-2025_-_rocar_mato_beirada_estrada_do_bairro_castelhano.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4165/112_-_requerimento_-_26-05-2025_-_pedido_informacoes_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4166/113_-_requerimento_-_26-05-2025_-_melhoria_requerimento_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4167/023_-_requerimento_26-05-2025_-_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4168/019_-_requerimento_26-05-2025_-_rocagem_mato_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4169/025_-_requerimento_26-05-2025_-_estrada_flores_ate_castelhano.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4170/024_-_requerimento_26-05-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4171/114_-_requerimento_-_26-05-2025_-_iluminacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4172/115_-_requerimento_-_26-05-2025_-_lixeira_terra_plenagem_espaco_na_beirada__da_rodovia_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4173/46_-_requerimento_26-05-2025_-_rede_de_esgoto_entupida_-_lado_da_escola.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4184/116_-_requerimento_-_02-06-2025_-_atalho_tamandua_vintem_-_monte_de_terra.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4185/035_-_requerimento_02-06-2025_-_reduzir_carga_horario_dos_motoristas_operador_de_maquina_e_pedreiro.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4186/036_-_requerimento_02-06-2025_-_abrir_uma_nova_rua_ligando_o_loteamento_nair_ao_loteamento_claudio.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4187/037_-_requerimento_02-06-2025_-_informacao_sobre_maquina_de_beneficiar_cafe.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4188/038_-_requerimento_02-06-2025_-_lixeira_perto_baiano_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4189/117_-_requerimento_-_02-06-2025_-_ponte_campestre.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4190/47_-_requerimento_academia_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4191/48_-_requerimento_estrada_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4193/25_-_requerimento_bairro_correas_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4194/26_-_requerimento_secretaria_de_saude_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4196/11_-_requerimento_02-06-2025_-_urgencia_especial_pl_26_e_27_-_2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4210/19_-_requerimento__-_9-6-2025_-_radar_-_rezende_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4211/20_-_requerimento_-_9-6-2025_-_informacoes_atividades_cras_no_rezende.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4212/026_-_requerimento_09-06-2025_-_lixeira_-_pessoal_dos_machado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4213/039_-_requerimento_09-06-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4214/040_-_requerimento_09-06-2025_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4215/49_-_requerimento_09-06-2025_-_arrumar_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4216/50_-_requerimento_09-06-2025_-__iluminacao_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4217/51_-_requerimento_arrumar_esgoto_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4218/27_-_requerimento_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4219/28_-_requerimento_bairro_pipa_e_pedrao__09-06-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4240/027_-_requerimento_16-06-2025_-_calcar_trecho_da_av._flavio_paiva.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4241/020_-_requerimento_-_16-06-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4242/041_-_requerimento_16-06-2025_-_estacionamento_entrada_para_tamandua.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4243/118_-_requerimento_-_16-06-2025_-_estacionamento_em_frente_mercado_purguinha.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4244/043_-_requerimento_16-06-2025_-_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4245/044_-_requerimento_16-06-2025_-_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4246/119_-_requerimento_-_16-06-2025_-_reitera_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4247/21_-_requerimento_16-06-2025_-__alta_ville.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4254/120_-_requerimento_-_23-06-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4255/121_-_requerimento_-_23-06-2025_-_instituir_na_prefeitura_gratificacao_por_desempenho.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4256/52_-_requerimento_16-06-2025_-_informacao_sobre_rodeio.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4257/53_-_requerimento_23-06-2025_-__pedra_preta_-_academia.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4258/54_-_requerimento_23-06-2025_-__estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4259/55_-_requerimento_23-06-2025_-__lixeira_serrinha.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4272/12_-_requerimento_30-06-2025_-_urgencia_especial_pl_32_e_33_-_2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4287/022_-_requerimento_-_04-08-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4288/021_-_requerimento_-_04-08-2025_-_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4289/122_-_requerimento_-_04-08-2025_-_ponte_bela_bista.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4290/123_-_requerimento_-_04-08-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4291/124_-_requerimento_-_04-08-2025_-_esgoto_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4292/125_-_requerimento_-_04-08-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4293/126_-_requerimento_-_04-08-2025_-_limpeza_rua_nei_algusto_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4294/127_-_requerimento_-_04-08-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4295/56_-_requerimento_04-08-2025_-_manilha_bairro_serrinha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4296/57_-_requerimento_04-08-2025_-_calcamento_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4297/58_-_requerimento_04-08-205_-_contrucao_de_boeiro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4298/59_-_requerimento_04-08-2025_-_estradas_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4299/60_-_requerimento_04-08-2025_-_estradas_castelhano.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4300/028_-_requeriment_04-08-2025_-_iluminacao_publica_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4301/29_-_requerimento_04-08-2025_-_manutencao_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4319/14_-_requerimento_11-08-2025_-_bebedouro_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4320/13_-_requerimento_11-08-2025_-_requerimento_para_colocar_em_funcionamento_gabinete_dentario_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4321/023_-_requerimento_-_11-08-2025_-_quebra-mola_rua_jose_da_costa_paica-_bairro_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4322/023_-_requerimento_-_11-08-2025_-_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4323/024_-_requerimento_-_08-08-2025_-_mudanca_ferias-premio_para_5_anos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4324/130_-_requerimento_08-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda_maria_silva_olindo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4325/129_-_requerimento_08-08-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4326/128_-_requerimento_-_11-08-2025_-_calcamento_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4327/131_-_requerimento_11-08-2025_-_manilha_quebrada_curva_dos_vianas__bairro_anhumas.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4328/132_-_requerimento_11-08-2025_-_bueiro_rua_josefina_monti.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4329/23_-_requerimento_11-08-2025_-__redutor_velocidade_paulino.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4330/22_-_requerimento_11-08-2025_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4331/133_-_requerimento_11-08-2025_-_calcamento_proximo_ao_sicoob.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4332/61_-_requerimento_11-08-2025_-__estrada_pedrao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4333/62_-_requerimento_11-08-2025_-_estrada_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4334/63_-_requerimento_11-08-2025_-_estacao_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4335/64_-_requerimento_11-08-2025_-_poco_artesiano_lagoa.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4336/042_-_requerimento_11-08-2025_-_estrada_lavoura_marquinho_fernandes_-_zezinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4337/043_-_requerimento_11-08-2025_-_limpeza_corrego_avenida_claudio_rodritues_souza.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4338/044_-_requerimento_11-08-2025_-_conserto_pranchao_estrada_pitangueiras_perto_ubs.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4339/029_-_requeriment_11-08-2025_-_estrada_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4340/16_-_requerimento_11-08-2025_-_abrigo_tamandua.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4341/17_-_requerimento_11-08-2025_-_local_para_atendimento_esf_no_bairro_cubatao.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/15_-_requerimento_11-08-2025_-_urgencia_especial_pl_34_35_36_e_37.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/134_-_requerimento_18-08-2025_-_moscas_bairros_contendas_furnas_anhumas_e_rocinha.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/135_-_requerimento_18-08-2025_-_quebra-molas_rua_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/136_-_requerimento_-_18-08-2025_-__ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/137_-_requerimento_-_18-08-2025_-__calcada_ruas_jose_da_costa_paiva_sergio_e_estevan.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/138_-_requerimento_-_18-08-2025_-__rocagem_mato_beirada_estrada_paulino.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/139_-_requerimento_-_18-08-2025_-_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/045_-_requerimento_18-08-2025_-_instalacao_de_um_bueiro_na_rua_juarez_silva_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/046_-_requerimento_18-08-2025_-_sinalizacoes_das_ruas_analise_a_viabilidade_de_se_instalar_uma_placa_na_rua_benjamin_constant_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/047_-_requerimento_18-08-2025_-__que_o_setor_responsavel_faca_manutencao_na_estrada_que_da_acesso_a_propriedade_do_rodrigo_filha_da_lourdes_no_bairro_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/65_-_requerimento_estrada_bairro_pipa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/66_-_requerimento_bairro_lagoa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/67_-_requerimento_bairro_pedra_preta__-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4377/68_-_requerimento_serra_estiva_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/045_-_requerimento_18-08-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/046_-_requerimento_18-08-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/047_-_requerimento_18-08-2025_-_curva_dos_vianas_bueiro_aterro.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/048_-_requerimento_18-08-2025_-_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/049_-_requerimento_18-08-2025_-_limpeza_bueiro_e_sargeta_proximo_fazenda_rosiane.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/69_-_requerimento_sertaozinho_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/140_-_requerimento_-_25-08-2025_-_rebaixar_quebra-mola_estrada_campestre.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/141_-_requerimento_25-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/030_-_requeriment_25-08-2025_-_iluminacao_publica_e_manutencao_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/142_-_requerimento_-_25-08-2024_-_bueiro_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/24_-_requerimento_25-08-2025_-_cemig_-_queda_de_energia.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/25_-_requerimento_25-08-2025_-_rua_jose_de_abreu_rezende_-_acougue.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/26_-_requerimento_25-08-2025_-_insalubridade_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/70_-_requerimento_prorrogacao_concurso_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/72_-_requerimento_estradas_bairro_belo_ramo_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/71_-_requerimento_estrada_bairro_estiva_-_laga_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/73_-_requerimento_pintura_quadra_estiva_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/050_-_requerimento_25-08-2025_-_passar_patrol_estrada_pitangueiras_-_onofre_fermino_cido_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/051_-_requerimento_25-08-2025_-_calcamento_avenida_claudio_de_souza_-_perto_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/145_-_requerimento_-_01-09-2025_-_adquirir_uma_carregadeira_articulada.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/144_-_requerimento_-_01-09-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/143_-_requerimento_-_01-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/025_-_requerimento_-_01-09-2025_-_atendimento_odontologico_alguns_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/026_-_requerimento_-_01-09-2025_-_calcar_trecho_da_avenida_flavio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/27_-_requerimento_01-09-2025_-_rede_esgoto_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/146_-_requerimento_-_01-09-2024_-_estrada_apos_o_posto_de_saude_lagoa_-_arvores.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/147_-_requerimento_-_01-09-2025_-_limpeza_na_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/048_-_requerimento_01-09-2025_-__calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/052_-_requerimento_01-09-2025_-_calcamento_paulino_-_correas.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/053_-_requerimento_01-09-2025_-_calcamento_bar_do_loro.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/054_-_requerimento_01-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/055_-_requerimento_01-09-2025_-_bloquetes_propriedade_eleizeu_no_bairro_pitangueiras_virador_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/74_-_requerimento__-_calcamento_rua_jose_belmiro_monti_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/75_-_requerimento__-_transformador_cemig_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/76_-_requerimento__-_faixas_elevadas_e_faixas_de_pedestres_em_pontos_estrategicos_ao_lado_do_posto_candola-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/148_-_requerimento_-_08-09-2025_-_contramao_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/156_-_requerimento_05-09-2025_-_urgencia_especial_pl_42_-_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/149_-_requerimento_-_08-09-2025_-_estrada_divisa_-_dito_albino_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/150_-_requerimento_-_08-09-2025_-_sertaozinho_-_calcamento_proximo_sandra.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/056_-_requerimento_08-09-2025_-_consultorio_odontologico_das_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/049_-_requerimento_08-09-2025_-__calcamento_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/77_-_requerimento__-_lampadas_queimadas_pedrao_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/78_-_requerimento__-_estrada_pipa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/28_-_requerimento_08-09-2025_-_diaria_viagem_pj.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/027_-_requerimento_-_15-09-2025_-_pranchao_ponte_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/152_-_requerimento_15-09-2025_-_passeio_rodovia_mario_santana.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/153_-_requerimento_15-09-2025_-_ponte_angu.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/155_-_requerimento_15-09-2025_-_rua_casemiro_osorio_-_desnivel_calcamento.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/154_-_requerimento_15-09-2025_-_rua_poeta_joao_carneiro_de_rezende_-_calcamento_no_ponto_onde_termina_o_asfalto.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/156_-_requerimento_15-09-2025_-_pintura_quebra_molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/028_-_requerimento_-_15-09-2025_-_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/029_-_requerimento_-_15-09-2025_-_rua_afonso__vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/29_-_requerimento_15-09-2025_-_pedagio_estudantes_pouso_alegre.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/157_-_requerimento_15-09-2025_-_construir_faixa_elevada_na_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/057_-_requerimento_15-09-2025_-_passar_maquina_dito_avelino.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/058_-_requerimento_15-09-2025_-_calcamento_cruzamento_dito_lopes.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/059_-_requerimento_15-09-2025_-_estribo_e_porta_caminhao_lixo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/060_-_requerimento_15-09-2025_-_ponte_pitangueiras_-_fazer_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/30_-_requerimento_15-09-2025_-_urgencia_especial_pl_47_-_2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/158_-_requerimento_22-09-2025_-_alta_vile_-_tampa_bueiro.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/160_-_requerimento_22-09-2025_-_rua_jose_de_oliveira_lopes_-_perto_grandao.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/159_-_requerimento_22-09-2025_-_calcamento_trecho_de_rua_predio_tonho_onorfo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/161_-_requerimento_22-09-2025_-_passeio_no_trecho_que_esta_sendo_calcado_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/163_-_requerimento_-_22-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/162_-_requerimento_-_22-09-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/031_-_requeriment_22-09-2025_-_patrolamento_estrada_furnas_ze_nogueira.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/030_-_requerimento_-_22-09-2025_-_requerimento_estrada_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/031_-_requerimento_-_22-09-2025_-_estrada_pitangueiras_-_tres_paineiras_-_pedra.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/032_-_requerimento_-_22-09-2025_-_luminaria_paulino.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/79_-_requerimento__-_22-09-2025_-_tampa_bueiro_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4126/01_-_requerimento_vj_bianca_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4127/01_-_requerimento_vj_joaquim_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4128/01_-_requerimento_vj_lucas_ribeiro_-_respeito_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4129/01_-_requerimento_vj_peterson_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4198/02_-_requerimento_vj_alice_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4199/02_-_requerimento_vj_joaquim_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4200/01_-_requerimento_vj_loany_-_lazer_para_criancas.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4201/02_-_requerimento_vj_loany_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4202/01_-_requerimento_vj_mariah_luiza_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4203/02_-_requerimento_vj_peterson_-_27-05-2025_-_show_de_talentos.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4204/03_-_requerimento_vj_peterson_-_27-05-2025_-_rosa_azul_e_laranja.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4273/03_-_requerimento_vj_alice_-_24-06-2025_-_projeto_voz_jovem.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4274/02_-_requerimento_vj_arthur_-_24-06-2025_cafe_e_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4275/02_-_requerimento_vj_bianca_24-06-2025_lixeira_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4276/03_-_requerimento_vj_joaquim_24-06-2025_radar_paulino.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4277/04_-_requerimento_vj_joaquim_24-06-2025_-_posto_saude_paulino.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4278/05_-_requerimento_vj_joaquim_24-06-2025_-_limpeza_lixeira_paulino_entrada_correias.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/04_-_requerimento_vj_alice_-_26-08-2025_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/03_-_requerimento_vj_arthur_-_26-08-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/06_-_requerimento_vj_joaquim_26-08-2025_-_abrigo_para_animais.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/07_-_requerimento_vj_joaquim_26-08-2025_-_juros.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/04_-_requerimento_vj_arthur_-_30-09-2025_-_agua_correas.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/08_-_requerimento_vj_joaquim_30-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/04_-_requerimento_vj_peterson_-_30-08-2025_-_cobrando_execucao_da_lei_do_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3721/01_-_mocao_pesar_-_joaquim_zoti.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3722/01_-_mocao_aplauso_e_congratulacao_-_festa_sao_sebastiao_-_desfile_de_cavaleiros_e_leilao_gado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3736/01_-_mocao_aplauso_21-01-2025_-_estudante_ana_carolina.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3737/02_-_mocao_de_aplauso_-_estudante_thais_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3785/01_-_mocao_pesar_-_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3786/01_-_mocao_27-01-2025_-_maze.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3817/02_-_mocao_aplauso_-_ejc.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3829/01_-_mocao_de_pesar_-_pastor_joel.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3855/01_-_mocao_pesar_-_francisco_regio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3956/02_-_mocao_pesar_luiz_gonzaga_fernandes.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3991/03_-_mocao_de_pesar_-_nelson_lino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3992/02_-_mocao_nelson_lino.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3993/03_-_mocao_pesar_-__giovana.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3994/04_-_mocao_pesar_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3995/05_-_mocao_pesar_-__maria_benedita_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4004/03_-_mocao_pesar_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4005/06_-_mocao_pesar_-__anesia.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4025/04_-_mocao_pesar_-_jose_raimundo_vicente.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4026/03_-_mocao_aplauso_e_congratulacao_-_geralda_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4027/02_-_mocao_aplauso_e_congratulacao_-_edna_-_pedra_preta_-_esf.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4088/06_-_mocao_pesar_-_zezinho_mecanico.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4089/05_-_mocao_pesar_-_paulo_cesar_gouveia.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4090/03_-_mocao_pesar_benedito_oliveira_gomes.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4104/07_-_mocao_aplauso_-_marcao_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4105/08_-_mocao_aplauso_-_corrida_-_11_de_maio.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4106/07_-_mocao_aplauso_-__vila_vicentina.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4107/04_-_mocao_fotos_de_pedralva_12-05-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4153/08_-_mocao_aplauso_-_academia_studio_fitnes.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4163/04_-_mocao_de_pesar_-_sebastiao_lopes_fernandes.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4195/05_-_mocao_evento_dia_01-06-2025_encontro_made_in_brasil.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4220/05_-_mocao_de_aplauso_a_cavalgada_venda_tonhao.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4253/02_-_mocao_aplauso_-__corpus_christi.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4302/09_-_mocao_aplauso_-_fabio_-_competidor_de_rodeio.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4303/10_-_mocao_aplauso_-_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4304/03_-_mocao_apoio_-_nova_fabrica_-_josiani.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4305/06_-_mocao_de_aplauso_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4306/09_-_mocao_aplauso_-_eac.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4342/04_-_mocao_de_aplauso-_alunos_do_pj.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/05_-_mocao_de_aplauso-_profissionais_de_cultura_-_pj.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/07_-_mocao_de_aplauso_arraia_pedrao__-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/08_-_mocao_aplausos_venda_do_tonhao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/06_-_mocao_evento_copa_de_marcha_-_poeirao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/07_-_mocao_evento_cavalgada_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/10_-_mocao_aplauso_-_semana_familia.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/11_-_mocao_aplauso_-_palestra_violencia.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/08_-_mocao_evento_escaladores_pedrao.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4060/emenda_no_01_-_pl_015-2025_-_estagio_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4063/emenda_no_01_-_pl_020-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4099/emenda_no_01_-_pl_023-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4159/emenda_no_01_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_no_01_-_pl_26-2025_-_prazo_contrat._temp._medicos.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_no_01_-_pl_17-2025_-_ldo_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_no_02_-_pl_17-2025_-_ldo_-_metas_camara.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_no_01_-_pl_029-2025_-_alexandre_-_vaga_estacionamento_preferencial.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/emenda_no_01_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/emenda_no_02_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/emenda_no_01_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/emenda_no_02_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3725/2025_-_parecer_juridico_pl_02_-_2025_-_auxilio_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3726/2025_-_parecer_juridico_pl_03-2025_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3768/2025_-_parecer_juridico_pl_04_-_2025_-_controle_de_moscas.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3818/parecer_01-2025_-_plc_02-2025_-_criacao_de_vaga_tecnico_educacao.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3819/parecer_02-2025_-_pl_05-2025_-_subvencao_entidades_sociais.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3820/parecer_03-2025_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3821/parecer_04-2025_-_pl_07-2025_-_revoga_artigo_da_lei_1679-16_ref._processo_escolha_diretor.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3822/parecer_05-2025_-_elo_01-2025_-_exercicio_de_cargo_de_secretario_por_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3891/parecer_08-2025_-_pl_08-2025_-_denomina_logradouro_publico_-_rua_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3892/parecer_09-2025_-_pl_09-2025_-_denomina_logradouro_publico_-_rua_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3893/parecer_10-2025_-_plo_10-2025_-_denomina_logradouro_publico_-_rua_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3894/parecer_11-2025_-_plo_11-2025_-_atendimento_prioritario_pacientes_de_hemodialise_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3913/parecer_13-2025_-_pre_01-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3937/parecer_14-2025_-_plo_12-2025_-_credito_suplementar_saude_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3938/parecer_15-2025_-_plo_13-2025_-_credito_especial_cimasp_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3958/parecer_16-2025_-_pl_14_-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_23-2025_-_plo_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_24-2025_-_plo_19_-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_25-2025_-_plo_21-2025_-_modificacao_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4094/parecer_33-2025_-_plo_24-2025_-_faixa_nao_edificante.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4095/parecer_34-2025_-_proposta_emenda_lom_02-2025_-_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4103/parecer_35-2025_-_plo_25-2025_-_emprestimo_bdmg.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4154/parecer_36-2025_-_plo_17-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4176/parecer_39-2025_-_plo_26-2025_-_contratacao_temporaria_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4177/parecer_40-2025_-_plo_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4225/parecer_41-2025_-_pl_28-2025_substitutivo_-_incentivo_artistas_locais-assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4226/parecer_42-2025_-_plo_29-2025_-_reserva_vagas_estacionamento_pcd_idosos_etc.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4227/parecer_43-2025_-_plo_30-2025_-_contratacao_temporaria_de_fonaudiologos.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4228/parecer_44-2025_-_plc_04-2025_-_reducao_jornada_de_trabalho_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4260/parecer_45-2025_-_plo_32-2025_-_auxilio_financeiro_pedrock.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4261/parecer_46-2025_-_plc_06-2025_-_criacao_vaga_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4262/parecer_47-2025_-_plc_05-2025_-_criacao_cargo_sup._hospitalar_e_gestor_qualidade.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4263/parecer_48-2025_-_plo_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4264/parecer_49-2025_-_plo_32-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4281/parecer_50-2025_-_plo_34-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/parecer_58-2025_-_plc_07-2025_-_criacao_vaga_farmaceutico_e_contrat._temporaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/parecer_55-2025_-_plo_35-2025_-_credito_suplementar_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/parecer_52-2025_-_plj_01-2025_-_cria_programa_prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/parecer_53-2025_-_plj_02-2025_-_cria_o_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/parecer_60-2025_-_pl_38-2025_-_denomina_rua_dr_alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/parecer_61-2025_-_pl_39-2025_-_denomina_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/parecer_62-2025_-_plo_40-2025_-_denomina_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/parecer_63-2025_-_plo_41-2025_-_utilidade_publica_assoc._cultural_e_assist._flapedra.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/parecer_64-2025_-_plo_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/parecer_66-2025_-_plo_46-2025_-_autoriz._protesto_extrajudicial_das_certidoes_de_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/parecer_65-2025_-_pre_02-2025_-_titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/parecer_69-2025_-_plo_47-2025_-_contribuicao_financeira_flapedra.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/parecer_67-2025_-_plo_45-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/parecer_70-2025_-_plo_44-2025_-_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3729/03_-_parecer_-_cljr_-_pl_02-2025_-_fornecimento_gratuito_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3730/04_-_parecer_-_cljr_-_pl_03-2025_-_vencimento_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3823/05_-_parecer_-_cljr_-_pl_05-2025_-_subvencao_social.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3824/06_-_parecer_-_cljr_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3825/07_-_parecer_-_cljr_-_pl_07-2025_-_revoga_dispositivo_lei_1679_-_eleicao_diretores_escola.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3873/08_-_parecer_-_cljr_-_pl_08-2025_-_denomina_logradouro_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3874/09_-_parecer_-_cljr_-_pl_09-2025_-_denomina_logradouro_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3895/011_-_parecer_-_cljr_-_pl_011-2025_-_atendimento_prioritario_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3896/012_-_parecer_-_cljr_-_plc_02-2025_-_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3914/013_-_parecer_-_cljr_-_pr_01-2025_-_premio_mulher-cidada.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3939/014_-_parecer_-_cljr_-_pl_012-2025_-_credito_especial_-_491.71408_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3940/015_-_parecer_-_cljr_-_pl_013-2025_-_credito_especial_-_61.200_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3959/016_-_parecer_-_cljr_-_pl_014-2025_-_credito_suplementar_-_474.91328_-_restituicoes_trabalhistas_sentenca_judicial_e_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_pl_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_pl_16-2025_-_chacaras.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_pl_19-2025_-_credito_suplementar_295.100_-_depart._agropecuario.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_pl_20-2025_-_aumento_valor_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_pl_21-2025_-_altera_lei_2070-2025_-_credito_especial_cimasp.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4096/parecer_pl_22-2025_-_multa_pertubar_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4097/parecer_-_cljr_-_pl_023-2025_-_gratificacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4098/parecer_pl_25-2025_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4132/025_-_parecer_-_cljr_-_pl_018-2025_-_hospital_de_gimirim.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4133/026_-_parecer_-_cljr_-_pl_024-2025_-_edificacao_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4157/027_-_parecer_-_cljr_-_subemenda_a_emenda_ao_pl_023-2025_-_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4158/028_-_parecer_-_cljr_-_pl_17-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4178/029_-_parecer_-_cljr_-_pl_26-2025_-_contratacao_temporaria_medicos.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4179/030_-_parecer_-_cljr_-_pl_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4229/parecer_emendas_pl_17-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4230/parecer_pl_28-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4231/parecer_pl_29-2025_-_estacionamento_pessoas_especiais.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4232/parecer_pl_30-2025_-_contratacao_temporaia_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4265/parecer_pl_32-2025_-__pecrock.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4266/parecer_pl_33-2025_-_credito_suplementar_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4267/parecer_plc_5-2025_-_supervisor_hospitalar_e_gestor_de_qualidde.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4307/parecer_plc_4-2025_-_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4308/parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4309/parecer_pl_34-2025_-_credito_suplementar_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4310/parecer_pl_35-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4311/parecer_pl_36_-_2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4312/parecer_pl_37-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/parecer_plc_7-2025_-_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/parecer_pl_38-2025_-_rua_dr._alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/parecer_pl_39-2025_-_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/parecer_pl_40-2025_-_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/parecer_pl_42-2025_-_auxilio_alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/parecer_pl_46-2025_-_cobranca_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/parecer_pr_2-2025_-_titulo_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3769/03_-_parecer_cfoff_-_pl_03_-_2025_-_revisao_geral_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3826/04_-_parecer_cfoff_-_pl_05_-_2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3828/05_-_parecer_cfoff_-_pl_06_-_2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3915/06_-_parecer_cfoff_-_pr_01_-_2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3941/07_-_parecer_cfoff_-_pl_12_-_2025_-_credito_especial_-_santa_casa_-_491.71408.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3942/08_-_parecer_cfoff_-_pl_13_-_2025_-_credito_especial_-_cimasp_-_61.20000.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3996/09_-_parecer_cfoff_-_pl_13_-_2025_-_credito_suplementar_-_474.91328.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4061/10_-_parecer_cfoff_-_pl_20_-_2025_-_aumento_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4062/11_-_parecer_cfoff_-_pl_21_-_2025_-_altera_lei_credito_suplementar_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4100/12_-_parecer_cfoff_-_pl_19_-_2025_-__credito_suplementar_295.100_-_implementos_agricola_e_equipamentos_creche.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4101/13_-_parecer_cfoff_-_pl_25_-_2025_-__bdmg.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4134/15_-_parecer_cfoff_-_pl_022-2025_-_pertubacao_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4135/14_-_parecer_cfoff_-_pl_23_-_2025_-__gratificacao.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4160/16_-_parecer_cfoff_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4181/17_-_parecer_cfoff_-_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4182/18_-_parecer_cfoff_-_pl_027-2025_-_sub_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4206/19_-_parecer_cfoff_-_pl_017-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4234/20_-_parecer_cfoff_-_pl_028-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4269/22_-_parecer_cfoff_-_pl_032-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4271/23_-_parecer_cfoff_-_pl_033-2025_-_credito_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4282/24_-_parecer_cfoff_-_prestacao_de_contas_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4313/25_-_parecer_cfoff_-_pl_034-2025_-_credito_bdmg_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4314/26_-_parecer_cfoff_-_pl_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4315/27_-_parecer_cfoff_-_pl_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4316/28_-_parecer_cfoff_-_pl_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/29_-_parecer_cfoff_-_plc_07-2025_-_cria_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/30_-_parecer_cfoff_-_pl_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3877/03_-_parecer_pl_09-2025_-_nome_de_rua_-_maria_ines_bustamante.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3878/04_-_parecer_pl_010-2025_-_nome_de_rua_-_joaquim_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4058/05_-_parecer_pl_015-2025_-_estagio_de_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4059/06_-_parecer_pl_016-2025_-_revoga_lei_chacramento.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4136/07_-_parecer_pl_022-2025_-_multa_pertubacao_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4137/08_-_parecer_pl_023-2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4138/09_-_parecer_pl_024-2025_-_faixa_edificavel_rodovia.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4183/10_-_parecer_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4236/11_-_parecer_pl_30-2025_-_contratacao_tempo_determinado_fono.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4317/12_-_parecer_plc_04-2025_-_reducao_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/13_-_parecer_plc_07-2025_-_cria_vaga_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/14_-_parecer_pl_38-2025_-_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/15_-_parecer_pl_39-2025_-_rua_eunice.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/16_-_parecer_pl_40-2025_-_rua_custodiao.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/17_-_parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/18_-_parecer_pr_2-2025_-_titulo_de_amigo.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3899/03_-_parecer_pl_011-2025_-_atendimento_prioritario_pacientes_de_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3916/04_-_parecer_pr_1-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4161/05_-_parecer_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4162/06_-_parecer_a_emenda_no_1_ao_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4237/07_-_parecer_pl_28-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4238/08_-_parecer_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4239/09_-_parecer_a_emenda_no_1_ao_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4270/10_-_parecer_pl_32-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3688/01_-_projeto_de_lei_no_01-2025_-_reajuste_funcionarios_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3689/02_-_projeto_de_lei_no_02-2025_-_fornecimento_de_materiais_escolar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3690/03_-_projeto_de_lei_no_03-2025_-_reajuste_funcionarios_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3735/04_-_projeto_de_lei_no_04-2025_-_prevencao_e_combate_moscas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3789/05_-_projeto_de_lei_no_05-2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3790/06_-_projeto_de_lei_no_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3791/07_-_projeto_de_lei_no_07-2025_-_revoga_paragrafo_unico_-_art._7_-_lei_1679-2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3851/08_-_projeto_de_lei_no_08-2025_-_nome_de_rua_-_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3852/09_-_projeto_de_lei_no_09-2025_-_nome_de_rua_-_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3853/10_-_projeto_de_lei_no_010-2025_-_nome_de_rua_-_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3854/11_-_projeto_de_lei_no_011-2025_-_atendimento_prioridade_no_atendimento_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3917/12_-_projeto_de_lei_no_012-2025_-_credito_especial_491.71408_-_servicos_de_media_e_alta_complexidade_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3918/13_-_projeto_de_lei_no_013-2025_-_credito_especial_61.200_-_rateio_consorcio_publico_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3957/14_-_projeto_de_lei_no_014-2025_-_credito_suplementar_474.91325_-_indenizacoes_-_sentenc_judic_contribuicoes_ent_portad_deficienc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3997/15_-_projeto_de_lei_no_015-2025_-_estagiario_pos-graduacao_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3998/16_-_projeto_de_lei_no_016-2025_-_revoga_lei_1676-2016_chacaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3999/17_-_projeto_de_lei_no_017-2025_-_ldo_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4000/18_-_projeto_de_lei_no_018-2025_-_tranferir_recursos_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4001/19_-_projeto_de_lei_no_019-2025_-_credito_suplementar_295.100_-_departamento_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4002/20_-_projeto_de_lei_no_020-2025_-_aumento_do_valor_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4003/21_-_projeto_de_lei_no_021-2025_-_alteracao_lei_2070_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4022/22_-_projeto_de_lei_no_022-2025_-_sancao_pertubacao_cultos_e_cerimonias_religiosas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4023/23_-_projeto_de_lei_no_023-2025_-_gratificacao_motoristas_e_servidores_efetivos_-_responsavel_por_setores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4064/24_-_projeto_de_lei_no_024-2025_-_faixa_de_dominio_publico__rodovias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4079/25_-_projeto_de_lei_no_025-2025_-_financiamento_bdmg.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4174/26_-_projeto_de_lei_no_026-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4175/27_-_projeto_de_lei_no_027-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4192/28_-_projeto_de_lei_no_028-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4209/29_-_projeto_de_lei_no_029-2025_-_reserva_de_vagas_estacionamento_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4221/30_-_projeto_de_lei_no_030-2025_-_contratacao_temporaria_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4224/31_-_projeto_de_lei_no_031-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4248/32_-_projeto_de_lei_no_032-2025_-_contribuicao_pedrock.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4249/33_-_projeto_de_lei_no_033-2025_-_credito_suplementar_1.243.000_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4268/34_-_projeto_de_lei_no_034-2025_-_credito_suplementar_1.600.000_-_veiculos-maquinas_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4284/35_-_projeto_de_lei_no_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4285/36_-_projeto_de_lei_no_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4286/37_-_projeto_de_lei_no_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/38_-_projeto_de_lei_no_038-2025_-_nome_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/39_-_projeto_de_lei_no_039-2025_-_nome_rua_eunice_rezende.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/40_-_projeto_de_lei_no_040-2025_-_nome_rua_antonio_custodio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/41_-_projeto_de_lei_no_041-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/42_-_projeto_de_lei_no_042-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/43_-_projeto_de_lei_no_043-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/44_-_projeto_de_lei_no_044-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/45_-_projeto_de_lei_no_045-2025_-__debitos_fiscais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/46_-_projeto_de_lei_no_046-2025_-__protesto_extrajudicial_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/47_-_projeto_de_lei_no_047-2025_-__contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/50_-_projeto_de_lei_50_-_2025_-_rua_jose_marcos_de_abreu_lisboa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/51_-_projeto_de_lei_51_-_2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/52_-_projeto_de_lei_52_-_2025_-_rua_joffre_mohallem.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/53_-_projeto_de_lei_53_-_2025_-_credito_suplementar_357.800_saude.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/54_-_projeto_de_lei_54_-_2025_-_credito_suplementar_260.000_educacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/55_-_projeto_de_lei_55_-_2025_-_veda_nomeacao_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/56_-_projeto_de_lei_56_-_2025_-_denomina_ubs_vintem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/57_-_projeto_de_lei_57_-_2025_-_credito_suplementar_124.35429.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/58_-_projeto_de_lei_58_-_2025_-_contribuicao_financeira_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/59_-_projeto_de_lei_59_-_2025_-_monitor_diabetes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/60_-_projeto_de_lei_60_-_2025_-_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/61_-_projeto_de_lei_61_-_2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/62_-_projeto_de_lei_62_-_2025_-_nome_rua_-_maria_de_lourdes_sabino_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/63_-_projeto_de_lei_63_-_2025_-_credito_suplementar_180.00000.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/64_-_projeto_de_lei_64_-_2025_-_divulgacao_de_emendas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3687/01_-_projeto_de_lei_no_01-2025_-_altera_escolaridade_-_diretores_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3788/02_-_projeto_de_lei_complementar_no_02-2025_-_cria_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4024/03_-_projeto_de_lei_complementar_no_03-2025_-_cria_cargo_de_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4222/04_-_projeto_de_lei_complementar_no_04-2025_-_diminui_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4251/05_-_projeto_de_lei_complementar_no_05-2025_-_cargo_supervisor_hospitalar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/65_-_projeto_de_lei_complementar_9_-_2025_-_cargo_engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/03_-_projeto_de_resolucao_no_3-2025_-_mudanca_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/04_-_projeto_de_resolucao_no_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/pdl_6-2025_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/substitutivo_01_ao_pl_59-2025_-_dispositivo_monitoramento_glicose.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3674/01_-_requerimento_-_06-01-2025_-_pedindo_reapresentar_projetos_regulamenta_insalubridade_e_insentivo_financeiro_profissionais_saude.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3675/02_-_requerimento_-_06-01-2025_-_trecho_estrada_anhumas_-_liga_avenida_antonio_fermino.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3676/03_-_requerimento_-_06-01-2025_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3677/04_-_requerimento_-_06-01-2025_-_lixeira_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3678/05_-_requerimento_-_06-01-2025_-_santo_antonio_-_estrada_perto_dra._luiza.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3679/06_-_requerimento_-_06-01-2025_-_estrada_angu_-_proximo_propriedade_da_elis.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3680/07_-_requerimento_-_06-01-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3681/08_-_requerimento_-_06-01-2025_-_ponte_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3682/09_-_requerimento_-_06-01-2025_-_informar_quais_sao_os_secretarios_e_diretores_de_departamento.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3683/01_-_requerimento_06-01-2025_-_melhoria_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3684/01_-_requerimento_-_06-01-2025_-_bebedouro_parquinho_ao_lado_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3685/02_-_requerimento_-_06-01-2025_-_locais_para_instalacao_de_bicicletario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3691/010_-_requerimento_-_13-01-2025_-_sede_estrategia_saude_familia_lagoa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3692/011_-_requerimento_-_13-01-2025_-_rocagem_barranco_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3693/012_-_requerimento_-_13-01-2025_-_muro_de_arrimo_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3694/013_-_requerimento_-_13-01-2025_-_rocagem_mato_limpeza_ruas.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3695/01_-_requerimento_-_13-01-2025_-_contratacao_de_pediatra_e_agronomo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3696/016_-_requerimento_-_13-01-2025_-_manutencao_pipa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3697/015_-_requerimento_-_13-01-2025_-_manutencao_estrada_estrada_paulino_baixadao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3698/014_-_requerimento_-_13-01-2025_-_estrada_baixadao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3699/017_-_requerimento_-_13-01-2025_-_grade_protecao_bueiro_rua_prf_claudio_bustamante.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3706/04_-_requerimento_13-01-2025_-_alecrim.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3707/05_-_requerimento_13-01-2025_-__cemiterio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3708/04_-_requerimento_13-01-2025_-_buracos_rua_josimo_tome.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3709/03_-_requerimento_13-01-2025_-_tiao_pereira_cafarnaum.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3710/02_-_requerimento_13-01-2025_-_limpeza_calcada_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3711/01_-_requerimento_13-01-2025_-_coleta_lixo_pitangueiras_e_contendas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3712/021_-_requerimento_-_13-01-2025_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3713/020_-_requerimento_-_13-01-2025_-_mato_beirada_rua_rua_doutor_macedo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3714/019_-_requerimento_-_13-01-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3715/04_-_requerimento_13_01_2025_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3716/03_-_requerimento_13_01_2024_boeiro_na_pipa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3717/05_-_requerimento_13_01_2025_esf_lagoa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3718/02_-_requerimento_-_13-01-2025_-_rua_dona_maria_cibele_problemas_de_escoamento_de_chuva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3719/022_-_requerimento_-_13-01-2025_-_casas_popular.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3720/06_-_requerimento_13-01-2025_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3738/023_-_requerimento_-_21-01-2025_-_terminar_de_asfaltar_av._flavio_antonio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3739/024_-_requerimento_-_21-01-2025_-_boeiro_final__avenida_sebastiao_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3740/025_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-tamandua.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3759/05_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-_tamandua.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3760/01_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3762/02_-_requerimento_21-01-2025_-_estrada_sertaozinho_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3763/03_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_tres_paineiras.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3764/04_-_requerimento_21-01-2025_-_calcamento_rua_de_acesso_localidade_conhecida_como_geraldo_de_deus.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3765/05_-_requerimento_21-01-2025_-_manutencao_estrada_cidade_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3766/01_-_requerimento_bairro_pedrao_estrada_de_acesso_a_pedra_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3767/02_-_requerimento_bairro_correas_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3770/033_-_requerimento_-_27-01-2025_-_cortar_arvore_no_bairro_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3771/06_-_requerimento_27-01-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3772/03_-_requerimento_27-01-2024_-_urgencia_especial_pl_03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3773/04_-_requerimento_-_27-01-2025_-_cruzamento_campestre.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3774/05_-_requerimento_-_27-01-2025_-_reformar_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3775/034_-_requerimento_-_27-01-2025_-_aplicacao_do_decreto_de_estagio_probatorio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3776/035_-_requerimento_-_27-01-2025_-_bueiro_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3777/036_-_requerimento_-_27-01-2025_-trevo_campestre.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3778/037_-_requerimento_-_27-01-2025_-_carnaval.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3779/07_-_requerimento_27-01-2025_-_beco_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3780/04_-_requerimento_-_27-01-2025_-_estrada_contendas_familia_dairton_correa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3781/06_-_requerimento_27-01-2025_-_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3782/07_-_requerimento_27-01-2025_-_calcar_beco_predio_tonho_do_onorfo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3783/09_-_requerimento_27_01_2025_bomba_do_poco_artesiano_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3784/010_-_requerimento_27_01_2025_bueiro_proximo_coracao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3792/010_-_requerimento_03-02-2025_-_quebra_molas_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3793/011_-_requerimento_03-02-2025_-_faixa_elevada_ruas_casemiro_osorio_e_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3794/012_-_requerimento_03-02-2025_-_placa_identificacao_rua_braz_claudino.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3795/013_-_requerimento_03-02-2025_-_quantidade_de_vagas_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3796/08_-_requerimento_03-02-2025_-__rua_frei_orestes_-bueiro.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3797/05_-_requerimento_-_03-02-2025_-_quebra-molas_contendas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3798/06_-_requerimento_-_03-02-2025_-_bueiro_entupido_em_frente_serralheria_do_marcelo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3799/038_-_requerimento_-_03-02-2025_-_esgoto_avenida_flavio_antonio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3800/039_-_requerimento_-_03-02-2025_-_capina_mato_loteamento_claudio_bustamante_e_demais_ruas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3801/08_-_requerimento_03-02-2025_-_mosquitos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3802/09_-_requerimento_03-02-2025_-__mudanca_rede_poda_eucalipto_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3803/040-_requerimento_-03-02-2025_-_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3804/041_-_requerimento_-_03-02-2025_-_buracos_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3805/042_-_requerimento_-_03-02-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3806/043_-_requerimento_-_03-02-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3807/014_-_requerimento_03-02-2025_-_castelhano_-_rogerio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3808/044_-_requerimento_-_03-02-2025_-_prorrogacao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3809/03_-_requerimento_lar_da_crianca_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3810/04_-_requerimento_manutencao_baixada_do_pedrao_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3811/05__-_requerimento_vila_vicentina_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3812/010_-_requerimento_03-02-2025_-_der_-_ponte_vintem_-_retifica.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3813/11_-_requerimento_03-02-2025_-_virador_de_onibus_estiva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3814/12_-_requerimento_03-02-2025_-_escola_lagoa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3815/13_-_requerimento_03-02-2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3816/14_-_requerimento_03-02-2025_-_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3830/011_-_requerimento_10-02-2025_-_gabinete_dentario.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3831/045_-_requerimento_-_10-02-2025_-_estrada_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3832/046_-_requerimento_-_10-02-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3833/047_-_requerimento_-_10-02-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3834/048_-_requerimento_-_10-02-2025_-_bueiro_em_frente_sicoob.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3835/049_-_requerimento_-_10-02-2025_-_podar_arvores_lagoa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3836/07_-_requerimento_-_10-02-2025_-_atendimento_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3837/012_-_requerimento_10-02-2025_-_pintura_quebra-molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3838/050_-_requerimento_-_10-02-2025_-_estrada_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3839/051_-_requerimento_-_10-02-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3840/052_-_requerimento_-_10-02-2025_-_passei_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3841/053_-_requerimento_-_10-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3842/054_-_requerimento_-_10-02-2025_-_energia_eletrica_e_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3843/015_-_requerimento_10-02-2025_-_contra_mao_trecho_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3844/016_-_requerimento_10-02-2025_-_urgencia_especial_pls_05_e_06_-_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3845/15_-_requerimento_10-02-2025_-_ponte_estiva.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3846/16_-_requerimento_10-02-2025_-_manilhamento_e_bueiro_rua_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3847/17_-_requerimento_10-02-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3848/06_-_requerimento_abrigo_de_onibus_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3849/07_-_requerimento_manutencao_bairro_pipa_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3856/55_-_requerimento_-_17-02-2025_-_barra_mansa_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3857/56_-_requerimento_-_17-02-2025_-_limpeza_escola_posses_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3858/57_-_requerimento_-_17-02-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3859/09_-_requerimento_17-02-2025_-__bairro_sao_jose_-_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3860/10_-_requerimento_17-02-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3861/58_-_requerimento_-_17-02-2025_-_bairro_corrego_fundo_-_passeio_postes.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3862/59_-_requerimento_-_17-02-2025_-_pedra_-_ze_til.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3863/17_-_requerimento_17-02-2025_-_buracos_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3864/09_-_requerimento_adicional_de_insalubridade_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3865/08_-_requerimento_creche_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3866/18_-_requerimento_17-02-2025_-_manilhas_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3867/19_-_requerimento_17-02-2025_-_esf_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3868/20_-_requerimento_17-02-2025_-_estradas_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3869/21_-_requerimento_17-02-2025_-_estrada_estiva_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3870/22_-_requerimento_17-02-2025_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3871/06_-_requerimento_-_17-02-2025_-_programa_de_melhoramento_genetico.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3872/013_-_requerimento_17-02-2025_-_construcao_abrigo_sertaozinho_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3879/60_-_requerimento_-_24-02-2025_-_pequenas_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3880/61_-_requerimento_-_24-02-2025_-__ponte_na_pipa_-_perto_do_lolo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3881/08_-_requerimento_24-02-2025_-_calcamento_local_vira_onibus_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3882/09_-_requerimento_24-02-2025_-_iluminacao_publica_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3883/010_-_requerimento_24-02-2025_-_coleta_de_lixo_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3884/011_-_requerimento_24-02-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3885/012_-_requerimento_24-02-2025_-_poste_iluminacao_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3886/013_-_requerimento_24-02-2025_-_calcamento_perto_curral_do_paulinho_correia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3887/018_-_requerimento_24-02-2025_-_tapa_buracos_-_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3888/019_-_requerimento_24-02-2025_-_rua_jose_belmiro.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3889/23_-_requerimento_24-02-2025_bueiro_lagoa_-_casa_ademilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3890/10_-_requerimento_manutencao_rua_jose_de_oliveira_lopes_24-02-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3901/62_-_requerimento_-_06-03-2025_-_drenagem_agua_lagoa_-_proximo_esf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3902/63_-_requerimento_-_06-03-2025_-_local_para_funcionarios_guardar_seus_veiculos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3903/014_-_requerimento_06-03-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3904/015_-_requerimento_06-03-2025_-_cemig_-_poste_-_evaristo_vilas_boas_-_posses.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3905/24_-_requerimento_06-03-2025_-_lixeira_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3906/016_-_requerimento_10-03-2025_-_abrigo_ponto_de_onibus_vintem.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3907/11_-_requerimento_10-03-2025_-_manutencao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3908/014_-_requerimento_10-03-2025_-_calcamento_lagoa_e_pedrao.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3909/015_-_requerimento_10-03-2025_-_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3910/64_-_requerimento_-_10-03-2025_-_manutencao_estradas_bela_vista_e_segredo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3911/65_-_requerimento_-_10-03-2025_-_retirar_monte_de_terra_perto_quadra_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3912/25_-_requerimento_10-03-2025_-_rocar_mato_beirada_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3919/66_-_requerimento_-_17-03-2025_-_fonoaudiologa_psicologo_e_neuropediatra_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3920/67_-_requerimento_-_17-03-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3921/68_-_requerimento_-_17-03-2025_-_posto_saude_lagoa.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3922/69_-_requerimento_-_17-03-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3923/016_-_requerimento_17-03-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3924/017_-_requerimento_17-03-2025_-_estrada_3_paineira_abertao_e_facundes_liga_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3925/018_-_requerimento_17-03-2025_-_bueiro_estrada_tres_paineiras_-_casa_do_cido.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3926/019_-_requerimento_17-03-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho_entrando_proximo_dito_batista.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3927/11_-_requerimento_entidades_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3928/12_-_requerimento_manutencao_bairro_paulino_paixao_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3929/13_-_requerimentotjmg_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3930/020_-_requerimento_17-03-2025_-_lixeira_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3931/021_-_requerimento_17-03-2025_-_poste_cemig_bairro_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3932/022_-_requerimento_17-03-2025_-_fossas_septicas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3933/023_-_requerimento_17-03-2025_-_limpeza_estrada_paulino_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3934/26_-_requerimento_17-03-2025_-_bueiro_bairro_pipa_-_dito_oscar.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3935/27_-_requerimento_17-03-2025_-_bueiro_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3936/024_-_diaria_para_brasilia.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3943/70_-_requerimento_-_24-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3944/71_-_requerimento_-_24-02-2025_-_lixo_balaio.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3945/72_-_requerimento_-_24-03-2025_-_transporte_escolar_alunos_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3946/020_-_requerimento_24-03-2025_-_estrda_cubataozinho_zezinho_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3947/021_-_requerimento_24-03-2025_-lixeira_no_bairro_pitangueirs_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3948/73_-_requerimento_24-03-2025_-_urgencia_especial_pl_12_e_13_-_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3949/08_-_requerimento_-_24-03-2025_-_estrada_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3950/025_-_requerimento_24-03-2025_-_bueiro_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3951/14_-_requerimento_manutencaoposto_de_atendimento_lagoa.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3952/15_-_requerimento_manutencaoposto_de_atendimento__estiva.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3953/28_-_requerimento_24-03-2025_-_estrada_pedrao_-_igreja_-_patricia_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3954/29_-_requerimento_24-03-2025_-_patrolamento_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3955/74_-_requerimento_24-03-2025_-_estacionamento_vintem_entrada_acesso_vintem_e_cubaraozinho.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3962/75_-_requerimento_07-04-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3963/76_-_requerimento_07-04-2025_-_manutencao_estrada_cava_funda_-_dreno_na_beiradas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3964/12_-_requerimento_07-04-2025_-_av._presidente_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3965/13_-_requerimento_07-04-2025_-_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3966/77_-_requerimento_-_07-04-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3967/79_-_requerimento_-_07-04-2025_-_der_-_ponte_vintem_-_rever_trabalho.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3968/80_-_requerimento_-_07-04-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3969/017_-_requerimento_07-04-2025_-_manutencao_calcamento_ruas_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3970/018_-_requerimento_07-04-2025_-_manilhas_bueiro_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3971/09_-_requerimento_-_07-04-2025_-_limpeza_lote_baldio_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3972/10_-_requerimento_-_07-04-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3973/022_-_requerimento_07-04-2025_-_rocar_estrada_cubatao.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3974/023_-_requerimento_07-04-2025_-_maquinas_estradas_lavoura_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3975/024_-_requerimento_07-04-2025_-_cortar_arvore_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3976/81_-_requerimento_-_07-04-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3977/82_-_requerimento_-_07-04-2025_-_bairro_paulino_-_bueiro_entupido.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3978/026_-_requerimento_07-04-2025_-_rocar_estrada_cubatao_-_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3979/027_-_requerimento_07-04-2025_-_lixeira_vintem_-_tino.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3980/028_-_requerimento_07-04-2025_-_manutencao_calcamento_alecrim.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3981/029_-_requerimento_07-04-2025_-_faixa_elevada_rua_principal_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3982/030_-_requerimento_07-04-2025_-_iluminacao_postes_alta_vile_ate_colegio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3983/031_-_requerimento_07-04-2025_-_rua_prof_claudio_de_souza_bustamante.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3984/30_-_requerimento_07-04-2025_-_estrada_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3985/31_-_requerimento_07-04-2025_-_bueiro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3986/32_-_requerimento_07-04-2025_-_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3987/16_-_requerimento_maquinario_para_os_produtores_rurais_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3988/83_-_requerimento_jerson_07-04-2025_-_quadra_coronel.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3989/17_-_requerimento_bairro_correas_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3990/18_-_requerimento_bairrovintem_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4006/84_-_requerimento_-_14-04-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4007/85_-_requerimento_-_14-04-2025_-_estrada_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4008/011_-_requerimento_14-04-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4009/86_-_requerimento_-_14-04-2025_-_trecho_estrada_morro_frio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4010/87_-_requerimento_-_14-04-2025_-_rua_em_frente_sinesio_-_rua_dona_maria_cibela.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4011/019_-_requerimento_14-04-2025_-_estrada_tamandua_-_vintem.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4012/07_-_requerimento_-_14-04-2025_-_iluminacao_solar_-_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4013/032_-_requerimento_14-04-2025_-_manutencao_estrada_-_atalho_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4014/033_-_requerimento_14-04-2025_-_abrigo_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4015/034_-_requerimento_14-04-2025_-_manutencao_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4016/88_-_requerimento_-_14-04-2025_-_melhorias_estrada_contendas_ao_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4017/89_-_requerimento_-_14-04-2025_-_melhoria_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4018/90_-_requerimento_-_14-04-2025_-_mudanca_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4019/035_-_requerimento_14-04-2025_-_estrada_pedrao_-_velosa.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4020/20_-_requerimento_secretaria_de_saude_-_contratos_prorrogados_2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4021/08_-_requerimento_14-04-2025_-_urgencia_especial_pl_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4028/91_-_requerimento_-_22-04-2025_-_furnas_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4029/93_-_requerimento_-_22-04-2025_-wi-fi_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4030/94_-_requerimento_-_22-04-2025_-_baixadao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4031/95_-_requerimento_-_22-04-2025_-_correias.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4032/96_-_requerimento_-_22-04-2025_-_campestre_estrada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4033/025_-_requerimento_22-04-2025_-__inicio_estrada_paulino_-_barra.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4034/026_-_requerimento_22-04-2025_-__estrada_principal_alecrim.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4035/027_-_requerimento_22-04-2025_-__contratacao_pediatra.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4036/92_-_requerimento_-_22-04-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4037/33_-_requerimento_22-04-2025_-_mato_-_lixeira_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4038/34_-_requerimento_22-04-2025_-_bueiro_-_estiva_-_associacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4039/35_-_requerimento_22-04-2025_-_lagoa_-_esf_-_terra_e_mato_patio.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4040/36_-_requerimento_22-04-2025_-_lagoa_-_grade_bueiro_-_campo_futebol.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4041/37_-_requerimento_22-04-2025_-_estiva_-_associacao_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4042/38_-_requerimento_22-04-2025_-__boeiro_pedra_preta_ze_tiao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4043/39_-_requerimento_22-04-2025_-_mato_-_patio_-_esf_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4044/40_-_requerimento_22-04-2025_-_patrolar_estrada_estiva_-_cidade.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4045/41_-_requeimento_22-04-2025_-_lagoa_-_patrolar_-_estrada_de_dentro_do_bairro.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4046/42_-_requerimento_22-04-2025_-_manilhamento_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4066/013_-_requerimento_28-04-2025_-_buracos_rua_casemiro_osorio_loja_do_leandro.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4067/012_-_requerimento_28-04-2025_-_lixeira_inicio_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4068/97_-_requerimento_-_28-04-2025_-_psocologo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4069/98_-_requerimento_-_28-04-2025_-_galeria_ex-_vereadores_jovens.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4070/15_-_requerimento_28-04-2025_-_rua_poeta_joao_carneiro.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4071/21_-_requerimento_iluminacao_correas.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4072/99_-_requerimento_-_28-04-2025_-_pedra_batista_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4073/100_-_requerimento_-_28-04-2025_-_informacao_veiculos_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4074/14_-__requerimento_28-04-2025_-__coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4075/036_-_requerimento_28-04-2025_-_repasse_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4076/037_-_requerimento_28-04-2025_-_rua_josino_tome.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4077/020_-_requerimento_28-04-2025_-_cascalhar_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4078/22_-_requerimento_28-04-2025_-_urgencia_especial_pl_20_e_21_-_2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4080/101_-_requerimento_-_05-05-2025_-_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4081/102_-_requerimento_-_05-05-2025_-_agua_da_copasa_para_moradores_apos_centro_de_tratamento_da_copasa.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4082/103_-_requerimento_-_05-05-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4083/09_-_requerimento_05-05-205_-_autorizacao_funcionamento_escola_coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4084/014_-_requerimento_05-05-2025_-_calcamento_em_frente_hpito.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4085/16_-_requerimento_05-05-2025_-_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4086/43_-_requerimento_05-05-2025_-_limpeza_beirada_ruas_pedrao.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4087/23_-_requerimento_05-05-2025_-_urgencia_especial_pl_19_-_2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4102/10_-_requerimento_12-05-2025_-_urgencia_especial_pl_25_-_2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4108/104_-_requerimento_-_12-05-2025_-_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4109/105_-_requerimento_-_12-05-2025_-_limpeza_no_loteamento_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4110/106_-_requerimento_-_12-05-2025_-_quebra-mola_e_faixa_elevada_rua_principal_de_acesso_ao_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4111/107_-_requerimento_-_12-05-2025_-_passeio_na_rua_professor_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4112/038_-_requerimento_12-05-2025_-_agua_bica.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4113/039_-_requerimento_12-05-2025_-_faixa_elevada_estrada_compestre.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4114/040_-_requerimento_12-05-2025_-_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4115/18_-_requerimento_paulino_12-05-2025_-_aguas_pluviais.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4116/17_-_requerimento_paulino_12-05-2025_-_bloquetes.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4117/028_-_requerimento_12-05-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4118/029_-_requerimento_-_12-05-2025_-_limeira_-_milo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4119/030_-_requerimento_12-05-2025_-_manutencao_toda_estrada_e_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4120/031_-_requerimento_12-05-2025_-_vazamento_de_agua_na_rua_paulo_valdemar.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4121/24_-_requerimento_retorno_do_coral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4122/44_-_requerimento_12-05-2025_-_pedrao_-_tiao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4123/45_-_requerimento_12-05-2025_-_academia_pedrao.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4139/108_-_requerimento_-_19-05-2025_-_limpeza_escola_posses_pedra_preta_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4140/109_-_requerimento_-_19-05-2025_-_reforma_abrigo_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4141/110_-_requerimento_-_19-05-2025_-_esgoto_vazando_na_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4142/041_-_requerimento_19-05-2025_-_esf_posses.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4143/042_-_requerimento_19-05-2025_-_rua_jose_sergio_rezende.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4144/021_-_requerimento_19-05-2025_-_manilhar_rua_maria_cibele_juncao_com_a__rua_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4145/022_-_requerimento_19-05-2025_-_lixeira_amado_afonso_-_beira_rodovia.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4146/015_-_requerimento_19-05-2025_-_casa_popular.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4147/016_-_requerimento_19-05-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4148/017_-_requerimento_19-05-2025_-_radar_rodovia_mg_347_-_rocinha.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4149/018_-_requerimento_19-05-2025_-_rocar_estrada_cidade_ao_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4150/032_-_requerimento_19-05-2025_-_estrada_contendas_-_hilario_-_tiao_chagas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4151/033_-_requerimento_19-05-2025_-_estraba_liga_balaio_as_posses_-_mario_fernandes.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4152/034_-_requerimento_19-05-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4164/111_-_requerimento_-_26-05-2025_-_rocar_mato_beirada_estrada_do_bairro_castelhano.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4165/112_-_requerimento_-_26-05-2025_-_pedido_informacoes_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4166/113_-_requerimento_-_26-05-2025_-_melhoria_requerimento_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4167/023_-_requerimento_26-05-2025_-_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4168/019_-_requerimento_26-05-2025_-_rocagem_mato_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4169/025_-_requerimento_26-05-2025_-_estrada_flores_ate_castelhano.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4170/024_-_requerimento_26-05-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4171/114_-_requerimento_-_26-05-2025_-_iluminacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4172/115_-_requerimento_-_26-05-2025_-_lixeira_terra_plenagem_espaco_na_beirada__da_rodovia_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4173/46_-_requerimento_26-05-2025_-_rede_de_esgoto_entupida_-_lado_da_escola.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4184/116_-_requerimento_-_02-06-2025_-_atalho_tamandua_vintem_-_monte_de_terra.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4185/035_-_requerimento_02-06-2025_-_reduzir_carga_horario_dos_motoristas_operador_de_maquina_e_pedreiro.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4186/036_-_requerimento_02-06-2025_-_abrir_uma_nova_rua_ligando_o_loteamento_nair_ao_loteamento_claudio.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4187/037_-_requerimento_02-06-2025_-_informacao_sobre_maquina_de_beneficiar_cafe.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4188/038_-_requerimento_02-06-2025_-_lixeira_perto_baiano_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4189/117_-_requerimento_-_02-06-2025_-_ponte_campestre.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4190/47_-_requerimento_academia_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4191/48_-_requerimento_estrada_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4193/25_-_requerimento_bairro_correas_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4194/26_-_requerimento_secretaria_de_saude_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4196/11_-_requerimento_02-06-2025_-_urgencia_especial_pl_26_e_27_-_2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4210/19_-_requerimento__-_9-6-2025_-_radar_-_rezende_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4211/20_-_requerimento_-_9-6-2025_-_informacoes_atividades_cras_no_rezende.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4212/026_-_requerimento_09-06-2025_-_lixeira_-_pessoal_dos_machado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4213/039_-_requerimento_09-06-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4214/040_-_requerimento_09-06-2025_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4215/49_-_requerimento_09-06-2025_-_arrumar_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4216/50_-_requerimento_09-06-2025_-__iluminacao_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4217/51_-_requerimento_arrumar_esgoto_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4218/27_-_requerimento_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4219/28_-_requerimento_bairro_pipa_e_pedrao__09-06-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4240/027_-_requerimento_16-06-2025_-_calcar_trecho_da_av._flavio_paiva.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4241/020_-_requerimento_-_16-06-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4242/041_-_requerimento_16-06-2025_-_estacionamento_entrada_para_tamandua.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4243/118_-_requerimento_-_16-06-2025_-_estacionamento_em_frente_mercado_purguinha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4244/043_-_requerimento_16-06-2025_-_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4245/044_-_requerimento_16-06-2025_-_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4246/119_-_requerimento_-_16-06-2025_-_reitera_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4247/21_-_requerimento_16-06-2025_-__alta_ville.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4254/120_-_requerimento_-_23-06-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4255/121_-_requerimento_-_23-06-2025_-_instituir_na_prefeitura_gratificacao_por_desempenho.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4256/52_-_requerimento_16-06-2025_-_informacao_sobre_rodeio.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4257/53_-_requerimento_23-06-2025_-__pedra_preta_-_academia.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4258/54_-_requerimento_23-06-2025_-__estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4259/55_-_requerimento_23-06-2025_-__lixeira_serrinha.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4272/12_-_requerimento_30-06-2025_-_urgencia_especial_pl_32_e_33_-_2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4287/022_-_requerimento_-_04-08-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4288/021_-_requerimento_-_04-08-2025_-_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4289/122_-_requerimento_-_04-08-2025_-_ponte_bela_bista.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4290/123_-_requerimento_-_04-08-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4291/124_-_requerimento_-_04-08-2025_-_esgoto_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4292/125_-_requerimento_-_04-08-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4293/126_-_requerimento_-_04-08-2025_-_limpeza_rua_nei_algusto_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4294/127_-_requerimento_-_04-08-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4295/56_-_requerimento_04-08-2025_-_manilha_bairro_serrinha.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4296/57_-_requerimento_04-08-2025_-_calcamento_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4297/58_-_requerimento_04-08-205_-_contrucao_de_boeiro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4298/59_-_requerimento_04-08-2025_-_estradas_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4299/60_-_requerimento_04-08-2025_-_estradas_castelhano.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4300/028_-_requeriment_04-08-2025_-_iluminacao_publica_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4301/29_-_requerimento_04-08-2025_-_manutencao_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4319/14_-_requerimento_11-08-2025_-_bebedouro_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4320/13_-_requerimento_11-08-2025_-_requerimento_para_colocar_em_funcionamento_gabinete_dentario_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4321/023_-_requerimento_-_11-08-2025_-_quebra-mola_rua_jose_da_costa_paica-_bairro_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4322/023_-_requerimento_-_11-08-2025_-_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4323/024_-_requerimento_-_08-08-2025_-_mudanca_ferias-premio_para_5_anos.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4324/130_-_requerimento_08-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda_maria_silva_olindo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4325/129_-_requerimento_08-08-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4326/128_-_requerimento_-_11-08-2025_-_calcamento_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4327/131_-_requerimento_11-08-2025_-_manilha_quebrada_curva_dos_vianas__bairro_anhumas.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4328/132_-_requerimento_11-08-2025_-_bueiro_rua_josefina_monti.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4329/23_-_requerimento_11-08-2025_-__redutor_velocidade_paulino.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4330/22_-_requerimento_11-08-2025_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4331/133_-_requerimento_11-08-2025_-_calcamento_proximo_ao_sicoob.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4332/61_-_requerimento_11-08-2025_-__estrada_pedrao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4333/62_-_requerimento_11-08-2025_-_estrada_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4334/63_-_requerimento_11-08-2025_-_estacao_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4335/64_-_requerimento_11-08-2025_-_poco_artesiano_lagoa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4336/042_-_requerimento_11-08-2025_-_estrada_lavoura_marquinho_fernandes_-_zezinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4337/043_-_requerimento_11-08-2025_-_limpeza_corrego_avenida_claudio_rodritues_souza.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4338/044_-_requerimento_11-08-2025_-_conserto_pranchao_estrada_pitangueiras_perto_ubs.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4339/029_-_requeriment_11-08-2025_-_estrada_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4340/16_-_requerimento_11-08-2025_-_abrigo_tamandua.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4341/17_-_requerimento_11-08-2025_-_local_para_atendimento_esf_no_bairro_cubatao.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/15_-_requerimento_11-08-2025_-_urgencia_especial_pl_34_35_36_e_37.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/134_-_requerimento_18-08-2025_-_moscas_bairros_contendas_furnas_anhumas_e_rocinha.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/135_-_requerimento_18-08-2025_-_quebra-molas_rua_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/136_-_requerimento_-_18-08-2025_-__ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/137_-_requerimento_-_18-08-2025_-__calcada_ruas_jose_da_costa_paiva_sergio_e_estevan.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/138_-_requerimento_-_18-08-2025_-__rocagem_mato_beirada_estrada_paulino.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/139_-_requerimento_-_18-08-2025_-_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/045_-_requerimento_18-08-2025_-_instalacao_de_um_bueiro_na_rua_juarez_silva_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/046_-_requerimento_18-08-2025_-_sinalizacoes_das_ruas_analise_a_viabilidade_de_se_instalar_uma_placa_na_rua_benjamin_constant_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/047_-_requerimento_18-08-2025_-__que_o_setor_responsavel_faca_manutencao_na_estrada_que_da_acesso_a_propriedade_do_rodrigo_filha_da_lourdes_no_bairro_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/65_-_requerimento_estrada_bairro_pipa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/66_-_requerimento_bairro_lagoa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/67_-_requerimento_bairro_pedra_preta__-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4377/68_-_requerimento_serra_estiva_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/045_-_requerimento_18-08-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/046_-_requerimento_18-08-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/047_-_requerimento_18-08-2025_-_curva_dos_vianas_bueiro_aterro.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/048_-_requerimento_18-08-2025_-_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/049_-_requerimento_18-08-2025_-_limpeza_bueiro_e_sargeta_proximo_fazenda_rosiane.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/69_-_requerimento_sertaozinho_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/140_-_requerimento_-_25-08-2025_-_rebaixar_quebra-mola_estrada_campestre.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/141_-_requerimento_25-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/030_-_requeriment_25-08-2025_-_iluminacao_publica_e_manutencao_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/142_-_requerimento_-_25-08-2024_-_bueiro_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/24_-_requerimento_25-08-2025_-_cemig_-_queda_de_energia.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/25_-_requerimento_25-08-2025_-_rua_jose_de_abreu_rezende_-_acougue.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/26_-_requerimento_25-08-2025_-_insalubridade_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/70_-_requerimento_prorrogacao_concurso_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/72_-_requerimento_estradas_bairro_belo_ramo_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/71_-_requerimento_estrada_bairro_estiva_-_laga_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/73_-_requerimento_pintura_quadra_estiva_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/050_-_requerimento_25-08-2025_-_passar_patrol_estrada_pitangueiras_-_onofre_fermino_cido_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/051_-_requerimento_25-08-2025_-_calcamento_avenida_claudio_de_souza_-_perto_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/145_-_requerimento_-_01-09-2025_-_adquirir_uma_carregadeira_articulada.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/144_-_requerimento_-_01-09-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/143_-_requerimento_-_01-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/025_-_requerimento_-_01-09-2025_-_atendimento_odontologico_alguns_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/026_-_requerimento_-_01-09-2025_-_calcar_trecho_da_avenida_flavio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/27_-_requerimento_01-09-2025_-_rede_esgoto_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/146_-_requerimento_-_01-09-2024_-_estrada_apos_o_posto_de_saude_lagoa_-_arvores.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/147_-_requerimento_-_01-09-2025_-_limpeza_na_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/048_-_requerimento_01-09-2025_-__calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/052_-_requerimento_01-09-2025_-_calcamento_paulino_-_correas.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/053_-_requerimento_01-09-2025_-_calcamento_bar_do_loro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/054_-_requerimento_01-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/055_-_requerimento_01-09-2025_-_bloquetes_propriedade_eleizeu_no_bairro_pitangueiras_virador_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/74_-_requerimento__-_calcamento_rua_jose_belmiro_monti_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/75_-_requerimento__-_transformador_cemig_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/76_-_requerimento__-_faixas_elevadas_e_faixas_de_pedestres_em_pontos_estrategicos_ao_lado_do_posto_candola-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/148_-_requerimento_-_08-09-2025_-_contramao_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/156_-_requerimento_05-09-2025_-_urgencia_especial_pl_42_-_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/149_-_requerimento_-_08-09-2025_-_estrada_divisa_-_dito_albino_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/150_-_requerimento_-_08-09-2025_-_sertaozinho_-_calcamento_proximo_sandra.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/056_-_requerimento_08-09-2025_-_consultorio_odontologico_das_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/049_-_requerimento_08-09-2025_-__calcamento_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/77_-_requerimento__-_lampadas_queimadas_pedrao_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/78_-_requerimento__-_estrada_pipa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/28_-_requerimento_08-09-2025_-_diaria_viagem_pj.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/027_-_requerimento_-_15-09-2025_-_pranchao_ponte_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/152_-_requerimento_15-09-2025_-_passeio_rodovia_mario_santana.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/153_-_requerimento_15-09-2025_-_ponte_angu.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/155_-_requerimento_15-09-2025_-_rua_casemiro_osorio_-_desnivel_calcamento.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/154_-_requerimento_15-09-2025_-_rua_poeta_joao_carneiro_de_rezende_-_calcamento_no_ponto_onde_termina_o_asfalto.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/156_-_requerimento_15-09-2025_-_pintura_quebra_molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/028_-_requerimento_-_15-09-2025_-_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/029_-_requerimento_-_15-09-2025_-_rua_afonso__vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/29_-_requerimento_15-09-2025_-_pedagio_estudantes_pouso_alegre.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/157_-_requerimento_15-09-2025_-_construir_faixa_elevada_na_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/057_-_requerimento_15-09-2025_-_passar_maquina_dito_avelino.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/058_-_requerimento_15-09-2025_-_calcamento_cruzamento_dito_lopes.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/059_-_requerimento_15-09-2025_-_estribo_e_porta_caminhao_lixo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/060_-_requerimento_15-09-2025_-_ponte_pitangueiras_-_fazer_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/30_-_requerimento_15-09-2025_-_urgencia_especial_pl_47_-_2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/158_-_requerimento_22-09-2025_-_alta_vile_-_tampa_bueiro.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/160_-_requerimento_22-09-2025_-_rua_jose_de_oliveira_lopes_-_perto_grandao.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/159_-_requerimento_22-09-2025_-_calcamento_trecho_de_rua_predio_tonho_onorfo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/161_-_requerimento_22-09-2025_-_passeio_no_trecho_que_esta_sendo_calcado_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/163_-_requerimento_-_22-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/162_-_requerimento_-_22-09-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/031_-_requeriment_22-09-2025_-_patrolamento_estrada_furnas_ze_nogueira.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/030_-_requerimento_-_22-09-2025_-_requerimento_estrada_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/031_-_requerimento_-_22-09-2025_-_estrada_pitangueiras_-_tres_paineiras_-_pedra.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/032_-_requerimento_-_22-09-2025_-_luminaria_paulino.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/79_-_requerimento__-_22-09-2025_-_tampa_bueiro_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/164_-_requerimento_-_06-10-2025_-_manilha_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/164_-_requerimento_-_06-10-2025_-_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/165_-_requerimento_-_06-10-2025_-_placa_obra_prefeitura_perto_atineia.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/166_-_requerimento_-_06-10-2025_-_limpeza_beirada_estrada_angu.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/167_-_requerimento_-_06-10-2025_-_lixeira_venda_do_tonhao.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/169_-_requerimento_-_06-10-2025_-_poste_av._claudio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/168_-_requerimento_-_06-10-2025_-_conserto_rodovia_mg347_-_furnas.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/18_-_requerimento_06-08-2025_-_placa_indicativa_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/171_-_requerimento_-_06-10-2025_-_manutencao_abrigo_rocinha.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/172_-_requerimento_-_06-10-2025_-_caixa_de_agua_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/033_-_requerimento_-_06-10-2025_-_bueiro_estrada_contendas_posses.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/034_-_requerimento_-_06-10-2025_-_estrada_pitangueiras_-_reapresentar.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/035_-_requerimento_-_06-10-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/82_-_requerimento_-_06-10-2025_-_bueiro_estrada_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/173_-_requerimento_-_06-10-2025_-_informacoes_sobre_cumprimento_da_lei_de_pertubacao_templos_regiliosos.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/061_-_requerimento_06-10-2025_-_aumento_carga_transformador_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/062_-_requerimento_06-10-2025_-_calcamento_em_frente_igreja_cristo_redentor.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/063_-_requerimento_06-10-2025_-_informacoes_sobre_a_aplicacao_do_recurso_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/032_-_requeriment_13-10-2025_-_estrada_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/033_-_requerimento_13-10-2025_-_entrada_mae_jarbinha.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/034_-_requerimento_13-10-2025_-_reforma_2_pontes_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/19_-_requerimento_13-10-2025_-_identificar_veiculos_da_prefeitura_-_adesivo.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/174_-_requerimento_-_10-10-2025_-_rampa_acesso_jardim.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/035_-_requerimento_13-10-2025_-_lixeira_floresta_paim.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/20_-_requerimento_13-10-2025_-__reajuste_real_vencimento_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/175_-_requerimento_-_13-10-2025_-_lagoa_limpeza_para_festa.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/83_-_requerimento_-_13-10-2025_-_bairro_pipa.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/84_-_requerimento_13-10-202_-_manutencao_de_rua_em_frente_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/85_-_requerimento_13-10-2025_-_bairro_lagoa_-_esgoto_-_adenilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/176_-_requerimento_-_13-10-2025_-_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/177_-_requerimento_-_13-10-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/064_-_requerimento_13-10-2025_-_boca_de_lobo_entupida_-_em_frente_casa_dinho_da_contendas.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/065_-_requerimento_13-10-2025_-_manutencao_calcamento_proximo_a_farmacia_economize.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/30_-_requerimento_13-10-2025_-__lixo_caindo_caminhao.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/21_-_requerimento_13-10-2025_-__incendio_pedra_branca_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/036_-_requerimento_-_20-10-2025_-_poda_arvore_jesse_e_eliana_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/178_-_requerimento_-_20-10-2025_-_lixeira_em_frente_dionisio.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/179_-_requerimento_-_20-10-2025_-_placa_de_conta_mao_esquina_da_rua_paica_junior_proximo_camara.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/180_-_requerimento_-_20-10-2025_-_fechar_campinho_da_bica.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/181_-_requerimento_-_20-10-2025_-_esgoto_vazando_na_rua_jose_monti_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/182_-_requerimento_-_20-10-2025_-_grade_bueiro_entrada_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/183_-_requerimento_-_20-10-2025_-_demolir_velorio_e_extender_rua_jose_dos_santos_marques.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/86_-_requerimento_20-10-2025_-_manutencao_de_rua_bairro_pedrao_cecilia.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/87_-_requerimento_20-10-2025_-_cascalho_estrada_bairro_lagoa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/88_-_requerimento_20-10-2025_-_solicitando_medicao_do_terreno_da_prefeitura_localizado_no_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/89_-_requerimento_20-10-2025_-_manutencao_de_esgoto__lagoa_-_em_frente_escola.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/90_-_requerimento_20-10-2025_-_instalacao_de_lixeira_e_placa_de_pare_-_dionisio.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/036_-_requerimento_20-10-2025_-_der_-_terra_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/190_-_requerimento_-_27-10-2025_-__pinturas_quebra-mola_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/191_-_requerimento_-_27-10-2025_-__tamandua_-_substituir_canos_por_manilha_-_nardo.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/91_-_requerimento_27-10-2025_-_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/92_-_requerimento_27-10-2025_-__bairro_pedrao_preta.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/93_-_requerimento_27-10-2025_-_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/94_-_requerimento_27-10-2025_-__bela_vista.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/95_-_requerimento_27-10-2025_-_indicacao_de_placas.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/066_-_requerimento_27-10-2025_-_reforma_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/067_-_requerimento_27-10-2025_-_calcamento_rocinha.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/052_-_requerimento_05-11-2025_-__lixeira_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/22_-_requerimento_05-11-2025_-_urgencia_especial_pl_58.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/038_-_requerimento_05-11-2025_-_acostamento_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/068_-_requerimento_05-11-2025_-_melhoria_acesso_estrada_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/069_-_requerimento_05-11-2025_-_melhoria_chegada_adilson_pola_nas_posses.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/037_-_requerimento_-_10-11-2025_-_beco_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/96_-_requerimento_10-11-2025_-_estrada_pedrao_-_lagoa_-_benedito_nascimento.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/97_-_requerimento_10-11-2025_-__manilha_quebrada_-_bairro_pedrao_-_roberto_acir.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/193_-_requerimento_10-11-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/194_-_requerimento_-_10-11-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/195_-_requerimento_-10-11-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/98_-_requerimento_10-11-2025_-__informacoes_licitacao_lagoa_-_pl_136-2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/99_-_requerimento_10-11-2025_-_cesta_natal_aos_funcionarios_publicos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/100_-_requerimento10-11-2025_-_bairro_pipa_-_cascalho.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/196_-_requerimento_-17-11-2025_-_quebra-mola_e_faixa-elevada_-_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/197_-_requerimento_-17-11-2025_-_bela_vista_-_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/198_-_requerimento_-17-11-2025_-_lagoa_-_curva_do_coracao.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/199_-_requerimento_-_17-11-2025_-_caixa_de_agua_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/038_-_requerimento_-_17-11-2025_-_estrada_pitangueiras_milo_monti.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/200_-_requerimento_-_17-11-2025_-_capina_mato_laterais_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/201_-_requerimento_-_17-11-2025_-_espaco_para_eventos.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/039_-_requerimento_17-11-2025_-_manutencao_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/101_-_requerimento_24-11-2025_-__pintura_de_meios_fios_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/102_-_requerimento_24-11-2025_-__estrada_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/103_-_requerimento_24_-_11-_2025_-_manutencao_do_poco_artesiano_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/104_-_requerimento_24-11-2025_-_boeiro_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/105_-_requerimento_24-11-2025_-_limpeza_terra_na_esf_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/202_-_requerimento_-_17-11-2025_-_melhorias_trecho_cruzamento_da_sao_sebastiao_com_a_padre_marino.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/203_-_requerimento_-_24-11-2025_-_esgoto_acougue_marcos.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/204_-_requerimento_-_01-12-2025_-_sabara_academia.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/205_-_requerimento_-_01-12-2025_-_buraco_no_cruzamento_rua_pedro_monte_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/206_-_requerimento_-_01-12-2025_-calcamento_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/207_-_requerimento_-_01-12-2025_-_igreja_e_prefeitura_informar_atividades_para_amissao_de_alvara_-_lei_da_pertubacao.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/208_-_requerimento_-_01-12-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/039_-_requerimento_-_01-12-2025_-_estadio_monti.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/106_-_requerimento_01-12-2025_-_bairro_pedrao_-_limpeza_mato_praca.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/107_-_requerimento_01-12-2025_-_bueiro_pedra_preta_campinho.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/31_-_requerimento_-_limpeza_bairro_pedrao_-_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4126/01_-_requerimento_vj_bianca_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4127/01_-_requerimento_vj_joaquim_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4128/01_-_requerimento_vj_lucas_ribeiro_-_respeito_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4129/01_-_requerimento_vj_peterson_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4198/02_-_requerimento_vj_alice_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4199/02_-_requerimento_vj_joaquim_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4200/01_-_requerimento_vj_loany_-_lazer_para_criancas.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4201/02_-_requerimento_vj_loany_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4202/01_-_requerimento_vj_mariah_luiza_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4203/02_-_requerimento_vj_peterson_-_27-05-2025_-_show_de_talentos.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4204/03_-_requerimento_vj_peterson_-_27-05-2025_-_rosa_azul_e_laranja.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4273/03_-_requerimento_vj_alice_-_24-06-2025_-_projeto_voz_jovem.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4274/02_-_requerimento_vj_arthur_-_24-06-2025_cafe_e_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4275/02_-_requerimento_vj_bianca_24-06-2025_lixeira_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4276/03_-_requerimento_vj_joaquim_24-06-2025_radar_paulino.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4277/04_-_requerimento_vj_joaquim_24-06-2025_-_posto_saude_paulino.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4278/05_-_requerimento_vj_joaquim_24-06-2025_-_limpeza_lixeira_paulino_entrada_correias.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/04_-_requerimento_vj_alice_-_26-08-2025_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/03_-_requerimento_vj_arthur_-_26-08-2025.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/06_-_requerimento_vj_joaquim_26-08-2025_-_abrigo_para_animais.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/07_-_requerimento_vj_joaquim_26-08-2025_-_juros.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/04_-_requerimento_vj_arthur_-_30-09-2025_-_agua_correas.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/08_-_requerimento_vj_joaquim_30-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/04_-_requerimento_vj_peterson_-_30-08-2025_-_cobrando_execucao_da_lei_do_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3721/01_-_mocao_pesar_-_joaquim_zoti.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3722/01_-_mocao_aplauso_e_congratulacao_-_festa_sao_sebastiao_-_desfile_de_cavaleiros_e_leilao_gado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3736/01_-_mocao_aplauso_21-01-2025_-_estudante_ana_carolina.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3737/02_-_mocao_de_aplauso_-_estudante_thais_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3785/01_-_mocao_pesar_-_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3786/01_-_mocao_27-01-2025_-_maze.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3817/02_-_mocao_aplauso_-_ejc.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3829/01_-_mocao_de_pesar_-_pastor_joel.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3855/01_-_mocao_pesar_-_francisco_regio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3956/02_-_mocao_pesar_luiz_gonzaga_fernandes.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3991/03_-_mocao_de_pesar_-_nelson_lino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3992/02_-_mocao_nelson_lino.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3993/03_-_mocao_pesar_-__giovana.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3994/04_-_mocao_pesar_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3995/05_-_mocao_pesar_-__maria_benedita_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4004/03_-_mocao_pesar_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4005/06_-_mocao_pesar_-__anesia.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4025/04_-_mocao_pesar_-_jose_raimundo_vicente.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4026/03_-_mocao_aplauso_e_congratulacao_-_geralda_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4027/02_-_mocao_aplauso_e_congratulacao_-_edna_-_pedra_preta_-_esf.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4088/06_-_mocao_pesar_-_zezinho_mecanico.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4089/05_-_mocao_pesar_-_paulo_cesar_gouveia.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4090/03_-_mocao_pesar_benedito_oliveira_gomes.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4104/07_-_mocao_aplauso_-_marcao_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4105/08_-_mocao_aplauso_-_corrida_-_11_de_maio.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4106/07_-_mocao_aplauso_-__vila_vicentina.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4107/04_-_mocao_fotos_de_pedralva_12-05-2025.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4153/08_-_mocao_aplauso_-_academia_studio_fitnes.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4163/04_-_mocao_de_pesar_-_sebastiao_lopes_fernandes.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4195/05_-_mocao_evento_dia_01-06-2025_encontro_made_in_brasil.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4220/05_-_mocao_de_aplauso_a_cavalgada_venda_tonhao.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4253/02_-_mocao_aplauso_-__corpus_christi.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4302/09_-_mocao_aplauso_-_fabio_-_competidor_de_rodeio.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4303/10_-_mocao_aplauso_-_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4304/03_-_mocao_apoio_-_nova_fabrica_-_josiani.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4305/06_-_mocao_de_aplauso_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4306/09_-_mocao_aplauso_-_eac.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4342/04_-_mocao_de_aplauso-_alunos_do_pj.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/05_-_mocao_de_aplauso-_profissionais_de_cultura_-_pj.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/07_-_mocao_de_aplauso_arraia_pedrao__-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/08_-_mocao_aplausos_venda_do_tonhao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/06_-_mocao_evento_copa_de_marcha_-_poeirao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/07_-_mocao_evento_cavalgada_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/10_-_mocao_aplauso_-_semana_familia.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/11_-_mocao_aplauso_-_palestra_violencia.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/08_-_mocao_evento_escaladores_pedrao.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/12_-_mocao_de_aplauso_a_comunidade_do_bairro_pedrao_06-10-2025.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/04_-_mocao_aplauso_e_agradecimento_combate_incendio_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/12_-_mocao_aplauso_-_aciso_v2.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/13_-_mocao_aplauso_-_rita_-_aposentou_-_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/14_-_mocao_aplauso_-maia_aparecida_-_aposentou.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/15_-_mocao_aplauso_-_jose_paulo_-_servidor_aposentado.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/16_-_mocao_aplauso_-_benedito_lopes_rangel.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/05_-_mocao_aplauso_-_jussara_coroline.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/11_-_mocao_aplauso_-_dnj.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/13_-_mocao_a_estiva_-_27-10-2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/12_-_mocao_aplauso_-_edson_e_ana_clara.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/17_-_mocao_aplauso_-_governador_do_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/18_-_mocao_aplauso_-_policia_do_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/14_-_modelo_mocao_de_aplauso_-_mae_nagegante.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/15_-_modelo_mocao_de_aplauso__-_colegio_-_feitec.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4060/emenda_no_01_-_pl_015-2025_-_estagio_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4063/emenda_no_01_-_pl_020-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4099/emenda_no_01_-_pl_023-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4159/emenda_no_01_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_no_01_-_pl_26-2025_-_prazo_contrat._temp._medicos.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_no_01_-_pl_17-2025_-_ldo_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_no_02_-_pl_17-2025_-_ldo_-_metas_camara.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_no_01_-_pl_029-2025_-_alexandre_-_vaga_estacionamento_preferencial.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/emenda_no_01_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/emenda_no_02_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/emenda_no_01_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/emenda_no_02_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/emenda_1_ao_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/emenda_no_04_-_plc_8-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/emenda_no_05_-_plc_8-2025_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/emenda_no_06_-_plc_8-2025_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_2_ao_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3725/2025_-_parecer_juridico_pl_02_-_2025_-_auxilio_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3726/2025_-_parecer_juridico_pl_03-2025_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3768/2025_-_parecer_juridico_pl_04_-_2025_-_controle_de_moscas.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3818/parecer_01-2025_-_plc_02-2025_-_criacao_de_vaga_tecnico_educacao.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3819/parecer_02-2025_-_pl_05-2025_-_subvencao_entidades_sociais.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3820/parecer_03-2025_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3821/parecer_04-2025_-_pl_07-2025_-_revoga_artigo_da_lei_1679-16_ref._processo_escolha_diretor.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3822/parecer_05-2025_-_elo_01-2025_-_exercicio_de_cargo_de_secretario_por_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3891/parecer_08-2025_-_pl_08-2025_-_denomina_logradouro_publico_-_rua_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3892/parecer_09-2025_-_pl_09-2025_-_denomina_logradouro_publico_-_rua_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3893/parecer_10-2025_-_plo_10-2025_-_denomina_logradouro_publico_-_rua_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3894/parecer_11-2025_-_plo_11-2025_-_atendimento_prioritario_pacientes_de_hemodialise_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3913/parecer_13-2025_-_pre_01-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3937/parecer_14-2025_-_plo_12-2025_-_credito_suplementar_saude_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3938/parecer_15-2025_-_plo_13-2025_-_credito_especial_cimasp_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3958/parecer_16-2025_-_pl_14_-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_23-2025_-_plo_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_24-2025_-_plo_19_-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_25-2025_-_plo_21-2025_-_modificacao_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4094/parecer_33-2025_-_plo_24-2025_-_faixa_nao_edificante.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4095/parecer_34-2025_-_proposta_emenda_lom_02-2025_-_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4103/parecer_35-2025_-_plo_25-2025_-_emprestimo_bdmg.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4154/parecer_36-2025_-_plo_17-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4176/parecer_39-2025_-_plo_26-2025_-_contratacao_temporaria_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4177/parecer_40-2025_-_plo_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4225/parecer_41-2025_-_pl_28-2025_substitutivo_-_incentivo_artistas_locais-assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4226/parecer_42-2025_-_plo_29-2025_-_reserva_vagas_estacionamento_pcd_idosos_etc.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4227/parecer_43-2025_-_plo_30-2025_-_contratacao_temporaria_de_fonaudiologos.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4228/parecer_44-2025_-_plc_04-2025_-_reducao_jornada_de_trabalho_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4260/parecer_45-2025_-_plo_32-2025_-_auxilio_financeiro_pedrock.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4261/parecer_46-2025_-_plc_06-2025_-_criacao_vaga_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4262/parecer_47-2025_-_plc_05-2025_-_criacao_cargo_sup._hospitalar_e_gestor_qualidade.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4263/parecer_48-2025_-_plo_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4264/parecer_49-2025_-_plo_32-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4281/parecer_50-2025_-_plo_34-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/parecer_58-2025_-_plc_07-2025_-_criacao_vaga_farmaceutico_e_contrat._temporaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/parecer_55-2025_-_plo_35-2025_-_credito_suplementar_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/parecer_52-2025_-_plj_01-2025_-_cria_programa_prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/parecer_53-2025_-_plj_02-2025_-_cria_o_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/parecer_60-2025_-_pl_38-2025_-_denomina_rua_dr_alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/parecer_61-2025_-_pl_39-2025_-_denomina_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/parecer_62-2025_-_plo_40-2025_-_denomina_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/parecer_63-2025_-_plo_41-2025_-_utilidade_publica_assoc._cultural_e_assist._flapedra.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/parecer_64-2025_-_plo_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/parecer_66-2025_-_plo_46-2025_-_autoriz._protesto_extrajudicial_das_certidoes_de_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/parecer_65-2025_-_pre_02-2025_-_titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/parecer_69-2025_-_plo_47-2025_-_contribuicao_financeira_flapedra.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/parecer_67-2025_-_plo_45-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/parecer_70-2025_-_plo_44-2025_-_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/parecer_76-2025_-_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/parecer_77-2025_-_pl_50-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/parecer_78-2025_-_pl_51-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/parecer_79-2025_-_pl_52-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/parecer_80-2025_-_pl_53_-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/parecer_82-2025_-_plo_54-2025_-_credito_suplementar_-_superavit_excesso_e_anulacao.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/parecer_87-2025_-_plo_55-2025_-_veda_nomeacao_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/parecer_88-2025_-_pl_57-2025_-_credito_suplementar_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/parecer_89-2025_-_pl_56-2025_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/parecer_90-2025_-_plo_58-2025_-_contribuicao_financeira_grupo_afroblack.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/parecer_92-2025_-_plo_60-2025_-_credito_suplementar_-_anulacao_superavit_e_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/parecer_98-2025_-_substitutivo_ao_pl_59-2025_-_medidor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/parecer_99-2025_-_pl_62-2025_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/parecer_100-2025_-_plo_63-2025_-_credito_suplementar_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/parecer_96-2025_-_pl_61-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/parecer_103-2025_-_pre_03-2025_-_alteracao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4748/parecer_102-2025_-_pre_04-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/parecer_104-2025_-_plc_09-2025_-_criacao_vaga_engenheiro.docx.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3729/03_-_parecer_-_cljr_-_pl_02-2025_-_fornecimento_gratuito_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3730/04_-_parecer_-_cljr_-_pl_03-2025_-_vencimento_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3823/05_-_parecer_-_cljr_-_pl_05-2025_-_subvencao_social.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3824/06_-_parecer_-_cljr_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3825/07_-_parecer_-_cljr_-_pl_07-2025_-_revoga_dispositivo_lei_1679_-_eleicao_diretores_escola.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3873/08_-_parecer_-_cljr_-_pl_08-2025_-_denomina_logradouro_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3874/09_-_parecer_-_cljr_-_pl_09-2025_-_denomina_logradouro_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3895/011_-_parecer_-_cljr_-_pl_011-2025_-_atendimento_prioritario_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3896/012_-_parecer_-_cljr_-_plc_02-2025_-_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3914/013_-_parecer_-_cljr_-_pr_01-2025_-_premio_mulher-cidada.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3939/014_-_parecer_-_cljr_-_pl_012-2025_-_credito_especial_-_491.71408_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3940/015_-_parecer_-_cljr_-_pl_013-2025_-_credito_especial_-_61.200_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3959/016_-_parecer_-_cljr_-_pl_014-2025_-_credito_suplementar_-_474.91328_-_restituicoes_trabalhistas_sentenca_judicial_e_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_pl_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_pl_16-2025_-_chacaras.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_pl_19-2025_-_credito_suplementar_295.100_-_depart._agropecuario.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_pl_20-2025_-_aumento_valor_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_pl_21-2025_-_altera_lei_2070-2025_-_credito_especial_cimasp.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4096/parecer_pl_22-2025_-_multa_pertubar_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4097/parecer_-_cljr_-_pl_023-2025_-_gratificacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4098/parecer_pl_25-2025_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4132/025_-_parecer_-_cljr_-_pl_018-2025_-_hospital_de_gimirim.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4133/026_-_parecer_-_cljr_-_pl_024-2025_-_edificacao_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4157/027_-_parecer_-_cljr_-_subemenda_a_emenda_ao_pl_023-2025_-_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4158/028_-_parecer_-_cljr_-_pl_17-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4178/029_-_parecer_-_cljr_-_pl_26-2025_-_contratacao_temporaria_medicos.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4179/030_-_parecer_-_cljr_-_pl_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4229/parecer_emendas_pl_17-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4230/parecer_pl_28-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4231/parecer_pl_29-2025_-_estacionamento_pessoas_especiais.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4232/parecer_pl_30-2025_-_contratacao_temporaia_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4265/parecer_pl_32-2025_-__pecrock.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4266/parecer_pl_33-2025_-_credito_suplementar_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4267/parecer_plc_5-2025_-_supervisor_hospitalar_e_gestor_de_qualidde.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4307/parecer_plc_4-2025_-_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4308/parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4309/parecer_pl_34-2025_-_credito_suplementar_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4310/parecer_pl_35-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4311/parecer_pl_36_-_2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4312/parecer_pl_37-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/parecer_plc_7-2025_-_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/parecer_pl_38-2025_-_rua_dr._alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/parecer_pl_39-2025_-_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/parecer_pl_40-2025_-_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/parecer_pl_42-2025_-_auxilio_alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/parecer_pl_46-2025_-_cobranca_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/parecer_pr_2-2025_-_titulo_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/parecer_pl_43-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/parecer_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/parecer_pl_50-2025_-_nome_rua__marco_lisboa.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/parecer_pl_51-2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/parecer_pl_52_-_2025_-_rua_joffre.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/parecer_pl_53-2025_-_credito_suplementar_saude_357.800.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/parecer_pl_54-2025_-_credito_suplementar_educacao_-_260.00000.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/parecer_pl_55-2025_-_veda_nomeacao_cargo_publico_condenados_por_crimes.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/parecer_pl_56-2025_-_denominacao_ubs_vintem_e_centro.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/parecer_pl_57-2025_-_credito_suplementar_-_calcamento_e_praca_rua_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/parecer_pl_58-2025_-_contribuicao_financeira_festival_afro.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/parecer_emendas_4_5_e_6_-_plc_8-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/parecer_pl_60-2025_-_credito_suplementar_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/parecer_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/parecer_pl_59-2025_-_dispositivo_medir_glicose.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/parecer_plc_9-2025_-_cargo_de_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4751/parecer_pl_61-2025_-_gratificaca_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4752/parecer_pr_3-2025_-_veda_reeleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4753/parecer_pr_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3769/03_-_parecer_cfoff_-_pl_03_-_2025_-_revisao_geral_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3826/04_-_parecer_cfoff_-_pl_05_-_2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3828/05_-_parecer_cfoff_-_pl_06_-_2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3915/06_-_parecer_cfoff_-_pr_01_-_2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3941/07_-_parecer_cfoff_-_pl_12_-_2025_-_credito_especial_-_santa_casa_-_491.71408.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3942/08_-_parecer_cfoff_-_pl_13_-_2025_-_credito_especial_-_cimasp_-_61.20000.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3996/09_-_parecer_cfoff_-_pl_13_-_2025_-_credito_suplementar_-_474.91328.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4061/10_-_parecer_cfoff_-_pl_20_-_2025_-_aumento_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4062/11_-_parecer_cfoff_-_pl_21_-_2025_-_altera_lei_credito_suplementar_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4100/12_-_parecer_cfoff_-_pl_19_-_2025_-__credito_suplementar_295.100_-_implementos_agricola_e_equipamentos_creche.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4101/13_-_parecer_cfoff_-_pl_25_-_2025_-__bdmg.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4134/15_-_parecer_cfoff_-_pl_022-2025_-_pertubacao_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4135/14_-_parecer_cfoff_-_pl_23_-_2025_-__gratificacao.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4160/16_-_parecer_cfoff_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4181/17_-_parecer_cfoff_-_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4182/18_-_parecer_cfoff_-_pl_027-2025_-_sub_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4206/19_-_parecer_cfoff_-_pl_017-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4234/20_-_parecer_cfoff_-_pl_028-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4269/22_-_parecer_cfoff_-_pl_032-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4271/23_-_parecer_cfoff_-_pl_033-2025_-_credito_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4282/24_-_parecer_cfoff_-_prestacao_de_contas_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4313/25_-_parecer_cfoff_-_pl_034-2025_-_credito_bdmg_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4314/26_-_parecer_cfoff_-_pl_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4315/27_-_parecer_cfoff_-_pl_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4316/28_-_parecer_cfoff_-_pl_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/29_-_parecer_cfoff_-_plc_07-2025_-_cria_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/30_-_parecer_cfoff_-_pl_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/34_-_parecer_cfoff_-_pl_53-2025_-_credito_suplementar_saude_-_veiculo_e_esf.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/35_-_parecer_cfoff_-_pl_54-2025_-_credito_suplementar_260.000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/36_-_parecer_cfoff_-_plc_8-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/37_-_parecer_cfoff_-_pl_57-2025_-_credito_suplementar_rua_e_praca_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/38_-_parecer_cfoff_-_pl_58-2025_-_festa_afro.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/39_-_parecer_cfoff_-_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/40_-_parecer_cfoff_-_pl_60-2025_-_credito_suplementar_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/41_-_parecer_cfoff_-_pl_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/42_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/43_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3877/03_-_parecer_pl_09-2025_-_nome_de_rua_-_maria_ines_bustamante.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3878/04_-_parecer_pl_010-2025_-_nome_de_rua_-_joaquim_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4058/05_-_parecer_pl_015-2025_-_estagio_de_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4059/06_-_parecer_pl_016-2025_-_revoga_lei_chacramento.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4136/07_-_parecer_pl_022-2025_-_multa_pertubacao_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4137/08_-_parecer_pl_023-2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4138/09_-_parecer_pl_024-2025_-_faixa_edificavel_rodovia.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4183/10_-_parecer_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4236/11_-_parecer_pl_30-2025_-_contratacao_tempo_determinado_fono.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4317/12_-_parecer_plc_04-2025_-_reducao_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/13_-_parecer_plc_07-2025_-_cria_vaga_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/14_-_parecer_pl_38-2025_-_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/15_-_parecer_pl_39-2025_-_rua_eunice.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/16_-_parecer_pl_40-2025_-_rua_custodiao.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/17_-_parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/18_-_parecer_pr_2-2025_-_titulo_de_amigo.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/22_-_parecer_pl_50_-_2025_-_rua_marcos_lisboa.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/23_-_parecer_pl_51_-_2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/24_-_parecer_pl_52_-_2025_-_rua_joffre_mohallem.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/25_-_parecer_pl_56_-_2025_-_denominacao_ubs_vintem_e_centro.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/26_-_parecer_pl_57_-_2025_-_credito_suplementar_-_rua_e_praca_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/27_-_parecer_emenda_4_plc_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/28_-_parecer_emenda_5_plc_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/29_-_parecer_pl_55_-_2025_-_vedacao_contraacao_de_pessoa_condenada.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/30_-_parecer_pl_44_-_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/31_-_parecer_pl_62_-_2025_-_nome_rua_vianas.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/32_-_parecer_pl_43_-_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3899/03_-_parecer_pl_011-2025_-_atendimento_prioritario_pacientes_de_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3916/04_-_parecer_pr_1-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4161/05_-_parecer_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4162/06_-_parecer_a_emenda_no_1_ao_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4237/07_-_parecer_pl_28-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4238/08_-_parecer_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4239/09_-_parecer_a_emenda_no_1_ao_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4270/10_-_parecer_pl_32-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/14_-_parecer_pl_58-2025_-_festa_afro.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/15_-_parecer_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/edital_-_ap_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/edital_-_loa_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/01_-_emenda_impositiva_individual_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/02_-_emenda_impositiva_individual_-_carlinho.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/03_-_emenda_impositiva_individual_-_david.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/04_-_emenda_impositiva_individual_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/05_-_emenda_impositiva_individual_-_jerson.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/06_-_emenda_impositiva_individual_-_jose_paulo.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/07_-_emenda_impositiva_individual_-_ketrym.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/08_-_emenda_impositiva_individual_-_luiz_felipe.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/09-_emenda_impositiva_individual_-_nei.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/10_-_emenda_impositiva_de_bancada_-_psd.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/11_-_emenda_impositiva_de_bancada_-_uniao.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/12_-_emenda_impositiva_de_bancada_-_pt.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/13_-_emenda_impositiva_de_bancada_-_pp.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H844"/>
+  <dimension ref="A1:H1068"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="112.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="191.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="235.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -11162,20681 +13525,26505 @@
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>216</v>
       </c>
       <c r="H50" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>218</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
       <c r="D51" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>44</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>222</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>44</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B52" t="s">
-[...11 lines deleted...]
-      <c r="F52" t="s">
+      <c r="H52" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>226</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>227</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>44</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B53" t="s">
-[...5 lines deleted...]
-      <c r="D53" t="s">
+      <c r="H53" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>231</v>
       </c>
       <c r="D54" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H54" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="D55" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H55" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>238</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>239</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H56" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>242</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>31</v>
+        <v>243</v>
       </c>
       <c r="D57" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H57" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>35</v>
+        <v>247</v>
       </c>
       <c r="D58" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H58" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>39</v>
+        <v>251</v>
       </c>
       <c r="D59" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H59" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>43</v>
+        <v>255</v>
       </c>
       <c r="D60" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>23</v>
+        <v>182</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="H60" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>259</v>
       </c>
       <c r="D61" t="s">
-        <v>254</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>255</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="H61" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="D62" t="s">
-        <v>254</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>255</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>259</v>
+        <v>23</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="H62" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>267</v>
       </c>
       <c r="D63" t="s">
-        <v>263</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H63" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>17</v>
+        <v>272</v>
       </c>
       <c r="D64" t="s">
-        <v>263</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="H64" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>10</v>
+        <v>276</v>
       </c>
       <c r="D65" t="s">
-        <v>272</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>273</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>274</v>
+        <v>182</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H65" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="E66" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="F66" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H66" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>285</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" t="s">
         <v>280</v>
       </c>
-      <c r="B67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="F67" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="H67" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="E68" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="F68" t="s">
-        <v>274</v>
+        <v>23</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="H68" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D69" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="E69" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="F69" t="s">
-        <v>274</v>
+        <v>23</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="H69" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>297</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>22</v>
+      </c>
+      <c r="D70" t="s">
         <v>290</v>
       </c>
-      <c r="B70" t="s">
-[...5 lines deleted...]
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>291</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="H70" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D71" t="s">
+        <v>290</v>
+      </c>
+      <c r="E71" t="s">
         <v>291</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="H71" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D72" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E72" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="F72" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="H72" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D73" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E73" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="F73" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="H73" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="D74" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E74" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H74" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D75" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E75" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="F75" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H75" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="D76" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E76" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="F76" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H76" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>299</v>
+        <v>318</v>
       </c>
       <c r="E77" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="F77" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H77" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" t="s">
         <v>318</v>
       </c>
-      <c r="B78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="F78" t="s">
-        <v>44</v>
+        <v>323</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="H78" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
       <c r="E79" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="F79" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="H79" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D80" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
       <c r="E80" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="F80" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="H80" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>335</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>22</v>
+      </c>
+      <c r="D81" t="s">
         <v>327</v>
       </c>
-      <c r="B81" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="F81" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="H81" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D82" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
       <c r="E82" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="F82" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="H82" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="E83" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="F83" t="s">
-        <v>18</v>
+        <v>344</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="H83" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D84" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="E84" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="F84" t="s">
-        <v>132</v>
+        <v>344</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="H84" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="D85" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="E85" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="F85" t="s">
-        <v>132</v>
+        <v>351</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="H85" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>354</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>27</v>
+      </c>
+      <c r="D86" t="s">
         <v>342</v>
       </c>
-      <c r="B86" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="F86" t="s">
-        <v>44</v>
+        <v>344</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="H86" t="s">
-        <v>344</v>
+        <v>356</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="D87" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="E87" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="F87" t="s">
-        <v>44</v>
+        <v>344</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>346</v>
+        <v>358</v>
       </c>
       <c r="H87" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="D88" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="E88" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="F88" t="s">
-        <v>44</v>
+        <v>344</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="H88" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>299</v>
+        <v>364</v>
       </c>
       <c r="E89" t="s">
-        <v>300</v>
+        <v>365</v>
       </c>
       <c r="F89" t="s">
-        <v>44</v>
+        <v>110</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>352</v>
+        <v>366</v>
       </c>
       <c r="H89" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="D90" t="s">
-        <v>299</v>
+        <v>364</v>
       </c>
       <c r="E90" t="s">
-        <v>300</v>
+        <v>365</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>355</v>
+        <v>369</v>
       </c>
       <c r="H90" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>357</v>
+        <v>371</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>93</v>
+        <v>22</v>
       </c>
       <c r="D91" t="s">
-        <v>299</v>
+        <v>364</v>
       </c>
       <c r="E91" t="s">
-        <v>300</v>
+        <v>365</v>
       </c>
       <c r="F91" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="H91" t="s">
-        <v>359</v>
+        <v>373</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E92" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F92" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="H92" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="D93" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E93" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F93" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="H93" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="D94" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E94" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F94" t="s">
         <v>44</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="H94" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="D95" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E95" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F95" t="s">
         <v>44</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="H95" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>114</v>
+        <v>31</v>
       </c>
       <c r="D96" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E96" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F96" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="H96" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>375</v>
+        <v>391</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>118</v>
+        <v>35</v>
       </c>
       <c r="D97" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E97" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F97" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="H97" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="D98" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E98" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F98" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
       <c r="H98" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>126</v>
+        <v>43</v>
       </c>
       <c r="D99" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E99" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F99" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>383</v>
+        <v>398</v>
       </c>
       <c r="H99" t="s">
-        <v>384</v>
+        <v>399</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>400</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="D100" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E100" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F100" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
       <c r="H100" t="s">
-        <v>387</v>
+        <v>402</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>136</v>
+        <v>52</v>
       </c>
       <c r="D101" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E101" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F101" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>389</v>
+        <v>404</v>
       </c>
       <c r="H101" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="D102" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E102" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F102" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="H102" t="s">
-        <v>393</v>
+        <v>408</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>394</v>
+        <v>409</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>144</v>
+        <v>61</v>
       </c>
       <c r="D103" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E103" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F103" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="H103" t="s">
-        <v>396</v>
+        <v>411</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>148</v>
+        <v>65</v>
       </c>
       <c r="D104" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E104" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F104" t="s">
-        <v>265</v>
+        <v>132</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="H104" t="s">
-        <v>399</v>
+        <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>400</v>
+        <v>415</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>152</v>
+        <v>69</v>
       </c>
       <c r="D105" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E105" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F105" t="s">
-        <v>265</v>
+        <v>132</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>401</v>
+        <v>416</v>
       </c>
       <c r="H105" t="s">
-        <v>402</v>
+        <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>403</v>
+        <v>418</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="D106" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E106" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F106" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>404</v>
+        <v>419</v>
       </c>
       <c r="H106" t="s">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>406</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>160</v>
+        <v>77</v>
       </c>
       <c r="D107" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E107" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F107" t="s">
         <v>44</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>407</v>
+        <v>422</v>
       </c>
       <c r="H107" t="s">
-        <v>408</v>
+        <v>423</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>409</v>
+        <v>424</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>164</v>
+        <v>81</v>
       </c>
       <c r="D108" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E108" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F108" t="s">
         <v>44</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
       <c r="H108" t="s">
-        <v>411</v>
+        <v>426</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>168</v>
+        <v>85</v>
       </c>
       <c r="D109" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E109" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F109" t="s">
         <v>44</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>413</v>
+        <v>428</v>
       </c>
       <c r="H109" t="s">
-        <v>414</v>
+        <v>429</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="D110" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E110" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F110" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>416</v>
+        <v>431</v>
       </c>
       <c r="H110" t="s">
-        <v>417</v>
+        <v>432</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>177</v>
+        <v>93</v>
       </c>
       <c r="D111" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E111" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F111" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>419</v>
+        <v>434</v>
       </c>
       <c r="H111" t="s">
-        <v>420</v>
+        <v>435</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>421</v>
+        <v>436</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>181</v>
+        <v>97</v>
       </c>
       <c r="D112" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E112" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F112" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>422</v>
+        <v>437</v>
       </c>
       <c r="H112" t="s">
-        <v>423</v>
+        <v>438</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>424</v>
+        <v>439</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>186</v>
+        <v>101</v>
       </c>
       <c r="D113" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E113" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>425</v>
+        <v>440</v>
       </c>
       <c r="H113" t="s">
-        <v>426</v>
+        <v>441</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>427</v>
+        <v>442</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>191</v>
+        <v>105</v>
       </c>
       <c r="D114" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E114" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F114" t="s">
         <v>44</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>428</v>
+        <v>443</v>
       </c>
       <c r="H114" t="s">
-        <v>429</v>
+        <v>444</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>445</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>195</v>
+        <v>109</v>
       </c>
       <c r="D115" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E115" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F115" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>431</v>
+        <v>446</v>
       </c>
       <c r="H115" t="s">
-        <v>432</v>
+        <v>447</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>433</v>
+        <v>448</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>199</v>
+        <v>114</v>
       </c>
       <c r="D116" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E116" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F116" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>434</v>
+        <v>449</v>
       </c>
       <c r="H116" t="s">
-        <v>435</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>436</v>
+        <v>451</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>203</v>
+        <v>118</v>
       </c>
       <c r="D117" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E117" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F117" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>437</v>
+        <v>452</v>
       </c>
       <c r="H117" t="s">
-        <v>438</v>
+        <v>453</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>439</v>
+        <v>454</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>207</v>
+        <v>122</v>
       </c>
       <c r="D118" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E118" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F118" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>440</v>
+        <v>455</v>
       </c>
       <c r="H118" t="s">
-        <v>441</v>
+        <v>456</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>442</v>
+        <v>457</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>211</v>
+        <v>126</v>
       </c>
       <c r="D119" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E119" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F119" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>443</v>
+        <v>458</v>
       </c>
       <c r="H119" t="s">
-        <v>444</v>
+        <v>459</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>445</v>
+        <v>460</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>215</v>
+        <v>131</v>
       </c>
       <c r="D120" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E120" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>268</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>446</v>
+        <v>461</v>
       </c>
       <c r="H120" t="s">
-        <v>447</v>
+        <v>462</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>448</v>
+        <v>463</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>449</v>
+        <v>136</v>
       </c>
       <c r="D121" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E121" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>450</v>
+        <v>464</v>
       </c>
       <c r="H121" t="s">
-        <v>451</v>
+        <v>465</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>452</v>
+        <v>466</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>453</v>
+        <v>140</v>
       </c>
       <c r="D122" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E122" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F122" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="H122" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>457</v>
+        <v>144</v>
       </c>
       <c r="D123" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E123" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F123" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="H123" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>461</v>
+        <v>148</v>
       </c>
       <c r="D124" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E124" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F124" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="H124" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>465</v>
+        <v>152</v>
       </c>
       <c r="D125" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E125" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F125" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="H125" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>469</v>
+        <v>156</v>
       </c>
       <c r="D126" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E126" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F126" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="H126" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="D127" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E127" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F127" t="s">
         <v>44</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="H127" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>477</v>
+        <v>164</v>
       </c>
       <c r="D128" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E128" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F128" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="H128" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>481</v>
+        <v>168</v>
       </c>
       <c r="D129" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E129" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F129" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="H129" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>485</v>
+        <v>173</v>
       </c>
       <c r="D130" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E130" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F130" t="s">
         <v>57</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H130" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>489</v>
+        <v>177</v>
       </c>
       <c r="D131" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E131" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F131" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="H131" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>493</v>
+        <v>181</v>
       </c>
       <c r="D132" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E132" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F132" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H132" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>497</v>
+        <v>186</v>
       </c>
       <c r="D133" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E133" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F133" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H133" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>501</v>
+        <v>191</v>
       </c>
       <c r="D134" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E134" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F134" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H134" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>505</v>
+        <v>195</v>
       </c>
       <c r="D135" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E135" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F135" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H135" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>508</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
+        <v>199</v>
+      </c>
+      <c r="D136" t="s">
+        <v>375</v>
+      </c>
+      <c r="E136" t="s">
+        <v>376</v>
+      </c>
+      <c r="F136" t="s">
+        <v>44</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="D136" t="s">
-[...8 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>511</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>203</v>
+      </c>
+      <c r="D137" t="s">
+        <v>375</v>
+      </c>
+      <c r="E137" t="s">
+        <v>376</v>
+      </c>
+      <c r="F137" t="s">
+        <v>44</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="H137" t="s">
         <v>513</v>
-      </c>
-[...13 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>514</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>207</v>
+      </c>
+      <c r="D138" t="s">
+        <v>375</v>
+      </c>
+      <c r="E138" t="s">
+        <v>376</v>
+      </c>
+      <c r="F138" t="s">
+        <v>44</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H138" t="s">
         <v>516</v>
-      </c>
-[...19 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>522</v>
+        <v>211</v>
       </c>
       <c r="D139" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E139" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F139" t="s">
+        <v>44</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="G139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H139" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>526</v>
+        <v>215</v>
       </c>
       <c r="D140" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E140" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F140" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="H140" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>530</v>
+        <v>219</v>
       </c>
       <c r="D141" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E141" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F141" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="H141" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>534</v>
+        <v>223</v>
       </c>
       <c r="D142" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E142" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F142" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="H142" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>538</v>
+        <v>227</v>
       </c>
       <c r="D143" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E143" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F143" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="H143" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>542</v>
+        <v>231</v>
       </c>
       <c r="D144" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E144" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F144" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>543</v>
+        <v>533</v>
       </c>
       <c r="H144" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>546</v>
+        <v>235</v>
       </c>
       <c r="D145" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E145" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F145" t="s">
         <v>44</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="H145" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>550</v>
+        <v>239</v>
       </c>
       <c r="D146" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E146" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>551</v>
+        <v>539</v>
       </c>
       <c r="H146" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>554</v>
+        <v>243</v>
       </c>
       <c r="D147" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E147" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F147" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
       <c r="H147" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>558</v>
+        <v>247</v>
       </c>
       <c r="D148" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E148" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F148" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>559</v>
+        <v>545</v>
       </c>
       <c r="H148" t="s">
-        <v>560</v>
+        <v>546</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>561</v>
+        <v>547</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>562</v>
+        <v>251</v>
       </c>
       <c r="D149" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E149" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F149" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c r="H149" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>566</v>
+        <v>255</v>
       </c>
       <c r="D150" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E150" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F150" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>567</v>
+        <v>551</v>
       </c>
       <c r="H150" t="s">
-        <v>568</v>
+        <v>552</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>569</v>
+        <v>553</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>570</v>
+        <v>259</v>
       </c>
       <c r="D151" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E151" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F151" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>571</v>
+        <v>554</v>
       </c>
       <c r="H151" t="s">
-        <v>572</v>
+        <v>555</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>574</v>
+        <v>263</v>
       </c>
       <c r="D152" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E152" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F152" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>575</v>
+        <v>557</v>
       </c>
       <c r="H152" t="s">
-        <v>576</v>
+        <v>558</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>577</v>
+        <v>559</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>578</v>
+        <v>267</v>
       </c>
       <c r="D153" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E153" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F153" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>579</v>
+        <v>560</v>
       </c>
       <c r="H153" t="s">
-        <v>580</v>
+        <v>561</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>581</v>
+        <v>562</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>582</v>
+        <v>272</v>
       </c>
       <c r="D154" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E154" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>329</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>583</v>
+        <v>563</v>
       </c>
       <c r="H154" t="s">
-        <v>584</v>
+        <v>564</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>585</v>
+        <v>565</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>586</v>
+        <v>276</v>
       </c>
       <c r="D155" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E155" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F155" t="s">
-        <v>379</v>
+        <v>329</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>587</v>
+        <v>566</v>
       </c>
       <c r="H155" t="s">
-        <v>588</v>
+        <v>567</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>589</v>
+        <v>568</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>590</v>
+        <v>569</v>
       </c>
       <c r="D156" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E156" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F156" t="s">
-        <v>518</v>
+        <v>18</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>591</v>
+        <v>570</v>
       </c>
       <c r="H156" t="s">
-        <v>592</v>
+        <v>571</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>593</v>
+        <v>572</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>594</v>
+        <v>573</v>
       </c>
       <c r="D157" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E157" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F157" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>595</v>
+        <v>574</v>
       </c>
       <c r="H157" t="s">
-        <v>596</v>
+        <v>575</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>597</v>
+        <v>576</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="D158" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E158" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F158" t="s">
-        <v>57</v>
+        <v>578</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
       <c r="H158" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
       <c r="D159" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E159" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F159" t="s">
-        <v>57</v>
+        <v>578</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
       <c r="H159" t="s">
-        <v>604</v>
+        <v>584</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
       <c r="D160" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E160" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F160" t="s">
-        <v>265</v>
+        <v>578</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
       <c r="H160" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
       <c r="D161" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E161" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F161" t="s">
-        <v>265</v>
+        <v>578</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>611</v>
+        <v>591</v>
       </c>
       <c r="H161" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>614</v>
+        <v>594</v>
       </c>
       <c r="D162" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E162" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F162" t="s">
-        <v>265</v>
+        <v>578</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>615</v>
+        <v>595</v>
       </c>
       <c r="H162" t="s">
-        <v>616</v>
+        <v>596</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="D163" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E163" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F163" t="s">
-        <v>265</v>
+        <v>182</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>619</v>
+        <v>599</v>
       </c>
       <c r="H163" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>622</v>
+        <v>602</v>
       </c>
       <c r="D164" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E164" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>623</v>
+        <v>603</v>
       </c>
       <c r="H164" t="s">
-        <v>624</v>
+        <v>604</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>625</v>
+        <v>605</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>626</v>
+        <v>606</v>
       </c>
       <c r="D165" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E165" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F165" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>627</v>
+        <v>607</v>
       </c>
       <c r="H165" t="s">
-        <v>628</v>
+        <v>608</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="D166" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E166" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F166" t="s">
-        <v>379</v>
+        <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="H166" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>634</v>
+        <v>614</v>
       </c>
       <c r="D167" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E167" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F167" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="H167" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>637</v>
+        <v>617</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>638</v>
+        <v>618</v>
       </c>
       <c r="D168" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E168" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F168" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>639</v>
+        <v>619</v>
       </c>
       <c r="H168" t="s">
-        <v>640</v>
+        <v>620</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>642</v>
+        <v>622</v>
       </c>
       <c r="D169" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E169" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F169" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>643</v>
+        <v>623</v>
       </c>
       <c r="H169" t="s">
-        <v>644</v>
+        <v>624</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>645</v>
+        <v>625</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>646</v>
+        <v>626</v>
       </c>
       <c r="D170" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E170" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>647</v>
+        <v>627</v>
       </c>
       <c r="H170" t="s">
-        <v>648</v>
+        <v>628</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>649</v>
+        <v>629</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>650</v>
+        <v>630</v>
       </c>
       <c r="D171" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E171" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F171" t="s">
         <v>44</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>651</v>
+        <v>631</v>
       </c>
       <c r="H171" t="s">
-        <v>652</v>
+        <v>632</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c r="D172" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E172" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F172" t="s">
         <v>44</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>655</v>
+        <v>635</v>
       </c>
       <c r="H172" t="s">
-        <v>656</v>
+        <v>636</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
       <c r="D173" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E173" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F173" t="s">
         <v>44</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="H173" t="s">
-        <v>660</v>
+        <v>640</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>661</v>
+        <v>641</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>662</v>
+        <v>642</v>
       </c>
       <c r="D174" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E174" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F174" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>663</v>
+        <v>643</v>
       </c>
       <c r="H174" t="s">
-        <v>664</v>
+        <v>644</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>666</v>
+        <v>646</v>
       </c>
       <c r="D175" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E175" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F175" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="H175" t="s">
-        <v>668</v>
+        <v>648</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>669</v>
+        <v>649</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>670</v>
+        <v>650</v>
       </c>
       <c r="D176" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E176" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F176" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>671</v>
+        <v>651</v>
       </c>
       <c r="H176" t="s">
-        <v>672</v>
+        <v>652</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>673</v>
+        <v>653</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>674</v>
+        <v>654</v>
       </c>
       <c r="D177" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E177" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F177" t="s">
-        <v>182</v>
+        <v>578</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>675</v>
+        <v>655</v>
       </c>
       <c r="H177" t="s">
-        <v>676</v>
+        <v>656</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>678</v>
+        <v>658</v>
       </c>
       <c r="D178" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E178" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F178" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>679</v>
+        <v>659</v>
       </c>
       <c r="H178" t="s">
-        <v>680</v>
+        <v>660</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>681</v>
+        <v>661</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>682</v>
+        <v>662</v>
       </c>
       <c r="D179" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E179" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F179" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>683</v>
+        <v>663</v>
       </c>
       <c r="H179" t="s">
-        <v>684</v>
+        <v>664</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>685</v>
+        <v>665</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
       <c r="D180" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E180" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>329</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>687</v>
+        <v>667</v>
       </c>
       <c r="H180" t="s">
-        <v>688</v>
+        <v>668</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>689</v>
+        <v>669</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>690</v>
+        <v>670</v>
       </c>
       <c r="D181" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E181" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F181" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>691</v>
+        <v>671</v>
       </c>
       <c r="H181" t="s">
-        <v>692</v>
+        <v>672</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>693</v>
+        <v>673</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>694</v>
+        <v>674</v>
       </c>
       <c r="D182" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E182" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F182" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>695</v>
+        <v>675</v>
       </c>
       <c r="H182" t="s">
-        <v>696</v>
+        <v>676</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>697</v>
+        <v>677</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>698</v>
+        <v>678</v>
       </c>
       <c r="D183" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E183" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F183" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>699</v>
+        <v>679</v>
       </c>
       <c r="H183" t="s">
-        <v>700</v>
+        <v>680</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>701</v>
+        <v>681</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>702</v>
+        <v>682</v>
       </c>
       <c r="D184" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E184" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F184" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="H184" t="s">
-        <v>704</v>
+        <v>684</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>705</v>
+        <v>685</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>706</v>
+        <v>686</v>
       </c>
       <c r="D185" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E185" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>268</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>707</v>
+        <v>687</v>
       </c>
       <c r="H185" t="s">
-        <v>708</v>
+        <v>688</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>709</v>
+        <v>689</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>710</v>
+        <v>690</v>
       </c>
       <c r="D186" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E186" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F186" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>711</v>
+        <v>691</v>
       </c>
       <c r="H186" t="s">
-        <v>712</v>
+        <v>692</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>713</v>
+        <v>693</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>714</v>
+        <v>694</v>
       </c>
       <c r="D187" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E187" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F187" t="s">
         <v>44</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>715</v>
+        <v>695</v>
       </c>
       <c r="H187" t="s">
-        <v>716</v>
+        <v>696</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>717</v>
+        <v>697</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>718</v>
+        <v>698</v>
       </c>
       <c r="D188" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E188" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F188" t="s">
         <v>44</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>719</v>
+        <v>699</v>
       </c>
       <c r="H188" t="s">
-        <v>720</v>
+        <v>700</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>721</v>
+        <v>701</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>722</v>
+        <v>702</v>
       </c>
       <c r="D189" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E189" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F189" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>723</v>
+        <v>703</v>
       </c>
       <c r="H189" t="s">
-        <v>724</v>
+        <v>704</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>725</v>
+        <v>705</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>726</v>
+        <v>706</v>
       </c>
       <c r="D190" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E190" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F190" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="H190" t="s">
-        <v>728</v>
+        <v>708</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>730</v>
+        <v>710</v>
       </c>
       <c r="D191" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E191" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F191" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>731</v>
+        <v>711</v>
       </c>
       <c r="H191" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>733</v>
+        <v>713</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>734</v>
+        <v>714</v>
       </c>
       <c r="D192" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E192" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F192" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="H192" t="s">
-        <v>736</v>
+        <v>716</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>737</v>
+        <v>717</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>738</v>
+        <v>718</v>
       </c>
       <c r="D193" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E193" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F193" t="s">
         <v>44</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>739</v>
+        <v>719</v>
       </c>
       <c r="H193" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>742</v>
+        <v>722</v>
       </c>
       <c r="D194" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E194" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F194" t="s">
         <v>44</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="H194" t="s">
-        <v>744</v>
+        <v>724</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>745</v>
+        <v>725</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>746</v>
+        <v>726</v>
       </c>
       <c r="D195" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E195" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F195" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>747</v>
+        <v>727</v>
       </c>
       <c r="H195" t="s">
-        <v>748</v>
+        <v>728</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>749</v>
+        <v>729</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>750</v>
+        <v>730</v>
       </c>
       <c r="D196" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E196" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F196" t="s">
         <v>44</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>751</v>
+        <v>731</v>
       </c>
       <c r="H196" t="s">
-        <v>752</v>
+        <v>732</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>754</v>
+        <v>734</v>
       </c>
       <c r="D197" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E197" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F197" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>755</v>
+        <v>735</v>
       </c>
       <c r="H197" t="s">
-        <v>756</v>
+        <v>736</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>757</v>
+        <v>737</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>758</v>
+        <v>738</v>
       </c>
       <c r="D198" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E198" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F198" t="s">
-        <v>265</v>
+        <v>182</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>759</v>
+        <v>739</v>
       </c>
       <c r="H198" t="s">
-        <v>760</v>
+        <v>740</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>761</v>
+        <v>741</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="D199" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E199" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F199" t="s">
-        <v>265</v>
+        <v>182</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="H199" t="s">
-        <v>764</v>
+        <v>744</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>765</v>
+        <v>745</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>766</v>
+        <v>746</v>
       </c>
       <c r="D200" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E200" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F200" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>767</v>
+        <v>747</v>
       </c>
       <c r="H200" t="s">
-        <v>768</v>
+        <v>748</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>770</v>
+        <v>750</v>
       </c>
       <c r="D201" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E201" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F201" t="s">
         <v>57</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="H201" t="s">
-        <v>772</v>
+        <v>752</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>774</v>
+        <v>754</v>
       </c>
       <c r="D202" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E202" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F202" t="s">
         <v>57</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>775</v>
+        <v>755</v>
       </c>
       <c r="H202" t="s">
-        <v>776</v>
+        <v>756</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>777</v>
+        <v>757</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>778</v>
+        <v>758</v>
       </c>
       <c r="D203" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E203" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F203" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>779</v>
+        <v>759</v>
       </c>
       <c r="H203" t="s">
-        <v>780</v>
+        <v>760</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>781</v>
+        <v>761</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>782</v>
+        <v>762</v>
       </c>
       <c r="D204" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E204" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F204" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>783</v>
+        <v>763</v>
       </c>
       <c r="H204" t="s">
-        <v>784</v>
+        <v>764</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>785</v>
+        <v>765</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>786</v>
+        <v>766</v>
       </c>
       <c r="D205" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E205" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F205" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>787</v>
+        <v>767</v>
       </c>
       <c r="H205" t="s">
-        <v>788</v>
+        <v>768</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>789</v>
+        <v>769</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>790</v>
+        <v>770</v>
       </c>
       <c r="D206" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E206" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F206" t="s">
         <v>44</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>791</v>
+        <v>771</v>
       </c>
       <c r="H206" t="s">
-        <v>792</v>
+        <v>772</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>793</v>
+        <v>773</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>794</v>
+        <v>774</v>
       </c>
       <c r="D207" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E207" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F207" t="s">
         <v>44</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>795</v>
+        <v>775</v>
       </c>
       <c r="H207" t="s">
-        <v>796</v>
+        <v>776</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>797</v>
+        <v>777</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
       <c r="D208" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E208" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F208" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>799</v>
+        <v>779</v>
       </c>
       <c r="H208" t="s">
-        <v>800</v>
+        <v>780</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
       <c r="D209" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E209" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F209" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>803</v>
+        <v>783</v>
       </c>
       <c r="H209" t="s">
-        <v>804</v>
+        <v>784</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>805</v>
+        <v>785</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>806</v>
+        <v>786</v>
       </c>
       <c r="D210" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E210" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F210" t="s">
         <v>44</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>807</v>
+        <v>787</v>
       </c>
       <c r="H210" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>809</v>
+        <v>789</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>810</v>
+        <v>790</v>
       </c>
       <c r="D211" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E211" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F211" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>811</v>
+        <v>791</v>
       </c>
       <c r="H211" t="s">
-        <v>812</v>
+        <v>792</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>813</v>
+        <v>793</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>814</v>
+        <v>794</v>
       </c>
       <c r="D212" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E212" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F212" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>815</v>
+        <v>795</v>
       </c>
       <c r="H212" t="s">
-        <v>816</v>
+        <v>796</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>817</v>
+        <v>797</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>818</v>
+        <v>798</v>
       </c>
       <c r="D213" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E213" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F213" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>819</v>
+        <v>799</v>
       </c>
       <c r="H213" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>822</v>
+        <v>802</v>
       </c>
       <c r="D214" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E214" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F214" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>823</v>
+        <v>803</v>
       </c>
       <c r="H214" t="s">
-        <v>824</v>
+        <v>804</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>825</v>
+        <v>805</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
       <c r="D215" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E215" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F215" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="H215" t="s">
-        <v>828</v>
+        <v>808</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>829</v>
+        <v>809</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>830</v>
+        <v>810</v>
       </c>
       <c r="D216" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E216" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F216" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>831</v>
+        <v>811</v>
       </c>
       <c r="H216" t="s">
-        <v>832</v>
+        <v>812</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>833</v>
+        <v>813</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>834</v>
+        <v>814</v>
       </c>
       <c r="D217" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E217" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F217" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>835</v>
+        <v>815</v>
       </c>
       <c r="H217" t="s">
-        <v>836</v>
+        <v>816</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>837</v>
+        <v>817</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>838</v>
+        <v>818</v>
       </c>
       <c r="D218" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E218" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F218" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>839</v>
+        <v>819</v>
       </c>
       <c r="H218" t="s">
-        <v>840</v>
+        <v>820</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>841</v>
+        <v>821</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>842</v>
+        <v>822</v>
       </c>
       <c r="D219" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E219" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F219" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>843</v>
+        <v>823</v>
       </c>
       <c r="H219" t="s">
-        <v>844</v>
+        <v>824</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>845</v>
+        <v>825</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
       <c r="D220" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E220" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F220" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>847</v>
+        <v>827</v>
       </c>
       <c r="H220" t="s">
-        <v>848</v>
+        <v>828</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>849</v>
+        <v>829</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>850</v>
+        <v>830</v>
       </c>
       <c r="D221" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E221" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>851</v>
+        <v>831</v>
       </c>
       <c r="H221" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>854</v>
+        <v>834</v>
       </c>
       <c r="D222" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E222" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F222" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="H222" t="s">
-        <v>856</v>
+        <v>836</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>857</v>
+        <v>837</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>858</v>
+        <v>838</v>
       </c>
       <c r="D223" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E223" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F223" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>859</v>
+        <v>839</v>
       </c>
       <c r="H223" t="s">
-        <v>860</v>
+        <v>840</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>861</v>
+        <v>841</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>862</v>
+        <v>842</v>
       </c>
       <c r="D224" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E224" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F224" t="s">
-        <v>518</v>
+        <v>182</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>863</v>
+        <v>843</v>
       </c>
       <c r="H224" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>865</v>
+        <v>845</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>866</v>
+        <v>846</v>
       </c>
       <c r="D225" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E225" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F225" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>867</v>
+        <v>847</v>
       </c>
       <c r="H225" t="s">
-        <v>868</v>
+        <v>848</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>869</v>
+        <v>849</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>870</v>
+        <v>850</v>
       </c>
       <c r="D226" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E226" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F226" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="H226" t="s">
-        <v>872</v>
+        <v>852</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>873</v>
+        <v>853</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>874</v>
+        <v>854</v>
       </c>
       <c r="D227" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E227" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F227" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>875</v>
+        <v>855</v>
       </c>
       <c r="H227" t="s">
-        <v>876</v>
+        <v>856</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>877</v>
+        <v>857</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>878</v>
+        <v>858</v>
       </c>
       <c r="D228" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E228" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F228" t="s">
-        <v>518</v>
+        <v>18</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>879</v>
+        <v>859</v>
       </c>
       <c r="H228" t="s">
-        <v>880</v>
+        <v>860</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>882</v>
+        <v>862</v>
       </c>
       <c r="D229" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E229" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F229" t="s">
-        <v>518</v>
+        <v>18</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>883</v>
+        <v>863</v>
       </c>
       <c r="H229" t="s">
-        <v>884</v>
+        <v>864</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>885</v>
+        <v>865</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>886</v>
+        <v>866</v>
       </c>
       <c r="D230" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E230" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F230" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>887</v>
+        <v>867</v>
       </c>
       <c r="H230" t="s">
-        <v>888</v>
+        <v>868</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>889</v>
+        <v>869</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>890</v>
+        <v>870</v>
       </c>
       <c r="D231" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E231" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F231" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>891</v>
+        <v>871</v>
       </c>
       <c r="H231" t="s">
-        <v>892</v>
+        <v>872</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>893</v>
+        <v>873</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>894</v>
+        <v>874</v>
       </c>
       <c r="D232" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E232" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F232" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>895</v>
+        <v>875</v>
       </c>
       <c r="H232" t="s">
-        <v>896</v>
+        <v>876</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>897</v>
+        <v>877</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>898</v>
+        <v>878</v>
       </c>
       <c r="D233" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E233" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F233" t="s">
         <v>182</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>899</v>
+        <v>879</v>
       </c>
       <c r="H233" t="s">
-        <v>900</v>
+        <v>880</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>901</v>
+        <v>881</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>902</v>
+        <v>882</v>
       </c>
       <c r="D234" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E234" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F234" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>903</v>
+        <v>883</v>
       </c>
       <c r="H234" t="s">
-        <v>904</v>
+        <v>884</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>905</v>
+        <v>885</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>906</v>
+        <v>886</v>
       </c>
       <c r="D235" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E235" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F235" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>907</v>
+        <v>887</v>
       </c>
       <c r="H235" t="s">
-        <v>908</v>
+        <v>888</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>909</v>
+        <v>889</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>910</v>
+        <v>890</v>
       </c>
       <c r="D236" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E236" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="H236" t="s">
-        <v>912</v>
+        <v>892</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>913</v>
+        <v>893</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>914</v>
+        <v>894</v>
       </c>
       <c r="D237" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E237" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>915</v>
+        <v>895</v>
       </c>
       <c r="H237" t="s">
-        <v>916</v>
+        <v>896</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>917</v>
+        <v>897</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>918</v>
+        <v>898</v>
       </c>
       <c r="D238" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E238" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F238" t="s">
         <v>57</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>919</v>
+        <v>899</v>
       </c>
       <c r="H238" t="s">
-        <v>920</v>
+        <v>900</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>921</v>
+        <v>901</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>922</v>
+        <v>902</v>
       </c>
       <c r="D239" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E239" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>923</v>
+        <v>903</v>
       </c>
       <c r="H239" t="s">
-        <v>924</v>
+        <v>904</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>925</v>
+        <v>905</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>926</v>
+        <v>906</v>
       </c>
       <c r="D240" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E240" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F240" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>927</v>
+        <v>907</v>
       </c>
       <c r="H240" t="s">
-        <v>928</v>
+        <v>908</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>929</v>
+        <v>909</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>930</v>
+        <v>910</v>
       </c>
       <c r="D241" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E241" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F241" t="s">
-        <v>931</v>
+        <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>932</v>
+        <v>911</v>
       </c>
       <c r="H241" t="s">
-        <v>933</v>
+        <v>912</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>934</v>
+        <v>913</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>935</v>
+        <v>914</v>
       </c>
       <c r="D242" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E242" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F242" t="s">
-        <v>931</v>
+        <v>44</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
       <c r="H242" t="s">
-        <v>937</v>
+        <v>916</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>938</v>
+        <v>917</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>939</v>
+        <v>918</v>
       </c>
       <c r="D243" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E243" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F243" t="s">
         <v>44</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>940</v>
+        <v>919</v>
       </c>
       <c r="H243" t="s">
-        <v>941</v>
+        <v>920</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>942</v>
+        <v>921</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>943</v>
+        <v>922</v>
       </c>
       <c r="D244" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E244" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F244" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>944</v>
+        <v>923</v>
       </c>
       <c r="H244" t="s">
-        <v>945</v>
+        <v>924</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>946</v>
+        <v>925</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>947</v>
+        <v>926</v>
       </c>
       <c r="D245" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E245" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F245" t="s">
-        <v>57</v>
+        <v>578</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>948</v>
+        <v>927</v>
       </c>
       <c r="H245" t="s">
-        <v>949</v>
+        <v>928</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>950</v>
+        <v>929</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>951</v>
+        <v>930</v>
       </c>
       <c r="D246" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E246" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F246" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>952</v>
+        <v>931</v>
       </c>
       <c r="H246" t="s">
-        <v>953</v>
+        <v>932</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>954</v>
+        <v>933</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>955</v>
+        <v>934</v>
       </c>
       <c r="D247" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E247" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F247" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>956</v>
+        <v>935</v>
       </c>
       <c r="H247" t="s">
-        <v>957</v>
+        <v>936</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>958</v>
+        <v>937</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>959</v>
+        <v>938</v>
       </c>
       <c r="D248" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E248" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F248" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>960</v>
+        <v>939</v>
       </c>
       <c r="H248" t="s">
-        <v>961</v>
+        <v>940</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>962</v>
+        <v>941</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>963</v>
+        <v>942</v>
       </c>
       <c r="D249" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E249" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F249" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="H249" t="s">
-        <v>965</v>
+        <v>944</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>966</v>
+        <v>945</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>967</v>
+        <v>946</v>
       </c>
       <c r="D250" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E250" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F250" t="s">
-        <v>931</v>
+        <v>329</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>968</v>
+        <v>947</v>
       </c>
       <c r="H250" t="s">
-        <v>969</v>
+        <v>948</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>970</v>
+        <v>949</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>971</v>
+        <v>950</v>
       </c>
       <c r="D251" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E251" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F251" t="s">
-        <v>931</v>
+        <v>329</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>972</v>
+        <v>951</v>
       </c>
       <c r="H251" t="s">
-        <v>973</v>
+        <v>952</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>974</v>
+        <v>953</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>975</v>
+        <v>954</v>
       </c>
       <c r="D252" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E252" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F252" t="s">
-        <v>518</v>
+        <v>57</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>976</v>
+        <v>955</v>
       </c>
       <c r="H252" t="s">
-        <v>977</v>
+        <v>956</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>978</v>
+        <v>957</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>979</v>
+        <v>958</v>
       </c>
       <c r="D253" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E253" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F253" t="s">
-        <v>518</v>
+        <v>182</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>980</v>
+        <v>959</v>
       </c>
       <c r="H253" t="s">
-        <v>981</v>
+        <v>960</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>982</v>
+        <v>961</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>983</v>
+        <v>962</v>
       </c>
       <c r="D254" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E254" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F254" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>984</v>
+        <v>963</v>
       </c>
       <c r="H254" t="s">
-        <v>985</v>
+        <v>964</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>986</v>
+        <v>965</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>987</v>
+        <v>966</v>
       </c>
       <c r="D255" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E255" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F255" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>988</v>
+        <v>967</v>
       </c>
       <c r="H255" t="s">
-        <v>989</v>
+        <v>968</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>990</v>
+        <v>969</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>991</v>
+        <v>970</v>
       </c>
       <c r="D256" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E256" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F256" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>992</v>
+        <v>971</v>
       </c>
       <c r="H256" t="s">
-        <v>993</v>
+        <v>972</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>994</v>
+        <v>973</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>995</v>
+        <v>974</v>
       </c>
       <c r="D257" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E257" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F257" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>996</v>
+        <v>975</v>
       </c>
       <c r="H257" t="s">
-        <v>997</v>
+        <v>976</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>998</v>
+        <v>977</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>999</v>
+        <v>978</v>
       </c>
       <c r="D258" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E258" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F258" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1000</v>
+        <v>979</v>
       </c>
       <c r="H258" t="s">
-        <v>1001</v>
+        <v>980</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1002</v>
+        <v>981</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>1003</v>
+        <v>982</v>
       </c>
       <c r="D259" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E259" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F259" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1004</v>
+        <v>983</v>
       </c>
       <c r="H259" t="s">
-        <v>1005</v>
+        <v>984</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1006</v>
+        <v>985</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>1007</v>
+        <v>986</v>
       </c>
       <c r="D260" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E260" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F260" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1008</v>
+        <v>987</v>
       </c>
       <c r="H260" t="s">
-        <v>1009</v>
+        <v>988</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1010</v>
+        <v>989</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>1011</v>
+        <v>990</v>
       </c>
       <c r="D261" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E261" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F261" t="s">
-        <v>57</v>
+        <v>991</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1012</v>
+        <v>992</v>
       </c>
       <c r="H261" t="s">
-        <v>1013</v>
+        <v>993</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1014</v>
+        <v>994</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1015</v>
+        <v>995</v>
       </c>
       <c r="D262" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E262" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F262" t="s">
-        <v>57</v>
+        <v>991</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1016</v>
+        <v>996</v>
       </c>
       <c r="H262" t="s">
-        <v>1017</v>
+        <v>997</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1018</v>
+        <v>998</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>1019</v>
+        <v>999</v>
       </c>
       <c r="D263" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E263" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F263" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1020</v>
+        <v>1000</v>
       </c>
       <c r="H263" t="s">
-        <v>1021</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1022</v>
+        <v>1002</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1023</v>
+        <v>1003</v>
       </c>
       <c r="D264" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E264" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F264" t="s">
         <v>44</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1024</v>
+        <v>1004</v>
       </c>
       <c r="H264" t="s">
-        <v>1025</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1026</v>
+        <v>1006</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1027</v>
+        <v>1007</v>
       </c>
       <c r="D265" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E265" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F265" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1028</v>
+        <v>1008</v>
       </c>
       <c r="H265" t="s">
-        <v>1029</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="D266" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E266" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F266" t="s">
         <v>44</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="H266" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1034</v>
+        <v>1014</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1035</v>
+        <v>1015</v>
       </c>
       <c r="D267" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E267" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F267" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="H267" t="s">
-        <v>1037</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1038</v>
+        <v>1018</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1039</v>
+        <v>1019</v>
       </c>
       <c r="D268" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E268" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F268" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="H268" t="s">
-        <v>1041</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1042</v>
+        <v>1022</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1043</v>
+        <v>1023</v>
       </c>
       <c r="D269" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E269" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F269" t="s">
         <v>44</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1044</v>
+        <v>1024</v>
       </c>
       <c r="H269" t="s">
-        <v>1045</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1046</v>
+        <v>1026</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1047</v>
+        <v>1027</v>
       </c>
       <c r="D270" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E270" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F270" t="s">
-        <v>379</v>
+        <v>991</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1048</v>
+        <v>1028</v>
       </c>
       <c r="H270" t="s">
-        <v>1049</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1050</v>
+        <v>1030</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1051</v>
+        <v>1031</v>
       </c>
       <c r="D271" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E271" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F271" t="s">
-        <v>265</v>
+        <v>991</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1052</v>
+        <v>1032</v>
       </c>
       <c r="H271" t="s">
-        <v>1053</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1054</v>
+        <v>1034</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1055</v>
+        <v>1035</v>
       </c>
       <c r="D272" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E272" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F272" t="s">
-        <v>1056</v>
+        <v>578</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1057</v>
+        <v>1036</v>
       </c>
       <c r="H272" t="s">
-        <v>1058</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1059</v>
+        <v>1038</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
       <c r="D273" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E273" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F273" t="s">
-        <v>1056</v>
+        <v>578</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1061</v>
+        <v>1040</v>
       </c>
       <c r="H273" t="s">
-        <v>1062</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1063</v>
+        <v>1042</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1064</v>
+        <v>1043</v>
       </c>
       <c r="D274" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E274" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F274" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1065</v>
+        <v>1044</v>
       </c>
       <c r="H274" t="s">
-        <v>1066</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1067</v>
+        <v>1046</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1068</v>
+        <v>1047</v>
       </c>
       <c r="D275" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E275" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F275" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1069</v>
+        <v>1048</v>
       </c>
       <c r="H275" t="s">
-        <v>1070</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1071</v>
+        <v>1050</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1072</v>
+        <v>1051</v>
       </c>
       <c r="D276" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E276" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F276" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1073</v>
+        <v>1052</v>
       </c>
       <c r="H276" t="s">
-        <v>1074</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1075</v>
+        <v>1054</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1076</v>
+        <v>1055</v>
       </c>
       <c r="D277" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E277" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F277" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1077</v>
+        <v>1056</v>
       </c>
       <c r="H277" t="s">
-        <v>1078</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1079</v>
+        <v>1058</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1080</v>
+        <v>1059</v>
       </c>
       <c r="D278" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E278" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F278" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1081</v>
+        <v>1060</v>
       </c>
       <c r="H278" t="s">
-        <v>1082</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1083</v>
+        <v>1062</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1084</v>
+        <v>1063</v>
       </c>
       <c r="D279" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E279" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F279" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1085</v>
+        <v>1064</v>
       </c>
       <c r="H279" t="s">
-        <v>1086</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1087</v>
+        <v>1066</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1088</v>
+        <v>1067</v>
       </c>
       <c r="D280" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E280" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F280" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1089</v>
+        <v>1068</v>
       </c>
       <c r="H280" t="s">
-        <v>1090</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1091</v>
+        <v>1070</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1092</v>
+        <v>1071</v>
       </c>
       <c r="D281" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E281" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F281" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1093</v>
+        <v>1072</v>
       </c>
       <c r="H281" t="s">
-        <v>1094</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1095</v>
+        <v>1074</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1096</v>
+        <v>1075</v>
       </c>
       <c r="D282" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E282" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F282" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1097</v>
+        <v>1076</v>
       </c>
       <c r="H282" t="s">
-        <v>1098</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1099</v>
+        <v>1078</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1100</v>
+        <v>1079</v>
       </c>
       <c r="D283" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E283" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F283" t="s">
-        <v>1101</v>
+        <v>329</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1102</v>
+        <v>1080</v>
       </c>
       <c r="H283" t="s">
-        <v>1103</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1104</v>
+        <v>1082</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1105</v>
+        <v>1083</v>
       </c>
       <c r="D284" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E284" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1106</v>
+        <v>1084</v>
       </c>
       <c r="H284" t="s">
-        <v>1107</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1108</v>
+        <v>1086</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1109</v>
+        <v>1087</v>
       </c>
       <c r="D285" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E285" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F285" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1110</v>
+        <v>1088</v>
       </c>
       <c r="H285" t="s">
-        <v>1111</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1112</v>
+        <v>1090</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1113</v>
+        <v>1091</v>
       </c>
       <c r="D286" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E286" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F286" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1114</v>
+        <v>1092</v>
       </c>
       <c r="H286" t="s">
-        <v>1115</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1116</v>
+        <v>1094</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1117</v>
+        <v>1095</v>
       </c>
       <c r="D287" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E287" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F287" t="s">
-        <v>379</v>
+        <v>578</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1118</v>
+        <v>1096</v>
       </c>
       <c r="H287" t="s">
-        <v>1119</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1120</v>
+        <v>1098</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1121</v>
+        <v>1099</v>
       </c>
       <c r="D288" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E288" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F288" t="s">
-        <v>518</v>
+        <v>578</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="H288" t="s">
-        <v>1123</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1124</v>
+        <v>1102</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1125</v>
+        <v>1103</v>
       </c>
       <c r="D289" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E289" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F289" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1126</v>
+        <v>1104</v>
       </c>
       <c r="H289" t="s">
-        <v>1127</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1128</v>
+        <v>1106</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1129</v>
+        <v>1107</v>
       </c>
       <c r="D290" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E290" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F290" t="s">
-        <v>518</v>
+        <v>268</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1130</v>
+        <v>1108</v>
       </c>
       <c r="H290" t="s">
-        <v>1131</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1132</v>
+        <v>1110</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1133</v>
+        <v>1111</v>
       </c>
       <c r="D291" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E291" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F291" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1134</v>
+        <v>1112</v>
       </c>
       <c r="H291" t="s">
-        <v>796</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1135</v>
+        <v>1114</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1136</v>
+        <v>1115</v>
       </c>
       <c r="D292" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E292" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F292" t="s">
-        <v>44</v>
+        <v>1116</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1137</v>
+        <v>1117</v>
       </c>
       <c r="H292" t="s">
-        <v>1138</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1139</v>
+        <v>1119</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1140</v>
+        <v>1120</v>
       </c>
       <c r="D293" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E293" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F293" t="s">
-        <v>265</v>
+        <v>1116</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1141</v>
+        <v>1121</v>
       </c>
       <c r="H293" t="s">
-        <v>1142</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1143</v>
+        <v>1123</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1144</v>
+        <v>1124</v>
       </c>
       <c r="D294" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E294" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F294" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1145</v>
+        <v>1125</v>
       </c>
       <c r="H294" t="s">
-        <v>1146</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1147</v>
+        <v>1127</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1148</v>
+        <v>1128</v>
       </c>
       <c r="D295" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E295" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F295" t="s">
-        <v>1149</v>
+        <v>57</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1150</v>
+        <v>1129</v>
       </c>
       <c r="H295" t="s">
-        <v>1151</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1152</v>
+        <v>1131</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1153</v>
+        <v>1132</v>
       </c>
       <c r="D296" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E296" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F296" t="s">
-        <v>1154</v>
+        <v>44</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1155</v>
+        <v>1133</v>
       </c>
       <c r="H296" t="s">
-        <v>1156</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1157</v>
+        <v>1135</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1158</v>
+        <v>1136</v>
       </c>
       <c r="D297" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E297" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F297" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1159</v>
+        <v>1137</v>
       </c>
       <c r="H297" t="s">
-        <v>1160</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1161</v>
+        <v>1139</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1162</v>
+        <v>1140</v>
       </c>
       <c r="D298" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E298" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F298" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1163</v>
+        <v>1141</v>
       </c>
       <c r="H298" t="s">
-        <v>1164</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1165</v>
+        <v>1143</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="D299" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E299" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F299" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1167</v>
+        <v>1145</v>
       </c>
       <c r="H299" t="s">
-        <v>1168</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1169</v>
+        <v>1147</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1170</v>
+        <v>1148</v>
       </c>
       <c r="D300" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E300" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F300" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1171</v>
+        <v>1149</v>
       </c>
       <c r="H300" t="s">
-        <v>1172</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1173</v>
+        <v>1151</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1174</v>
+        <v>1152</v>
       </c>
       <c r="D301" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E301" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F301" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1175</v>
+        <v>1153</v>
       </c>
       <c r="H301" t="s">
-        <v>1176</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1177</v>
+        <v>1155</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1178</v>
+        <v>1156</v>
       </c>
       <c r="D302" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E302" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F302" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1179</v>
+        <v>1157</v>
       </c>
       <c r="H302" t="s">
-        <v>1180</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1181</v>
+        <v>1159</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1182</v>
+        <v>1160</v>
       </c>
       <c r="D303" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E303" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F303" t="s">
-        <v>44</v>
+        <v>1161</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1183</v>
+        <v>1162</v>
       </c>
       <c r="H303" t="s">
-        <v>1184</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1185</v>
+        <v>1164</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1186</v>
+        <v>1165</v>
       </c>
       <c r="D304" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E304" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F304" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1187</v>
+        <v>1166</v>
       </c>
       <c r="H304" t="s">
-        <v>1188</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1189</v>
+        <v>1168</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1190</v>
+        <v>1169</v>
       </c>
       <c r="D305" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E305" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F305" t="s">
-        <v>1056</v>
+        <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1191</v>
+        <v>1170</v>
       </c>
       <c r="H305" t="s">
-        <v>1192</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1193</v>
+        <v>1172</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1194</v>
+        <v>1173</v>
       </c>
       <c r="D306" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E306" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F306" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1195</v>
+        <v>1174</v>
       </c>
       <c r="H306" t="s">
-        <v>1196</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1197</v>
+        <v>1176</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1198</v>
+        <v>1177</v>
       </c>
       <c r="D307" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E307" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F307" t="s">
-        <v>1199</v>
+        <v>268</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1200</v>
+        <v>1178</v>
       </c>
       <c r="H307" t="s">
-        <v>1201</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1202</v>
+        <v>1180</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1203</v>
+        <v>1181</v>
       </c>
       <c r="D308" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E308" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F308" t="s">
-        <v>379</v>
+        <v>578</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1204</v>
+        <v>1182</v>
       </c>
       <c r="H308" t="s">
-        <v>981</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1205</v>
+        <v>1184</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1206</v>
+        <v>1185</v>
       </c>
       <c r="D309" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E309" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F309" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1207</v>
+        <v>1186</v>
       </c>
       <c r="H309" t="s">
-        <v>1208</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1209</v>
+        <v>1188</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1210</v>
+        <v>1189</v>
       </c>
       <c r="D310" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E310" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F310" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1211</v>
+        <v>1190</v>
       </c>
       <c r="H310" t="s">
-        <v>1212</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1213</v>
+        <v>1192</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1214</v>
+        <v>1193</v>
       </c>
       <c r="D311" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E311" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1215</v>
+        <v>1194</v>
       </c>
       <c r="H311" t="s">
-        <v>1216</v>
+        <v>856</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1217</v>
+        <v>1195</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1218</v>
+        <v>1196</v>
       </c>
       <c r="D312" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E312" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F312" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1219</v>
+        <v>1197</v>
       </c>
       <c r="H312" t="s">
-        <v>1220</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1221</v>
+        <v>1199</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1222</v>
+        <v>1200</v>
       </c>
       <c r="D313" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E313" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F313" t="s">
-        <v>265</v>
+        <v>329</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1223</v>
+        <v>1201</v>
       </c>
       <c r="H313" t="s">
-        <v>1224</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1225</v>
+        <v>1203</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1226</v>
+        <v>1204</v>
       </c>
       <c r="D314" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E314" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F314" t="s">
-        <v>265</v>
+        <v>329</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1227</v>
+        <v>1205</v>
       </c>
       <c r="H314" t="s">
-        <v>1228</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1229</v>
+        <v>1207</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1230</v>
+        <v>1208</v>
       </c>
       <c r="D315" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E315" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F315" t="s">
-        <v>265</v>
+        <v>1209</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1231</v>
+        <v>1210</v>
       </c>
       <c r="H315" t="s">
-        <v>1232</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1233</v>
+        <v>1212</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1234</v>
+        <v>1213</v>
       </c>
       <c r="D316" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E316" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F316" t="s">
-        <v>44</v>
+        <v>1214</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1235</v>
+        <v>1215</v>
       </c>
       <c r="H316" t="s">
-        <v>1236</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1237</v>
+        <v>1217</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1238</v>
+        <v>1218</v>
       </c>
       <c r="D317" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E317" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F317" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1239</v>
+        <v>1219</v>
       </c>
       <c r="H317" t="s">
-        <v>1240</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1241</v>
+        <v>1221</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1242</v>
+        <v>1222</v>
       </c>
       <c r="D318" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E318" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F318" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1243</v>
+        <v>1223</v>
       </c>
       <c r="H318" t="s">
-        <v>1244</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1245</v>
+        <v>1225</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1246</v>
+        <v>1226</v>
       </c>
       <c r="D319" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E319" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F319" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1247</v>
+        <v>1227</v>
       </c>
       <c r="H319" t="s">
-        <v>1248</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1249</v>
+        <v>1229</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1250</v>
+        <v>1230</v>
       </c>
       <c r="D320" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E320" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F320" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1251</v>
+        <v>1231</v>
       </c>
       <c r="H320" t="s">
-        <v>1252</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1253</v>
+        <v>1233</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1254</v>
+        <v>1234</v>
       </c>
       <c r="D321" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E321" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F321" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1255</v>
+        <v>1235</v>
       </c>
       <c r="H321" t="s">
-        <v>1256</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1257</v>
+        <v>1237</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1258</v>
+        <v>1238</v>
       </c>
       <c r="D322" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E322" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F322" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1259</v>
+        <v>1239</v>
       </c>
       <c r="H322" t="s">
-        <v>1260</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1261</v>
+        <v>1241</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1262</v>
+        <v>1242</v>
       </c>
       <c r="D323" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E323" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F323" t="s">
         <v>44</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1263</v>
+        <v>1243</v>
       </c>
       <c r="H323" t="s">
-        <v>1264</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1265</v>
+        <v>1245</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1266</v>
+        <v>1246</v>
       </c>
       <c r="D324" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E324" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F324" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1267</v>
+        <v>1247</v>
       </c>
       <c r="H324" t="s">
-        <v>1268</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1269</v>
+        <v>1249</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1270</v>
+        <v>1250</v>
       </c>
       <c r="D325" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E325" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F325" t="s">
-        <v>1199</v>
+        <v>1116</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1271</v>
+        <v>1251</v>
       </c>
       <c r="H325" t="s">
-        <v>1272</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1273</v>
+        <v>1253</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1274</v>
+        <v>1254</v>
       </c>
       <c r="D326" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E326" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F326" t="s">
         <v>44</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1275</v>
+        <v>1255</v>
       </c>
       <c r="H326" t="s">
-        <v>1276</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="D327" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E327" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F327" t="s">
-        <v>518</v>
+        <v>1259</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1279</v>
+        <v>1260</v>
       </c>
       <c r="H327" t="s">
-        <v>1280</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1281</v>
+        <v>1262</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1282</v>
+        <v>1263</v>
       </c>
       <c r="D328" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E328" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F328" t="s">
-        <v>518</v>
+        <v>268</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1283</v>
+        <v>1264</v>
       </c>
       <c r="H328" t="s">
-        <v>1284</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1285</v>
+        <v>1265</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1286</v>
+        <v>1266</v>
       </c>
       <c r="D329" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E329" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F329" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1287</v>
+        <v>1267</v>
       </c>
       <c r="H329" t="s">
-        <v>1288</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1289</v>
+        <v>1269</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1290</v>
+        <v>1270</v>
       </c>
       <c r="D330" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E330" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F330" t="s">
         <v>44</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1291</v>
+        <v>1271</v>
       </c>
       <c r="H330" t="s">
-        <v>1292</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1293</v>
+        <v>1273</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1294</v>
+        <v>1274</v>
       </c>
       <c r="D331" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E331" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F331" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1295</v>
+        <v>1275</v>
       </c>
       <c r="H331" t="s">
-        <v>1296</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1297</v>
+        <v>1277</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1298</v>
+        <v>1278</v>
       </c>
       <c r="D332" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E332" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F332" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1299</v>
+        <v>1279</v>
       </c>
       <c r="H332" t="s">
-        <v>1300</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1301</v>
+        <v>1281</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1302</v>
+        <v>1282</v>
       </c>
       <c r="D333" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E333" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F333" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1303</v>
+        <v>1283</v>
       </c>
       <c r="H333" t="s">
-        <v>1304</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1305</v>
+        <v>1285</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1306</v>
+        <v>1286</v>
       </c>
       <c r="D334" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E334" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F334" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="H334" t="s">
-        <v>1308</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1309</v>
+        <v>1289</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1310</v>
+        <v>1290</v>
       </c>
       <c r="D335" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E335" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F335" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1311</v>
+        <v>1291</v>
       </c>
       <c r="H335" t="s">
-        <v>1312</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1313</v>
+        <v>1293</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1314</v>
+        <v>1294</v>
       </c>
       <c r="D336" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E336" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F336" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1315</v>
+        <v>1295</v>
       </c>
       <c r="H336" t="s">
-        <v>1316</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1317</v>
+        <v>1297</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1318</v>
+        <v>1298</v>
       </c>
       <c r="D337" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E337" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F337" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1319</v>
+        <v>1299</v>
       </c>
       <c r="H337" t="s">
-        <v>1320</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1321</v>
+        <v>1301</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1322</v>
+        <v>1302</v>
       </c>
       <c r="D338" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E338" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F338" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1323</v>
+        <v>1303</v>
       </c>
       <c r="H338" t="s">
-        <v>1324</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1325</v>
+        <v>1305</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1326</v>
+        <v>1306</v>
       </c>
       <c r="D339" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E339" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F339" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1327</v>
+        <v>1307</v>
       </c>
       <c r="H339" t="s">
-        <v>1328</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1329</v>
+        <v>1309</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1330</v>
+        <v>1310</v>
       </c>
       <c r="D340" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E340" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F340" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1331</v>
+        <v>1311</v>
       </c>
       <c r="H340" t="s">
-        <v>1332</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1333</v>
+        <v>1313</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1334</v>
+        <v>1314</v>
       </c>
       <c r="D341" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E341" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F341" t="s">
-        <v>379</v>
+        <v>132</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1335</v>
+        <v>1315</v>
       </c>
       <c r="H341" t="s">
-        <v>1336</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1337</v>
+        <v>1317</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1338</v>
+        <v>1318</v>
       </c>
       <c r="D342" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E342" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F342" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1339</v>
+        <v>1319</v>
       </c>
       <c r="H342" t="s">
-        <v>1340</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1341</v>
+        <v>1321</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1342</v>
+        <v>1322</v>
       </c>
       <c r="D343" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E343" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F343" t="s">
         <v>44</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1343</v>
+        <v>1323</v>
       </c>
       <c r="H343" t="s">
-        <v>1344</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1345</v>
+        <v>1325</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1346</v>
+        <v>1326</v>
       </c>
       <c r="D344" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E344" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F344" t="s">
         <v>44</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1347</v>
+        <v>1327</v>
       </c>
       <c r="H344" t="s">
-        <v>1348</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1349</v>
+        <v>1329</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1350</v>
+        <v>1330</v>
       </c>
       <c r="D345" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E345" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F345" t="s">
-        <v>18</v>
+        <v>1259</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1351</v>
+        <v>1331</v>
       </c>
       <c r="H345" t="s">
-        <v>1352</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1353</v>
+        <v>1333</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1354</v>
+        <v>1334</v>
       </c>
       <c r="D346" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E346" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F346" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1355</v>
+        <v>1335</v>
       </c>
       <c r="H346" t="s">
-        <v>1356</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1357</v>
+        <v>1337</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1358</v>
+        <v>1338</v>
       </c>
       <c r="D347" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E347" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F347" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1359</v>
+        <v>1339</v>
       </c>
       <c r="H347" t="s">
-        <v>1360</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1361</v>
+        <v>1341</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1362</v>
+        <v>1342</v>
       </c>
       <c r="D348" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E348" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F348" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1363</v>
+        <v>1343</v>
       </c>
       <c r="H348" t="s">
-        <v>1364</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1365</v>
+        <v>1345</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1366</v>
+        <v>1346</v>
       </c>
       <c r="D349" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E349" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F349" t="s">
-        <v>18</v>
+        <v>578</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1367</v>
+        <v>1347</v>
       </c>
       <c r="H349" t="s">
-        <v>1368</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1369</v>
+        <v>1349</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1370</v>
+        <v>1350</v>
       </c>
       <c r="D350" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E350" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F350" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1371</v>
+        <v>1351</v>
       </c>
       <c r="H350" t="s">
-        <v>1372</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1373</v>
+        <v>1353</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1374</v>
+        <v>1354</v>
       </c>
       <c r="D351" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E351" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F351" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1375</v>
+        <v>1355</v>
       </c>
       <c r="H351" t="s">
-        <v>1376</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1377</v>
+        <v>1357</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1378</v>
+        <v>1358</v>
       </c>
       <c r="D352" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E352" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F352" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1379</v>
+        <v>1359</v>
       </c>
       <c r="H352" t="s">
-        <v>1380</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1381</v>
+        <v>1361</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1382</v>
+        <v>1362</v>
       </c>
       <c r="D353" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E353" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F353" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1383</v>
+        <v>1363</v>
       </c>
       <c r="H353" t="s">
-        <v>1384</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1385</v>
+        <v>1365</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1386</v>
+        <v>1366</v>
       </c>
       <c r="D354" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E354" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F354" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1387</v>
+        <v>1367</v>
       </c>
       <c r="H354" t="s">
-        <v>1388</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1389</v>
+        <v>1369</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1390</v>
+        <v>1370</v>
       </c>
       <c r="D355" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E355" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F355" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1391</v>
+        <v>1371</v>
       </c>
       <c r="H355" t="s">
-        <v>1392</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1393</v>
+        <v>1373</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1394</v>
+        <v>1374</v>
       </c>
       <c r="D356" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E356" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F356" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1395</v>
+        <v>1375</v>
       </c>
       <c r="H356" t="s">
-        <v>1396</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1397</v>
+        <v>1377</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1398</v>
+        <v>1378</v>
       </c>
       <c r="D357" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E357" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F357" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1399</v>
+        <v>1379</v>
       </c>
       <c r="H357" t="s">
-        <v>1400</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1401</v>
+        <v>1381</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1402</v>
+        <v>1382</v>
       </c>
       <c r="D358" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E358" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F358" t="s">
-        <v>379</v>
+        <v>57</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1403</v>
+        <v>1383</v>
       </c>
       <c r="H358" t="s">
-        <v>1404</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1405</v>
+        <v>1385</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1406</v>
+        <v>1386</v>
       </c>
       <c r="D359" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E359" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F359" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1407</v>
+        <v>1387</v>
       </c>
       <c r="H359" t="s">
-        <v>1408</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1409</v>
+        <v>1389</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1410</v>
+        <v>1390</v>
       </c>
       <c r="D360" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E360" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F360" t="s">
         <v>57</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1411</v>
+        <v>1391</v>
       </c>
       <c r="H360" t="s">
-        <v>1412</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1413</v>
+        <v>1393</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1414</v>
+        <v>1394</v>
       </c>
       <c r="D361" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E361" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F361" t="s">
-        <v>182</v>
+        <v>268</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1415</v>
+        <v>1395</v>
       </c>
       <c r="H361" t="s">
-        <v>1416</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1417</v>
+        <v>1397</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1418</v>
+        <v>1398</v>
       </c>
       <c r="D362" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E362" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F362" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1419</v>
+        <v>1399</v>
       </c>
       <c r="H362" t="s">
-        <v>1420</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1421</v>
+        <v>1401</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1422</v>
+        <v>1402</v>
       </c>
       <c r="D363" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E363" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F363" t="s">
         <v>44</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1423</v>
+        <v>1403</v>
       </c>
       <c r="H363" t="s">
-        <v>1424</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1425</v>
+        <v>1405</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1426</v>
+        <v>1406</v>
       </c>
       <c r="D364" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E364" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F364" t="s">
         <v>44</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1427</v>
+        <v>1407</v>
       </c>
       <c r="H364" t="s">
-        <v>1428</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1429</v>
+        <v>1409</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1430</v>
+        <v>1410</v>
       </c>
       <c r="D365" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E365" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F365" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1431</v>
+        <v>1411</v>
       </c>
       <c r="H365" t="s">
-        <v>1432</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1433</v>
+        <v>1413</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1434</v>
+        <v>1414</v>
       </c>
       <c r="D366" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E366" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F366" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1435</v>
+        <v>1415</v>
       </c>
       <c r="H366" t="s">
-        <v>1436</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1437</v>
+        <v>1417</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1438</v>
+        <v>1418</v>
       </c>
       <c r="D367" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E367" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F367" t="s">
-        <v>1439</v>
+        <v>44</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1440</v>
+        <v>1419</v>
       </c>
       <c r="H367" t="s">
-        <v>1441</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1442</v>
+        <v>1421</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1443</v>
+        <v>1422</v>
       </c>
       <c r="D368" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E368" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F368" t="s">
-        <v>1444</v>
+        <v>44</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1445</v>
+        <v>1423</v>
       </c>
       <c r="H368" t="s">
-        <v>1446</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1447</v>
+        <v>1425</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1448</v>
+        <v>1426</v>
       </c>
       <c r="D369" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E369" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F369" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
       <c r="H369" t="s">
-        <v>1450</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1451</v>
+        <v>1429</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1452</v>
+        <v>1430</v>
       </c>
       <c r="D370" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E370" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F370" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1453</v>
+        <v>1431</v>
       </c>
       <c r="H370" t="s">
-        <v>1454</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1455</v>
+        <v>1433</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
       <c r="D371" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E371" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F371" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="H371" t="s">
-        <v>1458</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1460</v>
+        <v>1438</v>
       </c>
       <c r="D372" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E372" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F372" t="s">
-        <v>931</v>
+        <v>13</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1461</v>
+        <v>1439</v>
       </c>
       <c r="H372" t="s">
-        <v>969</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1462</v>
+        <v>1441</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1463</v>
+        <v>1442</v>
       </c>
       <c r="D373" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E373" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F373" t="s">
-        <v>931</v>
+        <v>182</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1464</v>
+        <v>1443</v>
       </c>
       <c r="H373" t="s">
-        <v>1465</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1466</v>
+        <v>1445</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1467</v>
+        <v>1446</v>
       </c>
       <c r="D374" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E374" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F374" t="s">
-        <v>931</v>
+        <v>44</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1468</v>
+        <v>1447</v>
       </c>
       <c r="H374" t="s">
-        <v>1469</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1470</v>
+        <v>1449</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1471</v>
+        <v>1450</v>
       </c>
       <c r="D375" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E375" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F375" t="s">
-        <v>931</v>
+        <v>44</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1472</v>
+        <v>1451</v>
       </c>
       <c r="H375" t="s">
-        <v>1473</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1474</v>
+        <v>1453</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1475</v>
+        <v>1454</v>
       </c>
       <c r="D376" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E376" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F376" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1476</v>
+        <v>1455</v>
       </c>
       <c r="H376" t="s">
-        <v>1477</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1478</v>
+        <v>1457</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1479</v>
+        <v>1458</v>
       </c>
       <c r="D377" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E377" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F377" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1480</v>
+        <v>1459</v>
       </c>
       <c r="H377" t="s">
-        <v>1481</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1482</v>
+        <v>1461</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1483</v>
+        <v>1462</v>
       </c>
       <c r="D378" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E378" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F378" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1484</v>
+        <v>1463</v>
       </c>
       <c r="H378" t="s">
-        <v>1485</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1486</v>
+        <v>1465</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1487</v>
+        <v>1466</v>
       </c>
       <c r="D379" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E379" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F379" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1488</v>
+        <v>1467</v>
       </c>
       <c r="H379" t="s">
-        <v>1489</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1490</v>
+        <v>1469</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1491</v>
+        <v>1470</v>
       </c>
       <c r="D380" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E380" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F380" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1492</v>
+        <v>1471</v>
       </c>
       <c r="H380" t="s">
-        <v>1493</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1494</v>
+        <v>1473</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1495</v>
+        <v>1474</v>
       </c>
       <c r="D381" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E381" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F381" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1496</v>
+        <v>1475</v>
       </c>
       <c r="H381" t="s">
-        <v>1497</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1498</v>
+        <v>1477</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1499</v>
+        <v>1478</v>
       </c>
       <c r="D382" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E382" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F382" t="s">
-        <v>265</v>
+        <v>132</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1500</v>
+        <v>1479</v>
       </c>
       <c r="H382" t="s">
-        <v>1501</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1502</v>
+        <v>1481</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1503</v>
+        <v>1482</v>
       </c>
       <c r="D383" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E383" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F383" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1504</v>
+        <v>1483</v>
       </c>
       <c r="H383" t="s">
-        <v>1505</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1506</v>
+        <v>1485</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1507</v>
+        <v>1486</v>
       </c>
       <c r="D384" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E384" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F384" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1508</v>
+        <v>1487</v>
       </c>
       <c r="H384" t="s">
-        <v>1509</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1510</v>
+        <v>1489</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1511</v>
+        <v>1490</v>
       </c>
       <c r="D385" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E385" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1512</v>
+        <v>1491</v>
       </c>
       <c r="H385" t="s">
-        <v>1513</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1514</v>
+        <v>1493</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1515</v>
+        <v>1494</v>
       </c>
       <c r="D386" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E386" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F386" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1516</v>
+        <v>1495</v>
       </c>
       <c r="H386" t="s">
-        <v>1517</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1518</v>
+        <v>1497</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1519</v>
+        <v>1498</v>
       </c>
       <c r="D387" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E387" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F387" t="s">
-        <v>379</v>
+        <v>1499</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1520</v>
+        <v>1500</v>
       </c>
       <c r="H387" t="s">
-        <v>1521</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1522</v>
+        <v>1502</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1523</v>
+        <v>1503</v>
       </c>
       <c r="D388" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E388" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F388" t="s">
-        <v>379</v>
+        <v>1504</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1524</v>
+        <v>1505</v>
       </c>
       <c r="H388" t="s">
-        <v>1525</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1526</v>
+        <v>1507</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1527</v>
+        <v>1508</v>
       </c>
       <c r="D389" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E389" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F389" t="s">
-        <v>379</v>
+        <v>169</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1528</v>
+        <v>1509</v>
       </c>
       <c r="H389" t="s">
-        <v>1529</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1530</v>
+        <v>1511</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1531</v>
+        <v>1512</v>
       </c>
       <c r="D390" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E390" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F390" t="s">
-        <v>518</v>
+        <v>18</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1532</v>
+        <v>1513</v>
       </c>
       <c r="H390" t="s">
-        <v>1533</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1534</v>
+        <v>1515</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1535</v>
+        <v>1516</v>
       </c>
       <c r="D391" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E391" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F391" t="s">
-        <v>518</v>
+        <v>18</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1536</v>
+        <v>1517</v>
       </c>
       <c r="H391" t="s">
-        <v>1537</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1538</v>
+        <v>1519</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1539</v>
+        <v>1520</v>
       </c>
       <c r="D392" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E392" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F392" t="s">
-        <v>518</v>
+        <v>991</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1540</v>
+        <v>1521</v>
       </c>
       <c r="H392" t="s">
-        <v>1541</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1542</v>
+        <v>1522</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1543</v>
+        <v>1523</v>
       </c>
       <c r="D393" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E393" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F393" t="s">
-        <v>1544</v>
+        <v>991</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1545</v>
+        <v>1524</v>
       </c>
       <c r="H393" t="s">
-        <v>1546</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1547</v>
+        <v>1526</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1548</v>
+        <v>1527</v>
       </c>
       <c r="D394" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E394" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F394" t="s">
-        <v>44</v>
+        <v>991</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1549</v>
+        <v>1528</v>
       </c>
       <c r="H394" t="s">
-        <v>1550</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1551</v>
+        <v>1530</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1552</v>
+        <v>1531</v>
       </c>
       <c r="D395" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E395" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F395" t="s">
-        <v>1553</v>
+        <v>991</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1554</v>
+        <v>1532</v>
       </c>
       <c r="H395" t="s">
-        <v>1555</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1556</v>
+        <v>1534</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1557</v>
+        <v>1535</v>
       </c>
       <c r="D396" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E396" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F396" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1558</v>
+        <v>1536</v>
       </c>
       <c r="H396" t="s">
-        <v>1559</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1560</v>
+        <v>1538</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1561</v>
+        <v>1539</v>
       </c>
       <c r="D397" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E397" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F397" t="s">
-        <v>379</v>
+        <v>57</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1562</v>
+        <v>1540</v>
       </c>
       <c r="H397" t="s">
-        <v>1563</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1565</v>
+        <v>1543</v>
       </c>
       <c r="D398" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E398" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F398" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1566</v>
+        <v>1544</v>
       </c>
       <c r="H398" t="s">
-        <v>1567</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1568</v>
+        <v>1546</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1569</v>
+        <v>1547</v>
       </c>
       <c r="D399" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E399" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F399" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1570</v>
+        <v>1548</v>
       </c>
       <c r="H399" t="s">
-        <v>1571</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1572</v>
+        <v>1550</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1573</v>
+        <v>1551</v>
       </c>
       <c r="D400" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E400" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F400" t="s">
         <v>44</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1574</v>
+        <v>1552</v>
       </c>
       <c r="H400" t="s">
-        <v>1575</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1576</v>
+        <v>1554</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1577</v>
+        <v>1555</v>
       </c>
       <c r="D401" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E401" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F401" t="s">
         <v>44</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1578</v>
+        <v>1556</v>
       </c>
       <c r="H401" t="s">
-        <v>1579</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1580</v>
+        <v>1558</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1581</v>
+        <v>1559</v>
       </c>
       <c r="D402" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E402" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F402" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1582</v>
+        <v>1560</v>
       </c>
       <c r="H402" t="s">
-        <v>1583</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1584</v>
+        <v>1562</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1585</v>
+        <v>1563</v>
       </c>
       <c r="D403" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E403" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F403" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1586</v>
+        <v>1564</v>
       </c>
       <c r="H403" t="s">
-        <v>1587</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1588</v>
+        <v>1566</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1589</v>
+        <v>1567</v>
       </c>
       <c r="D404" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E404" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F404" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1590</v>
+        <v>1568</v>
       </c>
       <c r="H404" t="s">
-        <v>1591</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1592</v>
+        <v>1570</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1593</v>
+        <v>1571</v>
       </c>
       <c r="D405" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E405" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F405" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1594</v>
+        <v>1572</v>
       </c>
       <c r="H405" t="s">
-        <v>1595</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1596</v>
+        <v>1574</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1597</v>
+        <v>1575</v>
       </c>
       <c r="D406" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E406" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F406" t="s">
-        <v>518</v>
+        <v>268</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1598</v>
+        <v>1576</v>
       </c>
       <c r="H406" t="s">
-        <v>1599</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1600</v>
+        <v>1578</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1601</v>
+        <v>1579</v>
       </c>
       <c r="D407" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E407" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F407" t="s">
-        <v>518</v>
+        <v>268</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1602</v>
+        <v>1580</v>
       </c>
       <c r="H407" t="s">
-        <v>1603</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1604</v>
+        <v>1582</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1605</v>
+        <v>1583</v>
       </c>
       <c r="D408" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E408" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F408" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1606</v>
+        <v>1584</v>
       </c>
       <c r="H408" t="s">
-        <v>1607</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1608</v>
+        <v>1586</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1609</v>
+        <v>1587</v>
       </c>
       <c r="D409" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E409" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F409" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1610</v>
+        <v>1588</v>
       </c>
       <c r="H409" t="s">
-        <v>1611</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1612</v>
+        <v>1590</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1613</v>
+        <v>1591</v>
       </c>
       <c r="D410" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E410" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F410" t="s">
-        <v>57</v>
+        <v>578</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1614</v>
+        <v>1592</v>
       </c>
       <c r="H410" t="s">
-        <v>1615</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1616</v>
+        <v>1594</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1617</v>
+        <v>1595</v>
       </c>
       <c r="D411" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E411" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F411" t="s">
-        <v>182</v>
+        <v>578</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1618</v>
+        <v>1596</v>
       </c>
       <c r="H411" t="s">
-        <v>1619</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1620</v>
+        <v>1598</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1621</v>
+        <v>1599</v>
       </c>
       <c r="D412" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E412" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F412" t="s">
-        <v>182</v>
+        <v>578</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1622</v>
+        <v>1600</v>
       </c>
       <c r="H412" t="s">
-        <v>1623</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1624</v>
+        <v>1602</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1625</v>
+        <v>1603</v>
       </c>
       <c r="D413" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E413" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F413" t="s">
-        <v>132</v>
+        <v>1604</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1626</v>
+        <v>1605</v>
       </c>
       <c r="H413" t="s">
-        <v>1627</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1628</v>
+        <v>1607</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1629</v>
+        <v>1608</v>
       </c>
       <c r="D414" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E414" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F414" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1630</v>
+        <v>1609</v>
       </c>
       <c r="H414" t="s">
-        <v>1631</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1632</v>
+        <v>1611</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1633</v>
+        <v>1612</v>
       </c>
       <c r="D415" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E415" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F415" t="s">
-        <v>18</v>
+        <v>1613</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1634</v>
+        <v>1614</v>
       </c>
       <c r="H415" t="s">
-        <v>1635</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1636</v>
+        <v>1616</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1637</v>
+        <v>1617</v>
       </c>
       <c r="D416" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E416" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F416" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1638</v>
+        <v>1618</v>
       </c>
       <c r="H416" t="s">
-        <v>1639</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1640</v>
+        <v>1620</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1641</v>
+        <v>1621</v>
       </c>
       <c r="D417" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E417" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F417" t="s">
-        <v>518</v>
+        <v>268</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1642</v>
+        <v>1622</v>
       </c>
       <c r="H417" t="s">
-        <v>1643</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1644</v>
+        <v>1624</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1645</v>
+        <v>1625</v>
       </c>
       <c r="D418" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E418" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F418" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1646</v>
+        <v>1626</v>
       </c>
       <c r="H418" t="s">
-        <v>1647</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1648</v>
+        <v>1628</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1649</v>
+        <v>1629</v>
       </c>
       <c r="D419" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E419" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F419" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1650</v>
+        <v>1630</v>
       </c>
       <c r="H419" t="s">
-        <v>1651</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1652</v>
+        <v>1632</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1653</v>
+        <v>1633</v>
       </c>
       <c r="D420" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E420" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F420" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1654</v>
+        <v>1634</v>
       </c>
       <c r="H420" t="s">
-        <v>1655</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1656</v>
+        <v>1636</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1657</v>
+        <v>1637</v>
       </c>
       <c r="D421" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E421" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F421" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1658</v>
+        <v>1638</v>
       </c>
       <c r="H421" t="s">
-        <v>1659</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1660</v>
+        <v>1640</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1661</v>
+        <v>1641</v>
       </c>
       <c r="D422" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E422" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F422" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1662</v>
+        <v>1642</v>
       </c>
       <c r="H422" t="s">
-        <v>1663</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1664</v>
+        <v>1644</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1665</v>
+        <v>1645</v>
       </c>
       <c r="D423" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E423" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F423" t="s">
-        <v>1056</v>
+        <v>44</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1666</v>
+        <v>1646</v>
       </c>
       <c r="H423" t="s">
-        <v>1667</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1668</v>
+        <v>1648</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1669</v>
+        <v>1649</v>
       </c>
       <c r="D424" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E424" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F424" t="s">
-        <v>13</v>
+        <v>578</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1670</v>
+        <v>1650</v>
       </c>
       <c r="H424" t="s">
-        <v>1671</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1672</v>
+        <v>1652</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1673</v>
+        <v>1653</v>
       </c>
       <c r="D425" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E425" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F425" t="s">
-        <v>379</v>
+        <v>578</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1674</v>
+        <v>1654</v>
       </c>
       <c r="H425" t="s">
-        <v>1675</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1676</v>
+        <v>1656</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1677</v>
+        <v>1657</v>
       </c>
       <c r="D426" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E426" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F426" t="s">
-        <v>518</v>
+        <v>578</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1678</v>
+        <v>1658</v>
       </c>
       <c r="H426" t="s">
-        <v>1679</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1680</v>
+        <v>1660</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1681</v>
+        <v>1661</v>
       </c>
       <c r="D427" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E427" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F427" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1682</v>
+        <v>1662</v>
       </c>
       <c r="H427" t="s">
-        <v>1683</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1684</v>
+        <v>1664</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1685</v>
+        <v>1665</v>
       </c>
       <c r="D428" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E428" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F428" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1686</v>
+        <v>1666</v>
       </c>
       <c r="H428" t="s">
-        <v>1687</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1688</v>
+        <v>1668</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1689</v>
+        <v>1669</v>
       </c>
       <c r="D429" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E429" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F429" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1690</v>
+        <v>1670</v>
       </c>
       <c r="H429" t="s">
-        <v>1691</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1692</v>
+        <v>1672</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1693</v>
+        <v>1673</v>
       </c>
       <c r="D430" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E430" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F430" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1694</v>
+        <v>1674</v>
       </c>
       <c r="H430" t="s">
-        <v>1695</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1696</v>
+        <v>1676</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1697</v>
+        <v>1677</v>
       </c>
       <c r="D431" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E431" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F431" t="s">
-        <v>18</v>
+        <v>182</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1698</v>
+        <v>1678</v>
       </c>
       <c r="H431" t="s">
-        <v>1699</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1700</v>
+        <v>1680</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1701</v>
+        <v>1681</v>
       </c>
       <c r="D432" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E432" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F432" t="s">
-        <v>1101</v>
+        <v>182</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1702</v>
+        <v>1682</v>
       </c>
       <c r="H432" t="s">
-        <v>1703</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1704</v>
+        <v>1684</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1705</v>
+        <v>1685</v>
       </c>
       <c r="D433" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E433" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F433" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1706</v>
+        <v>1686</v>
       </c>
       <c r="H433" t="s">
-        <v>1707</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1708</v>
+        <v>1688</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1709</v>
+        <v>1689</v>
       </c>
       <c r="D434" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E434" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F434" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1710</v>
+        <v>1690</v>
       </c>
       <c r="H434" t="s">
-        <v>1711</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1712</v>
+        <v>1692</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1713</v>
+        <v>1693</v>
       </c>
       <c r="D435" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E435" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F435" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1714</v>
+        <v>1694</v>
       </c>
       <c r="H435" t="s">
-        <v>1715</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1716</v>
+        <v>1696</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1717</v>
+        <v>1697</v>
       </c>
       <c r="D436" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E436" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F436" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1718</v>
+        <v>1698</v>
       </c>
       <c r="H436" t="s">
-        <v>1719</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1720</v>
+        <v>1700</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1721</v>
+        <v>1701</v>
       </c>
       <c r="D437" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E437" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F437" t="s">
-        <v>57</v>
+        <v>578</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1722</v>
+        <v>1702</v>
       </c>
       <c r="H437" t="s">
-        <v>1723</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1724</v>
+        <v>1704</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1725</v>
+        <v>1705</v>
       </c>
       <c r="D438" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E438" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F438" t="s">
-        <v>132</v>
+        <v>578</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1726</v>
+        <v>1706</v>
       </c>
       <c r="H438" t="s">
-        <v>1727</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1728</v>
+        <v>1708</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1729</v>
+        <v>1709</v>
       </c>
       <c r="D439" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E439" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F439" t="s">
-        <v>379</v>
+        <v>57</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1730</v>
+        <v>1710</v>
       </c>
       <c r="H439" t="s">
-        <v>1731</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1732</v>
+        <v>1712</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1733</v>
+        <v>1713</v>
       </c>
       <c r="D440" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E440" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F440" t="s">
-        <v>379</v>
+        <v>57</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1734</v>
+        <v>1714</v>
       </c>
       <c r="H440" t="s">
-        <v>1735</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1736</v>
+        <v>1716</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1737</v>
+        <v>1717</v>
       </c>
       <c r="D441" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E441" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F441" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1738</v>
+        <v>1718</v>
       </c>
       <c r="H441" t="s">
-        <v>1739</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1740</v>
+        <v>1720</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1741</v>
+        <v>1721</v>
       </c>
       <c r="D442" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E442" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F442" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1742</v>
+        <v>1722</v>
       </c>
       <c r="H442" t="s">
-        <v>1743</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1744</v>
+        <v>1724</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1745</v>
+        <v>1725</v>
       </c>
       <c r="D443" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E443" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F443" t="s">
-        <v>44</v>
+        <v>1116</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1746</v>
+        <v>1726</v>
       </c>
       <c r="H443" t="s">
-        <v>1747</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1748</v>
+        <v>1728</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1749</v>
+        <v>1729</v>
       </c>
       <c r="D444" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E444" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F444" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1750</v>
+        <v>1730</v>
       </c>
       <c r="H444" t="s">
-        <v>1751</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1752</v>
+        <v>1732</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1753</v>
+        <v>1733</v>
       </c>
       <c r="D445" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E445" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F445" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1754</v>
+        <v>1734</v>
       </c>
       <c r="H445" t="s">
-        <v>1755</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1756</v>
+        <v>1736</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1757</v>
+        <v>1737</v>
       </c>
       <c r="D446" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E446" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F446" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1758</v>
+        <v>1738</v>
       </c>
       <c r="H446" t="s">
-        <v>1759</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1760</v>
+        <v>1740</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1761</v>
+        <v>1741</v>
       </c>
       <c r="D447" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E447" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F447" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1762</v>
+        <v>1742</v>
       </c>
       <c r="H447" t="s">
-        <v>1763</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1764</v>
+        <v>1744</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1765</v>
+        <v>1745</v>
       </c>
       <c r="D448" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E448" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F448" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1766</v>
+        <v>1746</v>
       </c>
       <c r="H448" t="s">
-        <v>1767</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1768</v>
+        <v>1748</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1769</v>
+        <v>1749</v>
       </c>
       <c r="D449" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E449" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F449" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1770</v>
+        <v>1750</v>
       </c>
       <c r="H449" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1772</v>
+        <v>1752</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1773</v>
+        <v>1753</v>
       </c>
       <c r="D450" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E450" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F450" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1774</v>
+        <v>1754</v>
       </c>
       <c r="H450" t="s">
-        <v>1775</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1776</v>
+        <v>1756</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1777</v>
+        <v>1757</v>
       </c>
       <c r="D451" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E451" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F451" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1778</v>
+        <v>1758</v>
       </c>
       <c r="H451" t="s">
-        <v>1779</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1780</v>
+        <v>1760</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1781</v>
+        <v>1761</v>
       </c>
       <c r="D452" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E452" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F452" t="s">
-        <v>13</v>
+        <v>1161</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1782</v>
+        <v>1762</v>
       </c>
       <c r="H452" t="s">
-        <v>1783</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1784</v>
+        <v>1764</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1785</v>
+        <v>1765</v>
       </c>
       <c r="D453" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E453" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F453" t="s">
-        <v>1786</v>
+        <v>44</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1787</v>
+        <v>1766</v>
       </c>
       <c r="H453" t="s">
-        <v>1788</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1789</v>
+        <v>1768</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1790</v>
+        <v>1769</v>
       </c>
       <c r="D454" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E454" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F454" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1791</v>
+        <v>1770</v>
       </c>
       <c r="H454" t="s">
-        <v>1792</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1793</v>
+        <v>1772</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1794</v>
+        <v>1773</v>
       </c>
       <c r="D455" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E455" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F455" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1795</v>
+        <v>1774</v>
       </c>
       <c r="H455" t="s">
-        <v>1796</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1797</v>
+        <v>1776</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1798</v>
+        <v>1777</v>
       </c>
       <c r="D456" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E456" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F456" t="s">
-        <v>379</v>
+        <v>57</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1799</v>
+        <v>1778</v>
       </c>
       <c r="H456" t="s">
-        <v>1800</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1801</v>
+        <v>1780</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1802</v>
+        <v>1781</v>
       </c>
       <c r="D457" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E457" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F457" t="s">
-        <v>379</v>
+        <v>57</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1803</v>
+        <v>1782</v>
       </c>
       <c r="H457" t="s">
-        <v>1804</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1805</v>
+        <v>1784</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1806</v>
+        <v>1785</v>
       </c>
       <c r="D458" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E458" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F458" t="s">
-        <v>379</v>
+        <v>132</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1807</v>
+        <v>1786</v>
       </c>
       <c r="H458" t="s">
-        <v>1808</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1809</v>
+        <v>1788</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1810</v>
+        <v>1789</v>
       </c>
       <c r="D459" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E459" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F459" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1811</v>
+        <v>1790</v>
       </c>
       <c r="H459" t="s">
-        <v>1812</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1813</v>
+        <v>1792</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1814</v>
+        <v>1793</v>
       </c>
       <c r="D460" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E460" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F460" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1815</v>
+        <v>1794</v>
       </c>
       <c r="H460" t="s">
-        <v>1816</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1817</v>
+        <v>1796</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1818</v>
+        <v>1797</v>
       </c>
       <c r="D461" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E461" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F461" t="s">
         <v>44</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1819</v>
+        <v>1798</v>
       </c>
       <c r="H461" t="s">
-        <v>1820</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1821</v>
+        <v>1800</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1822</v>
+        <v>1801</v>
       </c>
       <c r="D462" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E462" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F462" t="s">
         <v>44</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1823</v>
+        <v>1802</v>
       </c>
       <c r="H462" t="s">
-        <v>1824</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1825</v>
+        <v>1804</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1826</v>
+        <v>1805</v>
       </c>
       <c r="D463" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E463" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F463" t="s">
-        <v>1199</v>
+        <v>44</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="H463" t="s">
-        <v>1828</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1829</v>
+        <v>1808</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1830</v>
+        <v>1809</v>
       </c>
       <c r="D464" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E464" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F464" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1831</v>
+        <v>1810</v>
       </c>
       <c r="H464" t="s">
-        <v>1832</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1833</v>
+        <v>1812</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1834</v>
+        <v>1813</v>
       </c>
       <c r="D465" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E465" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F465" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1835</v>
+        <v>1814</v>
       </c>
       <c r="H465" t="s">
-        <v>1836</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1837</v>
+        <v>1816</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1838</v>
+        <v>1817</v>
       </c>
       <c r="D466" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E466" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F466" t="s">
         <v>44</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1839</v>
+        <v>1818</v>
       </c>
       <c r="H466" t="s">
-        <v>1840</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1841</v>
+        <v>1820</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1842</v>
+        <v>1821</v>
       </c>
       <c r="D467" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E467" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F467" t="s">
         <v>57</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1843</v>
+        <v>1822</v>
       </c>
       <c r="H467" t="s">
-        <v>1844</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1845</v>
+        <v>1824</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1846</v>
+        <v>1825</v>
       </c>
       <c r="D468" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E468" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F468" t="s">
         <v>57</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1847</v>
+        <v>1826</v>
       </c>
       <c r="H468" t="s">
-        <v>1848</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1849</v>
+        <v>1828</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1850</v>
+        <v>1829</v>
       </c>
       <c r="D469" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E469" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F469" t="s">
         <v>57</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1851</v>
+        <v>1830</v>
       </c>
       <c r="H469" t="s">
-        <v>1852</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1853</v>
+        <v>1832</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1854</v>
+        <v>1833</v>
       </c>
       <c r="D470" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E470" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F470" t="s">
         <v>57</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1855</v>
+        <v>1834</v>
       </c>
       <c r="H470" t="s">
-        <v>1856</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1857</v>
+        <v>1836</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1858</v>
+        <v>1837</v>
       </c>
       <c r="D471" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E471" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F471" t="s">
-        <v>518</v>
+        <v>57</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1859</v>
+        <v>1838</v>
       </c>
       <c r="H471" t="s">
-        <v>1860</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1861</v>
+        <v>1840</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1862</v>
+        <v>1841</v>
       </c>
       <c r="D472" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E472" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F472" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1863</v>
+        <v>1842</v>
       </c>
       <c r="H472" t="s">
-        <v>1864</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1865</v>
+        <v>1844</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1866</v>
+        <v>1845</v>
       </c>
       <c r="D473" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E473" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F473" t="s">
-        <v>518</v>
+        <v>1846</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1867</v>
+        <v>1847</v>
       </c>
       <c r="H473" t="s">
-        <v>1868</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1869</v>
+        <v>1849</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1870</v>
+        <v>1850</v>
       </c>
       <c r="D474" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E474" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F474" t="s">
-        <v>13</v>
+        <v>132</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1871</v>
+        <v>1851</v>
       </c>
       <c r="H474" t="s">
-        <v>1872</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1873</v>
+        <v>1853</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1874</v>
+        <v>1854</v>
       </c>
       <c r="D475" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E475" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F475" t="s">
         <v>132</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1875</v>
+        <v>1855</v>
       </c>
       <c r="H475" t="s">
-        <v>1876</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1877</v>
+        <v>1857</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1878</v>
+        <v>1858</v>
       </c>
       <c r="D476" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E476" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F476" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1879</v>
+        <v>1859</v>
       </c>
       <c r="H476" t="s">
-        <v>1880</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1881</v>
+        <v>1861</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1882</v>
+        <v>1862</v>
       </c>
       <c r="D477" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E477" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F477" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1883</v>
+        <v>1863</v>
       </c>
       <c r="H477" t="s">
-        <v>1884</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1885</v>
+        <v>1865</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1886</v>
+        <v>1866</v>
       </c>
       <c r="D478" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E478" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F478" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1887</v>
+        <v>1867</v>
       </c>
       <c r="H478" t="s">
-        <v>1888</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1889</v>
+        <v>1869</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1890</v>
+        <v>1870</v>
       </c>
       <c r="D479" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E479" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F479" t="s">
-        <v>1891</v>
+        <v>44</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1892</v>
+        <v>1871</v>
       </c>
       <c r="H479" t="s">
-        <v>1893</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1894</v>
+        <v>1873</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1895</v>
+        <v>1874</v>
       </c>
       <c r="D480" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E480" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F480" t="s">
-        <v>1891</v>
+        <v>44</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1896</v>
+        <v>1875</v>
       </c>
       <c r="H480" t="s">
-        <v>1897</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1898</v>
+        <v>1877</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1899</v>
+        <v>1878</v>
       </c>
       <c r="D481" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E481" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F481" t="s">
-        <v>1891</v>
+        <v>44</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1900</v>
+        <v>1879</v>
       </c>
       <c r="H481" t="s">
-        <v>1901</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1902</v>
+        <v>1881</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1903</v>
+        <v>1882</v>
       </c>
       <c r="D482" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E482" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F482" t="s">
-        <v>1891</v>
+        <v>44</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1904</v>
+        <v>1883</v>
       </c>
       <c r="H482" t="s">
-        <v>1905</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1906</v>
+        <v>1885</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1907</v>
+        <v>1886</v>
       </c>
       <c r="D483" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E483" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F483" t="s">
-        <v>1908</v>
+        <v>1259</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1909</v>
+        <v>1887</v>
       </c>
       <c r="H483" t="s">
-        <v>1910</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1911</v>
+        <v>1889</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1912</v>
+        <v>1890</v>
       </c>
       <c r="D484" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E484" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F484" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1913</v>
+        <v>1891</v>
       </c>
       <c r="H484" t="s">
-        <v>1914</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1915</v>
+        <v>1893</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1916</v>
+        <v>1894</v>
       </c>
       <c r="D485" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E485" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F485" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1917</v>
+        <v>1895</v>
       </c>
       <c r="H485" t="s">
-        <v>1918</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1919</v>
+        <v>1897</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1920</v>
+        <v>1898</v>
       </c>
       <c r="D486" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E486" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F486" t="s">
-        <v>265</v>
+        <v>44</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1921</v>
+        <v>1899</v>
       </c>
       <c r="H486" t="s">
-        <v>1922</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1923</v>
+        <v>1901</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1924</v>
+        <v>1902</v>
       </c>
       <c r="D487" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E487" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F487" t="s">
         <v>57</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1925</v>
+        <v>1903</v>
       </c>
       <c r="H487" t="s">
-        <v>1926</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1927</v>
+        <v>1905</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1928</v>
+        <v>1906</v>
       </c>
       <c r="D488" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E488" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F488" t="s">
         <v>57</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1929</v>
+        <v>1907</v>
       </c>
       <c r="H488" t="s">
-        <v>1930</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1931</v>
+        <v>1909</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1932</v>
+        <v>1910</v>
       </c>
       <c r="D489" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E489" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F489" t="s">
         <v>57</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1933</v>
+        <v>1911</v>
       </c>
       <c r="H489" t="s">
-        <v>1934</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1935</v>
+        <v>1913</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1936</v>
+        <v>1914</v>
       </c>
       <c r="D490" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E490" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F490" t="s">
         <v>57</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1937</v>
+        <v>1915</v>
       </c>
       <c r="H490" t="s">
-        <v>1938</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1939</v>
+        <v>1917</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1940</v>
+        <v>1918</v>
       </c>
       <c r="D491" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E491" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F491" t="s">
-        <v>931</v>
+        <v>578</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1941</v>
+        <v>1919</v>
       </c>
       <c r="H491" t="s">
-        <v>1942</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1943</v>
+        <v>1921</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1944</v>
+        <v>1922</v>
       </c>
       <c r="D492" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E492" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F492" t="s">
-        <v>931</v>
+        <v>578</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1945</v>
+        <v>1923</v>
       </c>
       <c r="H492" t="s">
-        <v>1946</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1947</v>
+        <v>1925</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1948</v>
+        <v>1926</v>
       </c>
       <c r="D493" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E493" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F493" t="s">
-        <v>931</v>
+        <v>578</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1949</v>
+        <v>1927</v>
       </c>
       <c r="H493" t="s">
-        <v>1950</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1951</v>
+        <v>1929</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1952</v>
+        <v>1930</v>
       </c>
       <c r="D494" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E494" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F494" t="s">
-        <v>931</v>
+        <v>13</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1953</v>
+        <v>1931</v>
       </c>
       <c r="H494" t="s">
-        <v>1954</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1955</v>
+        <v>1933</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1956</v>
+        <v>1934</v>
       </c>
       <c r="D495" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E495" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F495" t="s">
-        <v>931</v>
+        <v>132</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1957</v>
+        <v>1935</v>
       </c>
       <c r="H495" t="s">
-        <v>1958</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1959</v>
+        <v>1937</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1960</v>
+        <v>1938</v>
       </c>
       <c r="D496" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E496" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F496" t="s">
-        <v>1961</v>
+        <v>132</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1962</v>
+        <v>1939</v>
       </c>
       <c r="H496" t="s">
-        <v>1963</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1964</v>
+        <v>1941</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1965</v>
+        <v>1942</v>
       </c>
       <c r="D497" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E497" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F497" t="s">
-        <v>1891</v>
+        <v>132</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1966</v>
+        <v>1943</v>
       </c>
       <c r="H497" t="s">
-        <v>1967</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1968</v>
+        <v>1945</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1969</v>
+        <v>1946</v>
       </c>
       <c r="D498" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E498" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F498" t="s">
         <v>44</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1970</v>
+        <v>1947</v>
       </c>
       <c r="H498" t="s">
-        <v>1971</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1972</v>
+        <v>1949</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1973</v>
+        <v>1950</v>
       </c>
       <c r="D499" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E499" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F499" t="s">
-        <v>13</v>
+        <v>1951</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1974</v>
+        <v>1952</v>
       </c>
       <c r="H499" t="s">
-        <v>1975</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1976</v>
+        <v>1954</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1977</v>
+        <v>1955</v>
       </c>
       <c r="D500" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E500" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F500" t="s">
-        <v>1891</v>
+        <v>1951</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1978</v>
+        <v>1956</v>
       </c>
       <c r="H500" t="s">
-        <v>1979</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1980</v>
+        <v>1958</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1981</v>
+        <v>1959</v>
       </c>
       <c r="D501" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E501" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F501" t="s">
-        <v>18</v>
+        <v>1951</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1982</v>
+        <v>1960</v>
       </c>
       <c r="H501" t="s">
-        <v>1983</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1984</v>
+        <v>1962</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1985</v>
+        <v>1963</v>
       </c>
       <c r="D502" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E502" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F502" t="s">
-        <v>18</v>
+        <v>1951</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1986</v>
+        <v>1964</v>
       </c>
       <c r="H502" t="s">
-        <v>1987</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1988</v>
+        <v>1966</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1989</v>
+        <v>1967</v>
       </c>
       <c r="D503" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E503" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F503" t="s">
-        <v>1990</v>
+        <v>1968</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1991</v>
+        <v>1969</v>
       </c>
       <c r="H503" t="s">
-        <v>1992</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1993</v>
+        <v>1971</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="D504" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E504" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F504" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1995</v>
+        <v>1973</v>
       </c>
       <c r="H504" t="s">
-        <v>1996</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1997</v>
+        <v>1975</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1998</v>
+        <v>1976</v>
       </c>
       <c r="D505" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E505" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F505" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="H505" t="s">
-        <v>2000</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>2001</v>
+        <v>1979</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="D506" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E506" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F506" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>2003</v>
+        <v>1981</v>
       </c>
       <c r="H506" t="s">
-        <v>2004</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>2005</v>
+        <v>1983</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>2006</v>
+        <v>1984</v>
       </c>
       <c r="D507" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E507" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F507" t="s">
         <v>57</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>2007</v>
+        <v>1985</v>
       </c>
       <c r="H507" t="s">
-        <v>2008</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="D508" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E508" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F508" t="s">
-        <v>518</v>
+        <v>57</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="H508" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="D509" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E509" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F509" t="s">
-        <v>518</v>
+        <v>57</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="H509" t="s">
-        <v>2016</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>2018</v>
+        <v>1996</v>
       </c>
       <c r="D510" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E510" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F510" t="s">
-        <v>1891</v>
+        <v>57</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>2019</v>
+        <v>1997</v>
       </c>
       <c r="H510" t="s">
-        <v>2020</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="D511" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E511" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F511" t="s">
-        <v>1891</v>
+        <v>991</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>2023</v>
+        <v>2001</v>
       </c>
       <c r="H511" t="s">
-        <v>2024</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2025</v>
+        <v>2003</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>2026</v>
+        <v>2004</v>
       </c>
       <c r="D512" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E512" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F512" t="s">
-        <v>1891</v>
+        <v>991</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>2027</v>
+        <v>2005</v>
       </c>
       <c r="H512" t="s">
-        <v>2028</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2029</v>
+        <v>2007</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>2030</v>
+        <v>2008</v>
       </c>
       <c r="D513" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E513" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F513" t="s">
-        <v>379</v>
+        <v>991</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>2031</v>
+        <v>2009</v>
       </c>
       <c r="H513" t="s">
-        <v>2032</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2033</v>
+        <v>2011</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>2034</v>
+        <v>2012</v>
       </c>
       <c r="D514" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E514" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F514" t="s">
-        <v>379</v>
+        <v>991</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2035</v>
+        <v>2013</v>
       </c>
       <c r="H514" t="s">
-        <v>2036</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2037</v>
+        <v>2015</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>2038</v>
+        <v>2016</v>
       </c>
       <c r="D515" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E515" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F515" t="s">
-        <v>2039</v>
+        <v>991</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>2040</v>
+        <v>2017</v>
       </c>
       <c r="H515" t="s">
-        <v>2041</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>2042</v>
+        <v>2019</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>2043</v>
+        <v>2020</v>
       </c>
       <c r="D516" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E516" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F516" t="s">
-        <v>44</v>
+        <v>2021</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>2044</v>
+        <v>2022</v>
       </c>
       <c r="H516" t="s">
-        <v>2045</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>2046</v>
+        <v>2024</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>2047</v>
+        <v>2025</v>
       </c>
       <c r="D517" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E517" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F517" t="s">
-        <v>1891</v>
+        <v>1951</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>2048</v>
+        <v>2026</v>
       </c>
       <c r="H517" t="s">
-        <v>2049</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>2050</v>
+        <v>2028</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>2051</v>
+        <v>2029</v>
       </c>
       <c r="D518" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E518" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F518" t="s">
-        <v>2052</v>
+        <v>44</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>2053</v>
+        <v>2030</v>
       </c>
       <c r="H518" t="s">
-        <v>2054</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>2055</v>
+        <v>2032</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>2056</v>
+        <v>2033</v>
       </c>
       <c r="D519" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E519" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F519" t="s">
-        <v>2057</v>
+        <v>13</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>2058</v>
+        <v>2034</v>
       </c>
       <c r="H519" t="s">
-        <v>2059</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2060</v>
+        <v>2036</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>2061</v>
+        <v>2037</v>
       </c>
       <c r="D520" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E520" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F520" t="s">
-        <v>2057</v>
+        <v>1951</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2062</v>
+        <v>2038</v>
       </c>
       <c r="H520" t="s">
-        <v>2063</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2064</v>
+        <v>2040</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>2065</v>
+        <v>2041</v>
       </c>
       <c r="D521" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E521" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F521" t="s">
-        <v>2057</v>
+        <v>18</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2066</v>
+        <v>2042</v>
       </c>
       <c r="H521" t="s">
-        <v>2067</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2068</v>
+        <v>2044</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>2069</v>
+        <v>2045</v>
       </c>
       <c r="D522" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E522" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F522" t="s">
-        <v>2070</v>
+        <v>18</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2071</v>
+        <v>2046</v>
       </c>
       <c r="H522" t="s">
-        <v>2072</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2073</v>
+        <v>2048</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>2074</v>
+        <v>2049</v>
       </c>
       <c r="D523" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E523" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F523" t="s">
-        <v>57</v>
+        <v>2050</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2075</v>
+        <v>2051</v>
       </c>
       <c r="H523" t="s">
-        <v>2076</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2077</v>
+        <v>2053</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>2078</v>
+        <v>2054</v>
       </c>
       <c r="D524" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E524" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F524" t="s">
         <v>57</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2079</v>
+        <v>2055</v>
       </c>
       <c r="H524" t="s">
-        <v>2080</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2081</v>
+        <v>2057</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>2082</v>
+        <v>2058</v>
       </c>
       <c r="D525" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E525" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F525" t="s">
         <v>57</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2083</v>
+        <v>2059</v>
       </c>
       <c r="H525" t="s">
-        <v>2084</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2085</v>
+        <v>2061</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>2086</v>
+        <v>2062</v>
       </c>
       <c r="D526" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E526" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F526" t="s">
-        <v>1891</v>
+        <v>57</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2087</v>
+        <v>2063</v>
       </c>
       <c r="H526" t="s">
-        <v>2088</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2089</v>
+        <v>2065</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2090</v>
+        <v>2066</v>
       </c>
       <c r="D527" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E527" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F527" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2091</v>
+        <v>2067</v>
       </c>
       <c r="H527" t="s">
-        <v>2092</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2093</v>
+        <v>2069</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>2094</v>
+        <v>2070</v>
       </c>
       <c r="D528" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E528" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F528" t="s">
-        <v>1891</v>
+        <v>578</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2095</v>
+        <v>2071</v>
       </c>
       <c r="H528" t="s">
-        <v>2096</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2097</v>
+        <v>2073</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>2098</v>
+        <v>2074</v>
       </c>
       <c r="D529" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E529" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F529" t="s">
-        <v>1891</v>
+        <v>578</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2099</v>
+        <v>2075</v>
       </c>
       <c r="H529" t="s">
-        <v>2100</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2101</v>
+        <v>2077</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>2102</v>
+        <v>2078</v>
       </c>
       <c r="D530" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E530" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F530" t="s">
-        <v>518</v>
+        <v>1951</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2103</v>
+        <v>2079</v>
       </c>
       <c r="H530" t="s">
-        <v>2104</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2105</v>
+        <v>2081</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>2106</v>
+        <v>2082</v>
       </c>
       <c r="D531" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E531" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F531" t="s">
-        <v>265</v>
+        <v>1951</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2107</v>
+        <v>2083</v>
       </c>
       <c r="H531" t="s">
-        <v>2108</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2109</v>
+        <v>2085</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>2110</v>
+        <v>2086</v>
       </c>
       <c r="D532" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E532" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F532" t="s">
-        <v>57</v>
+        <v>1951</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2111</v>
+        <v>2087</v>
       </c>
       <c r="H532" t="s">
-        <v>2112</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2113</v>
+        <v>2089</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>2114</v>
+        <v>2090</v>
       </c>
       <c r="D533" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E533" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F533" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2115</v>
+        <v>2091</v>
       </c>
       <c r="H533" t="s">
-        <v>2116</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2117</v>
+        <v>2093</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>2118</v>
+        <v>2094</v>
       </c>
       <c r="D534" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E534" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F534" t="s">
-        <v>2119</v>
+        <v>268</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2120</v>
+        <v>2095</v>
       </c>
       <c r="H534" t="s">
-        <v>2121</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2122</v>
+        <v>2097</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2123</v>
+        <v>2098</v>
       </c>
       <c r="D535" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E535" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F535" t="s">
-        <v>2124</v>
+        <v>2099</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2125</v>
+        <v>2100</v>
       </c>
       <c r="H535" t="s">
-        <v>2126</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2127</v>
+        <v>2102</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2128</v>
+        <v>2103</v>
       </c>
       <c r="D536" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E536" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F536" t="s">
-        <v>1891</v>
+        <v>44</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2129</v>
+        <v>2104</v>
       </c>
       <c r="H536" t="s">
-        <v>2130</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2131</v>
+        <v>2106</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2132</v>
+        <v>2107</v>
       </c>
       <c r="D537" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E537" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F537" t="s">
-        <v>1891</v>
+        <v>1951</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2133</v>
+        <v>2108</v>
       </c>
       <c r="H537" t="s">
-        <v>2134</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2135</v>
+        <v>2110</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2136</v>
+        <v>2111</v>
       </c>
       <c r="D538" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E538" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F538" t="s">
-        <v>1891</v>
+        <v>2112</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2137</v>
+        <v>2113</v>
       </c>
       <c r="H538" t="s">
-        <v>2138</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2139</v>
+        <v>2115</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2140</v>
+        <v>2116</v>
       </c>
       <c r="D539" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E539" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F539" t="s">
-        <v>1891</v>
+        <v>2117</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2141</v>
+        <v>2118</v>
       </c>
       <c r="H539" t="s">
-        <v>2142</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2143</v>
+        <v>2120</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2144</v>
+        <v>2121</v>
       </c>
       <c r="D540" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E540" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F540" t="s">
-        <v>44</v>
+        <v>2117</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2145</v>
+        <v>2122</v>
       </c>
       <c r="H540" t="s">
-        <v>2146</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2147</v>
+        <v>2124</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2148</v>
+        <v>2125</v>
       </c>
       <c r="D541" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E541" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F541" t="s">
-        <v>379</v>
+        <v>2117</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2149</v>
+        <v>2126</v>
       </c>
       <c r="H541" t="s">
-        <v>2150</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2151</v>
+        <v>2128</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2152</v>
+        <v>2129</v>
       </c>
       <c r="D542" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E542" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F542" t="s">
-        <v>379</v>
+        <v>2130</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2153</v>
+        <v>2131</v>
       </c>
       <c r="H542" t="s">
-        <v>2154</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2155</v>
+        <v>2133</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2156</v>
+        <v>2134</v>
       </c>
       <c r="D543" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E543" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F543" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2157</v>
+        <v>2135</v>
       </c>
       <c r="H543" t="s">
-        <v>2158</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2159</v>
+        <v>2137</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2160</v>
+        <v>2138</v>
       </c>
       <c r="D544" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E544" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F544" t="s">
-        <v>2161</v>
+        <v>57</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2162</v>
+        <v>2139</v>
       </c>
       <c r="H544" t="s">
-        <v>2163</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2164</v>
+        <v>2141</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2165</v>
+        <v>2142</v>
       </c>
       <c r="D545" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E545" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F545" t="s">
-        <v>518</v>
+        <v>57</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2166</v>
+        <v>2143</v>
       </c>
       <c r="H545" t="s">
-        <v>2167</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2168</v>
+        <v>2145</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2169</v>
+        <v>2146</v>
       </c>
       <c r="D546" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E546" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F546" t="s">
-        <v>518</v>
+        <v>1951</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2170</v>
+        <v>2147</v>
       </c>
       <c r="H546" t="s">
-        <v>2171</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2172</v>
+        <v>2149</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2173</v>
+        <v>2150</v>
       </c>
       <c r="D547" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E547" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F547" t="s">
-        <v>518</v>
+        <v>44</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2174</v>
+        <v>2151</v>
       </c>
       <c r="H547" t="s">
-        <v>2175</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2176</v>
+        <v>2153</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2177</v>
+        <v>2154</v>
       </c>
       <c r="D548" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E548" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F548" t="s">
-        <v>931</v>
+        <v>1951</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2178</v>
+        <v>2155</v>
       </c>
       <c r="H548" t="s">
-        <v>2179</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2180</v>
+        <v>2157</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2181</v>
+        <v>2158</v>
       </c>
       <c r="D549" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E549" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F549" t="s">
-        <v>182</v>
+        <v>1951</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2182</v>
+        <v>2159</v>
       </c>
       <c r="H549" t="s">
-        <v>2183</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2184</v>
+        <v>2161</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2185</v>
+        <v>2162</v>
       </c>
       <c r="D550" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E550" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F550" t="s">
-        <v>1891</v>
+        <v>578</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2186</v>
+        <v>2163</v>
       </c>
       <c r="H550" t="s">
-        <v>2187</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2188</v>
+        <v>2165</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2189</v>
+        <v>2166</v>
       </c>
       <c r="D551" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E551" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F551" t="s">
-        <v>44</v>
+        <v>329</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2190</v>
+        <v>2167</v>
       </c>
       <c r="H551" t="s">
-        <v>2191</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2192</v>
+        <v>2169</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2193</v>
+        <v>2170</v>
       </c>
       <c r="D552" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E552" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F552" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2194</v>
+        <v>2171</v>
       </c>
       <c r="H552" t="s">
-        <v>2195</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2196</v>
+        <v>2173</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2197</v>
+        <v>2174</v>
       </c>
       <c r="D553" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E553" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F553" t="s">
-        <v>2198</v>
+        <v>57</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2199</v>
+        <v>2175</v>
       </c>
       <c r="H553" t="s">
-        <v>2200</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2201</v>
+        <v>2177</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2202</v>
+        <v>2178</v>
       </c>
       <c r="D554" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E554" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F554" t="s">
-        <v>1891</v>
+        <v>2179</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2203</v>
+        <v>2180</v>
       </c>
       <c r="H554" t="s">
-        <v>2204</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2205</v>
+        <v>2182</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2206</v>
+        <v>2183</v>
       </c>
       <c r="D555" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E555" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F555" t="s">
-        <v>1891</v>
+        <v>2184</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2207</v>
+        <v>2185</v>
       </c>
       <c r="H555" t="s">
-        <v>2208</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2209</v>
+        <v>2187</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2210</v>
+        <v>2188</v>
       </c>
       <c r="D556" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E556" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F556" t="s">
-        <v>13</v>
+        <v>1951</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2211</v>
+        <v>2189</v>
       </c>
       <c r="H556" t="s">
-        <v>2212</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2213</v>
+        <v>2191</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2214</v>
+        <v>2192</v>
       </c>
       <c r="D557" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E557" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F557" t="s">
-        <v>379</v>
+        <v>1951</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2215</v>
+        <v>2193</v>
       </c>
       <c r="H557" t="s">
-        <v>2216</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2217</v>
+        <v>2195</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2218</v>
+        <v>2196</v>
       </c>
       <c r="D558" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E558" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F558" t="s">
-        <v>379</v>
+        <v>1951</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2219</v>
+        <v>2197</v>
       </c>
       <c r="H558" t="s">
-        <v>2220</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2221</v>
+        <v>2199</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2222</v>
+        <v>2200</v>
       </c>
       <c r="D559" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E559" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F559" t="s">
-        <v>379</v>
+        <v>1951</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2223</v>
+        <v>2201</v>
       </c>
       <c r="H559" t="s">
-        <v>2224</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2225</v>
+        <v>2203</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2226</v>
+        <v>2204</v>
       </c>
       <c r="D560" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E560" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F560" t="s">
-        <v>2227</v>
+        <v>44</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2228</v>
+        <v>2205</v>
       </c>
       <c r="H560" t="s">
-        <v>2229</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2230</v>
+        <v>2207</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2231</v>
+        <v>2208</v>
       </c>
       <c r="D561" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E561" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F561" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2232</v>
+        <v>2209</v>
       </c>
       <c r="H561" t="s">
-        <v>2233</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2234</v>
+        <v>2211</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2235</v>
+        <v>2212</v>
       </c>
       <c r="D562" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E562" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="F562" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2236</v>
+        <v>2213</v>
       </c>
       <c r="H562" t="s">
-        <v>2237</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2238</v>
+        <v>2215</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>10</v>
+        <v>2216</v>
       </c>
       <c r="D563" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E563" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F563" t="s">
-        <v>2240</v>
+        <v>18</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2241</v>
+        <v>2217</v>
       </c>
       <c r="H563" t="s">
-        <v>2242</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2243</v>
+        <v>2219</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>17</v>
+        <v>2220</v>
       </c>
       <c r="D564" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E564" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F564" t="s">
-        <v>2244</v>
+        <v>2221</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2245</v>
+        <v>2222</v>
       </c>
       <c r="H564" t="s">
-        <v>2246</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2247</v>
+        <v>2224</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>22</v>
+        <v>2225</v>
       </c>
       <c r="D565" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E565" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F565" t="s">
-        <v>2248</v>
+        <v>578</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2249</v>
+        <v>2226</v>
       </c>
       <c r="H565" t="s">
-        <v>2250</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2251</v>
+        <v>2228</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>27</v>
+        <v>2229</v>
       </c>
       <c r="D566" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E566" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F566" t="s">
-        <v>2252</v>
+        <v>578</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2253</v>
+        <v>2230</v>
       </c>
       <c r="H566" t="s">
-        <v>2254</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2255</v>
+        <v>2232</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>31</v>
+        <v>2233</v>
       </c>
       <c r="D567" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E567" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F567" t="s">
-        <v>2256</v>
+        <v>578</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2257</v>
+        <v>2234</v>
       </c>
       <c r="H567" t="s">
-        <v>2258</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2259</v>
+        <v>2236</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>35</v>
+        <v>2237</v>
       </c>
       <c r="D568" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E568" t="s">
+        <v>376</v>
+      </c>
+      <c r="F568" t="s">
+        <v>991</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H568" t="s">
         <v>2239</v>
-      </c>
-[...7 lines deleted...]
-        <v>2261</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2262</v>
+        <v>2240</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>39</v>
+        <v>2241</v>
       </c>
       <c r="D569" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E569" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F569" t="s">
-        <v>2240</v>
+        <v>182</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2263</v>
+        <v>2242</v>
       </c>
       <c r="H569" t="s">
-        <v>2264</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2265</v>
+        <v>2244</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>43</v>
+        <v>2245</v>
       </c>
       <c r="D570" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E570" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F570" t="s">
-        <v>2252</v>
+        <v>1951</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2266</v>
+        <v>2246</v>
       </c>
       <c r="H570" t="s">
-        <v>2267</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2268</v>
+        <v>2248</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>48</v>
+        <v>2249</v>
       </c>
       <c r="D571" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E571" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F571" t="s">
-        <v>2269</v>
+        <v>44</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2270</v>
+        <v>2250</v>
       </c>
       <c r="H571" t="s">
-        <v>2271</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2272</v>
+        <v>2252</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>52</v>
+        <v>2253</v>
       </c>
       <c r="D572" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E572" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F572" t="s">
-        <v>2269</v>
+        <v>44</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2273</v>
+        <v>2254</v>
       </c>
       <c r="H572" t="s">
-        <v>2274</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2275</v>
+        <v>2256</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>56</v>
+        <v>2257</v>
       </c>
       <c r="D573" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E573" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F573" t="s">
-        <v>2276</v>
+        <v>2258</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2277</v>
+        <v>2259</v>
       </c>
       <c r="H573" t="s">
-        <v>2278</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2279</v>
+        <v>2261</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>61</v>
+        <v>2262</v>
       </c>
       <c r="D574" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E574" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F574" t="s">
-        <v>221</v>
+        <v>1951</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2280</v>
+        <v>2263</v>
       </c>
       <c r="H574" t="s">
-        <v>2281</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2282</v>
+        <v>2265</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>65</v>
+        <v>2266</v>
       </c>
       <c r="D575" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E575" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F575" t="s">
-        <v>221</v>
+        <v>1951</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2283</v>
+        <v>2267</v>
       </c>
       <c r="H575" t="s">
-        <v>2284</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2285</v>
+        <v>2269</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>69</v>
+        <v>2270</v>
       </c>
       <c r="D576" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E576" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F576" t="s">
-        <v>2240</v>
+        <v>13</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2286</v>
+        <v>2271</v>
       </c>
       <c r="H576" t="s">
-        <v>2287</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2288</v>
+        <v>2273</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>73</v>
+        <v>2274</v>
       </c>
       <c r="D577" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E577" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F577" t="s">
-        <v>2244</v>
+        <v>268</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2289</v>
+        <v>2275</v>
       </c>
       <c r="H577" t="s">
-        <v>2290</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2291</v>
+        <v>2277</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>77</v>
+        <v>2278</v>
       </c>
       <c r="D578" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E578" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F578" t="s">
-        <v>2248</v>
+        <v>268</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2292</v>
+        <v>2279</v>
       </c>
       <c r="H578" t="s">
-        <v>2293</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2294</v>
+        <v>2281</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>81</v>
+        <v>2282</v>
       </c>
       <c r="D579" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E579" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F579" t="s">
-        <v>2252</v>
+        <v>268</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2295</v>
+        <v>2283</v>
       </c>
       <c r="H579" t="s">
-        <v>2296</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2297</v>
+        <v>2285</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>85</v>
+        <v>2286</v>
       </c>
       <c r="D580" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E580" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F580" t="s">
-        <v>2252</v>
+        <v>2287</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2298</v>
+        <v>2288</v>
       </c>
       <c r="H580" t="s">
-        <v>2299</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2300</v>
+        <v>2290</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>89</v>
+        <v>2291</v>
       </c>
       <c r="D581" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E581" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F581" t="s">
-        <v>2252</v>
+        <v>57</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2301</v>
+        <v>2292</v>
       </c>
       <c r="H581" t="s">
-        <v>2302</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2303</v>
+        <v>2294</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>93</v>
+        <v>2295</v>
       </c>
       <c r="D582" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E582" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F582" t="s">
-        <v>2240</v>
+        <v>57</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2304</v>
+        <v>2296</v>
       </c>
       <c r="H582" t="s">
-        <v>2305</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2306</v>
+        <v>2298</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>97</v>
+        <v>2299</v>
       </c>
       <c r="D583" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E583" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F583" t="s">
-        <v>2244</v>
+        <v>2300</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2307</v>
+        <v>2301</v>
       </c>
       <c r="H583" t="s">
-        <v>2308</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2309</v>
+        <v>2303</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>101</v>
+        <v>2304</v>
       </c>
       <c r="D584" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E584" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F584" t="s">
-        <v>2252</v>
+        <v>1951</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2310</v>
+        <v>2305</v>
       </c>
       <c r="H584" t="s">
-        <v>2311</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2312</v>
+        <v>2307</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>105</v>
+        <v>2308</v>
       </c>
       <c r="D585" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E585" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F585" t="s">
-        <v>2252</v>
+        <v>1951</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2313</v>
+        <v>2309</v>
       </c>
       <c r="H585" t="s">
-        <v>2314</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2315</v>
+        <v>2311</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>109</v>
+        <v>2312</v>
       </c>
       <c r="D586" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="E586" t="s">
-        <v>2239</v>
+        <v>376</v>
       </c>
       <c r="F586" t="s">
-        <v>2244</v>
+        <v>44</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2316</v>
+        <v>2313</v>
       </c>
       <c r="H586" t="s">
-        <v>2317</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D587" t="s">
+        <v>375</v>
+      </c>
+      <c r="E587" t="s">
+        <v>376</v>
+      </c>
+      <c r="F587" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H587" t="s">
         <v>2318</v>
-      </c>
-[...19 lines deleted...]
-        <v>2320</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D588" t="s">
+        <v>375</v>
+      </c>
+      <c r="E588" t="s">
+        <v>376</v>
+      </c>
+      <c r="F588" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G588" s="1" t="s">
         <v>2321</v>
       </c>
-      <c r="B588" t="s">
-[...14 lines deleted...]
-      <c r="G588" s="1" t="s">
+      <c r="H588" t="s">
         <v>2322</v>
-      </c>
-[...1 lines deleted...]
-        <v>2323</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
         <v>2324</v>
       </c>
-      <c r="B589" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D589" t="s">
+        <v>375</v>
+      </c>
+      <c r="E589" t="s">
+        <v>376</v>
+      </c>
+      <c r="F589" t="s">
         <v>2325</v>
       </c>
-      <c r="E589" t="s">
+      <c r="G589" s="1" t="s">
         <v>2326</v>
       </c>
-      <c r="F589" t="s">
-[...2 lines deleted...]
-      <c r="G589" s="1" t="s">
+      <c r="H589" t="s">
         <v>2327</v>
-      </c>
-[...1 lines deleted...]
-        <v>2328</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
         <v>2329</v>
       </c>
-      <c r="B590" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D590" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E590" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F590" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>2330</v>
       </c>
       <c r="H590" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>2332</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>22</v>
+        <v>2333</v>
       </c>
       <c r="D591" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E591" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F591" t="s">
-        <v>18</v>
+        <v>1951</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="H591" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>27</v>
+        <v>2337</v>
       </c>
       <c r="D592" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E592" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F592" t="s">
-        <v>18</v>
+        <v>1951</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="H592" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>31</v>
+        <v>2341</v>
       </c>
       <c r="D593" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E593" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F593" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="H593" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>35</v>
+        <v>2345</v>
       </c>
       <c r="D594" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E594" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F594" t="s">
-        <v>182</v>
+        <v>268</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
       <c r="H594" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>39</v>
+        <v>2349</v>
       </c>
       <c r="D595" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E595" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F595" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2345</v>
+        <v>2350</v>
       </c>
       <c r="H595" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>43</v>
+        <v>2353</v>
       </c>
       <c r="D596" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E596" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F596" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2348</v>
+        <v>2354</v>
       </c>
       <c r="H596" t="s">
-        <v>2349</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>48</v>
+        <v>2357</v>
       </c>
       <c r="D597" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E597" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F597" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2351</v>
+        <v>2358</v>
       </c>
       <c r="H597" t="s">
-        <v>2352</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>52</v>
+        <v>2361</v>
       </c>
       <c r="D598" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E598" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F598" t="s">
-        <v>182</v>
+        <v>578</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
       <c r="H598" t="s">
-        <v>2355</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>56</v>
+        <v>2365</v>
       </c>
       <c r="D599" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E599" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F599" t="s">
-        <v>18</v>
+        <v>578</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2357</v>
+        <v>2366</v>
       </c>
       <c r="H599" t="s">
-        <v>2358</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2359</v>
+        <v>2368</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>61</v>
+        <v>2369</v>
       </c>
       <c r="D600" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E600" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F600" t="s">
-        <v>44</v>
+        <v>578</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2360</v>
+        <v>2370</v>
       </c>
       <c r="H600" t="s">
-        <v>2361</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2362</v>
+        <v>2372</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>65</v>
+        <v>2373</v>
       </c>
       <c r="D601" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E601" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F601" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2363</v>
+        <v>2374</v>
       </c>
       <c r="H601" t="s">
-        <v>2364</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2365</v>
+        <v>2376</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>69</v>
+        <v>2377</v>
       </c>
       <c r="D602" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E602" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F602" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2366</v>
+        <v>2378</v>
       </c>
       <c r="H602" t="s">
-        <v>2367</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2368</v>
+        <v>2380</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>73</v>
+        <v>2381</v>
       </c>
       <c r="D603" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E603" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F603" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2369</v>
+        <v>2382</v>
       </c>
       <c r="H603" t="s">
-        <v>2370</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2371</v>
+        <v>2384</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>77</v>
+        <v>2385</v>
       </c>
       <c r="D604" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E604" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F604" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2372</v>
+        <v>2386</v>
       </c>
       <c r="H604" t="s">
-        <v>2373</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2374</v>
+        <v>2388</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>81</v>
+        <v>2389</v>
       </c>
       <c r="D605" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E605" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F605" t="s">
-        <v>265</v>
+        <v>1951</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2375</v>
+        <v>2390</v>
       </c>
       <c r="H605" t="s">
-        <v>2376</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>85</v>
+        <v>2393</v>
       </c>
       <c r="D606" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E606" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F606" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="H606" t="s">
-        <v>2379</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2380</v>
+        <v>2396</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>89</v>
+        <v>2397</v>
       </c>
       <c r="D607" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E607" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F607" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2381</v>
+        <v>2398</v>
       </c>
       <c r="H607" t="s">
-        <v>2382</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2383</v>
+        <v>2400</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>93</v>
+        <v>2401</v>
       </c>
       <c r="D608" t="s">
+        <v>375</v>
+      </c>
+      <c r="E608" t="s">
+        <v>376</v>
+      </c>
+      <c r="F608" t="s">
         <v>2325</v>
       </c>
-      <c r="E608" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G608" s="1" t="s">
-        <v>2384</v>
+        <v>2402</v>
       </c>
       <c r="H608" t="s">
-        <v>2385</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2386</v>
+        <v>2404</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>97</v>
+        <v>2405</v>
       </c>
       <c r="D609" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E609" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F609" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2387</v>
+        <v>2406</v>
       </c>
       <c r="H609" t="s">
-        <v>2388</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2389</v>
+        <v>2408</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>101</v>
+        <v>2409</v>
       </c>
       <c r="D610" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E610" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F610" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2390</v>
+        <v>2410</v>
       </c>
       <c r="H610" t="s">
-        <v>2391</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>105</v>
+        <v>2413</v>
       </c>
       <c r="D611" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E611" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F611" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2393</v>
+        <v>2414</v>
       </c>
       <c r="H611" t="s">
-        <v>2394</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2395</v>
+        <v>2416</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>109</v>
+        <v>2417</v>
       </c>
       <c r="D612" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E612" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F612" t="s">
-        <v>44</v>
+        <v>1259</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2396</v>
+        <v>2418</v>
       </c>
       <c r="H612" t="s">
-        <v>2397</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2398</v>
+        <v>2420</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>114</v>
+        <v>2421</v>
       </c>
       <c r="D613" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E613" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F613" t="s">
-        <v>44</v>
+        <v>1951</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2399</v>
+        <v>2422</v>
       </c>
       <c r="H613" t="s">
-        <v>2400</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2401</v>
+        <v>2424</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>118</v>
+        <v>2425</v>
       </c>
       <c r="D614" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E614" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F614" t="s">
-        <v>265</v>
+        <v>578</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2402</v>
+        <v>2426</v>
       </c>
       <c r="H614" t="s">
-        <v>2403</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2404</v>
+        <v>2428</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>122</v>
+        <v>2429</v>
       </c>
       <c r="D615" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E615" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F615" t="s">
-        <v>182</v>
+        <v>578</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2405</v>
+        <v>2430</v>
       </c>
       <c r="H615" t="s">
-        <v>2406</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2407</v>
+        <v>2432</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>126</v>
+        <v>2433</v>
       </c>
       <c r="D616" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E616" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F616" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2408</v>
+        <v>2434</v>
       </c>
       <c r="H616" t="s">
-        <v>2409</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2410</v>
+        <v>2436</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>131</v>
+        <v>2437</v>
       </c>
       <c r="D617" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E617" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F617" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2411</v>
+        <v>2438</v>
       </c>
       <c r="H617" t="s">
-        <v>2412</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2413</v>
+        <v>2440</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>136</v>
+        <v>2441</v>
       </c>
       <c r="D618" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E618" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F618" t="s">
-        <v>182</v>
+        <v>268</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2414</v>
+        <v>2442</v>
       </c>
       <c r="H618" t="s">
-        <v>2415</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2416</v>
+        <v>2444</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>140</v>
+        <v>2445</v>
       </c>
       <c r="D619" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E619" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F619" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2417</v>
+        <v>2446</v>
       </c>
       <c r="H619" t="s">
-        <v>2418</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2419</v>
+        <v>2448</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>144</v>
+        <v>2449</v>
       </c>
       <c r="D620" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E620" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F620" t="s">
-        <v>132</v>
+        <v>1968</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2420</v>
+        <v>2450</v>
       </c>
       <c r="H620" t="s">
-        <v>2421</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2422</v>
+        <v>2452</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>148</v>
+        <v>2453</v>
       </c>
       <c r="D621" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E621" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F621" t="s">
-        <v>1101</v>
+        <v>1968</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2423</v>
+        <v>2454</v>
       </c>
       <c r="H621" t="s">
-        <v>2424</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2425</v>
+        <v>2456</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>152</v>
+        <v>2457</v>
       </c>
       <c r="D622" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E622" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F622" t="s">
-        <v>44</v>
+        <v>1968</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2426</v>
+        <v>2458</v>
       </c>
       <c r="H622" t="s">
-        <v>2427</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2428</v>
+        <v>2460</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>156</v>
+        <v>2461</v>
       </c>
       <c r="D623" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E623" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F623" t="s">
-        <v>132</v>
+        <v>1968</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2429</v>
+        <v>2462</v>
       </c>
       <c r="H623" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2431</v>
+        <v>2464</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>160</v>
+        <v>2465</v>
       </c>
       <c r="D624" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E624" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F624" t="s">
-        <v>2432</v>
+        <v>1968</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2433</v>
+        <v>2466</v>
       </c>
       <c r="H624" t="s">
-        <v>2434</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2435</v>
+        <v>2468</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>164</v>
+        <v>2469</v>
       </c>
       <c r="D625" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E625" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F625" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2436</v>
+        <v>2470</v>
       </c>
       <c r="H625" t="s">
-        <v>2437</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2438</v>
+        <v>2472</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>168</v>
+        <v>2473</v>
       </c>
       <c r="D626" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E626" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F626" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2439</v>
+        <v>2474</v>
       </c>
       <c r="H626" t="s">
-        <v>2440</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2441</v>
+        <v>2476</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>173</v>
+        <v>2477</v>
       </c>
       <c r="D627" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E627" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F627" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2442</v>
+        <v>2478</v>
       </c>
       <c r="H627" t="s">
-        <v>2443</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2444</v>
+        <v>2480</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>177</v>
+        <v>2481</v>
       </c>
       <c r="D628" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E628" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F628" t="s">
         <v>57</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2445</v>
+        <v>2482</v>
       </c>
       <c r="H628" t="s">
-        <v>2446</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2447</v>
+        <v>2484</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>181</v>
+        <v>2485</v>
       </c>
       <c r="D629" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E629" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F629" t="s">
         <v>57</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2448</v>
+        <v>2486</v>
       </c>
       <c r="H629" t="s">
-        <v>2449</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2450</v>
+        <v>2488</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>186</v>
+        <v>2489</v>
       </c>
       <c r="D630" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E630" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F630" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2451</v>
+        <v>2490</v>
       </c>
       <c r="H630" t="s">
-        <v>2452</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2453</v>
+        <v>2492</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>191</v>
+        <v>2493</v>
       </c>
       <c r="D631" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E631" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F631" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2454</v>
+        <v>2494</v>
       </c>
       <c r="H631" t="s">
-        <v>2455</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2456</v>
+        <v>2496</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>195</v>
+        <v>2497</v>
       </c>
       <c r="D632" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E632" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F632" t="s">
-        <v>265</v>
+        <v>2498</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2457</v>
+        <v>2494</v>
       </c>
       <c r="H632" t="s">
-        <v>2458</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2459</v>
+        <v>2500</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>199</v>
+        <v>2501</v>
       </c>
       <c r="D633" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E633" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F633" t="s">
-        <v>2460</v>
+        <v>2498</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2461</v>
+        <v>2494</v>
       </c>
       <c r="H633" t="s">
-        <v>2462</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2463</v>
+        <v>2503</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>203</v>
+        <v>2504</v>
       </c>
       <c r="D634" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E634" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F634" t="s">
-        <v>182</v>
+        <v>2505</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2464</v>
+        <v>2494</v>
       </c>
       <c r="H634" t="s">
-        <v>2465</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2466</v>
+        <v>2507</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>207</v>
+        <v>2508</v>
       </c>
       <c r="D635" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E635" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F635" t="s">
-        <v>57</v>
+        <v>2505</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2467</v>
+        <v>2494</v>
       </c>
       <c r="H635" t="s">
-        <v>2468</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2469</v>
+        <v>2510</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>211</v>
+        <v>2511</v>
       </c>
       <c r="D636" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E636" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F636" t="s">
-        <v>57</v>
+        <v>2512</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2470</v>
+        <v>2494</v>
       </c>
       <c r="H636" t="s">
-        <v>2471</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2472</v>
+        <v>2514</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>215</v>
+        <v>2515</v>
       </c>
       <c r="D637" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E637" t="s">
-        <v>2326</v>
+        <v>376</v>
       </c>
       <c r="F637" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2473</v>
+        <v>2494</v>
       </c>
       <c r="H637" t="s">
-        <v>2474</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2475</v>
+        <v>2517</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>10</v>
+        <v>2518</v>
       </c>
       <c r="D638" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E638" t="s">
-        <v>2476</v>
+        <v>376</v>
       </c>
       <c r="F638" t="s">
-        <v>221</v>
+        <v>2519</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2477</v>
+        <v>2494</v>
       </c>
       <c r="H638" t="s">
-        <v>2478</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2479</v>
+        <v>2521</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>17</v>
+        <v>2522</v>
       </c>
       <c r="D639" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E639" t="s">
-        <v>2476</v>
+        <v>376</v>
       </c>
       <c r="F639" t="s">
-        <v>2248</v>
+        <v>1161</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2480</v>
+        <v>2523</v>
       </c>
       <c r="H639" t="s">
-        <v>2481</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2482</v>
+        <v>2525</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>22</v>
+        <v>2526</v>
       </c>
       <c r="D640" t="s">
-        <v>2325</v>
+        <v>375</v>
       </c>
       <c r="E640" t="s">
-        <v>2476</v>
+        <v>376</v>
       </c>
       <c r="F640" t="s">
-        <v>221</v>
+        <v>2498</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2483</v>
+        <v>2527</v>
       </c>
       <c r="H640" t="s">
-        <v>2484</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2485</v>
+        <v>2529</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>10</v>
+        <v>2530</v>
       </c>
       <c r="D641" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E641" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F641" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2489</v>
+        <v>2531</v>
       </c>
       <c r="H641" t="s">
-        <v>2490</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2491</v>
+        <v>2533</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>17</v>
+        <v>2534</v>
       </c>
       <c r="D642" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E642" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F642" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2492</v>
+        <v>2535</v>
       </c>
       <c r="H642" t="s">
-        <v>2493</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2494</v>
+        <v>2537</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>22</v>
+        <v>2538</v>
       </c>
       <c r="D643" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E643" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F643" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2495</v>
+        <v>2539</v>
       </c>
       <c r="H643" t="s">
-        <v>2496</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2497</v>
+        <v>2541</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>27</v>
+        <v>2542</v>
       </c>
       <c r="D644" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E644" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F644" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2498</v>
+        <v>2543</v>
       </c>
       <c r="H644" t="s">
-        <v>2499</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2500</v>
+        <v>2545</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>31</v>
+        <v>2546</v>
       </c>
       <c r="D645" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E645" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F645" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2501</v>
+        <v>2547</v>
       </c>
       <c r="H645" t="s">
-        <v>2502</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2503</v>
+        <v>2549</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>35</v>
+        <v>2550</v>
       </c>
       <c r="D646" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E646" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F646" t="s">
-        <v>281</v>
+        <v>578</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2504</v>
+        <v>2551</v>
       </c>
       <c r="H646" t="s">
-        <v>2505</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2506</v>
+        <v>2553</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>39</v>
+        <v>2554</v>
       </c>
       <c r="D647" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E647" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F647" t="s">
-        <v>281</v>
+        <v>578</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2507</v>
+        <v>2555</v>
       </c>
       <c r="H647" t="s">
-        <v>2508</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2509</v>
+        <v>2557</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>43</v>
+        <v>2558</v>
       </c>
       <c r="D648" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E648" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F648" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2510</v>
+        <v>2559</v>
       </c>
       <c r="H648" t="s">
-        <v>2511</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2512</v>
+        <v>2561</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>48</v>
+        <v>2562</v>
       </c>
       <c r="D649" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E649" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F649" t="s">
-        <v>281</v>
+        <v>2563</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2513</v>
+        <v>2564</v>
       </c>
       <c r="H649" t="s">
-        <v>2514</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2515</v>
+        <v>2566</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>52</v>
+        <v>2567</v>
       </c>
       <c r="D650" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E650" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F650" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2516</v>
+        <v>2568</v>
       </c>
       <c r="H650" t="s">
-        <v>2514</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2517</v>
+        <v>2570</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>56</v>
+        <v>2571</v>
       </c>
       <c r="D651" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E651" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F651" t="s">
-        <v>281</v>
+        <v>578</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2518</v>
+        <v>2572</v>
       </c>
       <c r="H651" t="s">
-        <v>2519</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2520</v>
+        <v>2574</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>61</v>
+        <v>2575</v>
       </c>
       <c r="D652" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E652" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F652" t="s">
-        <v>281</v>
+        <v>578</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2521</v>
+        <v>2576</v>
       </c>
       <c r="H652" t="s">
-        <v>2522</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2523</v>
+        <v>2578</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>65</v>
+        <v>2579</v>
       </c>
       <c r="D653" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E653" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F653" t="s">
-        <v>2488</v>
+        <v>268</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2524</v>
+        <v>2580</v>
       </c>
       <c r="H653" t="s">
-        <v>2525</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2526</v>
+        <v>2582</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>69</v>
+        <v>2583</v>
       </c>
       <c r="D654" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E654" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F654" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2527</v>
+        <v>2584</v>
       </c>
       <c r="H654" t="s">
-        <v>2528</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2529</v>
+        <v>2586</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>73</v>
+        <v>2587</v>
       </c>
       <c r="D655" t="s">
-        <v>2486</v>
+        <v>375</v>
       </c>
       <c r="E655" t="s">
-        <v>2487</v>
+        <v>376</v>
       </c>
       <c r="F655" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2530</v>
+        <v>2588</v>
       </c>
       <c r="H655" t="s">
-        <v>2531</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2532</v>
+        <v>2590</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>10</v>
+        <v>2591</v>
       </c>
       <c r="D656" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E656" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F656" t="s">
-        <v>2535</v>
+        <v>44</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2536</v>
+        <v>2494</v>
       </c>
       <c r="H656" t="s">
-        <v>2537</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2538</v>
+        <v>2593</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>17</v>
+        <v>2594</v>
       </c>
       <c r="D657" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E657" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F657" t="s">
-        <v>2535</v>
+        <v>44</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2539</v>
+        <v>2595</v>
       </c>
       <c r="H657" t="s">
-        <v>2540</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2541</v>
+        <v>2597</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>22</v>
+        <v>2598</v>
       </c>
       <c r="D658" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E658" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F658" t="s">
-        <v>2535</v>
+        <v>44</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2542</v>
+        <v>2599</v>
       </c>
       <c r="H658" t="s">
-        <v>2543</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2544</v>
+        <v>2601</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>27</v>
+        <v>2602</v>
       </c>
       <c r="D659" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E659" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F659" t="s">
-        <v>2535</v>
+        <v>44</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2545</v>
+        <v>2603</v>
       </c>
       <c r="H659" t="s">
-        <v>2546</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2547</v>
+        <v>2605</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>31</v>
+        <v>2606</v>
       </c>
       <c r="D660" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E660" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F660" t="s">
-        <v>2535</v>
+        <v>2607</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2548</v>
+        <v>2608</v>
       </c>
       <c r="H660" t="s">
-        <v>2549</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2550</v>
+        <v>2610</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>35</v>
+        <v>2611</v>
       </c>
       <c r="D661" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E661" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F661" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2552</v>
+        <v>2612</v>
       </c>
       <c r="H661" t="s">
-        <v>2553</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2554</v>
+        <v>2614</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>39</v>
+        <v>2615</v>
       </c>
       <c r="D662" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E662" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F662" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2555</v>
+        <v>2616</v>
       </c>
       <c r="H662" t="s">
-        <v>2556</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2557</v>
+        <v>2618</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>43</v>
+        <v>2619</v>
       </c>
       <c r="D663" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E663" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F663" t="s">
-        <v>2551</v>
+        <v>1951</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2558</v>
+        <v>2620</v>
       </c>
       <c r="H663" t="s">
-        <v>2559</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2560</v>
+        <v>2622</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>48</v>
+        <v>2623</v>
       </c>
       <c r="D664" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E664" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F664" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2561</v>
+        <v>2624</v>
       </c>
       <c r="H664" t="s">
-        <v>2562</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2563</v>
+        <v>2626</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>52</v>
+        <v>2627</v>
       </c>
       <c r="D665" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E665" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F665" t="s">
-        <v>2551</v>
+        <v>2512</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2564</v>
+        <v>2628</v>
       </c>
       <c r="H665" t="s">
-        <v>2565</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2566</v>
+        <v>2630</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>56</v>
+        <v>2631</v>
       </c>
       <c r="D666" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E666" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F666" t="s">
-        <v>2551</v>
+        <v>1951</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2567</v>
+        <v>2632</v>
       </c>
       <c r="H666" t="s">
-        <v>2568</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2569</v>
+        <v>2633</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>61</v>
+        <v>2634</v>
       </c>
       <c r="D667" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E667" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F667" t="s">
-        <v>2551</v>
+        <v>268</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2570</v>
+        <v>2635</v>
       </c>
       <c r="H667" t="s">
-        <v>2571</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2572</v>
+        <v>2637</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>65</v>
+        <v>2638</v>
       </c>
       <c r="D668" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E668" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F668" t="s">
-        <v>2551</v>
+        <v>1968</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2573</v>
+        <v>2639</v>
       </c>
       <c r="H668" t="s">
-        <v>2574</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2575</v>
+        <v>2641</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>69</v>
+        <v>2642</v>
       </c>
       <c r="D669" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E669" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F669" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2576</v>
+        <v>2643</v>
       </c>
       <c r="H669" t="s">
-        <v>2577</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2578</v>
+        <v>2645</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>73</v>
+        <v>2646</v>
       </c>
       <c r="D670" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E670" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F670" t="s">
-        <v>2551</v>
+        <v>13</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2579</v>
+        <v>2647</v>
       </c>
       <c r="H670" t="s">
-        <v>2580</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2581</v>
+        <v>2649</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>77</v>
+        <v>2650</v>
       </c>
       <c r="D671" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E671" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F671" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2582</v>
+        <v>2651</v>
       </c>
       <c r="H671" t="s">
-        <v>2583</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2584</v>
+        <v>2653</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>81</v>
+        <v>2654</v>
       </c>
       <c r="D672" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E672" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F672" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2585</v>
+        <v>2655</v>
       </c>
       <c r="H672" t="s">
-        <v>2586</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2587</v>
+        <v>2657</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>85</v>
+        <v>2658</v>
       </c>
       <c r="D673" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E673" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F673" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2588</v>
+        <v>2659</v>
       </c>
       <c r="H673" t="s">
-        <v>2589</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2590</v>
+        <v>2661</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>89</v>
+        <v>2662</v>
       </c>
       <c r="D674" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E674" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F674" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2591</v>
+        <v>2663</v>
       </c>
       <c r="H674" t="s">
-        <v>2592</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2593</v>
+        <v>2665</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>93</v>
+        <v>2666</v>
       </c>
       <c r="D675" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E675" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F675" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2594</v>
+        <v>2667</v>
       </c>
       <c r="H675" t="s">
-        <v>2595</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2596</v>
+        <v>2669</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>97</v>
+        <v>2670</v>
       </c>
       <c r="D676" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E676" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F676" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2597</v>
+        <v>2671</v>
       </c>
       <c r="H676" t="s">
-        <v>2598</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2599</v>
+        <v>2673</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>101</v>
+        <v>2674</v>
       </c>
       <c r="D677" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E677" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F677" t="s">
-        <v>2551</v>
+        <v>2675</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2600</v>
+        <v>2676</v>
       </c>
       <c r="H677" t="s">
-        <v>2601</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2602</v>
+        <v>2678</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>105</v>
+        <v>2679</v>
       </c>
       <c r="D678" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E678" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F678" t="s">
-        <v>2551</v>
+        <v>1951</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2603</v>
+        <v>2680</v>
       </c>
       <c r="H678" t="s">
-        <v>2604</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2605</v>
+        <v>2682</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>109</v>
+        <v>2683</v>
       </c>
       <c r="D679" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E679" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F679" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2606</v>
+        <v>2684</v>
       </c>
       <c r="H679" t="s">
-        <v>2607</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2608</v>
+        <v>2686</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>114</v>
+        <v>2687</v>
       </c>
       <c r="D680" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E680" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F680" t="s">
-        <v>2551</v>
+        <v>1161</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2609</v>
+        <v>2688</v>
       </c>
       <c r="H680" t="s">
-        <v>2610</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2611</v>
+        <v>2690</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>118</v>
+        <v>2691</v>
       </c>
       <c r="D681" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E681" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F681" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2612</v>
+        <v>2692</v>
       </c>
       <c r="H681" t="s">
-        <v>2613</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2614</v>
+        <v>2694</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>122</v>
+        <v>2695</v>
       </c>
       <c r="D682" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E682" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F682" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2615</v>
+        <v>2696</v>
       </c>
       <c r="H682" t="s">
-        <v>2616</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2617</v>
+        <v>2698</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>126</v>
+        <v>2699</v>
       </c>
       <c r="D683" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E683" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F683" t="s">
-        <v>2551</v>
+        <v>268</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2618</v>
+        <v>2700</v>
       </c>
       <c r="H683" t="s">
-        <v>2619</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2620</v>
+        <v>2702</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>131</v>
+        <v>2703</v>
       </c>
       <c r="D684" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E684" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F684" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2621</v>
+        <v>2704</v>
       </c>
       <c r="H684" t="s">
-        <v>2622</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2623</v>
+        <v>2706</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>136</v>
+        <v>2707</v>
       </c>
       <c r="D685" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E685" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F685" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2624</v>
+        <v>2708</v>
       </c>
       <c r="H685" t="s">
-        <v>2625</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2626</v>
+        <v>2710</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>140</v>
+        <v>2711</v>
       </c>
       <c r="D686" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E686" t="s">
-        <v>2534</v>
+        <v>376</v>
       </c>
       <c r="F686" t="s">
-        <v>2551</v>
+        <v>182</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2627</v>
+        <v>2712</v>
       </c>
       <c r="H686" t="s">
-        <v>2628</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2629</v>
+        <v>2714</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="D687" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E687" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F687" t="s">
-        <v>2551</v>
+        <v>2716</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2630</v>
+        <v>2717</v>
       </c>
       <c r="H687" t="s">
-        <v>2631</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2632</v>
+        <v>2719</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="D688" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E688" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F688" t="s">
-        <v>2551</v>
+        <v>2720</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2633</v>
+        <v>2721</v>
       </c>
       <c r="H688" t="s">
-        <v>2634</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2635</v>
+        <v>2723</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>152</v>
+        <v>22</v>
       </c>
       <c r="D689" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E689" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F689" t="s">
-        <v>2551</v>
+        <v>2724</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2636</v>
+        <v>2725</v>
       </c>
       <c r="H689" t="s">
-        <v>2637</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2638</v>
+        <v>2727</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="D690" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E690" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F690" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2639</v>
+        <v>2729</v>
       </c>
       <c r="H690" t="s">
-        <v>2640</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2641</v>
+        <v>2731</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="D691" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E691" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F691" t="s">
-        <v>2551</v>
+        <v>2732</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2642</v>
+        <v>2733</v>
       </c>
       <c r="H691" t="s">
-        <v>2643</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2644</v>
+        <v>2735</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>164</v>
+        <v>35</v>
       </c>
       <c r="D692" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E692" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F692" t="s">
-        <v>2551</v>
+        <v>282</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2645</v>
+        <v>2736</v>
       </c>
       <c r="H692" t="s">
-        <v>2646</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2647</v>
+        <v>2738</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="D693" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E693" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F693" t="s">
-        <v>2551</v>
+        <v>2716</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2648</v>
+        <v>2739</v>
       </c>
       <c r="H693" t="s">
-        <v>2649</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2650</v>
+        <v>2741</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="D694" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E694" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F694" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2651</v>
+        <v>2742</v>
       </c>
       <c r="H694" t="s">
-        <v>2652</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2653</v>
+        <v>2744</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="D695" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E695" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F695" t="s">
-        <v>2551</v>
+        <v>2745</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2654</v>
+        <v>2746</v>
       </c>
       <c r="H695" t="s">
-        <v>2655</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2656</v>
+        <v>2748</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>181</v>
+        <v>52</v>
       </c>
       <c r="D696" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E696" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F696" t="s">
-        <v>2551</v>
+        <v>2745</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2657</v>
+        <v>2749</v>
       </c>
       <c r="H696" t="s">
-        <v>2658</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2659</v>
+        <v>2751</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>186</v>
+        <v>56</v>
       </c>
       <c r="D697" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E697" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F697" t="s">
-        <v>2551</v>
+        <v>2752</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2660</v>
+        <v>2753</v>
       </c>
       <c r="H697" t="s">
-        <v>2661</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2662</v>
+        <v>2755</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>191</v>
+        <v>61</v>
       </c>
       <c r="D698" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E698" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F698" t="s">
-        <v>2551</v>
+        <v>282</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2663</v>
+        <v>2756</v>
       </c>
       <c r="H698" t="s">
-        <v>2664</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2665</v>
+        <v>2758</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>195</v>
+        <v>65</v>
       </c>
       <c r="D699" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E699" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F699" t="s">
-        <v>2551</v>
+        <v>282</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2666</v>
+        <v>2759</v>
       </c>
       <c r="H699" t="s">
-        <v>2667</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2668</v>
+        <v>2761</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>199</v>
+        <v>69</v>
       </c>
       <c r="D700" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E700" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F700" t="s">
-        <v>2551</v>
+        <v>2716</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2669</v>
+        <v>2762</v>
       </c>
       <c r="H700" t="s">
-        <v>2670</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2671</v>
+        <v>2764</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>203</v>
+        <v>73</v>
       </c>
       <c r="D701" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E701" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F701" t="s">
-        <v>2551</v>
+        <v>2720</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2672</v>
+        <v>2765</v>
       </c>
       <c r="H701" t="s">
-        <v>2673</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2674</v>
+        <v>2767</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>207</v>
+        <v>77</v>
       </c>
       <c r="D702" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E702" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F702" t="s">
-        <v>2551</v>
+        <v>2724</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2675</v>
+        <v>2768</v>
       </c>
       <c r="H702" t="s">
-        <v>2676</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2677</v>
+        <v>2770</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>211</v>
+        <v>81</v>
       </c>
       <c r="D703" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E703" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F703" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2678</v>
+        <v>2771</v>
       </c>
       <c r="H703" t="s">
-        <v>2679</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2680</v>
+        <v>2773</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>215</v>
+        <v>85</v>
       </c>
       <c r="D704" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E704" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F704" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2681</v>
+        <v>2774</v>
       </c>
       <c r="H704" t="s">
-        <v>2682</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2683</v>
+        <v>2776</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>449</v>
+        <v>89</v>
       </c>
       <c r="D705" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E705" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F705" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2684</v>
+        <v>2777</v>
       </c>
       <c r="H705" t="s">
-        <v>2685</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2686</v>
+        <v>2779</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>453</v>
+        <v>93</v>
       </c>
       <c r="D706" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E706" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F706" t="s">
-        <v>2551</v>
+        <v>2716</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2687</v>
+        <v>2780</v>
       </c>
       <c r="H706" t="s">
-        <v>2688</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2689</v>
+        <v>2782</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>457</v>
+        <v>97</v>
       </c>
       <c r="D707" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E707" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F707" t="s">
-        <v>2551</v>
+        <v>2720</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2690</v>
+        <v>2783</v>
       </c>
       <c r="H707" t="s">
-        <v>2691</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2692</v>
+        <v>2785</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>461</v>
+        <v>101</v>
       </c>
       <c r="D708" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E708" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F708" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2693</v>
+        <v>2786</v>
       </c>
       <c r="H708" t="s">
-        <v>2694</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2695</v>
+        <v>2788</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>465</v>
+        <v>105</v>
       </c>
       <c r="D709" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E709" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F709" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2696</v>
+        <v>2789</v>
       </c>
       <c r="H709" t="s">
-        <v>2697</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2698</v>
+        <v>2791</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>469</v>
+        <v>109</v>
       </c>
       <c r="D710" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E710" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F710" t="s">
-        <v>2551</v>
+        <v>2720</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2699</v>
+        <v>2792</v>
       </c>
       <c r="H710" t="s">
-        <v>2700</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2701</v>
+        <v>2794</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>473</v>
+        <v>114</v>
       </c>
       <c r="D711" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E711" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F711" t="s">
-        <v>2551</v>
+        <v>2728</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2702</v>
+        <v>2795</v>
       </c>
       <c r="H711" t="s">
-        <v>2703</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2704</v>
+        <v>2797</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>477</v>
+        <v>118</v>
       </c>
       <c r="D712" t="s">
-        <v>2533</v>
+        <v>375</v>
       </c>
       <c r="E712" t="s">
-        <v>2534</v>
+        <v>2715</v>
       </c>
       <c r="F712" t="s">
-        <v>2551</v>
+        <v>282</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2705</v>
+        <v>2798</v>
       </c>
       <c r="H712" t="s">
-        <v>2706</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2707</v>
+        <v>2800</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>481</v>
+        <v>10</v>
       </c>
       <c r="D713" t="s">
-        <v>2533</v>
+        <v>2801</v>
       </c>
       <c r="E713" t="s">
-        <v>2534</v>
+        <v>2802</v>
       </c>
       <c r="F713" t="s">
-        <v>2551</v>
+        <v>329</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2708</v>
+        <v>2803</v>
       </c>
       <c r="H713" t="s">
-        <v>2709</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2710</v>
+        <v>2805</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>485</v>
+        <v>17</v>
       </c>
       <c r="D714" t="s">
-        <v>2533</v>
+        <v>2801</v>
       </c>
       <c r="E714" t="s">
-        <v>2534</v>
+        <v>2802</v>
       </c>
       <c r="F714" t="s">
-        <v>2551</v>
+        <v>57</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2711</v>
+        <v>2806</v>
       </c>
       <c r="H714" t="s">
-        <v>2712</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2713</v>
+        <v>2808</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>489</v>
+        <v>22</v>
       </c>
       <c r="D715" t="s">
-        <v>2533</v>
+        <v>2801</v>
       </c>
       <c r="E715" t="s">
-        <v>2534</v>
+        <v>2802</v>
       </c>
       <c r="F715" t="s">
-        <v>2551</v>
+        <v>18</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2714</v>
+        <v>2809</v>
       </c>
       <c r="H715" t="s">
-        <v>2715</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2716</v>
+        <v>2811</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>493</v>
+        <v>27</v>
       </c>
       <c r="D716" t="s">
-        <v>2533</v>
+        <v>2801</v>
       </c>
       <c r="E716" t="s">
-        <v>2534</v>
+        <v>2802</v>
       </c>
       <c r="F716" t="s">
-        <v>2551</v>
+        <v>18</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2717</v>
+        <v>2812</v>
       </c>
       <c r="H716" t="s">
-        <v>2718</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2719</v>
+        <v>2814</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>497</v>
+        <v>31</v>
       </c>
       <c r="D717" t="s">
-        <v>2533</v>
+        <v>2801</v>
       </c>
       <c r="E717" t="s">
-        <v>2534</v>
+        <v>2802</v>
       </c>
       <c r="F717" t="s">
-        <v>2551</v>
+        <v>44</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2720</v>
+        <v>2815</v>
       </c>
       <c r="H717" t="s">
-        <v>2721</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2722</v>
+        <v>2817</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D718" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E718" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F718" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2725</v>
+        <v>2818</v>
       </c>
       <c r="H718" t="s">
-        <v>2726</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2727</v>
+        <v>2820</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="D719" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E719" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F719" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2728</v>
+        <v>2821</v>
       </c>
       <c r="H719" t="s">
-        <v>2729</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2730</v>
+        <v>2823</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="D720" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E720" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F720" t="s">
-        <v>2488</v>
+        <v>13</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2731</v>
+        <v>2824</v>
       </c>
       <c r="H720" t="s">
-        <v>2732</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2733</v>
+        <v>2826</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D721" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E721" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F721" t="s">
-        <v>2488</v>
+        <v>132</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2734</v>
+        <v>2827</v>
       </c>
       <c r="H721" t="s">
-        <v>2735</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2736</v>
+        <v>2829</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D722" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E722" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F722" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2737</v>
+        <v>2830</v>
       </c>
       <c r="H722" t="s">
-        <v>2738</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2739</v>
+        <v>2832</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D723" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E723" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F723" t="s">
-        <v>2488</v>
+        <v>18</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2740</v>
+        <v>2833</v>
       </c>
       <c r="H723" t="s">
-        <v>2741</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2742</v>
+        <v>2835</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D724" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E724" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F724" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2743</v>
+        <v>2836</v>
       </c>
       <c r="H724" t="s">
-        <v>2744</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2745</v>
+        <v>2838</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D725" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E725" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F725" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2746</v>
+        <v>2839</v>
       </c>
       <c r="H725" t="s">
-        <v>2747</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2748</v>
+        <v>2841</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="D726" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E726" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F726" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2749</v>
+        <v>2842</v>
       </c>
       <c r="H726" t="s">
-        <v>2750</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2751</v>
+        <v>2844</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="D727" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E727" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F727" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2606</v>
+        <v>2845</v>
       </c>
       <c r="H727" t="s">
-        <v>2752</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2753</v>
+        <v>2847</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="D728" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E728" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F728" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2754</v>
+        <v>2848</v>
       </c>
       <c r="H728" t="s">
-        <v>2755</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2756</v>
+        <v>2850</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="D729" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E729" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F729" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2757</v>
+        <v>2851</v>
       </c>
       <c r="H729" t="s">
-        <v>2758</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2759</v>
+        <v>2853</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="D730" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E730" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F730" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2760</v>
+        <v>2854</v>
       </c>
       <c r="H730" t="s">
-        <v>2761</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2762</v>
+        <v>2856</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="D731" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E731" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F731" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2763</v>
+        <v>2857</v>
       </c>
       <c r="H731" t="s">
-        <v>2764</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2765</v>
+        <v>2859</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="D732" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E732" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F732" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2766</v>
+        <v>2860</v>
       </c>
       <c r="H732" t="s">
-        <v>2767</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2768</v>
+        <v>2862</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="D733" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E733" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F733" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2769</v>
+        <v>2863</v>
       </c>
       <c r="H733" t="s">
-        <v>2770</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2771</v>
+        <v>2865</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="D734" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E734" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F734" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2772</v>
+        <v>2866</v>
       </c>
       <c r="H734" t="s">
-        <v>2773</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2774</v>
+        <v>2868</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="D735" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E735" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F735" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2775</v>
+        <v>2869</v>
       </c>
       <c r="H735" t="s">
-        <v>2776</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2777</v>
+        <v>2871</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="D736" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E736" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F736" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2778</v>
+        <v>2872</v>
       </c>
       <c r="H736" t="s">
-        <v>2779</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2780</v>
+        <v>2874</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="D737" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E737" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F737" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2781</v>
+        <v>2875</v>
       </c>
       <c r="H737" t="s">
-        <v>2782</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2783</v>
+        <v>2877</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="D738" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E738" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F738" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2784</v>
+        <v>2878</v>
       </c>
       <c r="H738" t="s">
-        <v>2785</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2786</v>
+        <v>2880</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="D739" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E739" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F739" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2787</v>
+        <v>2881</v>
       </c>
       <c r="H739" t="s">
-        <v>2788</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2789</v>
+        <v>2883</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="D740" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E740" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F740" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2790</v>
+        <v>2884</v>
       </c>
       <c r="H740" t="s">
-        <v>2791</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2792</v>
+        <v>2886</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="D741" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E741" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F741" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2793</v>
+        <v>2887</v>
       </c>
       <c r="H741" t="s">
-        <v>2794</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2795</v>
+        <v>2889</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>114</v>
+        <v>136</v>
       </c>
       <c r="D742" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E742" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F742" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2796</v>
+        <v>2890</v>
       </c>
       <c r="H742" t="s">
-        <v>2797</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2798</v>
+        <v>2892</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="D743" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E743" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F743" t="s">
-        <v>274</v>
+        <v>57</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2799</v>
+        <v>2893</v>
       </c>
       <c r="H743" t="s">
-        <v>2800</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>144</v>
+      </c>
+      <c r="D744" t="s">
         <v>2801</v>
       </c>
-      <c r="B744" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E744" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F744" t="s">
-        <v>2488</v>
+        <v>132</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2802</v>
+        <v>2896</v>
       </c>
       <c r="H744" t="s">
-        <v>2803</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2804</v>
+        <v>2898</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>126</v>
+        <v>148</v>
       </c>
       <c r="D745" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E745" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F745" t="s">
-        <v>2488</v>
+        <v>1161</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2805</v>
+        <v>2899</v>
       </c>
       <c r="H745" t="s">
-        <v>2806</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2807</v>
+        <v>2901</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="D746" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E746" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F746" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2808</v>
+        <v>2902</v>
       </c>
       <c r="H746" t="s">
-        <v>2809</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2810</v>
+        <v>2904</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="D747" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E747" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F747" t="s">
-        <v>2488</v>
+        <v>132</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2811</v>
+        <v>2905</v>
       </c>
       <c r="H747" t="s">
-        <v>2812</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2813</v>
+        <v>2907</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="D748" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E748" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F748" t="s">
-        <v>2488</v>
+        <v>2908</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2814</v>
+        <v>2909</v>
       </c>
       <c r="H748" t="s">
-        <v>2815</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2816</v>
+        <v>2911</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="D749" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E749" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F749" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2817</v>
+        <v>2912</v>
       </c>
       <c r="H749" t="s">
-        <v>2818</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2819</v>
+        <v>2914</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="D750" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E750" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F750" t="s">
-        <v>2488</v>
+        <v>18</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2820</v>
+        <v>2915</v>
       </c>
       <c r="H750" t="s">
-        <v>2821</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2822</v>
+        <v>2917</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="D751" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E751" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F751" t="s">
-        <v>2488</v>
+        <v>18</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2823</v>
+        <v>2918</v>
       </c>
       <c r="H751" t="s">
-        <v>2824</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2825</v>
+        <v>2920</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>156</v>
+        <v>177</v>
       </c>
       <c r="D752" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E752" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F752" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2826</v>
+        <v>2921</v>
       </c>
       <c r="H752" t="s">
-        <v>2827</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2828</v>
+        <v>2923</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>160</v>
+        <v>181</v>
       </c>
       <c r="D753" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E753" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F753" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2829</v>
+        <v>2924</v>
       </c>
       <c r="H753" t="s">
-        <v>2830</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2831</v>
+        <v>2926</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>164</v>
+        <v>186</v>
       </c>
       <c r="D754" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E754" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F754" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2832</v>
+        <v>2927</v>
       </c>
       <c r="H754" t="s">
-        <v>2833</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2834</v>
+        <v>2929</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="D755" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E755" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F755" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2835</v>
+        <v>2930</v>
       </c>
       <c r="H755" t="s">
-        <v>2836</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2837</v>
+        <v>2932</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D756" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E756" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F756" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2838</v>
+        <v>2933</v>
       </c>
       <c r="H756" t="s">
-        <v>2839</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2840</v>
+        <v>2935</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="D757" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E757" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F757" t="s">
-        <v>2488</v>
+        <v>2936</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2841</v>
+        <v>2937</v>
       </c>
       <c r="H757" t="s">
-        <v>2842</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2843</v>
+        <v>2939</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>181</v>
+        <v>203</v>
       </c>
       <c r="D758" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E758" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F758" t="s">
-        <v>2488</v>
+        <v>182</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2844</v>
+        <v>2940</v>
       </c>
       <c r="H758" t="s">
-        <v>2845</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2846</v>
+        <v>2942</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="D759" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E759" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F759" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2847</v>
+        <v>2943</v>
       </c>
       <c r="H759" t="s">
-        <v>2848</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2849</v>
+        <v>2945</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="D760" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E760" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F760" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2850</v>
+        <v>2946</v>
       </c>
       <c r="H760" t="s">
-        <v>2851</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2852</v>
+        <v>2948</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="D761" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E761" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F761" t="s">
-        <v>2488</v>
+        <v>57</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2853</v>
+        <v>2949</v>
       </c>
       <c r="H761" t="s">
-        <v>2854</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2855</v>
+        <v>2951</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="D762" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E762" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F762" t="s">
-        <v>2488</v>
+        <v>2952</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2856</v>
+        <v>2953</v>
       </c>
       <c r="H762" t="s">
-        <v>2857</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2858</v>
+        <v>2955</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>203</v>
+        <v>223</v>
       </c>
       <c r="D763" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E763" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F763" t="s">
-        <v>2488</v>
+        <v>132</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2859</v>
+        <v>2956</v>
       </c>
       <c r="H763" t="s">
-        <v>2860</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2861</v>
+        <v>2958</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
       <c r="D764" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E764" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F764" t="s">
-        <v>2488</v>
+        <v>44</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2862</v>
+        <v>2959</v>
       </c>
       <c r="H764" t="s">
-        <v>2863</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2864</v>
+        <v>2961</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>211</v>
+        <v>231</v>
       </c>
       <c r="D765" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E765" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F765" t="s">
-        <v>2488</v>
+        <v>1161</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2865</v>
+        <v>2962</v>
       </c>
       <c r="H765" t="s">
-        <v>2866</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2867</v>
+        <v>2964</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>215</v>
+        <v>235</v>
       </c>
       <c r="D766" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E766" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F766" t="s">
-        <v>2488</v>
+        <v>1161</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2868</v>
+        <v>2965</v>
       </c>
       <c r="H766" t="s">
-        <v>2869</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2870</v>
+        <v>2967</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>449</v>
+        <v>239</v>
       </c>
       <c r="D767" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E767" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F767" t="s">
-        <v>2488</v>
+        <v>1161</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2871</v>
+        <v>2968</v>
       </c>
       <c r="H767" t="s">
-        <v>2872</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2873</v>
+        <v>2970</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>453</v>
+        <v>243</v>
       </c>
       <c r="D768" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E768" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F768" t="s">
-        <v>2488</v>
+        <v>1161</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2874</v>
+        <v>2971</v>
       </c>
       <c r="H768" t="s">
-        <v>2875</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2876</v>
+        <v>2973</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>457</v>
+        <v>247</v>
       </c>
       <c r="D769" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E769" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F769" t="s">
-        <v>2488</v>
+        <v>132</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2877</v>
+        <v>2974</v>
       </c>
       <c r="H769" t="s">
-        <v>2878</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2879</v>
+        <v>2976</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>461</v>
+        <v>251</v>
       </c>
       <c r="D770" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E770" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F770" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2880</v>
+        <v>2977</v>
       </c>
       <c r="H770" t="s">
-        <v>2881</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2882</v>
+        <v>2979</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>465</v>
+        <v>255</v>
       </c>
       <c r="D771" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E771" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F771" t="s">
-        <v>2488</v>
+        <v>2980</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2883</v>
+        <v>2981</v>
       </c>
       <c r="H771" t="s">
-        <v>2884</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2885</v>
+        <v>2983</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>469</v>
+        <v>259</v>
       </c>
       <c r="D772" t="s">
-        <v>2723</v>
+        <v>2801</v>
       </c>
       <c r="E772" t="s">
-        <v>2724</v>
+        <v>2802</v>
       </c>
       <c r="F772" t="s">
-        <v>2488</v>
+        <v>329</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2886</v>
+        <v>2984</v>
       </c>
       <c r="H772" t="s">
-        <v>2887</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2888</v>
+        <v>2986</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>10</v>
+        <v>263</v>
       </c>
       <c r="D773" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E773" t="s">
-        <v>2890</v>
+        <v>2802</v>
       </c>
       <c r="F773" t="s">
-        <v>281</v>
+        <v>44</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2891</v>
+        <v>2987</v>
       </c>
       <c r="H773" t="s">
-        <v>2892</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2893</v>
+        <v>2989</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="D774" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E774" t="s">
-        <v>2890</v>
+        <v>2802</v>
       </c>
       <c r="F774" t="s">
-        <v>281</v>
+        <v>44</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2894</v>
+        <v>2990</v>
       </c>
       <c r="H774" t="s">
-        <v>2895</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2896</v>
+        <v>2992</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>22</v>
+        <v>272</v>
       </c>
       <c r="D775" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E775" t="s">
-        <v>2890</v>
+        <v>2802</v>
       </c>
       <c r="F775" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2897</v>
+        <v>2993</v>
       </c>
       <c r="H775" t="s">
-        <v>2898</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2899</v>
+        <v>2995</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="D776" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E776" t="s">
-        <v>2890</v>
+        <v>2802</v>
       </c>
       <c r="F776" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2900</v>
+        <v>2996</v>
       </c>
       <c r="H776" t="s">
-        <v>2901</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2902</v>
+        <v>2998</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>31</v>
+        <v>569</v>
       </c>
       <c r="D777" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E777" t="s">
-        <v>2890</v>
+        <v>2802</v>
       </c>
       <c r="F777" t="s">
-        <v>281</v>
+        <v>182</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2903</v>
+        <v>2494</v>
       </c>
       <c r="H777" t="s">
-        <v>2904</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2905</v>
+        <v>3000</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D778" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E778" t="s">
-        <v>2890</v>
+        <v>3001</v>
       </c>
       <c r="F778" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2906</v>
+        <v>3002</v>
       </c>
       <c r="H778" t="s">
-        <v>2907</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2908</v>
+        <v>3004</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D779" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E779" t="s">
-        <v>2890</v>
+        <v>3001</v>
       </c>
       <c r="F779" t="s">
-        <v>281</v>
+        <v>2724</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2909</v>
+        <v>3005</v>
       </c>
       <c r="H779" t="s">
-        <v>2910</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2911</v>
+        <v>3007</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="D780" t="s">
-        <v>2889</v>
+        <v>2801</v>
       </c>
       <c r="E780" t="s">
-        <v>2890</v>
+        <v>3001</v>
       </c>
       <c r="F780" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2912</v>
+        <v>3008</v>
       </c>
       <c r="H780" t="s">
-        <v>2913</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2914</v>
+        <v>3010</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D781" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E781" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F781" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2915</v>
+        <v>3014</v>
       </c>
       <c r="H781" t="s">
-        <v>2916</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2917</v>
+        <v>3016</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D782" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E782" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F782" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2918</v>
+        <v>3017</v>
       </c>
       <c r="H782" t="s">
-        <v>2919</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2920</v>
+        <v>3019</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="D783" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E783" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F783" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2921</v>
+        <v>3020</v>
       </c>
       <c r="H783" t="s">
-        <v>2922</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2923</v>
+        <v>3022</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D784" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E784" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F784" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2924</v>
+        <v>3023</v>
       </c>
       <c r="H784" t="s">
-        <v>2925</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2926</v>
+        <v>3025</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="D785" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E785" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F785" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2927</v>
+        <v>3026</v>
       </c>
       <c r="H785" t="s">
-        <v>2928</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2929</v>
+        <v>3028</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="D786" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E786" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F786" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2930</v>
+        <v>3029</v>
       </c>
       <c r="H786" t="s">
-        <v>2931</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2932</v>
+        <v>3031</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="D787" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E787" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F787" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2933</v>
+        <v>3032</v>
       </c>
       <c r="H787" t="s">
-        <v>2934</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2935</v>
+        <v>3034</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="D788" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E788" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F788" t="s">
-        <v>281</v>
+        <v>18</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2936</v>
+        <v>3035</v>
       </c>
       <c r="H788" t="s">
-        <v>2937</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2938</v>
+        <v>3037</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="D789" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E789" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F789" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2939</v>
+        <v>3038</v>
       </c>
       <c r="H789" t="s">
-        <v>2940</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2941</v>
+        <v>3040</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="D790" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E790" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F790" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2942</v>
+        <v>3041</v>
       </c>
       <c r="H790" t="s">
-        <v>2943</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2944</v>
+        <v>3042</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="D791" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E791" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F791" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2945</v>
+        <v>3043</v>
       </c>
       <c r="H791" t="s">
-        <v>2946</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2947</v>
+        <v>3045</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="D792" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E792" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F792" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2948</v>
+        <v>3046</v>
       </c>
       <c r="H792" t="s">
-        <v>2949</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2950</v>
+        <v>3048</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="D793" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E793" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F793" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2951</v>
+        <v>3049</v>
       </c>
       <c r="H793" t="s">
-        <v>2952</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2953</v>
+        <v>3051</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="D794" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E794" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F794" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2954</v>
+        <v>3052</v>
       </c>
       <c r="H794" t="s">
-        <v>2955</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2956</v>
+        <v>3054</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>109</v>
+        <v>73</v>
       </c>
       <c r="D795" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E795" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F795" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2957</v>
+        <v>3055</v>
       </c>
       <c r="H795" t="s">
-        <v>2958</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2959</v>
+        <v>3057</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>114</v>
+        <v>77</v>
       </c>
       <c r="D796" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E796" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F796" t="s">
-        <v>281</v>
+        <v>3013</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2960</v>
+        <v>3058</v>
       </c>
       <c r="H796" t="s">
-        <v>2961</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2962</v>
+        <v>3060</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="D797" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E797" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F797" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2963</v>
+        <v>3061</v>
       </c>
       <c r="H797" t="s">
-        <v>2964</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2965</v>
+        <v>3063</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="D798" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E798" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F798" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2966</v>
+        <v>3064</v>
       </c>
       <c r="H798" t="s">
-        <v>2967</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2968</v>
+        <v>3066</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="D799" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E799" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F799" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2969</v>
+        <v>3067</v>
       </c>
       <c r="H799" t="s">
-        <v>2970</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2971</v>
+        <v>3069</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="D800" t="s">
-        <v>2889</v>
+        <v>3011</v>
       </c>
       <c r="E800" t="s">
-        <v>2890</v>
+        <v>3012</v>
       </c>
       <c r="F800" t="s">
-        <v>281</v>
+        <v>351</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2972</v>
+        <v>3070</v>
       </c>
       <c r="H800" t="s">
-        <v>2973</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2974</v>
+        <v>3072</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D801" t="s">
-        <v>2889</v>
+        <v>3073</v>
       </c>
       <c r="E801" t="s">
-        <v>2890</v>
+        <v>3074</v>
       </c>
       <c r="F801" t="s">
-        <v>2488</v>
+        <v>3075</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2975</v>
+        <v>3076</v>
       </c>
       <c r="H801" t="s">
-        <v>2869</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2976</v>
+        <v>3078</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D802" t="s">
-        <v>2889</v>
+        <v>3073</v>
       </c>
       <c r="E802" t="s">
-        <v>2890</v>
+        <v>3074</v>
       </c>
       <c r="F802" t="s">
-        <v>281</v>
+        <v>3075</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2977</v>
+        <v>3079</v>
       </c>
       <c r="H802" t="s">
-        <v>2978</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2979</v>
+        <v>3081</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D803" t="s">
-        <v>2889</v>
+        <v>3073</v>
       </c>
       <c r="E803" t="s">
-        <v>2890</v>
+        <v>3074</v>
       </c>
       <c r="F803" t="s">
-        <v>281</v>
+        <v>3075</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2980</v>
+        <v>3082</v>
       </c>
       <c r="H803" t="s">
-        <v>2981</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2982</v>
+        <v>3084</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>148</v>
+        <v>27</v>
       </c>
       <c r="D804" t="s">
-        <v>2889</v>
+        <v>3073</v>
       </c>
       <c r="E804" t="s">
-        <v>2890</v>
+        <v>3074</v>
       </c>
       <c r="F804" t="s">
-        <v>281</v>
+        <v>3075</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2983</v>
+        <v>3085</v>
       </c>
       <c r="H804" t="s">
-        <v>2984</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2985</v>
+        <v>3087</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D805" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E805" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F805" t="s">
-        <v>2988</v>
+        <v>3075</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2989</v>
+        <v>3088</v>
       </c>
       <c r="H805" t="s">
-        <v>2990</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2991</v>
+        <v>3090</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D806" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E806" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F806" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2992</v>
+        <v>3092</v>
       </c>
       <c r="H806" t="s">
-        <v>2993</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2994</v>
+        <v>3094</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="D807" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E807" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F807" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2995</v>
+        <v>3095</v>
       </c>
       <c r="H807" t="s">
-        <v>2996</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2997</v>
+        <v>3097</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D808" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E808" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F808" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2998</v>
+        <v>3098</v>
       </c>
       <c r="H808" t="s">
-        <v>2999</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>3000</v>
+        <v>3100</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="D809" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E809" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F809" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>3001</v>
+        <v>3101</v>
       </c>
       <c r="H809" t="s">
-        <v>3002</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>3003</v>
+        <v>3103</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="D810" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E810" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F810" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>3004</v>
+        <v>3104</v>
       </c>
       <c r="H810" t="s">
-        <v>3005</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>3006</v>
+        <v>3106</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="D811" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E811" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F811" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>3007</v>
+        <v>3107</v>
       </c>
       <c r="H811" t="s">
-        <v>3008</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>3009</v>
+        <v>3109</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="D812" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E812" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F812" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>3010</v>
+        <v>3110</v>
       </c>
       <c r="H812" t="s">
-        <v>3011</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>3012</v>
+        <v>3112</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="D813" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E813" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F813" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>3013</v>
+        <v>3113</v>
       </c>
       <c r="H813" t="s">
-        <v>3014</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>3015</v>
+        <v>3115</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="D814" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E814" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F814" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>3016</v>
+        <v>3116</v>
       </c>
       <c r="H814" t="s">
-        <v>3017</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>3018</v>
+        <v>3118</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="D815" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E815" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F815" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3019</v>
+        <v>3119</v>
       </c>
       <c r="H815" t="s">
-        <v>3020</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3021</v>
+        <v>3121</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D816" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E816" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F816" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3022</v>
+        <v>3122</v>
       </c>
       <c r="H816" t="s">
-        <v>3023</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>3024</v>
+        <v>3124</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="D817" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E817" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F817" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3025</v>
+        <v>3125</v>
       </c>
       <c r="H817" t="s">
-        <v>3026</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3027</v>
+        <v>3127</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="D818" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E818" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F818" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>3028</v>
+        <v>3128</v>
       </c>
       <c r="H818" t="s">
-        <v>3029</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3030</v>
+        <v>3130</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="D819" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E819" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F819" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3031</v>
+        <v>3131</v>
       </c>
       <c r="H819" t="s">
-        <v>3032</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3033</v>
+        <v>3133</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="D820" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E820" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F820" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3034</v>
+        <v>3134</v>
       </c>
       <c r="H820" t="s">
-        <v>3035</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3036</v>
+        <v>3136</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="D821" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E821" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F821" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3037</v>
+        <v>3137</v>
       </c>
       <c r="H821" t="s">
-        <v>3038</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3039</v>
+        <v>3139</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="D822" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E822" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F822" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3040</v>
+        <v>3140</v>
       </c>
       <c r="H822" t="s">
-        <v>3041</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3042</v>
+        <v>3142</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="D823" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E823" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F823" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>2606</v>
+        <v>3143</v>
       </c>
       <c r="H823" t="s">
-        <v>3043</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3044</v>
+        <v>3145</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="D824" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E824" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F824" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>3045</v>
+        <v>2494</v>
       </c>
       <c r="H824" t="s">
-        <v>3046</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3047</v>
+        <v>3147</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="D825" t="s">
-        <v>2986</v>
+        <v>3073</v>
       </c>
       <c r="E825" t="s">
-        <v>2987</v>
+        <v>3074</v>
       </c>
       <c r="F825" t="s">
-        <v>2988</v>
+        <v>3091</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3048</v>
+        <v>3148</v>
       </c>
       <c r="H825" t="s">
-        <v>3049</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3050</v>
+        <v>3150</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="D826" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E826" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F826" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3054</v>
+        <v>3151</v>
       </c>
       <c r="H826" t="s">
-        <v>3055</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3056</v>
+        <v>3153</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="D827" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E827" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F827" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3057</v>
+        <v>3154</v>
       </c>
       <c r="H827" t="s">
-        <v>3058</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3059</v>
+        <v>3156</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="D828" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E828" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F828" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3060</v>
+        <v>3157</v>
       </c>
       <c r="H828" t="s">
-        <v>3061</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3062</v>
+        <v>3159</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="D829" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E829" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F829" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3063</v>
+        <v>3160</v>
       </c>
       <c r="H829" t="s">
-        <v>3064</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3065</v>
+        <v>3162</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>31</v>
+        <v>136</v>
       </c>
       <c r="D830" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E830" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F830" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>3066</v>
+        <v>3163</v>
       </c>
       <c r="H830" t="s">
-        <v>3067</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3068</v>
+        <v>3165</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>35</v>
+        <v>140</v>
       </c>
       <c r="D831" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E831" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F831" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>3069</v>
+        <v>3166</v>
       </c>
       <c r="H831" t="s">
-        <v>3070</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3071</v>
+        <v>3168</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>39</v>
+        <v>144</v>
       </c>
       <c r="D832" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E832" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F832" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3072</v>
+        <v>3169</v>
       </c>
       <c r="H832" t="s">
-        <v>3073</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
+        <v>3171</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>148</v>
+      </c>
+      <c r="D833" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E833" t="s">
         <v>3074</v>
       </c>
-      <c r="B833" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F833" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3075</v>
+        <v>3172</v>
       </c>
       <c r="H833" t="s">
-        <v>3076</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3077</v>
+        <v>3174</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>48</v>
+        <v>152</v>
       </c>
       <c r="D834" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E834" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F834" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>3078</v>
+        <v>3175</v>
       </c>
       <c r="H834" t="s">
-        <v>3079</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3080</v>
+        <v>3177</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="D835" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E835" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F835" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3081</v>
+        <v>3178</v>
       </c>
       <c r="H835" t="s">
-        <v>3082</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3083</v>
+        <v>3180</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>56</v>
+        <v>160</v>
       </c>
       <c r="D836" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E836" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F836" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>3084</v>
+        <v>3181</v>
       </c>
       <c r="H836" t="s">
-        <v>3085</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>3086</v>
+        <v>3183</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>61</v>
+        <v>164</v>
       </c>
       <c r="D837" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E837" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F837" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3087</v>
+        <v>3184</v>
       </c>
       <c r="H837" t="s">
-        <v>3088</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>3089</v>
+        <v>3186</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>65</v>
+        <v>168</v>
       </c>
       <c r="D838" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="E838" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="F838" t="s">
-        <v>3053</v>
+        <v>3091</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3090</v>
+        <v>3187</v>
       </c>
       <c r="H838" t="s">
-        <v>3091</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3092</v>
+        <v>3189</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="D839" t="s">
-        <v>3093</v>
+        <v>3073</v>
       </c>
       <c r="E839" t="s">
-        <v>3094</v>
+        <v>3074</v>
       </c>
       <c r="F839" t="s">
-        <v>274</v>
+        <v>3091</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3095</v>
+        <v>3190</v>
       </c>
       <c r="H839" t="s">
-        <v>3096</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3097</v>
+        <v>3192</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="D840" t="s">
-        <v>3093</v>
+        <v>3073</v>
       </c>
       <c r="E840" t="s">
-        <v>3094</v>
+        <v>3074</v>
       </c>
       <c r="F840" t="s">
-        <v>274</v>
+        <v>3091</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3098</v>
+        <v>3193</v>
       </c>
       <c r="H840" t="s">
-        <v>3099</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3100</v>
+        <v>3195</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>22</v>
+        <v>181</v>
       </c>
       <c r="D841" t="s">
-        <v>3093</v>
+        <v>3073</v>
       </c>
       <c r="E841" t="s">
-        <v>3094</v>
+        <v>3074</v>
       </c>
       <c r="F841" t="s">
-        <v>274</v>
+        <v>3091</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3101</v>
+        <v>3196</v>
       </c>
       <c r="H841" t="s">
-        <v>3102</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3103</v>
+        <v>3198</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>10</v>
+        <v>186</v>
       </c>
       <c r="D842" t="s">
-        <v>3104</v>
+        <v>3073</v>
       </c>
       <c r="E842" t="s">
-        <v>3105</v>
+        <v>3074</v>
       </c>
       <c r="F842" t="s">
-        <v>13</v>
+        <v>3091</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3106</v>
+        <v>3199</v>
       </c>
       <c r="H842" t="s">
-        <v>3107</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3108</v>
+        <v>3201</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>10</v>
+        <v>191</v>
       </c>
       <c r="D843" t="s">
-        <v>3109</v>
+        <v>3073</v>
       </c>
       <c r="E843" t="s">
-        <v>3110</v>
+        <v>3074</v>
+      </c>
+      <c r="F843" t="s">
+        <v>3091</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3111</v>
+        <v>3202</v>
       </c>
       <c r="H843" t="s">
-        <v>3112</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>3113</v>
+        <v>3204</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
+        <v>195</v>
+      </c>
+      <c r="D844" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E844" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F844" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>3205</v>
+      </c>
+      <c r="H844" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B845" t="s">
+        <v>9</v>
+      </c>
+      <c r="C845" t="s">
+        <v>199</v>
+      </c>
+      <c r="D845" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E845" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F845" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>3208</v>
+      </c>
+      <c r="H845" t="s">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B846" t="s">
+        <v>9</v>
+      </c>
+      <c r="C846" t="s">
+        <v>203</v>
+      </c>
+      <c r="D846" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E846" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F846" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H846" t="s">
+        <v>3212</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847" t="s">
+        <v>3213</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>207</v>
+      </c>
+      <c r="D847" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E847" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F847" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>3214</v>
+      </c>
+      <c r="H847" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848" t="s">
+        <v>3216</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>211</v>
+      </c>
+      <c r="D848" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E848" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F848" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>3217</v>
+      </c>
+      <c r="H848" t="s">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>215</v>
+      </c>
+      <c r="D849" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E849" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F849" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>3220</v>
+      </c>
+      <c r="H849" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>219</v>
+      </c>
+      <c r="D850" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E850" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F850" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="H850" t="s">
+        <v>3224</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>223</v>
+      </c>
+      <c r="D851" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E851" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F851" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>3226</v>
+      </c>
+      <c r="H851" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>227</v>
+      </c>
+      <c r="D852" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E852" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F852" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>3229</v>
+      </c>
+      <c r="H852" t="s">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>231</v>
+      </c>
+      <c r="D853" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E853" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F853" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>3232</v>
+      </c>
+      <c r="H853" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B854" t="s">
+        <v>9</v>
+      </c>
+      <c r="C854" t="s">
+        <v>235</v>
+      </c>
+      <c r="D854" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E854" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F854" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H854" t="s">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
+        <v>239</v>
+      </c>
+      <c r="D855" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E855" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F855" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="H855" t="s">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>243</v>
+      </c>
+      <c r="D856" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E856" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F856" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="H856" t="s">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857" t="s">
+        <v>3243</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>247</v>
+      </c>
+      <c r="D857" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E857" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F857" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="H857" t="s">
+        <v>3245</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>251</v>
+      </c>
+      <c r="D858" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E858" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F858" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>3247</v>
+      </c>
+      <c r="H858" t="s">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>255</v>
+      </c>
+      <c r="D859" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E859" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F859" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>3250</v>
+      </c>
+      <c r="H859" t="s">
+        <v>3251</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860" t="s">
+        <v>3252</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>259</v>
+      </c>
+      <c r="D860" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E860" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F860" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="H860" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B861" t="s">
+        <v>9</v>
+      </c>
+      <c r="C861" t="s">
+        <v>263</v>
+      </c>
+      <c r="D861" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E861" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F861" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H861" t="s">
+        <v>3257</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>267</v>
+      </c>
+      <c r="D862" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E862" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F862" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>3259</v>
+      </c>
+      <c r="H862" t="s">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>3261</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>272</v>
+      </c>
+      <c r="D863" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E863" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F863" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>3262</v>
+      </c>
+      <c r="H863" t="s">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>276</v>
+      </c>
+      <c r="D864" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E864" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F864" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>3265</v>
+      </c>
+      <c r="H864" t="s">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>3267</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>569</v>
+      </c>
+      <c r="D865" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E865" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F865" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="H865" t="s">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>573</v>
+      </c>
+      <c r="D866" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E866" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F866" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>3271</v>
+      </c>
+      <c r="H866" t="s">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>577</v>
+      </c>
+      <c r="D867" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E867" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F867" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>3274</v>
+      </c>
+      <c r="H867" t="s">
+        <v>3275</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>582</v>
+      </c>
+      <c r="D868" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E868" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F868" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="H868" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>586</v>
+      </c>
+      <c r="D869" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E869" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F869" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="H869" t="s">
+        <v>3281</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>590</v>
+      </c>
+      <c r="D870" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E870" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F870" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="H870" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>594</v>
+      </c>
+      <c r="D871" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E871" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F871" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>3286</v>
+      </c>
+      <c r="H871" t="s">
+        <v>3287</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>3288</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>598</v>
+      </c>
+      <c r="D872" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E872" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F872" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>3289</v>
+      </c>
+      <c r="H872" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>3291</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>602</v>
+      </c>
+      <c r="D873" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E873" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F873" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H873" t="s">
+        <v>3293</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>606</v>
+      </c>
+      <c r="D874" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E874" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F874" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>3295</v>
+      </c>
+      <c r="H874" t="s">
+        <v>3296</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
+        <v>610</v>
+      </c>
+      <c r="D875" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E875" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F875" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="H875" t="s">
+        <v>3299</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876" t="s">
+        <v>3300</v>
+      </c>
+      <c r="B876" t="s">
+        <v>9</v>
+      </c>
+      <c r="C876" t="s">
+        <v>614</v>
+      </c>
+      <c r="D876" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E876" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F876" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H876" t="s">
+        <v>3302</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877" t="s">
+        <v>3303</v>
+      </c>
+      <c r="B877" t="s">
+        <v>9</v>
+      </c>
+      <c r="C877" t="s">
+        <v>618</v>
+      </c>
+      <c r="D877" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E877" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F877" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H877" t="s">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>622</v>
+      </c>
+      <c r="D878" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E878" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F878" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>3306</v>
+      </c>
+      <c r="H878" t="s">
+        <v>3307</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>626</v>
+      </c>
+      <c r="D879" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E879" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F879" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>3309</v>
+      </c>
+      <c r="H879" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>630</v>
+      </c>
+      <c r="D880" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E880" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F880" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="H880" t="s">
+        <v>3313</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
+        <v>634</v>
+      </c>
+      <c r="D881" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E881" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F881" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>3315</v>
+      </c>
+      <c r="H881" t="s">
+        <v>3316</v>
+      </c>
+    </row>
+    <row r="882" spans="1:8">
+      <c r="A882" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B882" t="s">
+        <v>9</v>
+      </c>
+      <c r="C882" t="s">
         <v>10</v>
       </c>
-      <c r="D844" t="s">
-[...5 lines deleted...]
-      <c r="F844" t="s">
+      <c r="D882" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E882" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F882" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G882" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="H882" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="883" spans="1:8">
+      <c r="A883" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B883" t="s">
+        <v>9</v>
+      </c>
+      <c r="C883" t="s">
+        <v>17</v>
+      </c>
+      <c r="D883" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E883" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F883" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G883" s="1" t="s">
+        <v>3323</v>
+      </c>
+      <c r="H883" t="s">
+        <v>3324</v>
+      </c>
+    </row>
+    <row r="884" spans="1:8">
+      <c r="A884" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B884" t="s">
+        <v>9</v>
+      </c>
+      <c r="C884" t="s">
+        <v>22</v>
+      </c>
+      <c r="D884" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E884" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F884" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="H884" t="s">
+        <v>3327</v>
+      </c>
+    </row>
+    <row r="885" spans="1:8">
+      <c r="A885" t="s">
+        <v>3328</v>
+      </c>
+      <c r="B885" t="s">
+        <v>9</v>
+      </c>
+      <c r="C885" t="s">
+        <v>27</v>
+      </c>
+      <c r="D885" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E885" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F885" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="H885" t="s">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="886" spans="1:8">
+      <c r="A886" t="s">
+        <v>3331</v>
+      </c>
+      <c r="B886" t="s">
+        <v>9</v>
+      </c>
+      <c r="C886" t="s">
+        <v>31</v>
+      </c>
+      <c r="D886" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E886" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F886" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G886" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="H886" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="887" spans="1:8">
+      <c r="A887" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>35</v>
+      </c>
+      <c r="D887" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E887" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F887" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G887" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H887" t="s">
+        <v>3336</v>
+      </c>
+    </row>
+    <row r="888" spans="1:8">
+      <c r="A888" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>39</v>
+      </c>
+      <c r="D888" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E888" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F888" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G888" s="1" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H888" t="s">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="889" spans="1:8">
+      <c r="A889" t="s">
+        <v>3340</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>43</v>
+      </c>
+      <c r="D889" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E889" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F889" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>3341</v>
+      </c>
+      <c r="H889" t="s">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="890" spans="1:8">
+      <c r="A890" t="s">
+        <v>3343</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>48</v>
+      </c>
+      <c r="D890" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E890" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F890" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G890" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="H890" t="s">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="891" spans="1:8">
+      <c r="A891" t="s">
+        <v>3346</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>52</v>
+      </c>
+      <c r="D891" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E891" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F891" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G891" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H891" t="s">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="892" spans="1:8">
+      <c r="A892" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>56</v>
+      </c>
+      <c r="D892" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E892" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F892" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>3349</v>
+      </c>
+      <c r="H892" t="s">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="893" spans="1:8">
+      <c r="A893" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>61</v>
+      </c>
+      <c r="D893" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E893" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F893" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G893" s="1" t="s">
+        <v>3352</v>
+      </c>
+      <c r="H893" t="s">
+        <v>3353</v>
+      </c>
+    </row>
+    <row r="894" spans="1:8">
+      <c r="A894" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B894" t="s">
+        <v>9</v>
+      </c>
+      <c r="C894" t="s">
+        <v>65</v>
+      </c>
+      <c r="D894" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E894" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F894" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G894" s="1" t="s">
+        <v>3355</v>
+      </c>
+      <c r="H894" t="s">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="895" spans="1:8">
+      <c r="A895" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B895" t="s">
+        <v>9</v>
+      </c>
+      <c r="C895" t="s">
+        <v>69</v>
+      </c>
+      <c r="D895" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E895" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F895" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G895" s="1" t="s">
+        <v>3358</v>
+      </c>
+      <c r="H895" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="896" spans="1:8">
+      <c r="A896" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>73</v>
+      </c>
+      <c r="D896" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E896" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F896" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G896" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="H896" t="s">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="897" spans="1:8">
+      <c r="A897" t="s">
+        <v>3363</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>77</v>
+      </c>
+      <c r="D897" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E897" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F897" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G897" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="H897" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="898" spans="1:8">
+      <c r="A898" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B898" t="s">
+        <v>9</v>
+      </c>
+      <c r="C898" t="s">
+        <v>81</v>
+      </c>
+      <c r="D898" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E898" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F898" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G898" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="H898" t="s">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="899" spans="1:8">
+      <c r="A899" t="s">
+        <v>3369</v>
+      </c>
+      <c r="B899" t="s">
+        <v>9</v>
+      </c>
+      <c r="C899" t="s">
+        <v>85</v>
+      </c>
+      <c r="D899" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E899" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F899" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G899" s="1" t="s">
+        <v>3370</v>
+      </c>
+      <c r="H899" t="s">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="900" spans="1:8">
+      <c r="A900" t="s">
+        <v>3372</v>
+      </c>
+      <c r="B900" t="s">
+        <v>9</v>
+      </c>
+      <c r="C900" t="s">
+        <v>89</v>
+      </c>
+      <c r="D900" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E900" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F900" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G900" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="H900" t="s">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="901" spans="1:8">
+      <c r="A901" t="s">
+        <v>3375</v>
+      </c>
+      <c r="B901" t="s">
+        <v>9</v>
+      </c>
+      <c r="C901" t="s">
+        <v>93</v>
+      </c>
+      <c r="D901" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E901" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F901" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G901" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="H901" t="s">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="902" spans="1:8">
+      <c r="A902" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B902" t="s">
+        <v>9</v>
+      </c>
+      <c r="C902" t="s">
+        <v>97</v>
+      </c>
+      <c r="D902" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E902" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F902" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G902" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="H902" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="903" spans="1:8">
+      <c r="A903" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B903" t="s">
+        <v>9</v>
+      </c>
+      <c r="C903" t="s">
+        <v>101</v>
+      </c>
+      <c r="D903" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E903" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F903" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G903" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="H903" t="s">
+        <v>3383</v>
+      </c>
+    </row>
+    <row r="904" spans="1:8">
+      <c r="A904" t="s">
+        <v>3384</v>
+      </c>
+      <c r="B904" t="s">
+        <v>9</v>
+      </c>
+      <c r="C904" t="s">
+        <v>105</v>
+      </c>
+      <c r="D904" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E904" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F904" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>3385</v>
+      </c>
+      <c r="H904" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>109</v>
+      </c>
+      <c r="D905" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E905" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F905" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G905" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H905" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>114</v>
+      </c>
+      <c r="D906" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E906" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F906" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G906" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="H906" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>118</v>
+      </c>
+      <c r="D907" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E907" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F907" t="s">
+        <v>344</v>
+      </c>
+      <c r="G907" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="H907" t="s">
+        <v>3395</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>122</v>
+      </c>
+      <c r="D908" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E908" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F908" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G908" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="H908" t="s">
+        <v>3398</v>
+      </c>
+    </row>
+    <row r="909" spans="1:8">
+      <c r="A909" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B909" t="s">
+        <v>9</v>
+      </c>
+      <c r="C909" t="s">
+        <v>126</v>
+      </c>
+      <c r="D909" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E909" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F909" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G909" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="H909" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="910" spans="1:8">
+      <c r="A910" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B910" t="s">
+        <v>9</v>
+      </c>
+      <c r="C910" t="s">
+        <v>131</v>
+      </c>
+      <c r="D910" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E910" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F910" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G910" s="1" t="s">
+        <v>3403</v>
+      </c>
+      <c r="H910" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="911" spans="1:8">
+      <c r="A911" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B911" t="s">
+        <v>9</v>
+      </c>
+      <c r="C911" t="s">
+        <v>136</v>
+      </c>
+      <c r="D911" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E911" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F911" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G911" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H911" t="s">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="912" spans="1:8">
+      <c r="A912" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>140</v>
+      </c>
+      <c r="D912" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E912" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F912" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G912" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="H912" t="s">
+        <v>3410</v>
+      </c>
+    </row>
+    <row r="913" spans="1:8">
+      <c r="A913" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B913" t="s">
+        <v>9</v>
+      </c>
+      <c r="C913" t="s">
+        <v>144</v>
+      </c>
+      <c r="D913" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E913" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F913" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G913" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="H913" t="s">
+        <v>3413</v>
+      </c>
+    </row>
+    <row r="914" spans="1:8">
+      <c r="A914" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B914" t="s">
+        <v>9</v>
+      </c>
+      <c r="C914" t="s">
+        <v>148</v>
+      </c>
+      <c r="D914" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E914" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F914" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G914" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="H914" t="s">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="915" spans="1:8">
+      <c r="A915" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B915" t="s">
+        <v>9</v>
+      </c>
+      <c r="C915" t="s">
+        <v>152</v>
+      </c>
+      <c r="D915" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E915" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F915" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G915" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="H915" t="s">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="916" spans="1:8">
+      <c r="A916" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B916" t="s">
+        <v>9</v>
+      </c>
+      <c r="C916" t="s">
+        <v>156</v>
+      </c>
+      <c r="D916" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E916" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F916" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G916" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="H916" t="s">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="917" spans="1:8">
+      <c r="A917" t="s">
+        <v>3423</v>
+      </c>
+      <c r="B917" t="s">
+        <v>9</v>
+      </c>
+      <c r="C917" t="s">
+        <v>160</v>
+      </c>
+      <c r="D917" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E917" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F917" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G917" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="H917" t="s">
+        <v>3425</v>
+      </c>
+    </row>
+    <row r="918" spans="1:8">
+      <c r="A918" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B918" t="s">
+        <v>9</v>
+      </c>
+      <c r="C918" t="s">
+        <v>164</v>
+      </c>
+      <c r="D918" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E918" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F918" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G918" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H918" t="s">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="919" spans="1:8">
+      <c r="A919" t="s">
+        <v>3429</v>
+      </c>
+      <c r="B919" t="s">
+        <v>9</v>
+      </c>
+      <c r="C919" t="s">
+        <v>168</v>
+      </c>
+      <c r="D919" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E919" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F919" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G919" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="H919" t="s">
+        <v>3431</v>
+      </c>
+    </row>
+    <row r="920" spans="1:8">
+      <c r="A920" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B920" t="s">
+        <v>9</v>
+      </c>
+      <c r="C920" t="s">
+        <v>173</v>
+      </c>
+      <c r="D920" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E920" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F920" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G920" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="H920" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="921" spans="1:8">
+      <c r="A921" t="s">
+        <v>3435</v>
+      </c>
+      <c r="B921" t="s">
+        <v>9</v>
+      </c>
+      <c r="C921" t="s">
+        <v>177</v>
+      </c>
+      <c r="D921" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E921" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F921" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G921" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="H921" t="s">
+        <v>3437</v>
+      </c>
+    </row>
+    <row r="922" spans="1:8">
+      <c r="A922" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B922" t="s">
+        <v>9</v>
+      </c>
+      <c r="C922" t="s">
+        <v>181</v>
+      </c>
+      <c r="D922" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E922" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F922" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G922" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="H922" t="s">
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="923" spans="1:8">
+      <c r="A923" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B923" t="s">
+        <v>9</v>
+      </c>
+      <c r="C923" t="s">
+        <v>186</v>
+      </c>
+      <c r="D923" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E923" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F923" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G923" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="H923" t="s">
+        <v>3443</v>
+      </c>
+    </row>
+    <row r="924" spans="1:8">
+      <c r="A924" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>191</v>
+      </c>
+      <c r="D924" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E924" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F924" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G924" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="H924" t="s">
+        <v>3446</v>
+      </c>
+    </row>
+    <row r="925" spans="1:8">
+      <c r="A925" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B925" t="s">
+        <v>9</v>
+      </c>
+      <c r="C925" t="s">
+        <v>195</v>
+      </c>
+      <c r="D925" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E925" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F925" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G925" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="H925" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="926" spans="1:8">
+      <c r="A926" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B926" t="s">
+        <v>9</v>
+      </c>
+      <c r="C926" t="s">
+        <v>199</v>
+      </c>
+      <c r="D926" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E926" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F926" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G926" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="H926" t="s">
+        <v>3452</v>
+      </c>
+    </row>
+    <row r="927" spans="1:8">
+      <c r="A927" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B927" t="s">
+        <v>9</v>
+      </c>
+      <c r="C927" t="s">
+        <v>203</v>
+      </c>
+      <c r="D927" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E927" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F927" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G927" s="1" t="s">
+        <v>3454</v>
+      </c>
+      <c r="H927" t="s">
+        <v>3455</v>
+      </c>
+    </row>
+    <row r="928" spans="1:8">
+      <c r="A928" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>207</v>
+      </c>
+      <c r="D928" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E928" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F928" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G928" s="1" t="s">
+        <v>3457</v>
+      </c>
+      <c r="H928" t="s">
+        <v>3458</v>
+      </c>
+    </row>
+    <row r="929" spans="1:8">
+      <c r="A929" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>211</v>
+      </c>
+      <c r="D929" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E929" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F929" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G929" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="H929" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="930" spans="1:8">
+      <c r="A930" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>215</v>
+      </c>
+      <c r="D930" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E930" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F930" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G930" s="1" t="s">
+        <v>3463</v>
+      </c>
+      <c r="H930" t="s">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="931" spans="1:8">
+      <c r="A931" t="s">
+        <v>3465</v>
+      </c>
+      <c r="B931" t="s">
+        <v>9</v>
+      </c>
+      <c r="C931" t="s">
+        <v>219</v>
+      </c>
+      <c r="D931" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E931" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F931" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G931" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="H931" t="s">
+        <v>3467</v>
+      </c>
+    </row>
+    <row r="932" spans="1:8">
+      <c r="A932" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B932" t="s">
+        <v>9</v>
+      </c>
+      <c r="C932" t="s">
+        <v>223</v>
+      </c>
+      <c r="D932" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E932" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F932" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G932" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="H932" t="s">
+        <v>3470</v>
+      </c>
+    </row>
+    <row r="933" spans="1:8">
+      <c r="A933" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B933" t="s">
+        <v>9</v>
+      </c>
+      <c r="C933" t="s">
+        <v>227</v>
+      </c>
+      <c r="D933" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E933" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F933" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G933" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="H933" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="934" spans="1:8">
+      <c r="A934" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B934" t="s">
+        <v>9</v>
+      </c>
+      <c r="C934" t="s">
+        <v>231</v>
+      </c>
+      <c r="D934" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E934" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F934" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G934" s="1" t="s">
+        <v>3475</v>
+      </c>
+      <c r="H934" t="s">
+        <v>3476</v>
+      </c>
+    </row>
+    <row r="935" spans="1:8">
+      <c r="A935" t="s">
+        <v>3477</v>
+      </c>
+      <c r="B935" t="s">
+        <v>9</v>
+      </c>
+      <c r="C935" t="s">
+        <v>235</v>
+      </c>
+      <c r="D935" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E935" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F935" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G935" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="H935" t="s">
+        <v>3479</v>
+      </c>
+    </row>
+    <row r="936" spans="1:8">
+      <c r="A936" t="s">
+        <v>3480</v>
+      </c>
+      <c r="B936" t="s">
+        <v>9</v>
+      </c>
+      <c r="C936" t="s">
+        <v>239</v>
+      </c>
+      <c r="D936" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E936" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F936" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G936" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H936" t="s">
+        <v>3482</v>
+      </c>
+    </row>
+    <row r="937" spans="1:8">
+      <c r="A937" t="s">
+        <v>3483</v>
+      </c>
+      <c r="B937" t="s">
+        <v>9</v>
+      </c>
+      <c r="C937" t="s">
+        <v>243</v>
+      </c>
+      <c r="D937" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E937" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F937" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G937" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="H937" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="938" spans="1:8">
+      <c r="A938" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>247</v>
+      </c>
+      <c r="D938" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E938" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F938" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G938" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="H938" t="s">
+        <v>3488</v>
+      </c>
+    </row>
+    <row r="939" spans="1:8">
+      <c r="A939" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B939" t="s">
+        <v>9</v>
+      </c>
+      <c r="C939" t="s">
+        <v>251</v>
+      </c>
+      <c r="D939" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E939" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F939" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G939" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="H939" t="s">
+        <v>3491</v>
+      </c>
+    </row>
+    <row r="940" spans="1:8">
+      <c r="A940" t="s">
+        <v>3492</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
+        <v>255</v>
+      </c>
+      <c r="D940" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E940" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F940" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G940" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="H940" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="941" spans="1:8">
+      <c r="A941" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>259</v>
+      </c>
+      <c r="D941" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E941" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F941" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="H941" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="942" spans="1:8">
+      <c r="A942" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>263</v>
+      </c>
+      <c r="D942" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E942" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F942" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G942" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="H942" t="s">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="943" spans="1:8">
+      <c r="A943" t="s">
+        <v>3501</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>267</v>
+      </c>
+      <c r="D943" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E943" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F943" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G943" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="H943" t="s">
+        <v>3503</v>
+      </c>
+    </row>
+    <row r="944" spans="1:8">
+      <c r="A944" t="s">
+        <v>3504</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>272</v>
+      </c>
+      <c r="D944" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E944" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F944" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="H944" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="945" spans="1:8">
+      <c r="A945" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>276</v>
+      </c>
+      <c r="D945" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E945" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F945" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="H945" t="s">
+        <v>3509</v>
+      </c>
+    </row>
+    <row r="946" spans="1:8">
+      <c r="A946" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>569</v>
+      </c>
+      <c r="D946" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E946" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F946" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G946" s="1" t="s">
+        <v>3511</v>
+      </c>
+      <c r="H946" t="s">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="947" spans="1:8">
+      <c r="A947" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B947" t="s">
+        <v>9</v>
+      </c>
+      <c r="C947" t="s">
+        <v>573</v>
+      </c>
+      <c r="D947" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E947" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F947" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H947" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="948" spans="1:8">
+      <c r="A948" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B948" t="s">
+        <v>9</v>
+      </c>
+      <c r="C948" t="s">
+        <v>577</v>
+      </c>
+      <c r="D948" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E948" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F948" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="H948" t="s">
+        <v>3518</v>
+      </c>
+    </row>
+    <row r="949" spans="1:8">
+      <c r="A949" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B949" t="s">
+        <v>9</v>
+      </c>
+      <c r="C949" t="s">
+        <v>582</v>
+      </c>
+      <c r="D949" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E949" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F949" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>3520</v>
+      </c>
+      <c r="H949" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="950" spans="1:8">
+      <c r="A950" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B950" t="s">
+        <v>9</v>
+      </c>
+      <c r="C950" t="s">
+        <v>586</v>
+      </c>
+      <c r="D950" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E950" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F950" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>3523</v>
+      </c>
+      <c r="H950" t="s">
+        <v>3524</v>
+      </c>
+    </row>
+    <row r="951" spans="1:8">
+      <c r="A951" t="s">
+        <v>3525</v>
+      </c>
+      <c r="B951" t="s">
+        <v>9</v>
+      </c>
+      <c r="C951" t="s">
+        <v>590</v>
+      </c>
+      <c r="D951" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E951" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F951" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G951" s="1" t="s">
+        <v>3526</v>
+      </c>
+      <c r="H951" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="952" spans="1:8">
+      <c r="A952" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B952" t="s">
+        <v>9</v>
+      </c>
+      <c r="C952" t="s">
+        <v>594</v>
+      </c>
+      <c r="D952" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E952" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F952" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H952" t="s">
+        <v>3529</v>
+      </c>
+    </row>
+    <row r="953" spans="1:8">
+      <c r="A953" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B953" t="s">
+        <v>9</v>
+      </c>
+      <c r="C953" t="s">
+        <v>598</v>
+      </c>
+      <c r="D953" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E953" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F953" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H953" t="s">
+        <v>3531</v>
+      </c>
+    </row>
+    <row r="954" spans="1:8">
+      <c r="A954" t="s">
+        <v>3532</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>602</v>
+      </c>
+      <c r="D954" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E954" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F954" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H954" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="955" spans="1:8">
+      <c r="A955" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>606</v>
+      </c>
+      <c r="D955" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E955" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F955" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>3535</v>
+      </c>
+      <c r="H955" t="s">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="956" spans="1:8">
+      <c r="A956" t="s">
+        <v>3537</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>610</v>
+      </c>
+      <c r="D956" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E956" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F956" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="H956" t="s">
+        <v>3539</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>614</v>
+      </c>
+      <c r="D957" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E957" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F957" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="H957" t="s">
+        <v>3542</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>3543</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>618</v>
+      </c>
+      <c r="D958" t="s">
+        <v>3318</v>
+      </c>
+      <c r="E958" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F958" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="H958" t="s">
+        <v>3545</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>10</v>
+      </c>
+      <c r="D959" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E959" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F959" t="s">
+        <v>351</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>3549</v>
+      </c>
+      <c r="H959" t="s">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>3551</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>17</v>
+      </c>
+      <c r="D960" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E960" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F960" t="s">
+        <v>351</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>3552</v>
+      </c>
+      <c r="H960" t="s">
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>22</v>
+      </c>
+      <c r="D961" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E961" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F961" t="s">
+        <v>351</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>3555</v>
+      </c>
+      <c r="H961" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>27</v>
+      </c>
+      <c r="D962" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E962" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F962" t="s">
+        <v>351</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="H962" t="s">
+        <v>3559</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>3560</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>31</v>
+      </c>
+      <c r="D963" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E963" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F963" t="s">
+        <v>351</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="H963" t="s">
+        <v>3562</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>3563</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>35</v>
+      </c>
+      <c r="D964" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E964" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F964" t="s">
+        <v>351</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="H964" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="965" spans="1:8">
+      <c r="A965" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B965" t="s">
+        <v>9</v>
+      </c>
+      <c r="C965" t="s">
+        <v>39</v>
+      </c>
+      <c r="D965" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E965" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F965" t="s">
+        <v>351</v>
+      </c>
+      <c r="G965" s="1" t="s">
+        <v>3567</v>
+      </c>
+      <c r="H965" t="s">
+        <v>3568</v>
+      </c>
+    </row>
+    <row r="966" spans="1:8">
+      <c r="A966" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B966" t="s">
+        <v>9</v>
+      </c>
+      <c r="C966" t="s">
+        <v>43</v>
+      </c>
+      <c r="D966" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E966" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F966" t="s">
+        <v>351</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="H966" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="967" spans="1:8">
+      <c r="A967" t="s">
+        <v>3572</v>
+      </c>
+      <c r="B967" t="s">
+        <v>9</v>
+      </c>
+      <c r="C967" t="s">
+        <v>48</v>
+      </c>
+      <c r="D967" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E967" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F967" t="s">
+        <v>351</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="H967" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="968" spans="1:8">
+      <c r="A968" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B968" t="s">
+        <v>9</v>
+      </c>
+      <c r="C968" t="s">
+        <v>52</v>
+      </c>
+      <c r="D968" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E968" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F968" t="s">
+        <v>351</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="H968" t="s">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="969" spans="1:8">
+      <c r="A969" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B969" t="s">
+        <v>9</v>
+      </c>
+      <c r="C969" t="s">
+        <v>56</v>
+      </c>
+      <c r="D969" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E969" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F969" t="s">
+        <v>351</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="H969" t="s">
+        <v>3580</v>
+      </c>
+    </row>
+    <row r="970" spans="1:8">
+      <c r="A970" t="s">
+        <v>3581</v>
+      </c>
+      <c r="B970" t="s">
+        <v>9</v>
+      </c>
+      <c r="C970" t="s">
+        <v>61</v>
+      </c>
+      <c r="D970" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E970" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F970" t="s">
+        <v>351</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="H970" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="971" spans="1:8">
+      <c r="A971" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B971" t="s">
+        <v>9</v>
+      </c>
+      <c r="C971" t="s">
+        <v>65</v>
+      </c>
+      <c r="D971" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E971" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F971" t="s">
+        <v>351</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="H971" t="s">
+        <v>3586</v>
+      </c>
+    </row>
+    <row r="972" spans="1:8">
+      <c r="A972" t="s">
+        <v>3587</v>
+      </c>
+      <c r="B972" t="s">
+        <v>9</v>
+      </c>
+      <c r="C972" t="s">
+        <v>69</v>
+      </c>
+      <c r="D972" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E972" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F972" t="s">
+        <v>351</v>
+      </c>
+      <c r="G972" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="H972" t="s">
+        <v>3589</v>
+      </c>
+    </row>
+    <row r="973" spans="1:8">
+      <c r="A973" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B973" t="s">
+        <v>9</v>
+      </c>
+      <c r="C973" t="s">
+        <v>73</v>
+      </c>
+      <c r="D973" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E973" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F973" t="s">
+        <v>351</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>3591</v>
+      </c>
+      <c r="H973" t="s">
+        <v>3592</v>
+      </c>
+    </row>
+    <row r="974" spans="1:8">
+      <c r="A974" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B974" t="s">
+        <v>9</v>
+      </c>
+      <c r="C974" t="s">
+        <v>77</v>
+      </c>
+      <c r="D974" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E974" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F974" t="s">
+        <v>351</v>
+      </c>
+      <c r="G974" s="1" t="s">
+        <v>3594</v>
+      </c>
+      <c r="H974" t="s">
+        <v>3595</v>
+      </c>
+    </row>
+    <row r="975" spans="1:8">
+      <c r="A975" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B975" t="s">
+        <v>9</v>
+      </c>
+      <c r="C975" t="s">
+        <v>81</v>
+      </c>
+      <c r="D975" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E975" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F975" t="s">
+        <v>351</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>3597</v>
+      </c>
+      <c r="H975" t="s">
+        <v>3598</v>
+      </c>
+    </row>
+    <row r="976" spans="1:8">
+      <c r="A976" t="s">
+        <v>3599</v>
+      </c>
+      <c r="B976" t="s">
+        <v>9</v>
+      </c>
+      <c r="C976" t="s">
+        <v>85</v>
+      </c>
+      <c r="D976" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E976" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F976" t="s">
+        <v>351</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H976" t="s">
+        <v>3601</v>
+      </c>
+    </row>
+    <row r="977" spans="1:8">
+      <c r="A977" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B977" t="s">
+        <v>9</v>
+      </c>
+      <c r="C977" t="s">
+        <v>89</v>
+      </c>
+      <c r="D977" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E977" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F977" t="s">
+        <v>351</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>3603</v>
+      </c>
+      <c r="H977" t="s">
+        <v>3604</v>
+      </c>
+    </row>
+    <row r="978" spans="1:8">
+      <c r="A978" t="s">
+        <v>3605</v>
+      </c>
+      <c r="B978" t="s">
+        <v>9</v>
+      </c>
+      <c r="C978" t="s">
+        <v>93</v>
+      </c>
+      <c r="D978" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E978" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F978" t="s">
+        <v>351</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>3606</v>
+      </c>
+      <c r="H978" t="s">
+        <v>3607</v>
+      </c>
+    </row>
+    <row r="979" spans="1:8">
+      <c r="A979" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B979" t="s">
+        <v>9</v>
+      </c>
+      <c r="C979" t="s">
+        <v>101</v>
+      </c>
+      <c r="D979" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E979" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F979" t="s">
+        <v>351</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>3609</v>
+      </c>
+      <c r="H979" t="s">
+        <v>3610</v>
+      </c>
+    </row>
+    <row r="980" spans="1:8">
+      <c r="A980" t="s">
+        <v>3611</v>
+      </c>
+      <c r="B980" t="s">
+        <v>9</v>
+      </c>
+      <c r="C980" t="s">
+        <v>105</v>
+      </c>
+      <c r="D980" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E980" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F980" t="s">
+        <v>351</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="H980" t="s">
+        <v>3613</v>
+      </c>
+    </row>
+    <row r="981" spans="1:8">
+      <c r="A981" t="s">
+        <v>3614</v>
+      </c>
+      <c r="B981" t="s">
+        <v>9</v>
+      </c>
+      <c r="C981" t="s">
+        <v>109</v>
+      </c>
+      <c r="D981" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E981" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F981" t="s">
+        <v>351</v>
+      </c>
+      <c r="G981" s="1" t="s">
+        <v>3615</v>
+      </c>
+      <c r="H981" t="s">
+        <v>3616</v>
+      </c>
+    </row>
+    <row r="982" spans="1:8">
+      <c r="A982" t="s">
+        <v>3617</v>
+      </c>
+      <c r="B982" t="s">
+        <v>9</v>
+      </c>
+      <c r="C982" t="s">
+        <v>114</v>
+      </c>
+      <c r="D982" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E982" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F982" t="s">
+        <v>351</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>3618</v>
+      </c>
+      <c r="H982" t="s">
+        <v>3619</v>
+      </c>
+    </row>
+    <row r="983" spans="1:8">
+      <c r="A983" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B983" t="s">
+        <v>9</v>
+      </c>
+      <c r="C983" t="s">
+        <v>118</v>
+      </c>
+      <c r="D983" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E983" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F983" t="s">
+        <v>351</v>
+      </c>
+      <c r="G983" s="1" t="s">
+        <v>3621</v>
+      </c>
+      <c r="H983" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="984" spans="1:8">
+      <c r="A984" t="s">
+        <v>3623</v>
+      </c>
+      <c r="B984" t="s">
+        <v>9</v>
+      </c>
+      <c r="C984" t="s">
+        <v>122</v>
+      </c>
+      <c r="D984" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E984" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F984" t="s">
+        <v>351</v>
+      </c>
+      <c r="G984" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="H984" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="985" spans="1:8">
+      <c r="A985" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B985" t="s">
+        <v>9</v>
+      </c>
+      <c r="C985" t="s">
+        <v>126</v>
+      </c>
+      <c r="D985" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E985" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F985" t="s">
+        <v>351</v>
+      </c>
+      <c r="G985" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="H985" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="986" spans="1:8">
+      <c r="A986" t="s">
+        <v>3629</v>
+      </c>
+      <c r="B986" t="s">
+        <v>9</v>
+      </c>
+      <c r="C986" t="s">
+        <v>131</v>
+      </c>
+      <c r="D986" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E986" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F986" t="s">
+        <v>351</v>
+      </c>
+      <c r="G986" s="1" t="s">
+        <v>3630</v>
+      </c>
+      <c r="H986" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="987" spans="1:8">
+      <c r="A987" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B987" t="s">
+        <v>9</v>
+      </c>
+      <c r="C987" t="s">
+        <v>136</v>
+      </c>
+      <c r="D987" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E987" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F987" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G987" s="1" t="s">
+        <v>3633</v>
+      </c>
+      <c r="H987" t="s">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="988" spans="1:8">
+      <c r="A988" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B988" t="s">
+        <v>9</v>
+      </c>
+      <c r="C988" t="s">
+        <v>140</v>
+      </c>
+      <c r="D988" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E988" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F988" t="s">
+        <v>351</v>
+      </c>
+      <c r="G988" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="H988" t="s">
+        <v>3636</v>
+      </c>
+    </row>
+    <row r="989" spans="1:8">
+      <c r="A989" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B989" t="s">
+        <v>9</v>
+      </c>
+      <c r="C989" t="s">
+        <v>144</v>
+      </c>
+      <c r="D989" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E989" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F989" t="s">
+        <v>351</v>
+      </c>
+      <c r="G989" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="H989" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="990" spans="1:8">
+      <c r="A990" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B990" t="s">
+        <v>9</v>
+      </c>
+      <c r="C990" t="s">
+        <v>148</v>
+      </c>
+      <c r="D990" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E990" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F990" t="s">
+        <v>351</v>
+      </c>
+      <c r="G990" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="H990" t="s">
+        <v>3642</v>
+      </c>
+    </row>
+    <row r="991" spans="1:8">
+      <c r="A991" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B991" t="s">
+        <v>9</v>
+      </c>
+      <c r="C991" t="s">
+        <v>152</v>
+      </c>
+      <c r="D991" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E991" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F991" t="s">
+        <v>351</v>
+      </c>
+      <c r="G991" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H991" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="992" spans="1:8">
+      <c r="A992" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B992" t="s">
+        <v>9</v>
+      </c>
+      <c r="C992" t="s">
+        <v>156</v>
+      </c>
+      <c r="D992" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E992" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F992" t="s">
+        <v>351</v>
+      </c>
+      <c r="G992" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="H992" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="993" spans="1:8">
+      <c r="A993" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B993" t="s">
+        <v>9</v>
+      </c>
+      <c r="C993" t="s">
+        <v>160</v>
+      </c>
+      <c r="D993" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E993" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F993" t="s">
+        <v>351</v>
+      </c>
+      <c r="G993" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="H993" t="s">
+        <v>3651</v>
+      </c>
+    </row>
+    <row r="994" spans="1:8">
+      <c r="A994" t="s">
+        <v>3652</v>
+      </c>
+      <c r="B994" t="s">
+        <v>9</v>
+      </c>
+      <c r="C994" t="s">
+        <v>164</v>
+      </c>
+      <c r="D994" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E994" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F994" t="s">
+        <v>351</v>
+      </c>
+      <c r="G994" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="H994" t="s">
+        <v>3654</v>
+      </c>
+    </row>
+    <row r="995" spans="1:8">
+      <c r="A995" t="s">
+        <v>3655</v>
+      </c>
+      <c r="B995" t="s">
+        <v>9</v>
+      </c>
+      <c r="C995" t="s">
+        <v>168</v>
+      </c>
+      <c r="D995" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E995" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F995" t="s">
+        <v>351</v>
+      </c>
+      <c r="G995" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="H995" t="s">
+        <v>3657</v>
+      </c>
+    </row>
+    <row r="996" spans="1:8">
+      <c r="A996" t="s">
+        <v>3658</v>
+      </c>
+      <c r="B996" t="s">
+        <v>9</v>
+      </c>
+      <c r="C996" t="s">
+        <v>173</v>
+      </c>
+      <c r="D996" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E996" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F996" t="s">
+        <v>351</v>
+      </c>
+      <c r="G996" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="H996" t="s">
+        <v>3660</v>
+      </c>
+    </row>
+    <row r="997" spans="1:8">
+      <c r="A997" t="s">
+        <v>3661</v>
+      </c>
+      <c r="B997" t="s">
+        <v>9</v>
+      </c>
+      <c r="C997" t="s">
+        <v>177</v>
+      </c>
+      <c r="D997" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E997" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F997" t="s">
+        <v>351</v>
+      </c>
+      <c r="G997" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="H997" t="s">
+        <v>3663</v>
+      </c>
+    </row>
+    <row r="998" spans="1:8">
+      <c r="A998" t="s">
+        <v>3664</v>
+      </c>
+      <c r="B998" t="s">
+        <v>9</v>
+      </c>
+      <c r="C998" t="s">
+        <v>181</v>
+      </c>
+      <c r="D998" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E998" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F998" t="s">
+        <v>351</v>
+      </c>
+      <c r="G998" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="H998" t="s">
+        <v>3666</v>
+      </c>
+    </row>
+    <row r="999" spans="1:8">
+      <c r="A999" t="s">
+        <v>3667</v>
+      </c>
+      <c r="B999" t="s">
+        <v>9</v>
+      </c>
+      <c r="C999" t="s">
+        <v>186</v>
+      </c>
+      <c r="D999" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E999" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F999" t="s">
+        <v>351</v>
+      </c>
+      <c r="G999" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="H999" t="s">
+        <v>3669</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:8">
+      <c r="A1000" t="s">
+        <v>3670</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>191</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E1000" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>351</v>
+      </c>
+      <c r="G1000" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="H1000" t="s">
+        <v>3672</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:8">
+      <c r="A1001" t="s">
+        <v>3673</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1001" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1001" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="H1001" t="s">
+        <v>3678</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:8">
+      <c r="A1002" t="s">
+        <v>3679</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1002" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="H1002" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:8">
+      <c r="A1003" t="s">
+        <v>3682</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1003" s="1" t="s">
+        <v>3683</v>
+      </c>
+      <c r="H1003" t="s">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:8">
+      <c r="A1004" t="s">
+        <v>3685</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>27</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1004" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="H1004" t="s">
+        <v>3687</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:8">
+      <c r="A1005" t="s">
+        <v>3688</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1005" s="1" t="s">
+        <v>3689</v>
+      </c>
+      <c r="H1005" t="s">
+        <v>3690</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:8">
+      <c r="A1006" t="s">
+        <v>3691</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="H1006" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:8">
+      <c r="A1007" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1007" s="1" t="s">
+        <v>3695</v>
+      </c>
+      <c r="H1007" t="s">
+        <v>3696</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:8">
+      <c r="A1008" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1008" s="1" t="s">
+        <v>3698</v>
+      </c>
+      <c r="H1008" t="s">
+        <v>3699</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:8">
+      <c r="A1009" t="s">
+        <v>3700</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1009" s="1" t="s">
+        <v>3701</v>
+      </c>
+      <c r="H1009" t="s">
+        <v>3702</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:8">
+      <c r="A1010" t="s">
+        <v>3703</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1010" s="1" t="s">
+        <v>3704</v>
+      </c>
+      <c r="H1010" t="s">
+        <v>3705</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:8">
+      <c r="A1011" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>56</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1011" s="1" t="s">
+        <v>3707</v>
+      </c>
+      <c r="H1011" t="s">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:8">
+      <c r="A1012" t="s">
+        <v>3709</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1012" s="1" t="s">
+        <v>3710</v>
+      </c>
+      <c r="H1012" t="s">
+        <v>3711</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:8">
+      <c r="A1013" t="s">
+        <v>3712</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>65</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1013" s="1" t="s">
+        <v>3713</v>
+      </c>
+      <c r="H1013" t="s">
+        <v>3714</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:8">
+      <c r="A1014" t="s">
+        <v>3715</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>69</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1014" s="1" t="s">
+        <v>3716</v>
+      </c>
+      <c r="H1014" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:8">
+      <c r="A1015" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>73</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1015" s="1" t="s">
+        <v>3719</v>
+      </c>
+      <c r="H1015" t="s">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:8">
+      <c r="A1016" t="s">
+        <v>3721</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>77</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1016" s="1" t="s">
+        <v>3722</v>
+      </c>
+      <c r="H1016" t="s">
+        <v>3723</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:8">
+      <c r="A1017" t="s">
+        <v>3724</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1017" s="1" t="s">
+        <v>3725</v>
+      </c>
+      <c r="H1017" t="s">
+        <v>3726</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:8">
+      <c r="A1018" t="s">
+        <v>3727</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>85</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1018" s="1" t="s">
+        <v>3728</v>
+      </c>
+      <c r="H1018" t="s">
+        <v>3729</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:8">
+      <c r="A1019" t="s">
+        <v>3730</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>89</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1019" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H1019" t="s">
+        <v>3731</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:8">
+      <c r="A1020" t="s">
+        <v>3732</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1020" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="H1020" t="s">
+        <v>3734</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:8">
+      <c r="A1021" t="s">
+        <v>3735</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>97</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1021" s="1" t="s">
+        <v>3736</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>3737</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:8">
+      <c r="A1022" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>101</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1022" s="1" t="s">
+        <v>3739</v>
+      </c>
+      <c r="H1022" t="s">
+        <v>3740</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:8">
+      <c r="A1023" t="s">
+        <v>3741</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>105</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1023" s="1" t="s">
+        <v>3742</v>
+      </c>
+      <c r="H1023" t="s">
+        <v>3743</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:8">
+      <c r="A1024" t="s">
+        <v>3744</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1024" s="1" t="s">
+        <v>3745</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>3746</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:8">
+      <c r="A1025" t="s">
+        <v>3747</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>114</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1025" s="1" t="s">
+        <v>3748</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>3749</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:8">
+      <c r="A1026" t="s">
+        <v>3750</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>118</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1026" s="1" t="s">
+        <v>3751</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>3752</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:8">
+      <c r="A1027" t="s">
+        <v>3753</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>122</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1027" s="1" t="s">
+        <v>3754</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:8">
+      <c r="A1028" t="s">
+        <v>3756</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>126</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1028" s="1" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>3758</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:8">
+      <c r="A1029" t="s">
+        <v>3759</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>131</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1029" s="1" t="s">
+        <v>3760</v>
+      </c>
+      <c r="H1029" t="s">
+        <v>3761</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:8">
+      <c r="A1030" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>136</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1030" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>3764</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:8">
+      <c r="A1031" t="s">
+        <v>3765</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>140</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1031" s="1" t="s">
+        <v>3766</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>3767</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:8">
+      <c r="A1032" t="s">
+        <v>3768</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>144</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G1032" s="1" t="s">
+        <v>3769</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>3770</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:8">
+      <c r="A1033" t="s">
+        <v>3771</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1033" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>3776</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:8">
+      <c r="A1034" t="s">
+        <v>3777</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1034" s="1" t="s">
+        <v>3778</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>3779</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:8">
+      <c r="A1035" t="s">
+        <v>3780</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1035" s="1" t="s">
+        <v>3781</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>3782</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:8">
+      <c r="A1036" t="s">
+        <v>3783</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>27</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1036" s="1" t="s">
+        <v>3784</v>
+      </c>
+      <c r="H1036" t="s">
+        <v>3785</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:8">
+      <c r="A1037" t="s">
+        <v>3786</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1037" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>3788</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:8">
+      <c r="A1038" t="s">
+        <v>3789</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1038" s="1" t="s">
+        <v>3790</v>
+      </c>
+      <c r="H1038" t="s">
+        <v>3791</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:8">
+      <c r="A1039" t="s">
+        <v>3792</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1039" s="1" t="s">
+        <v>3793</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>3794</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:8">
+      <c r="A1040" t="s">
+        <v>3795</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1040" s="1" t="s">
+        <v>3796</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:8">
+      <c r="A1041" t="s">
+        <v>3798</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1041" s="1" t="s">
+        <v>3799</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:8">
+      <c r="A1042" t="s">
+        <v>3801</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1042" s="1" t="s">
+        <v>3802</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>3803</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:8">
+      <c r="A1043" t="s">
+        <v>3804</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>56</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1043" s="1" t="s">
+        <v>3805</v>
+      </c>
+      <c r="H1043" t="s">
+        <v>3806</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:8">
+      <c r="A1044" t="s">
+        <v>3807</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1044" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1044" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1044" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1044" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1044" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="H1044" t="s">
+        <v>3809</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:8">
+      <c r="A1045" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>65</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1045" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1045" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1045" s="1" t="s">
+        <v>3811</v>
+      </c>
+      <c r="H1045" t="s">
+        <v>3812</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:8">
+      <c r="A1046" t="s">
+        <v>3813</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>69</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1046" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1046" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1046" s="1" t="s">
+        <v>3814</v>
+      </c>
+      <c r="H1046" t="s">
+        <v>3815</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:8">
+      <c r="A1047" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>73</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1047" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G1047" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="H1047" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:8">
+      <c r="A1048" t="s">
+        <v>3819</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>3820</v>
+      </c>
+      <c r="E1048" t="s">
+        <v>3821</v>
+      </c>
+      <c r="F1048" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1048" s="1" t="s">
+        <v>3822</v>
+      </c>
+      <c r="H1048" t="s">
+        <v>3823</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:8">
+      <c r="A1049" t="s">
+        <v>3824</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>3820</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>3821</v>
+      </c>
+      <c r="F1049" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1049" s="1" t="s">
+        <v>3825</v>
+      </c>
+      <c r="H1049" t="s">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:8">
+      <c r="A1050" t="s">
+        <v>3827</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>3820</v>
+      </c>
+      <c r="E1050" t="s">
+        <v>3821</v>
+      </c>
+      <c r="F1050" t="s">
+        <v>344</v>
+      </c>
+      <c r="G1050" s="1" t="s">
+        <v>3828</v>
+      </c>
+      <c r="H1050" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:8">
+      <c r="A1051" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1051" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1051" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1051" s="1" t="s">
+        <v>3833</v>
+      </c>
+      <c r="H1051" t="s">
+        <v>3834</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:8">
+      <c r="A1052" t="s">
+        <v>3835</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1052" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1052" t="s">
+        <v>351</v>
+      </c>
+      <c r="G1052" s="1" t="s">
+        <v>3836</v>
+      </c>
+      <c r="H1052" t="s">
+        <v>3837</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:8">
+      <c r="A1053" t="s">
+        <v>3838</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1053" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1053" t="s">
+        <v>351</v>
+      </c>
+      <c r="G1053" s="1" t="s">
+        <v>3839</v>
+      </c>
+      <c r="H1053" t="s">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:8">
+      <c r="A1054" t="s">
+        <v>3841</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1054" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1054" t="s">
+        <v>3842</v>
+      </c>
+      <c r="E1054" t="s">
+        <v>3843</v>
+      </c>
+      <c r="G1054" s="1" t="s">
+        <v>3844</v>
+      </c>
+      <c r="H1054" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:8">
+      <c r="A1055" t="s">
+        <v>3846</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1055" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1055" t="s">
+        <v>3847</v>
+      </c>
+      <c r="E1055" t="s">
+        <v>3848</v>
+      </c>
+      <c r="F1055" t="s">
         <v>44</v>
       </c>
-      <c r="G844" s="1" t="s">
-[...3 lines deleted...]
-        <v>3117</v>
+      <c r="G1055" s="1" t="s">
+        <v>3849</v>
+      </c>
+      <c r="H1055" t="s">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:8">
+      <c r="A1056" t="s">
+        <v>3851</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1056" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1056" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1056" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1056" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1056" s="1" t="s">
+        <v>3854</v>
+      </c>
+      <c r="H1056" t="s">
+        <v>3855</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:8">
+      <c r="A1057" t="s">
+        <v>3856</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1057" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1057" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1057" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1057" t="s">
+        <v>578</v>
+      </c>
+      <c r="G1057" s="1" t="s">
+        <v>3857</v>
+      </c>
+      <c r="H1057" t="s">
+        <v>3858</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:8">
+      <c r="A1058" t="s">
+        <v>3859</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1058" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1058" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1058" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1058" t="s">
+        <v>57</v>
+      </c>
+      <c r="G1058" s="1" t="s">
+        <v>3860</v>
+      </c>
+      <c r="H1058" t="s">
+        <v>3861</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:8">
+      <c r="A1059" t="s">
+        <v>3862</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>27</v>
+      </c>
+      <c r="D1059" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1059" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1059" t="s">
+        <v>132</v>
+      </c>
+      <c r="G1059" s="1" t="s">
+        <v>3863</v>
+      </c>
+      <c r="H1059" t="s">
+        <v>3864</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:8">
+      <c r="A1060" t="s">
+        <v>3865</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1060" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1060" t="s">
+        <v>44</v>
+      </c>
+      <c r="G1060" s="1" t="s">
+        <v>3866</v>
+      </c>
+      <c r="H1060" t="s">
+        <v>3867</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:8">
+      <c r="A1061" t="s">
+        <v>3868</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1061" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1061" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1061" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1061" t="s">
+        <v>268</v>
+      </c>
+      <c r="G1061" s="1" t="s">
+        <v>3869</v>
+      </c>
+      <c r="H1061" t="s">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:8">
+      <c r="A1062" t="s">
+        <v>3871</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1062" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1062" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1062" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1062" t="s">
+        <v>329</v>
+      </c>
+      <c r="G1062" s="1" t="s">
+        <v>3872</v>
+      </c>
+      <c r="H1062" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:8">
+      <c r="A1063" t="s">
+        <v>3874</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1063" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1063" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1063" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1063" t="s">
+        <v>182</v>
+      </c>
+      <c r="G1063" s="1" t="s">
+        <v>3875</v>
+      </c>
+      <c r="H1063" t="s">
+        <v>3876</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:8">
+      <c r="A1064" t="s">
+        <v>3877</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1064" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1064" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1064" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1064" s="1" t="s">
+        <v>3878</v>
+      </c>
+      <c r="H1064" t="s">
+        <v>3879</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:8">
+      <c r="A1065" t="s">
+        <v>3880</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1065" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1065" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1065" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1065" t="s">
+        <v>3881</v>
+      </c>
+      <c r="G1065" s="1" t="s">
+        <v>3882</v>
+      </c>
+      <c r="H1065" t="s">
+        <v>3883</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:8">
+      <c r="A1066" t="s">
+        <v>3884</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>56</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1066" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1066" t="s">
+        <v>3885</v>
+      </c>
+      <c r="G1066" s="1" t="s">
+        <v>3886</v>
+      </c>
+      <c r="H1066" t="s">
+        <v>3887</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:8">
+      <c r="A1067" t="s">
+        <v>3888</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1067" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1067" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1067" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1067" t="s">
+        <v>3889</v>
+      </c>
+      <c r="G1067" s="1" t="s">
+        <v>3890</v>
+      </c>
+      <c r="H1067" t="s">
+        <v>3891</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:8">
+      <c r="A1068" t="s">
+        <v>3892</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1068" t="s">
+        <v>65</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>3852</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>3853</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>3893</v>
+      </c>
+      <c r="G1068" s="1" t="s">
+        <v>3894</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>3895</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -32640,50 +40827,274 @@
     <hyperlink ref="G820" r:id="rId819"/>
     <hyperlink ref="G821" r:id="rId820"/>
     <hyperlink ref="G822" r:id="rId821"/>
     <hyperlink ref="G823" r:id="rId822"/>
     <hyperlink ref="G824" r:id="rId823"/>
     <hyperlink ref="G825" r:id="rId824"/>
     <hyperlink ref="G826" r:id="rId825"/>
     <hyperlink ref="G827" r:id="rId826"/>
     <hyperlink ref="G828" r:id="rId827"/>
     <hyperlink ref="G829" r:id="rId828"/>
     <hyperlink ref="G830" r:id="rId829"/>
     <hyperlink ref="G831" r:id="rId830"/>
     <hyperlink ref="G832" r:id="rId831"/>
     <hyperlink ref="G833" r:id="rId832"/>
     <hyperlink ref="G834" r:id="rId833"/>
     <hyperlink ref="G835" r:id="rId834"/>
     <hyperlink ref="G836" r:id="rId835"/>
     <hyperlink ref="G837" r:id="rId836"/>
     <hyperlink ref="G838" r:id="rId837"/>
     <hyperlink ref="G839" r:id="rId838"/>
     <hyperlink ref="G840" r:id="rId839"/>
     <hyperlink ref="G841" r:id="rId840"/>
     <hyperlink ref="G842" r:id="rId841"/>
     <hyperlink ref="G843" r:id="rId842"/>
     <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
+    <hyperlink ref="G882" r:id="rId881"/>
+    <hyperlink ref="G883" r:id="rId882"/>
+    <hyperlink ref="G884" r:id="rId883"/>
+    <hyperlink ref="G885" r:id="rId884"/>
+    <hyperlink ref="G886" r:id="rId885"/>
+    <hyperlink ref="G887" r:id="rId886"/>
+    <hyperlink ref="G888" r:id="rId887"/>
+    <hyperlink ref="G889" r:id="rId888"/>
+    <hyperlink ref="G890" r:id="rId889"/>
+    <hyperlink ref="G891" r:id="rId890"/>
+    <hyperlink ref="G892" r:id="rId891"/>
+    <hyperlink ref="G893" r:id="rId892"/>
+    <hyperlink ref="G894" r:id="rId893"/>
+    <hyperlink ref="G895" r:id="rId894"/>
+    <hyperlink ref="G896" r:id="rId895"/>
+    <hyperlink ref="G897" r:id="rId896"/>
+    <hyperlink ref="G898" r:id="rId897"/>
+    <hyperlink ref="G899" r:id="rId898"/>
+    <hyperlink ref="G900" r:id="rId899"/>
+    <hyperlink ref="G901" r:id="rId900"/>
+    <hyperlink ref="G902" r:id="rId901"/>
+    <hyperlink ref="G903" r:id="rId902"/>
+    <hyperlink ref="G904" r:id="rId903"/>
+    <hyperlink ref="G905" r:id="rId904"/>
+    <hyperlink ref="G906" r:id="rId905"/>
+    <hyperlink ref="G907" r:id="rId906"/>
+    <hyperlink ref="G908" r:id="rId907"/>
+    <hyperlink ref="G909" r:id="rId908"/>
+    <hyperlink ref="G910" r:id="rId909"/>
+    <hyperlink ref="G911" r:id="rId910"/>
+    <hyperlink ref="G912" r:id="rId911"/>
+    <hyperlink ref="G913" r:id="rId912"/>
+    <hyperlink ref="G914" r:id="rId913"/>
+    <hyperlink ref="G915" r:id="rId914"/>
+    <hyperlink ref="G916" r:id="rId915"/>
+    <hyperlink ref="G917" r:id="rId916"/>
+    <hyperlink ref="G918" r:id="rId917"/>
+    <hyperlink ref="G919" r:id="rId918"/>
+    <hyperlink ref="G920" r:id="rId919"/>
+    <hyperlink ref="G921" r:id="rId920"/>
+    <hyperlink ref="G922" r:id="rId921"/>
+    <hyperlink ref="G923" r:id="rId922"/>
+    <hyperlink ref="G924" r:id="rId923"/>
+    <hyperlink ref="G925" r:id="rId924"/>
+    <hyperlink ref="G926" r:id="rId925"/>
+    <hyperlink ref="G927" r:id="rId926"/>
+    <hyperlink ref="G928" r:id="rId927"/>
+    <hyperlink ref="G929" r:id="rId928"/>
+    <hyperlink ref="G930" r:id="rId929"/>
+    <hyperlink ref="G931" r:id="rId930"/>
+    <hyperlink ref="G932" r:id="rId931"/>
+    <hyperlink ref="G933" r:id="rId932"/>
+    <hyperlink ref="G934" r:id="rId933"/>
+    <hyperlink ref="G935" r:id="rId934"/>
+    <hyperlink ref="G936" r:id="rId935"/>
+    <hyperlink ref="G937" r:id="rId936"/>
+    <hyperlink ref="G938" r:id="rId937"/>
+    <hyperlink ref="G939" r:id="rId938"/>
+    <hyperlink ref="G940" r:id="rId939"/>
+    <hyperlink ref="G941" r:id="rId940"/>
+    <hyperlink ref="G942" r:id="rId941"/>
+    <hyperlink ref="G943" r:id="rId942"/>
+    <hyperlink ref="G944" r:id="rId943"/>
+    <hyperlink ref="G945" r:id="rId944"/>
+    <hyperlink ref="G946" r:id="rId945"/>
+    <hyperlink ref="G947" r:id="rId946"/>
+    <hyperlink ref="G948" r:id="rId947"/>
+    <hyperlink ref="G949" r:id="rId948"/>
+    <hyperlink ref="G950" r:id="rId949"/>
+    <hyperlink ref="G951" r:id="rId950"/>
+    <hyperlink ref="G952" r:id="rId951"/>
+    <hyperlink ref="G953" r:id="rId952"/>
+    <hyperlink ref="G954" r:id="rId953"/>
+    <hyperlink ref="G955" r:id="rId954"/>
+    <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
+    <hyperlink ref="G965" r:id="rId964"/>
+    <hyperlink ref="G966" r:id="rId965"/>
+    <hyperlink ref="G967" r:id="rId966"/>
+    <hyperlink ref="G968" r:id="rId967"/>
+    <hyperlink ref="G969" r:id="rId968"/>
+    <hyperlink ref="G970" r:id="rId969"/>
+    <hyperlink ref="G971" r:id="rId970"/>
+    <hyperlink ref="G972" r:id="rId971"/>
+    <hyperlink ref="G973" r:id="rId972"/>
+    <hyperlink ref="G974" r:id="rId973"/>
+    <hyperlink ref="G975" r:id="rId974"/>
+    <hyperlink ref="G976" r:id="rId975"/>
+    <hyperlink ref="G977" r:id="rId976"/>
+    <hyperlink ref="G978" r:id="rId977"/>
+    <hyperlink ref="G979" r:id="rId978"/>
+    <hyperlink ref="G980" r:id="rId979"/>
+    <hyperlink ref="G981" r:id="rId980"/>
+    <hyperlink ref="G982" r:id="rId981"/>
+    <hyperlink ref="G983" r:id="rId982"/>
+    <hyperlink ref="G984" r:id="rId983"/>
+    <hyperlink ref="G985" r:id="rId984"/>
+    <hyperlink ref="G986" r:id="rId985"/>
+    <hyperlink ref="G987" r:id="rId986"/>
+    <hyperlink ref="G988" r:id="rId987"/>
+    <hyperlink ref="G989" r:id="rId988"/>
+    <hyperlink ref="G990" r:id="rId989"/>
+    <hyperlink ref="G991" r:id="rId990"/>
+    <hyperlink ref="G992" r:id="rId991"/>
+    <hyperlink ref="G993" r:id="rId992"/>
+    <hyperlink ref="G994" r:id="rId993"/>
+    <hyperlink ref="G995" r:id="rId994"/>
+    <hyperlink ref="G996" r:id="rId995"/>
+    <hyperlink ref="G997" r:id="rId996"/>
+    <hyperlink ref="G998" r:id="rId997"/>
+    <hyperlink ref="G999" r:id="rId998"/>
+    <hyperlink ref="G1000" r:id="rId999"/>
+    <hyperlink ref="G1001" r:id="rId1000"/>
+    <hyperlink ref="G1002" r:id="rId1001"/>
+    <hyperlink ref="G1003" r:id="rId1002"/>
+    <hyperlink ref="G1004" r:id="rId1003"/>
+    <hyperlink ref="G1005" r:id="rId1004"/>
+    <hyperlink ref="G1006" r:id="rId1005"/>
+    <hyperlink ref="G1007" r:id="rId1006"/>
+    <hyperlink ref="G1008" r:id="rId1007"/>
+    <hyperlink ref="G1009" r:id="rId1008"/>
+    <hyperlink ref="G1010" r:id="rId1009"/>
+    <hyperlink ref="G1011" r:id="rId1010"/>
+    <hyperlink ref="G1012" r:id="rId1011"/>
+    <hyperlink ref="G1013" r:id="rId1012"/>
+    <hyperlink ref="G1014" r:id="rId1013"/>
+    <hyperlink ref="G1015" r:id="rId1014"/>
+    <hyperlink ref="G1016" r:id="rId1015"/>
+    <hyperlink ref="G1017" r:id="rId1016"/>
+    <hyperlink ref="G1018" r:id="rId1017"/>
+    <hyperlink ref="G1019" r:id="rId1018"/>
+    <hyperlink ref="G1020" r:id="rId1019"/>
+    <hyperlink ref="G1021" r:id="rId1020"/>
+    <hyperlink ref="G1022" r:id="rId1021"/>
+    <hyperlink ref="G1023" r:id="rId1022"/>
+    <hyperlink ref="G1024" r:id="rId1023"/>
+    <hyperlink ref="G1025" r:id="rId1024"/>
+    <hyperlink ref="G1026" r:id="rId1025"/>
+    <hyperlink ref="G1027" r:id="rId1026"/>
+    <hyperlink ref="G1028" r:id="rId1027"/>
+    <hyperlink ref="G1029" r:id="rId1028"/>
+    <hyperlink ref="G1030" r:id="rId1029"/>
+    <hyperlink ref="G1031" r:id="rId1030"/>
+    <hyperlink ref="G1032" r:id="rId1031"/>
+    <hyperlink ref="G1033" r:id="rId1032"/>
+    <hyperlink ref="G1034" r:id="rId1033"/>
+    <hyperlink ref="G1035" r:id="rId1034"/>
+    <hyperlink ref="G1036" r:id="rId1035"/>
+    <hyperlink ref="G1037" r:id="rId1036"/>
+    <hyperlink ref="G1038" r:id="rId1037"/>
+    <hyperlink ref="G1039" r:id="rId1038"/>
+    <hyperlink ref="G1040" r:id="rId1039"/>
+    <hyperlink ref="G1041" r:id="rId1040"/>
+    <hyperlink ref="G1042" r:id="rId1041"/>
+    <hyperlink ref="G1043" r:id="rId1042"/>
+    <hyperlink ref="G1044" r:id="rId1043"/>
+    <hyperlink ref="G1045" r:id="rId1044"/>
+    <hyperlink ref="G1046" r:id="rId1045"/>
+    <hyperlink ref="G1047" r:id="rId1046"/>
+    <hyperlink ref="G1048" r:id="rId1047"/>
+    <hyperlink ref="G1049" r:id="rId1048"/>
+    <hyperlink ref="G1050" r:id="rId1049"/>
+    <hyperlink ref="G1051" r:id="rId1050"/>
+    <hyperlink ref="G1052" r:id="rId1051"/>
+    <hyperlink ref="G1053" r:id="rId1052"/>
+    <hyperlink ref="G1054" r:id="rId1053"/>
+    <hyperlink ref="G1055" r:id="rId1054"/>
+    <hyperlink ref="G1056" r:id="rId1055"/>
+    <hyperlink ref="G1057" r:id="rId1056"/>
+    <hyperlink ref="G1058" r:id="rId1057"/>
+    <hyperlink ref="G1059" r:id="rId1058"/>
+    <hyperlink ref="G1060" r:id="rId1059"/>
+    <hyperlink ref="G1061" r:id="rId1060"/>
+    <hyperlink ref="G1062" r:id="rId1061"/>
+    <hyperlink ref="G1063" r:id="rId1062"/>
+    <hyperlink ref="G1064" r:id="rId1063"/>
+    <hyperlink ref="G1065" r:id="rId1064"/>
+    <hyperlink ref="G1066" r:id="rId1065"/>
+    <hyperlink ref="G1067" r:id="rId1066"/>
+    <hyperlink ref="G1068" r:id="rId1067"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>