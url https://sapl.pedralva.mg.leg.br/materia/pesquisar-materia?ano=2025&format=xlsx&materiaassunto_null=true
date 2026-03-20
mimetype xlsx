--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -10,7669 +10,7702 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8543" uniqueCount="3896">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8870" uniqueCount="4042">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3688/01_-_projeto_de_lei_no_01-2025_-_reajuste_funcionarios_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3688/01_-_projeto_de_lei_no_01-2025_-_reajuste_funcionarios_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Alexandre Jhonatan de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3689/02_-_projeto_de_lei_no_02-2025_-_fornecimento_de_materiais_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3689/02_-_projeto_de_lei_no_02-2025_-_fornecimento_de_materiais_escolar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento gratuito de material escolar a estudantes de famílias em situação de vulnerabilidade social e dá outras providências.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Joel Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3690/03_-_projeto_de_lei_no_03-2025_-_reajuste_funcionarios_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3690/03_-_projeto_de_lei_no_03-2025_-_reajuste_funcionarios_prefeitura.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos Servidores Públicos Municipais e dá outra providências.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3735/04_-_projeto_de_lei_no_04-2025_-_prevencao_e_combate_moscas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3735/04_-_projeto_de_lei_no_04-2025_-_prevencao_e_combate_moscas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e combate ao excesso de moscas no Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3789/05_-_projeto_de_lei_no_05-2025_-_subvencao_entidades.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3789/05_-_projeto_de_lei_no_05-2025_-_subvencao_entidades.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social às entidades para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3790/06_-_projeto_de_lei_no_06-2025_-_contribuicao_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3790/06_-_projeto_de_lei_no_06-2025_-_contribuicao_sampe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3791/07_-_projeto_de_lei_no_07-2025_-_revoga_paragrafo_unico_-_art._7_-_lei_1679-2016.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3791/07_-_projeto_de_lei_no_07-2025_-_revoga_paragrafo_unico_-_art._7_-_lei_1679-2016.pdf</t>
   </si>
   <si>
     <t>Revoga o parágrafo único do art. 7º da Lei nº 1.679/16, de 20 de outubro de 2016.</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3851/08_-_projeto_de_lei_no_08-2025_-_nome_de_rua_-_benedito_alves_magalhaes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3851/08_-_projeto_de_lei_no_08-2025_-_nome_de_rua_-_benedito_alves_magalhaes.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Benedito Alves Magalhães.</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3852/09_-_projeto_de_lei_no_09-2025_-_nome_de_rua_-_maria_ines_bustamante_braga.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3852/09_-_projeto_de_lei_no_09-2025_-_nome_de_rua_-_maria_ines_bustamante_braga.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal -Rua Maria Inês Bustamante Braga.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3853/10_-_projeto_de_lei_no_010-2025_-_nome_de_rua_-_joaquim_ribeiro_braga.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3853/10_-_projeto_de_lei_no_010-2025_-_nome_de_rua_-_joaquim_ribeiro_braga.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Joaquim Ribeiro Braga.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>David Moisés Veloso</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3854/11_-_projeto_de_lei_no_011-2025_-_atendimento_prioridade_no_atendimento_pacientes_hemodialise.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3854/11_-_projeto_de_lei_no_011-2025_-_atendimento_prioridade_no_atendimento_pacientes_hemodialise.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade no atendimento para pacientes de hemodiálise e dá outras providências.</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3917/12_-_projeto_de_lei_no_012-2025_-_credito_especial_491.71408_-_servicos_de_media_e_alta_complexidade_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3917/12_-_projeto_de_lei_no_012-2025_-_credito_especial_491.71408_-_servicos_de_media_e_alta_complexidade_saude.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito adicional especial, no valor de R$ 491.714,08, e dá outras providências.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3918/13_-_projeto_de_lei_no_013-2025_-_credito_especial_61.200_-_rateio_consorcio_publico_-_cimasp.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3918/13_-_projeto_de_lei_no_013-2025_-_credito_especial_61.200_-_rateio_consorcio_publico_-_cimasp.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito adicional especial, no valor de R$ 61.200,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3957/14_-_projeto_de_lei_no_014-2025_-_credito_suplementar_474.91325_-_indenizacoes_-_sentenc_judic_contribuicoes_ent_portad_deficienc.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3957/14_-_projeto_de_lei_no_014-2025_-_credito_suplementar_474.91325_-_indenizacoes_-_sentenc_judic_contribuicoes_ent_portad_deficienc.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito adicional suplementar, no valor de R$ 474.913,28, e dá outras providências.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3997/15_-_projeto_de_lei_no_015-2025_-_estagiario_pos-graduacao_executivo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3997/15_-_projeto_de_lei_no_015-2025_-_estagiario_pos-graduacao_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar estagiários de pós-graduação e dá outras providências.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3998/16_-_projeto_de_lei_no_016-2025_-_revoga_lei_1676-2016_chacaras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3998/16_-_projeto_de_lei_no_016-2025_-_revoga_lei_1676-2016_chacaras.pdf</t>
   </si>
   <si>
     <t>Revoga a lei nº 1.676/16, que dispõe sobre a instituição de loteamento para formação de sítios ou chácaras de recreio e dá outras providências.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3999/17_-_projeto_de_lei_no_017-2025_-_ldo_2025-2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3999/17_-_projeto_de_lei_no_017-2025_-_ldo_2025-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração de lei orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4000/18_-_projeto_de_lei_no_018-2025_-_tranferir_recursos_-_hospital_gimirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4000/18_-_projeto_de_lei_no_018-2025_-_tranferir_recursos_-_hospital_gimirim.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a transferir recursos financeiros através da celebração de termo de colaboração, à entidade sem fins lucrativos "Hospital de GIMIRIM", nos termos da Lei Federal nº 13.019/2014, alterada pela Lei Federal nº 13.204/2015 C.C. a Lei Federal nº 4.320/1964 e a Lei Federal Complementar nº 101/2000, e dá outras providências.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4001/19_-_projeto_de_lei_no_019-2025_-_credito_suplementar_295.100_-_departamento_agropecuario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4001/19_-_projeto_de_lei_no_019-2025_-_credito_suplementar_295.100_-_departamento_agropecuario.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito suplementar, no valor de R$ 295.100,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4002/20_-_projeto_de_lei_no_020-2025_-_aumento_do_valor_do_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4002/20_-_projeto_de_lei_no_020-2025_-_aumento_do_valor_do_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Concede aumento no valor do auxílio-alimentação aos servidores públicos municipais de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4003/21_-_projeto_de_lei_no_021-2025_-_alteracao_lei_2070_-_cimasp.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4003/21_-_projeto_de_lei_no_021-2025_-_alteracao_lei_2070_-_cimasp.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2.070, de 25 de março de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4022/22_-_projeto_de_lei_no_022-2025_-_sancao_pertubacao_cultos_e_cerimonias_religiosas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4022/22_-_projeto_de_lei_no_022-2025_-_sancao_pertubacao_cultos_e_cerimonias_religiosas.pdf</t>
   </si>
   <si>
     <t>Estabelece sanção correspondente à multa administrativa à pessoa que invadir local destinado a culto ou cerimônia religiosa ou impedir ou perturbar culto ou cerimônia religiosa.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4023/23_-_projeto_de_lei_no_023-2025_-_gratificacao_motoristas_e_servidores_efetivos_-_responsavel_por_setores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4023/23_-_projeto_de_lei_no_023-2025_-_gratificacao_motoristas_e_servidores_efetivos_-_responsavel_por_setores.pdf</t>
   </si>
   <si>
     <t>Cria gratificação ao motorista e aos servidores públicos efetivos que forem designados para atuar como responsáveis por setores e dá outras providências.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4064/24_-_projeto_de_lei_no_024-2025_-_faixa_de_dominio_publico__rodovias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4064/24_-_projeto_de_lei_no_024-2025_-_faixa_de_dominio_publico__rodovias.pdf</t>
   </si>
   <si>
     <t>Recepciona a Lei Federal nº 13.913, de 25 de novembro de 2019, no âmbito do município de Pedralva-MG e dá outras providências.</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4079/25_-_projeto_de_lei_no_025-2025_-_financiamento_bdmg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4079/25_-_projeto_de_lei_no_025-2025_-_financiamento_bdmg.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4174/26_-_projeto_de_lei_no_026-2025_-_contratacao_temporaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4174/26_-_projeto_de_lei_no_026-2025_-_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepciona interesse público, nos termos do inciso IX, do artigo 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4175/27_-_projeto_de_lei_no_027-2025_-_subvencao_apae_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4175/27_-_projeto_de_lei_no_027-2025_-_subvencao_apae_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social a APAE - Associação de Pais e Amigos dos Excepcionais de Maria da Fé, para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>José Paulo da Silva, Ketrym Maria Rodrigues, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4192/28_-_projeto_de_lei_no_028-2025_-_valorizacao_artistas_locais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4192/28_-_projeto_de_lei_no_028-2025_-_valorizacao_artistas_locais.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Valorização de Artistas Locais e Regionais de Pedralva/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4209/29_-_projeto_de_lei_no_029-2025_-_reserva_de_vagas_estacionamento_de_veiculos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4209/29_-_projeto_de_lei_no_029-2025_-_reserva_de_vagas_estacionamento_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de vagas de estacionamento de veículos a pessoas com deficiência, pessoas idosas, pessoas com mobilidade reduzida e pessoas com transtorno do espectro autista.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4221/30_-_projeto_de_lei_no_030-2025_-_contratacao_temporaria_fonoaudiologo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4221/30_-_projeto_de_lei_no_030-2025_-_contratacao_temporaria_fonoaudiologo.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do artigo 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4224/31_-_projeto_de_lei_no_031-2025_-_dia_do_evangelico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4224/31_-_projeto_de_lei_no_031-2025_-_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Evangélico no município de Pedralva - MG.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4248/32_-_projeto_de_lei_no_032-2025_-_contribuicao_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4248/32_-_projeto_de_lei_no_032-2025_-_contribuicao_pedrock.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Associação Cultural Pedrock e autoriza a abertura de Crédito Especial ao orçamento do Município de Pedralva para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4249/33_-_projeto_de_lei_no_033-2025_-_credito_suplementar_1.243.000_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4249/33_-_projeto_de_lei_no_033-2025_-_credito_suplementar_1.243.000_-.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município e Pedralva, para o exercício de 2025, no valor de R$ 1.243.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4268/34_-_projeto_de_lei_no_034-2025_-_credito_suplementar_1.600.000_-_veiculos-maquinas_-_bdmg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4268/34_-_projeto_de_lei_no_034-2025_-_credito_suplementar_1.600.000_-_veiculos-maquinas_-_bdmg.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do município de Pedralva, para o exercício de 2025, no valor de R$ 1.600.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4284/35_-_projeto_de_lei_no_035-2025_-_credito_suplementar_1.136.82768.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4284/35_-_projeto_de_lei_no_035-2025_-_credito_suplementar_1.136.82768.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedrava, para o exercício de 2025, no valor de R$ 1.136.827,68, e dá outras providências.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4285/36_-_projeto_de_lei_no_036-2025_-_credito_suplementar_396.700.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4285/36_-_projeto_de_lei_no_036-2025_-_credito_suplementar_396.700.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 396.700,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4286/37_-_projeto_de_lei_no_037-2025_-_credito_especial_480.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4286/37_-_projeto_de_lei_no_037-2025_-_credito_especial_480.000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento do Município de Pedrava, para o exercício de 2025, no valor de R$ 480.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/38_-_projeto_de_lei_no_038-2025_-_nome_rua_alisson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/38_-_projeto_de_lei_no_038-2025_-_nome_rua_alisson.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Dr. Alisson Ângelo Abreu.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/39_-_projeto_de_lei_no_039-2025_-_nome_rua_eunice_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/39_-_projeto_de_lei_no_039-2025_-_nome_rua_eunice_rezende.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Maria Eunice Rezende Abreu.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/40_-_projeto_de_lei_no_040-2025_-_nome_rua_antonio_custodio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/40_-_projeto_de_lei_no_040-2025_-_nome_rua_antonio_custodio.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Antônio Custódio de Vilas Bôas.</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/41_-_projeto_de_lei_no_041-2025_-_utilidade_publica_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/41_-_projeto_de_lei_no_041-2025_-_utilidade_publica_flapedra.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Cultural e Assistencial FlaPedra.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Valdinei de Paula Silva, Ketrym MariaRodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/42_-_projeto_de_lei_no_042-2025_-_auxilio-alimentacao_vereadores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/42_-_projeto_de_lei_no_042-2025_-_auxilio-alimentacao_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Auxílio-alimentação a agentes políticos da Câmara Municipal de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/43_-_projeto_de_lei_no_043-2025_-_loa_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/43_-_projeto_de_lei_no_043-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/44_-_projeto_de_lei_no_044-2025_-_ppa_2026-2029.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/44_-_projeto_de_lei_no_044-2025_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do município de Pedralva, para o período financeiro de 2026 a 2029.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/45_-_projeto_de_lei_no_045-2025_-__debitos_fiscais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/45_-_projeto_de_lei_no_045-2025_-__debitos_fiscais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de recuperação e estimulo a quitação de débitos fiscais - refis municipais 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/46_-_projeto_de_lei_no_046-2025_-__protesto_extrajudicial_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/46_-_projeto_de_lei_no_046-2025_-__protesto_extrajudicial_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para protesto extrajudicial das Certidões de Dívida Ativa do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/47_-_projeto_de_lei_no_047-2025_-__contribuicao_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/47_-_projeto_de_lei_no_047-2025_-__contribuicao_flapedra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Associação Cultural e Esportiva FlaPedra, e dá outras providências.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação por Assiduidade à Docência, nos termos em que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 86.938,34, e dá outras providências.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/50_-_projeto_de_lei_50_-_2025_-_rua_jose_marcos_de_abreu_lisboa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/50_-_projeto_de_lei_50_-_2025_-_rua_jose_marcos_de_abreu_lisboa.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua José Marcos de Abreu Lisbôa.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/51_-_projeto_de_lei_51_-_2025_-_rua_nelson_rocha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/51_-_projeto_de_lei_51_-_2025_-_rua_nelson_rocha.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Nelson Rocha.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/52_-_projeto_de_lei_52_-_2025_-_rua_joffre_mohallem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/52_-_projeto_de_lei_52_-_2025_-_rua_joffre_mohallem.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Joffre Mohallem.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/53_-_projeto_de_lei_53_-_2025_-_credito_suplementar_357.800_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/53_-_projeto_de_lei_53_-_2025_-_credito_suplementar_357.800_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 357.800,00 e dá outras providências.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/54_-_projeto_de_lei_54_-_2025_-_credito_suplementar_260.000_educacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/54_-_projeto_de_lei_54_-_2025_-_credito_suplementar_260.000_educacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 260.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/55_-_projeto_de_lei_55_-_2025_-_veda_nomeacao_de_pessoas_condenadas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/55_-_projeto_de_lei_55_-_2025_-_veda_nomeacao_de_pessoas_condenadas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação à nomeação e à investidura em cargos e funções públicas municipais de pessoas condenadas por crimes de racismo, discriminação e demais crimes contra grupos vulneráveis, e estabelece exigências de moralidade e probidade no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/56_-_projeto_de_lei_56_-_2025_-_denomina_ubs_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/56_-_projeto_de_lei_56_-_2025_-_denomina_ubs_vintem.pdf</t>
   </si>
   <si>
     <t>Dá-se a denominação de Unidade Básica de Saúde Maria Aparecida Carneiro (Cidoca), vinculada à ESF IV, e Maria do Carmo Cassiano, vinculada à ESF VI.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/57_-_projeto_de_lei_57_-_2025_-_credito_suplementar_124.35429.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/57_-_projeto_de_lei_57_-_2025_-_credito_suplementar_124.35429.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do município de Pedralva, para o exercício de 2025, no valor de R$ 124.354,29 e dá outras providências.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/58_-_projeto_de_lei_58_-_2025_-_contribuicao_financeira_grupo_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/58_-_projeto_de_lei_58_-_2025_-_contribuicao_financeira_grupo_afro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Associação Cultural Grupo Afroblack de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/59_-_projeto_de_lei_59_-_2025_-_monitor_diabetes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/59_-_projeto_de_lei_59_-_2025_-_monitor_diabetes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição gratuita de dispositivos de monitoramento contínuo de glicose por escaneamento intermitente para pessoas diagnosticadas com diabetes mellitus, no âmbito do Sistema Único de Saúde (SUS), no Município de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/60_-_projeto_de_lei_60_-_2025_-_1.239.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/60_-_projeto_de_lei_60_-_2025_-_1.239.000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 1.239.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/61_-_projeto_de_lei_61_-_2025_-_gratificacao_assiduidade_docencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/61_-_projeto_de_lei_61_-_2025_-_gratificacao_assiduidade_docencia.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação por Assiduidade à Docência, nos termos em que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/62_-_projeto_de_lei_62_-_2025_-_nome_rua_-_maria_de_lourdes_sabino_viana.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/62_-_projeto_de_lei_62_-_2025_-_nome_rua_-_maria_de_lourdes_sabino_viana.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal - Rua Maria de Lourdes Sabino Viana.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/63_-_projeto_de_lei_63_-_2025_-_credito_suplementar_180.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/63_-_projeto_de_lei_63_-_2025_-_credito_suplementar_180.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 180.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/64_-_projeto_de_lei_64_-_2025_-_divulgacao_de_emendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/64_-_projeto_de_lei_64_-_2025_-_divulgacao_de_emendas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação, transparência e controle das emendas parlamentares destinadas ao Município de Pedralva/MG, e dá outras providências.</t>
   </si>
   <si>
+    <t>4754</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4754/65_-_projeto_de_lei_65_-_2025_-_credito_suplementar_938.79355.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 938.793,55, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4776</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4776/66_-_projeto_de_lei_66_-_2025_-_alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração nos anexos da Lei de Diretrizes Orçamentárias do Município de Pedralva para os Exercícios Financeiros de 2026, 2027 e 2028.</t>
+  </si>
+  <si>
     <t>4279</t>
   </si>
   <si>
     <t>PLJ</t>
   </si>
   <si>
     <t>Projeto de Lei Jovem (Câmara Jovem)</t>
   </si>
   <si>
     <t>Peterson Vinícius Rodrigues de Melo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Prefeito Mirim e Vice-Prefeito Mirim" no Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>Lucas Ribeiro Leite, Mariah Luiza Osório Silva Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal da Cultura" no município de Pedralva - MG e dá outras providências.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3687/01_-_projeto_de_lei_no_01-2025_-_altera_escolaridade_-_diretores_departamento_-_secretaria_obras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3687/01_-_projeto_de_lei_no_01-2025_-_altera_escolaridade_-_diretores_departamento_-_secretaria_obras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Anexo II da Lei Complementar nº 019/2010, que trata do Plano de Cargos e Salários do Município.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3788/02_-_projeto_de_lei_complementar_no_02-2025_-_cria_cargo_de_tecnico_da_educacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3788/02_-_projeto_de_lei_complementar_no_02-2025_-_cria_cargo_de_tecnico_da_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga em cargo do Quadro Permanente de Pessoal e dá outras providências.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4024/03_-_projeto_de_lei_complementar_no_03-2025_-_cria_cargo_de_profissional_de_apoio_pedagogico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4024/03_-_projeto_de_lei_complementar_no_03-2025_-_cria_cargo_de_profissional_de_apoio_pedagogico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos no Quadro Permanentes de Pessoal da Prefeitura Municipal de Pedralva - MG, e dá outras providências.</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4222/04_-_projeto_de_lei_complementar_no_04-2025_-_diminui_carga_horaria_nutricionista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4222/04_-_projeto_de_lei_complementar_no_04-2025_-_diminui_carga_horaria_nutricionista.pdf</t>
   </si>
   <si>
     <t>Altera carga horária de cargo que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4251/05_-_projeto_de_lei_complementar_no_05-2025_-_cargo_supervisor_hospitalar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4251/05_-_projeto_de_lei_complementar_no_05-2025_-_cargo_supervisor_hospitalar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo de provimento em comissão de Supervisor Hospitalar e Gestor de Qualidade para atuar na Santa Casa de Misericórdia de Pedralva e Secretaria Municipal de Saúde de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga em cargo do quadro de pessoal permanente e dá outras providências.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Edificações do Município de Pedralva e dispõe sobre as regras gerais e específicas a serem obedecidas no projeto, licenciamento, execução, manutenção e utilização de obras e edificações, dentro dos limites dos imóveis, e dá outras providências".</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/65_-_projeto_de_lei_complementar_9_-_2025_-_cargo_engenheiro_civil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/65_-_projeto_de_lei_complementar_9_-_2025_-_cargo_engenheiro_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas em cargos do Quadro Permanente de Pessoal e dá outras providências.</t>
   </si>
   <si>
+    <t>4755</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4755/10_-_projeto_de_lei_complementar_no_10-2025_-_criacao_de_cargo.pdf</t>
+  </si>
+  <si>
+    <t>4777</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4777/11_-_projeto_de_lei_complementar_no_11-2025_-_regulamenta_estrutura_da_esf_e_dos_agentes_comunitarios_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a estrutura organizacional da Estratégia de Saúde da Família (ESF) e do programa de Agentes Comunitários de Saúde no âmbito do Município de Pedralva.</t>
+  </si>
+  <si>
     <t>3787</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta §3º ao artigo 59 e modifica a redação do artigo 35, inciso V , ambos da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>David Moisés Veloso, Ketrym Maria Rodrigues, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Orgânica do município de Pedralva, Estado de Minas Gerais, para instituir as emendas orçamentárias impositivas</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Prêmio Mulher-cidadã “Agostinha de Barros Rangel, a Dona Agostinha”, a ser concedido pela Câmara Municipal de Pedralva – MG.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Pedralva, o Título "Amigo da Saúde" e dá outras providências.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/03_-_projeto_de_resolucao_no_3-2025_-_mudanca_projeto_camara_na_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/03_-_projeto_de_resolucao_no_3-2025_-_mudanca_projeto_camara_na_escola.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1º do art. 6º da Resolução nº 270, de 14 de março de 2018, que institui o Programa “Câmara na Escola”, para vedar a reeleição de Vereadores Jovens.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/04_-_projeto_de_resolucao_no_4-2025_-_gincana_do_saber.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/04_-_projeto_de_resolucao_no_4-2025_-_gincana_do_saber.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do projeto "Gincana do Saber" no âmbito da Câmara Municipal de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CE - Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Amigo de Pedralva.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense.</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Município de Pedralva relativas ao exercício de 2023.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda "Antônio Nélcio de Abreu, o Chinho" no ano de 2025,</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mérito Educacional "Professor José Raimundo de Faria, o Zé Grande".</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/pdl_6-2025_-_medalha_do_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/pdl_6-2025_-_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf</t>
   </si>
   <si>
     <t>Fica reformulada a redação do Projeto de Lei nº 24/2025.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf</t>
   </si>
   <si>
     <t>Substitutivo apresentado ao Projeto de Lei nº 28/2025 pelos autores da proposta.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/substitutivo_01_ao_pl_59-2025_-_dispositivo_monitoramento_glicose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/substitutivo_01_ao_pl_59-2025_-_dispositivo_monitoramento_glicose.pdf</t>
   </si>
   <si>
     <t>Substitutivo nº 1 ao Projeto de Lei nº 59/2025.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que informe ao setor responsável pela manutenção de estradas rurais, para que seja feito o cascalhamento em dois trechos de estrada no bairro Lagoa, sendo um trecho que dá acesso à cidade de Maria da fé e o outro trecho que dá acesso às casas atrás do morro.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor de obras, seja feito aterro no terreno de propriedade da prefeitura de Pedralva, para que possa ser construído um campo de futebol no Bairro Lagoa.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3674/01_-_requerimento_-_06-01-2025_-_pedindo_reapresentar_projetos_regulamenta_insalubridade_e_insentivo_financeiro_profissionais_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3674/01_-_requerimento_-_06-01-2025_-_pedindo_reapresentar_projetos_regulamenta_insalubridade_e_insentivo_financeiro_profissionais_saude.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: Reenviar, para apreciação da Câmara Municipal, os dois projetos de lei que foram enviados pelo ex-prefeito no mês de dezembro de 2024, dispondo sobre “Dispõe sobre a regulamentação dos Adicionais de Insalubridade, Periculosidade e Penosidade, previstos nos artigos 87 a 91 da Lei Municipal nº 995, de 17 de agosto de 1992, que dispõe sobre o Estatuto dos Funcionários Públicos Civis do Município de Pedralva” e sobre “Institui no Município de Pedralva o Incentivo Financeiro do Componente de Qualidade para as Equipes de Saúde da Família (eSF), Equipes de Saúde Bucal (eSB), Equipe de Atenção Primária (eAP) e Equipe Multiprofissional (eMulti), em conformidade com a Portaria GM/MS nº 3.493, de 10 de abril de 2024, e d á outras providências”.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3675/02_-_requerimento_-_06-01-2025_-_trecho_estrada_anhumas_-_liga_avenida_antonio_fermino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3675/02_-_requerimento_-_06-01-2025_-_trecho_estrada_anhumas_-_liga_avenida_antonio_fermino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pela manutenção das estrada rurais, seja realizado o serviço de manutenção necessário na estrada municipal do Bairro Anhumas, trecho que liga a rodovia MG 347 à Avenida Antonio Firmino Ferreira Neto, próximo à propriedade do senhor Luiz Siqueira.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3676/03_-_requerimento_-_06-01-2025_-_ponte_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3676/03_-_requerimento_-_06-01-2025_-_ponte_rocinha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pela manutenção das pontes da área rural, seja reconstruída a ponte localizada na estrada municipal do Bairro Rocinha, que foi arrastada pelas águas das chuvas ocorridas no final de dezembro de 2024.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3677/04_-_requerimento_-_06-01-2025_-_lixeira_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3677/04_-_requerimento_-_06-01-2025_-_lixeira_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pela instalação e manutenção de lixeiras na área rural, seja instalada uma lixeira no Bairro Santo Antonio, local onde existe uma lixeira improvissada, a qual está muito danificada, precisando ser colocada uma lixeira nova. Esta lixeira fica localizada próximo à Igrejinha, à escola e ao Posto da ESF do bairro.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3678/05_-_requerimento_-_06-01-2025_-_santo_antonio_-_estrada_perto_dra._luiza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3678/05_-_requerimento_-_06-01-2025_-_santo_antonio_-_estrada_perto_dra._luiza.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pela manutenção das estradas rurais, seja feito o serviço necessário de manutenção na estrada do Bairro Santo Antônio, em frente ao curral da propriedade da Dra. Luiza, que se encontra em situação muito precária, com muita lama, que tem dificultado a passagem de veículos.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3679/06_-_requerimento_-_06-01-2025_-_estrada_angu_-_proximo_propriedade_da_elis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3679/06_-_requerimento_-_06-01-2025_-_estrada_angu_-_proximo_propriedade_da_elis.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pela manutenção das ponte das estradas rurais, seja feito o serviço necessário de manutenção em uma ponte existente na estrada principal do Bairro Angu, próximo à propriedade da senhora Elis.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3680/07_-_requerimento_-_06-01-2025_-_estrada_angu_-_construir_lixeira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3680/07_-_requerimento_-_06-01-2025_-_estrada_angu_-_construir_lixeira.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor responsável pela limpeza pública, seja instalada uma lixeira na beirada da estrada, no início da estrada de acesso ao Bairro Angu, local onde  tem sido depositado lixo, que fica espalhado pelas beiradas e pela estrada.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3681/08_-_requerimento_-_06-01-2025_-_ponte_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3681/08_-_requerimento_-_06-01-2025_-_ponte_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das pontes dos bairros rurais, seja feita a manutenção necessária na ponte existente na estrada principal do Bairro Santo Antonio, que apresenta problemas em sua estrutura, precisando de reparos urgentes.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3682/09_-_requerimento_-_06-01-2025_-_informar_quais_sao_os_secretarios_e_diretores_de_departamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3682/09_-_requerimento_-_06-01-2025_-_informar_quais_sao_os_secretarios_e_diretores_de_departamento.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: Informar, à Câmara Municipal, os nomes dos funcionários nomeados como Secretários Municipais e Diretores de Departamentos.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3683/01_-_requerimento_06-01-2025_-_melhoria_rua_dr._macedo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3683/01_-_requerimento_06-01-2025_-_melhoria_rua_dr._macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que a Secretaria Municipal de Obras, setor competente, avalie as condições da Rua Dr. Macedo, via de acesso ao Bairro Jabuticabal, e proceda as manutenções necessárias.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3684/01_-_requerimento_-_06-01-2025_-_bebedouro_parquinho_ao_lado_clube_operario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3684/01_-_requerimento_-_06-01-2025_-_bebedouro_parquinho_ao_lado_clube_operario.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pelos serviços públicos, seja instalado um bebedouro no parquinho localizado ao lado do Clube Operário.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3685/02_-_requerimento_-_06-01-2025_-_locais_para_instalacao_de_bicicletario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3685/02_-_requerimento_-_06-01-2025_-_locais_para_instalacao_de_bicicletario.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável pelos serviços públicos, seja instalado um bicicletário nas principais entradas da cidade, de forma que os cidadãos que venham à cidade da área rural, tenham um local para estacionar suas bicicletas.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3691/010_-_requerimento_-_13-01-2025_-_sede_estrategia_saude_familia_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3691/010_-_requerimento_-_13-01-2025_-_sede_estrategia_saude_familia_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que a Secretaria Municipal de Saúde tome as medidas necessária e realize manutenção na sede da Estratégia Saúde da Família no Bairro Lagoa, que precisa que o portão de entrada seja consertado, que seja retirada a terra que foi levada pela água de chuva para dentro do pátio de entrada e que seja feita uma pintura em todo o prédio.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3692/011_-_requerimento_-_13-01-2025_-_rocagem_barranco_rua_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3692/011_-_requerimento_-_13-01-2025_-_rocagem_barranco_rua_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que o setor de limpeza pública realize a roçagem do mato no barranco situado na Rua Dona Miquita.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3693/012_-_requerimento_-_13-01-2025_-_muro_de_arrimo_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3693/012_-_requerimento_-_13-01-2025_-_muro_de_arrimo_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de engenharia da prefeitura, seja feita vistoria e um orçamento para construção de um muro de arrimo no barranco existente na Rua Dona Miquita, e, posteriormente, seja destinado recursos para sua construção.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3694/013_-_requerimento_-_13-01-2025_-_rocagem_mato_limpeza_ruas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3694/013_-_requerimento_-_13-01-2025_-_rocagem_mato_limpeza_ruas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de limpeza pública, seja feita a limpeza das ruas da cidade, com a retirada do mato que vem crescendo por toda parte, utilizando, se possível, a capina orgânica.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3695/01_-_requerimento_-_13-01-2025_-_contratacao_de_pediatra_e_agronomo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3695/01_-_requerimento_-_13-01-2025_-_contratacao_de_pediatra_e_agronomo.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: •	que, através da Secretaria Municipal de Saúde, seja realizada a contratação de mais uma pediatra ou a contratação de empresa especializada em serviços de pediatria, para atuar em regime de plantão e atender nas várias UBSs da rede pública; e _x000D_
 •	que, através da Secretaria de Desenvolvimento e Departamento Agropecuário, seja nomeado o candidato aprovado em concurso público para o cargo de Veterinário, para atender aos pequenos produtores e agricultores do município.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3696/016_-_requerimento_-_13-01-2025_-_manutencao_pipa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3696/016_-_requerimento_-_13-01-2025_-_manutencao_pipa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada do Bairro Pipa, tanto no atalho que dá acesso ao Bairro Pedrão como ao acesso que dá acesso ao Bairro Tamanduá, locais onde a estrada está cheia de buracos.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3697/015_-_requerimento_-_13-01-2025_-_manutencao_estrada_estrada_paulino_baixadao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3697/015_-_requerimento_-_13-01-2025_-_manutencao_estrada_estrada_paulino_baixadao.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada municipal que inicia no Bairro Paulino e dá acesso ao Bairro Baixadão, dando atenção para a ponte próximo à propriedade do Robson.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3698/014_-_requerimento_-_13-01-2025_-_estrada_baixadao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3698/014_-_requerimento_-_13-01-2025_-_estrada_baixadao.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de obras, seja feito aterro na estrada principal do Bairro Baixadão.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3699/017_-_requerimento_-_13-01-2025_-_grade_protecao_bueiro_rua_prf_claudio_bustamante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3699/017_-_requerimento_-_13-01-2025_-_grade_protecao_bueiro_rua_prf_claudio_bustamante.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de serviços públicos, seja instalada grade no bueiro construído, recentemente, na Rua Professor Claudio de Souza Bustamante, no Bairro Bica.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de obras rurais, seja instalada uma grade na boca do bueiro localizado próximo ao tanque de leite, no Bairro Lagoa.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: para manutenção da pista de caminhada que, após ouvir frequentadores da área, foi relatado a este vereador que algumas luzes não se encontram em funcionamento, além disso, é necessário a realização de capina e limpeza do local, considerando a existência de vegetação excessiva.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: RETIRADA DOS TACHÕES da Rua Poeta João Carneiro de Rezende ou, subsidiariamente, na eventualidade do não atendimento do pedido, que seja realizada uma reavaliação da situação para que sejam analisadas alternativas viáveis para a reorganização do trêfego, garantindo mais segurança e funcionalidade tanto para motoristas quanto para pedestres.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Realizar reajuste real do valor do Auxílio Alimentação dos servidores públicos da Prefeitura de Pedralva, criado pela lei nº 1.024, de 4 de abril de 2024, haja vista que com o valor pago, que no momento é de R$ 134,80, o servidor não consegue adquirir todos os produtos que os servidores recebiam quando este benefício era concedido através de cesta básica.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Fornecer novos uniformes para os servidores da prefeitura municipal de Pedralva.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Notificar, através do setor competente, todos os proprietários de lotes e terrenos baldios e os proprietários de loteamentos, para que façam a limpeza de suas propriedades e os mantenha limpos.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3706/04_-_requerimento_13-01-2025_-_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3706/04_-_requerimento_13-01-2025_-_alecrim.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Solicitar à Secretária de Obras, órgão responsável, para realizar a manutenção da estrada Rural situada no Bairro Alecrim, mais especificamente a estrada que populares denominam como “estrada que desce o antigo mata burro”, com aplicação de cascalho, visando proporcionar melhor condições de tráfego e segurança para os moradores e produtores da região.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3707/05_-_requerimento_13-01-2025_-__cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3707/05_-_requerimento_13-01-2025_-__cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que seja realizada a limpeza e manutenção da entrada do Cemitério Municipal.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3708/04_-_requerimento_13-01-2025_-_buracos_rua_josimo_tome.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3708/04_-_requerimento_13-01-2025_-_buracos_rua_josimo_tome.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do responsável pela manutenção das ruas da cidade, seja realizado o reparo necessário nos buracos que se formaram no calçamento do Rua Josino Tomé.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3709/03_-_requerimento_13-01-2025_-_tiao_pereira_cafarnaum.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3709/03_-_requerimento_13-01-2025_-_tiao_pereira_cafarnaum.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do responsável pela manutenção das estradas rurais, seja feita manutenção no trecho de estrada situado próximo ao sítio do Senhor Tião Pereira, no bairro Cafarnaum.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3710/02_-_requerimento_13-01-2025_-_limpeza_calcada_rua_joaquina_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3710/02_-_requerimento_13-01-2025_-_limpeza_calcada_rua_joaquina_lopes.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do responsável pela manutenção das vias urbanas, sejam tomadas providências para ser feita a limpeza de um lote e da alçada em frente ao mesmo, situado na Joaquina Lopes.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3711/01_-_requerimento_13-01-2025_-_coleta_lixo_pitangueiras_e_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3711/01_-_requerimento_13-01-2025_-_coleta_lixo_pitangueiras_e_contendas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que o setor responsável pela coleta de lixo faça um cronograma para que seja recolhido o lixo de 15 em 15 dias nos bairros Contendas e Pitangueiras.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3712/021_-_requerimento_-_13-01-2025_-_reajuste_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3712/021_-_requerimento_-_13-01-2025_-_reajuste_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através da Secretaria de Administração, Finanças e Planejamento, seja analisada a possibilidade do Executivo aumentar o valor do auxílio alimentação dos servidores da prefeitura, haja vista que o valor atual, de R$ 134,40, ficou muito defasado, em função da grande alta do valor dos alimentos.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3713/020_-_requerimento_-_13-01-2025_-_mato_beirada_rua_rua_doutor_macedo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3713/020_-_requerimento_-_13-01-2025_-_mato_beirada_rua_rua_doutor_macedo.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor responsável pela limpeza pública, seja feita a limpeza do mato que cresceu nas beiradas da Rua Doutor Macedo e no campinho de futebol existente naquela localidade.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3714/019_-_requerimento_-_13-01-2025_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3714/019_-_requerimento_-_13-01-2025_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor responsável, sejam realizados os serviços necessários para manutenção e conservação da pista de caminhada “Amado José da Silva”, que apresenta alguns problemas, que precisam ser resolvidos, para que a mesma fique em condições adequadas para uso da população e não aumente os problemas que apresenta. É necessário que o setor de engenharia faça uma avaliação técnica das condições do local e elabore projeto para realização de todos os serviços necessários, de forma que seja feito um serviço correto, que sane os problemas existentes no local.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3715/04_-_requerimento_13_01_2025_estrada_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3715/04_-_requerimento_13_01_2025_estrada_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor responsável pelas estradas rurais, seja feita manutenção nos trechos críticos da estrada que dá aceso aos Bairros Pedrão e Pipa.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3716/03_-_requerimento_13_01_2024_boeiro_na_pipa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3716/03_-_requerimento_13_01_2024_boeiro_na_pipa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor de obras, seja substituída uma manilha que se encontra quebrada na estrada principal do Bairro Pipa, trecho que passa ao lado da propriedade do senhor Lázaro Marcelo Lopes.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3717/05_-_requerimento_13_01_2025_esf_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3717/05_-_requerimento_13_01_2025_esf_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que, através do setor responsável, seja feita a limpeza do mato e a retirada de terra amontoada na sede de Estratégia Saúde da Família, no bairro Lagoa.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3718/02_-_requerimento_-_13-01-2025_-_rua_dona_maria_cibele_problemas_de_escoamento_de_chuva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3718/02_-_requerimento_-_13-01-2025_-_rua_dona_maria_cibele_problemas_de_escoamento_de_chuva.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: que sejam agilizados os procedimentos para efetivação das obras necessárias na Rua Dona Maria Cibele, visando solucionar o problema que vem ocorrendo em virtude da precariedade do sistema de drenagem de água de chuva no local, que vem prejudicando os moradores.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3719/022_-_requerimento_-_13-01-2025_-_casas_popular.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3719/022_-_requerimento_-_13-01-2025_-_casas_popular.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: informar qual é o planejamento da atual administração para construção de casas populares em nosso município.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3720/06_-_requerimento_13-01-2025_-_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3720/06_-_requerimento_13-01-2025_-_paulino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Trata-se de requerimento que possui como objetivo amparar o Bairro Paulino Paixão, em duas questões distintas:_x000D_
 1)	Primeiramente, vem expor e requerer a Prefeitura Municipal de Pedralva, para que proceda a capina do mato nas adjacências das estradas rurais, de modo que, o seu crescimento vem tomando boa parte da estrada, criando embaraços no encontro de dois veículos que eventualmente estejam transitando pela via, como se vê pelas imagens em anexo. _x000D_
 2)	Ainda, durante o período que este vereador esteve no Bairro, foi relatado por moradores que em 2019, a antiga administração deixou inúmeros bloquetes em terreno particular, para realização do calçamento do trecho, contudo, até a presente data o material ainda se encontra no referido terreno se deteriorando com o tempo e privando o proprietário do imóvel de fazer o uso pleno de sua propriedade.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3738/023_-_requerimento_-_21-01-2025_-_terminar_de_asfaltar_av._flavio_antonio_de_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3738/023_-_requerimento_-_21-01-2025_-_terminar_de_asfaltar_av._flavio_antonio_de_paiva.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: pavimentar o trecho da Avenida Flávio Antônio de Abreu Paiva, que ficou sem ser pavimentado, na administração anterior, quando aquela avenida foi pavimentada</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3739/024_-_requerimento_-_21-01-2025_-_boeiro_final__avenida_sebastiao_tarcisio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3739/024_-_requerimento_-_21-01-2025_-_boeiro_final__avenida_sebastiao_tarcisio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: vistoriar e tomar as providências necessárias para ser desentupido o bueiro localizado no Final da Avenida Professor Sebastião Raimundo Tarcísio, local onde finaliza o Loteamento Alta Ville.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3740/025_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3740/025_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-tamandua.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: realizar os serviços necessários para manutenção no local conhecido como “passador de gado”, localizado na estrada do Bairro Vintém que liga ao Bairro Tamanduá, em frente ao sítio do Divino.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: instalar câmera de segurança nas garagens da prefeitura, que ainda não possuem este equipamento, como na garagem localizada na Rua Maria Ribeiro.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Realizar, través do Departamento de Proteção ao Meio Ambiente, a construção de fossas sépticas biodigestoras no Bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Construir, através da Secretaria Municipal de Obras e do Departamento de Obras, 3 (três) faixas elevadas na Rua Dona Maria Cibele, sendo uma em frente à residência do senhor Sinézio Giovane, uma em frente à pracinha e uma em frente à residência do senhor “Marcão”.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através da Secretaria Municipal de Educação, seja providenciada a aquisição e instalação de câmeras de segurança nas escolas da rede pública municipal (portão de entrada das escolas, pátios, refeitórios, locais de recreação e salas de aula).</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: tomar as medidas necessárias junto à Cemig para ser deslocado o poste localizado na estrada do Bairro Cubatão, próximo a Instalação de nº 3007059535, retirando-o do meio da estrada e instalando na beirada, de forma que a via fique em extensão apropriada para trânsito de veículos. O poste instalado no meio da via tem sido um problema para o tráfego e a segurança de motoristas.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, com a orientação e acompanhamento do setor de engenharia civil, seja contruída uma nova ponte na estrada do bairro Usina Pedrão, a qual caiu, sendo uma via que serve como atalho de ligação para vários bairros, entre eles Tamanduá, Usina Pedrão, Pipa, Correias, Pedrão e outros. E informar qual a previsão para que essa ponte possa ser reconstruída e se poderá ser construída alguns metros abaixo de onde estava situada, onde já existe construído um paredão de pedras de uma ponte que existiu no local.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, sejam tomadas as providências necessárias para serem realizadas melhorias no cemitério municipal, que se encontra com problemas no sistema de drenagem de água pluvial, limpeza, instalações hidráulica, entre outros. Sugiro que, caso a prefeitura não tenha funcionários e equipamentos suficientes para realizar manutenção permantente do cemitério, que realize a terceirização deste serviço, de forma que uma empresa especializada possa tomar conta do cemitério de nosso município.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: informar, através dos setores jurídico e de engenharia da prefeitura, qual é a legislação que estabelece a medida de recuo para construção nas margens da rodovia, haja vista que fui questionado por cidadãos de nosso município, que pretendem construir às margens da rodovia, trecho que corta a cidade e é denominado de Av. Tancredo Neves, e, para lhes informar, solicito este esclarecimentos, de forma que esses cidadãos possam construir seguindo os limites impostos por lei.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que, através do setor responsável, sejam tomadas providências para controlar a proliferação de moscas no município, haja vista que, com o aumento da temperatura, apareceM muitas moscas, precisando ser intensificadas as medidas para controle.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através da Secretaria de Obras e Serviços Públicos, seja realizado o serviço necessário para melhoria do escoamento de água de chuva em frente à escada de entrada para a porta principal da Igreja Matriz, haja vista que, nos dias de chuva forte, a água desvia do bueiro existente no local e corre pela escadaria que dá acesso à rua no lado de baixo da Igreja, chegando a formar uma pequena “cachoeira”.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção na estrada que liga o Bairro Lagoa ao Bairro Pedrão, realizando cascalhamento e roçagem das laterais da estrada.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção no calçamento do trecho de estrada localizado em frente à Igreja, no bairro Estiva.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do responsável pela manutenção das estradas rurais, sejam feitas a roçagem do mato e as saídas de água na estrada de acesso à propriedade da senhora Neusa, no bairro Alecrim, sentido bairro São Domingos.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção e cascalhamento em trechos da estrada do bairro Furnas (perto da Igrejinha / Carmo Coffe), em frente à propriedade do senhor José Belmiro Monti e perto do Mário Ribeiro até chegar no Benedito Batista. Juntamente com esses serviços, também roçar os matos que já estão fechando a estrada.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja analisada a possibilidade da Travessa José Fortes Bustamante (rua onde fica localizado o restaurante Hpito) voltar a ser mão dupla de circulação.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja feita uma faixa elevada próximo ao posto Candola e faixa de pedestre em frente ao posto Candola e ao supermercado do Indalécio, dando acesso aos demais estabelecimentos da Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que seja aumentado o quebra-molas localizado próximo à autoescola didática e também que seja sinalizada de melhor forma, sendo pintada e colocado placas de indicação.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>65</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja providenciada a urgente manutenção da estrada rural localizada no Bairro Santo António que se encontra em estado crítico, conforme imagem que acompanha o presente requerimento.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>66</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3759/05_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3759/05_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-_tamandua.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção no local conhecido como “passador de gado”, existente na estrada municipal que liga o Bairro Vintém ao Bairro Tamanduá, que corta a propriedade do senhor Divino.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Carlos Alberto Vilas Boas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3760/01_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3760/01_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído bueiro na estrada municipal que liga o Bairro Pitangueiras ao Município de São José do Alegre, utilizando as manilhas que já se encontram no local.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3762/02_-_requerimento_21-01-2025_-_estrada_sertaozinho_-_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3762/02_-_requerimento_21-01-2025_-_estrada_sertaozinho_-_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção na estrada municipal que liga o Bairro Sertãozinho ao Bairro Pitangueiras, que se encontra com muitos buracos e valetas, formados pelas águas de chuva.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3763/03_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_tres_paineiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3763/03_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_tres_paineiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído bueiro na estrada municipal que liga o Bairro Pitangueiras aos Bairros Três Paineiras e Balaio.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3764/04_-_requerimento_21-01-2025_-_calcamento_rua_de_acesso_localidade_conhecida_como_geraldo_de_deus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3764/04_-_requerimento_21-01-2025_-_calcamento_rua_de_acesso_localidade_conhecida_como_geraldo_de_deus.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de serviços públicos, seja calçado o trecho de rua localizado no final do Bairro São José, onde residem várias pessoas, entre elas o senhor Alan.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3765/05_-_requerimento_21-01-2025_-_manutencao_estrada_cidade_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3765/05_-_requerimento_21-01-2025_-_manutencao_estrada_cidade_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção na estrada municipal que liga a cidade ao Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3766/01_-_requerimento_bairro_pedrao_estrada_de_acesso_a_pedra_21-01-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3766/01_-_requerimento_bairro_pedrao_estrada_de_acesso_a_pedra_21-01-2024.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Realizar a manutenção urgente da estrada que dá acesso à Pedra do Pedrão, tendo em vista que é uma estrada utilizada diariamente por vários moradores do bairro, bem como é a estrada de acesso ao principal ponto turístico de nosso Município. Assim, se faz necessário realizar a limpeza das saídas de água, roçada do mato as margens da estrada, patrolamento e o cascalhamento da estrada, para que assim, resolva a situação.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3767/02_-_requerimento_bairro_correas_21-01-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3767/02_-_requerimento_bairro_correas_21-01-2024.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:_x000D_
 •	Realizar a manutenção urgente do morro localizado próximo ao Abrigo Pedrão, no bairro Correas. Atualmente, a estrada encontra-se em condições precárias, tornando-se praticamente intransitável em dias de chuva. Essa situação afeta não apenas a mobilidade dos moradores e a chegada de hóspedes ao abrigo, mas também compromete o acesso dos praticantes de escalada que utilizam essa via para alcançar a base da pedra._x000D_
 •	Realizar a manutenção urgente de uma ponte da estrada do Bairro Correas, próximo da antiga “venda” do bairro e próximo ao Haras, tendo em vista que a ponte se encontra com buraco, o qual os moradores colocaram um pedaço de madeira para sinalizar, porém tal buraco pode aumentar se não for realizado uma manutenção urgente._x000D_
 •	Solicita ainda, que seja feita uma manutenção na estrada do bairro Correas, com uma operação “tapa buraco” tendo em vista que a estrada encontra-se com muitos buracos, dificultando a passagem dos veículos,</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3770/033_-_requerimento_-_27-01-2025_-_cortar_arvore_no_bairro_usina_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3770/033_-_requerimento_-_27-01-2025_-_cortar_arvore_no_bairro_usina_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, seja analisada as condições de uma árvore, existente na beirada da estrada Pedrão-Usina Pedrão, após a Agroindústria Energia da Fruta, que está oca, havendo risco de cair, principalmente durante tempestades, e vir a interditar a estrada. Após análise, se for constatado que oferece risco, que seja cortada.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3771/06_-_requerimento_27-01-2025_-_der_-_ponte_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3771/06_-_requerimento_27-01-2025_-_der_-_ponte_vintem.pdf</t>
   </si>
   <si>
     <t>solicita ao Departamento de Estradas e Rodagens - DER/MG: que seja realizado o reparo necessário no desnível que se formou na cabeceira da ponte conhecida como "ponte do vintém", situada no km 52 da rodovia MG347, no Município de Pedralva. O desnível formado no local está prejudicando a circulação de veículos, podendo causar danos e prejuízos para os que transitam diariamente por estre trecho. Além do mais, pode contribuir para que venha a acontecer acidentes no local.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3772/03_-_requerimento_27-01-2024_-_urgencia_especial_pl_03_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3772/03_-_requerimento_27-01-2024_-_urgencia_especial_pl_03_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 03, de 2025 “Concede revisão geral anual aos servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3773/04_-_requerimento_-_27-01-2025_-_cruzamento_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3773/04_-_requerimento_-_27-01-2025_-_cruzamento_campestre.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através da Secretaria Municipal de Obras, Serviços Públicos e Transportes, sejam realizadas melhorias no trevo da estrada do Bairro Campestre, próximo ao “Sítio Festejar”, local que liga vários bairros rurais, com instalação de placas indicativas, pavimentação, construção de lixeiras, banco e cobertura para que os alunos possam aguardar o ônibus escolar.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3774/05_-_requerimento_-_27-01-2025_-_reformar_velorio_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3774/05_-_requerimento_-_27-01-2025_-_reformar_velorio_municipal.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor competente, seja reformado o velório municipal.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3775/034_-_requerimento_-_27-01-2025_-_aplicacao_do_decreto_de_estagio_probatorio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3775/034_-_requerimento_-_27-01-2025_-_aplicacao_do_decreto_de_estagio_probatorio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: _x000D_
 •	que sejam prestadas informações detalhadas da Administração Municipal sobre a efetiva aplicação do Decreto nº 1.872/2017, incluindo as medidas adotadas para regulamentar a Avaliação de Desempenho no Estágio Probatório; _x000D_
 •	que seja informado, caso esteja havendo descumprimento, os motivos e as providências que estão sendo tomadas para garantir o cumprimento do referido decreto; e_x000D_
 •	que sejam disponibilizados documentos comprobatórios sobre a aplicação da regulamentação em questão, como atas, relatórios ou pareceres que demonstrem o andamento das avaliações de desempenho.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3776/035_-_requerimento_-_27-01-2025_-_bueiro_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3776/035_-_requerimento_-_27-01-2025_-_bueiro_bairro_posses.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito:  que, através da secretaria de obras, sejam construídos bueiros na estrada do Bairro Posses, sendo um próximo à uma Santa Cruz (fotos abaixo) e o outro no local conhecido como “curva do Roberto”.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3777/036_-_requerimento_-_27-01-2025_-trevo_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3777/036_-_requerimento_-_27-01-2025_-trevo_campestre.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através da secretaria de obras, sejam feitas melhorias no trevo existente na estrada do Bairro Campestre, de acesso aos Bairros Tamanduá, Estiva e outros.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3778/037_-_requerimento_-_27-01-2025_-_carnaval.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3778/037_-_requerimento_-_27-01-2025_-_carnaval.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: informar qual será a programação do carnaval de 2025 em Pedralva.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3779/07_-_requerimento_27-01-2025_-_beco_rua_jose_belmiro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3779/07_-_requerimento_27-01-2025_-_beco_rua_jose_belmiro_monti.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal:  que, através do setor de obras, seja calçado o beco existente na Rua José Belmiro Monte, onde, entre outros moradores, reside a senhora Maria Aparecida Nunes.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3780/04_-_requerimento_-_27-01-2025_-_estrada_contendas_familia_dairton_correa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3780/04_-_requerimento_-_27-01-2025_-_estrada_contendas_familia_dairton_correa.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que, através do setor de obras, seja feita manutenção na estrada do Bairro Contendas, de acesso à propriedade onde reside a família do senhor Dairton Correa e à propriedade do senhor José Carlos, filho do senhor Mário Fernandes, no Bairro Contendas.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3781/06_-_requerimento_27-01-2025_-_monte_de_terra_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3781/06_-_requerimento_27-01-2025_-_monte_de_terra_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja retirado dois montes de terra que estão amontoados em dois pontos da estrada do Bairro “Pitangueiras de Cima”. Um está amontoado próximo à quadra e o outro no local conhecido como “estrada nova”.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3782/07_-_requerimento_27-01-2025_-_calcar_beco_predio_tonho_do_onorfo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3782/07_-_requerimento_27-01-2025_-_calcar_beco_predio_tonho_do_onorfo.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável pelos calçamentos de vias urbanas, seja pavimentada a Rua João Lopes Sobrinho, localizada perpendicularmente à Praça Delfim Moreira.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3783/09_-_requerimento_27_01_2025_bomba_do_poco_artesiano_-_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3783/09_-_requerimento_27_01_2025_bomba_do_poco_artesiano_-_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Realizar manutenção na bomba do poço artesiano do bairro Lagoa, uma vez que a mesma se encontra com o seu sistema automático danificado.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3784/010_-_requerimento_27_01_2025_bueiro_proximo_coracao_-_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3784/010_-_requerimento_27_01_2025_bueiro_proximo_coracao_-_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que, através do setor de obras, seja feita manutenção do bueiro existente em uma via calçada no bairro Lagoa, local onde está instalado o coração com os dizeres “Mãe Navegante”, via de acesso para Pedralva e para Maria da Fé. Referido bueiro está entupido.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3792/010_-_requerimento_03-02-2025_-_quebra_molas_estrada_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3792/010_-_requerimento_03-02-2025_-_quebra_molas_estrada_contendas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor de obras veja a possibilidade de se construir um quebra-molas próximo à igreja, no bairro Contendas.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3793/011_-_requerimento_03-02-2025_-_faixa_elevada_ruas_casemiro_osorio_e_pedro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3793/011_-_requerimento_03-02-2025_-_faixa_elevada_ruas_casemiro_osorio_e_pedro_monti.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: construção de faixas elevadas e pintura de faixas de pedestres nas seguintes vias públicas: Rua Casemiro Osório e Rua Pedro Monti.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3794/012_-_requerimento_03-02-2025_-_placa_identificacao_rua_braz_claudino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3794/012_-_requerimento_03-02-2025_-_placa_identificacao_rua_braz_claudino.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça a troca e a colocação de placas informando os nomes, para identificar os seguintes locais: Rua Brás Claudino Rodrigues e Estrada Jaboticabal, no bairro Jaboticabal.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3795/013_-_requerimento_03-02-2025_-_quantidade_de_vagas_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3795/013_-_requerimento_03-02-2025_-_quantidade_de_vagas_concurso_publico.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: informações sobre o último concurso público realizado pela Prefeitura de Pedralva: 1.	A quantidade total de vagas previstas para todos os cargos do último concurso público, incluindo aquelas não especificadas no edital, conforme o Plano de Cargos, Carreiras e Salários vigente; e 2.	A quantidade total de vagas preenchidas para esses cargos até a presente data, detalhando os cargos efetivamente ocupados.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3796/08_-_requerimento_03-02-2025_-__rua_frei_orestes_-bueiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3796/08_-_requerimento_03-02-2025_-__rua_frei_orestes_-bueiro.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal: que, através do setor de obras, com acompanhamento e orientação do setor de engenharia civil, sejam realizadas as melhorias necessárias no bueiro situado na Rua Frei Orestes, próximo à residência do senhor Messias, ex-funcionário público municipal.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3797/05_-_requerimento_-_03-02-2025_-_quebra-molas_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3797/05_-_requerimento_-_03-02-2025_-_quebra-molas_contendas.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor competente, seja instalada placa indicando o limite de velocidade e seja construído quebra-molas no trecho da estrada do Bairro Contendas, cruzamento que dá acesso aos Bairros Pitangueiras, Balaio e Abertão, próximo à venda do Senhor João Cota e da Igrejinha, haja vista a alta velocidade que os veículos passam pelo local.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3798/06_-_requerimento_-_03-02-2025_-_bueiro_entupido_em_frente_serralheria_do_marcelo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3798/06_-_requerimento_-_03-02-2025_-_bueiro_entupido_em_frente_serralheria_do_marcelo.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do departamento de obras e de serviços públicos, seja desentupido o bueiro existente na Avenida Cláudio Rodrigues de Souza, próximo a serralheria do Marcelo.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3799/038_-_requerimento_-_03-02-2025_-_esgoto_avenida_flavio_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3799/038_-_requerimento_-_03-02-2025_-_esgoto_avenida_flavio_antonio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pelo saneamento básico, na Prefeitura de Pedralva, verifique a situação do deságue de esgoto na Avenida Flávio Antônio de Abreu Paiva, haja vista que o esgoto está correndo a céu aberto em um trecho desta avenida.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3800/039_-_requerimento_-_03-02-2025_-_capina_mato_loteamento_claudio_bustamante_e_demais_ruas_da_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3800/039_-_requerimento_-_03-02-2025_-_capina_mato_loteamento_claudio_bustamante_e_demais_ruas_da_cidade.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pela limpeza pública realize, com urgência, a retirada do mato que cresce pelas ruas da cidade e que seja feita uma vistoria em todos os loteamentos e sejam notificados os proprietários de lotes baldios, para que façam a limpeza de seus lotes.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3801/08_-_requerimento_03-02-2025_-_mosquitos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3801/08_-_requerimento_03-02-2025_-_mosquitos.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja instituído o “programa de prevenção e combate às moscas no município”, sugerindo as seguintes ações:_x000D_
 a.	Campanhas educativas sobre a importância da correta destinação de resíduos sólidos e a eliminação de possíveis focos de reprodução de moscas, especialmente em áreas públicas e domicílios._x000D_
 b.	Inspeções regulares em estabelecimentos comerciais que realizaram descarte de resíduos e áreas públicas para verificar a presença de focos._x000D_
 c.	Ações de conscientização comunitária, com a promoção de workshops ou palestras sobre cuidados de saúde e prevenção contra doenças transmitidas por moscas.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3802/09_-_requerimento_03-02-2025_-__mudanca_rede_poda_eucalipto_bairro_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3802/09_-_requerimento_03-02-2025_-__mudanca_rede_poda_eucalipto_bairro_correias.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal: que, através do setor responsável, seja analisada a situação que se apresenta no Bairro Correias, local onde árvores cresceram demais e estão caindo sobre a rede de distribuição de energia elétrica.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3803/040-_requerimento_-03-02-2025_-_rua_afonso_vieira_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3803/040-_requerimento_-03-02-2025_-_rua_afonso_vieira_machado.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja feito o calçamento de um pequeno trecho de rua localizado no final da Rua Afonso Viera Machado, no Bairro São José.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3804/041_-_requerimento_-_03-02-2025_-_buracos_rua_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3804/041_-_requerimento_-_03-02-2025_-_buracos_rua_dona_miquita.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizado o serviço necessário para tampar os buracos que se formaram na Rua Dona Miquita.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3805/042_-_requerimento_-_03-02-2025_-_der_-_ponte_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3805/042_-_requerimento_-_03-02-2025_-_der_-_ponte_vintem.pdf</t>
   </si>
   <si>
     <t>solicitações ao DER - Departamento de Estrada de Rodagem de Minas Gerais:  _x000D_
 1.	informar o que pode ser feito para melhorar o serviço que foi realizado no dia 30 de janeiro de 2025, no local conhecido como “ponte do vintém”, na rodovia MG347, referente ao reparo feito em um desnível no início da ponte, sendo que, pelo que se constata, o reparo ficou muito alto. Sugiro que seja colocada uma placa informando aos motorista que existe um ressalto na via._x000D_
 2.	podar a touça de bambu existente na beirada da rodovia, alguns metros antes de chegar na “ponte do vintém”; e_x000D_
 3.	roçar a beirada de toda extensão da rodovia MG347 e fazer a limpeza da pista nos pontos que está com terra no leito da via, como no local próximo a distribuidora de bananas “Lopes”.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3806/043_-_requerimento_-_03-02-2025_-_medicamentos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3806/043_-_requerimento_-_03-02-2025_-_medicamentos.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: informar, através da Secretaria de Saúde, como está a distribuição de medicamentos para a população, haja vista que tenho sido questionado sobre a falta de medicamentos, como, por exemplo de insulina.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3807/014_-_requerimento_03-02-2025_-_castelhano_-_rogerio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3807/014_-_requerimento_03-02-2025_-_castelhano_-_rogerio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do departamento de obras rurais, seja feito o reparo necessário na estrada do bairro Castelhano, em especial, próximo à propriedade do senhor Rogério.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3808/044_-_requerimento_-_03-02-2025_-_prorrogacao_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3808/044_-_requerimento_-_03-02-2025_-_prorrogacao_concurso_publico.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: informar se a administração municipal pretende prorrogar a validade do concurso público realizado pela Prefeitura Municipal de Pedralva através do Edital nº 01/2022, homologado através do Decreto nº 2.570, de 14 de setembro de 2023.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3809/03_-_requerimento_lar_da_crianca_03-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3809/03_-_requerimento_lar_da_crianca_03-02-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal: •	Que seja informado se a Prefeitura Municipal continuará com o contrato de locação de salas com o Lar da Criança Nossa Senhora de Fátima, tendo em vista que com a possível inauguração da creche as salas de aulas seriam remanejadas para essa nova escola e não teríamos mais salas de aula no Lar da Criança Nossa Senhora de Fátima, assim, é necessário tal esclarecimento, tendo em vista que com o fim do locação, a Entidade terá um impacto financeiro em seu orçamento, o que às vezes não estava previsto e também não foi mencionado pelo Poder Executivo na data da apresentação do orçamento Municipal. •	Caso o contrato de locação de salas com o Lar da Criança Nossa Senhora de Fátima não continue, solicito ao Poder Executivo que informe se é possível fazer uma nova análise do valor da subvenção indicada a esta Entidade, tendo em vista que as contas mensais da Entidade não estão fechando com os valores encaminhado pelo Poder Executivo a título de subvenção.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3810/04_-_requerimento_manutencao_baixada_do_pedrao_03-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3810/04_-_requerimento_manutencao_baixada_do_pedrao_03-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Prefeito Municipal:	que realize com urgência a manutenção da estrada do Bairro do Pedrão, sentido o bairro Lagoa (trecho conhecido por Pedrão de cima e baixada do Pedrão), tendo em vista que esse trecho de estrada está em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Vale destacar que os moradores daquela localidade estão encontrando dificuldade para utilizar da estrada diariamente para o trabalho, escoamento da produção rural e ainda, pode prejudicar o transporte escolar dos alunos, caso não seja feita uma manutenção paliativa com urgência.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3811/05__-_requerimento_vila_vicentina_03-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3811/05__-_requerimento_vila_vicentina_03-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Prefeito Municipal: que seja analisado a viabilidade das “Casinhas” da Vila Vicentina serem incluídas dentro do patrimônio cultural do nosso Município, a fim que possa receber os devidos investimentos através do recurso vinculado para esta finalidade dentro do orçamento municipal (Fundo do Patrimônio Cultural)</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3812/010_-_requerimento_03-02-2025_-_der_-_ponte_vintem_-_retifica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3812/010_-_requerimento_03-02-2025_-_der_-_ponte_vintem_-_retifica.pdf</t>
   </si>
   <si>
     <t>Solicita ao Departamento de Estradas e Rodagens - DER/MG: que seja verificado o serviço realizado na cabeceira da ponte conhecida como "ponte do vintém", situada no km 52 da rodovia MG347, no Município de Pedralva, haja vista que, na sessão anterior, solicitei ao DER/MG que fizesse o reparo necessário no local, onde havia um desnível, e, prontamente, o serviço foi realizado. Porém, muitos cidadãos, que utilizam a via, estão me relatando que o reparo ficou muito alto, formando praticamente uma lombada no local.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3813/11_-_requerimento_03-02-2025_-_virador_de_onibus_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3813/11_-_requerimento_03-02-2025_-_virador_de_onibus_estiva.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita a limpeza e cascalhamento do local onde ônibus escolar faz retorno, local conhecido como “virador de ônibus”, no Bairro Estiva.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3814/12_-_requerimento_03-02-2025_-_escola_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3814/12_-_requerimento_03-02-2025_-_escola_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita a capina no entorno da escola do bairro Lagoa, que está com muito mato.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3815/13_-_requerimento_03-02-2025_estrada_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3815/13_-_requerimento_03-02-2025_estrada_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja cascalhado trecho de estrada no bairro lagoa, localizado próximo à Igreja.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3816/14_-_requerimento_03-02-2025_-_estrada_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3816/14_-_requerimento_03-02-2025_-_estrada_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja cascalhado trecho da estrada no bairro Pedrão, localizado ao lado do retiro de leite do senhor Ronaldo, que se encontra em estado crítico.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3830/011_-_requerimento_10-02-2025_-_gabinete_dentario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3830/011_-_requerimento_10-02-2025_-_gabinete_dentario.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal: aquisição de dois consultórios odontológicos portáteis, um aparelho de raio-x portátil e um notebook para ampliação do acesso ao atendimento odontológico em áreas vulneráveis e de difícil acesso, como regiões rurais, bem como para o atendimento domiciliar de usuários com dificuldade de locomoção.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3831/045_-_requerimento_-_10-02-2025_-_estrada_divisa_-_dito_albino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3831/045_-_requerimento_-_10-02-2025_-_estrada_divisa_-_dito_albino.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feito o calçamento de trecho de estrada do Bairro Divisa, localizado próximo à propriedade do senhor “Dito Albino”, utilizando os bloquetes já depositados no local.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3832/046_-_requerimento_-_10-02-2025_-_serra_do_balaio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3832/046_-_requerimento_-_10-02-2025_-_serra_do_balaio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das estradas rurais, sejam realizadas as melhorias necessárias na estrada de acesso ao Bairro Balaio, local conhecido como “serra do balaio”.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3833/047_-_requerimento_-_10-02-2025_-_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3833/047_-_requerimento_-_10-02-2025_-_rodoviaria.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção dos prédios públicos, sejam realizados os serviços de manutenção necessários no prédio da rodoviária e sejam tomadas medidas para controlar a infestação de pombos, que infestam o local.</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3834/048_-_requerimento_-_10-02-2025_-_bueiro_em_frente_sicoob.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3834/048_-_requerimento_-_10-02-2025_-_bueiro_em_frente_sicoob.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das vias públicas da cidade, seja nivelado os dois bueiros existentes no início da Rua Casemiro Osório, identificados nas fotos que seguem abaixo.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3835/049_-_requerimento_-_10-02-2025_-_podar_arvores_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3835/049_-_requerimento_-_10-02-2025_-_podar_arvores_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, seja feita a poda nas árvores existentes na estrada do bairro Lagoa, localizada após a sede da ESF, seguindo à esquerda.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3836/07_-_requerimento_-_10-02-2025_-_atendimento_produtores_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3836/07_-_requerimento_-_10-02-2025_-_atendimento_produtores_rurais.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: informar como serão atendidos os produtores rurais quanto ao serviço de manutenção das estrada de lavoura, se vai ser feito um cronograma de serviço, para que todos os produtores possam ser atendidos de forma justa.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3837/012_-_requerimento_10-02-2025_-_pintura_quebra-molas_av._tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3837/012_-_requerimento_10-02-2025_-_pintura_quebra-molas_av._tancredo_neves.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal: realizar a pintura das faixas de sinalização horizontal por toda a extensão da Avenida Tancredo Neves, com atenção para dos quebra-molas, que estão com a pintura desgastada ou mesmo apagada, como é o caso do quebra-molas situado em frente à “Hortifruti e Lanchonete da Vovó”.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3838/050_-_requerimento_-_10-02-2025_-_estrada_jaboticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3838/050_-_requerimento_-_10-02-2025_-_estrada_jaboticabal.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das estrada rurais, sejam realizados os serviços necessários na estrada do Bairro Jaboticabal, fazendo a roçagem do mato nas laterais, a limpeza das saídas de água e a retirada do barro e o cascalhamento nos pontos críticos.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3839/051_-_requerimento_-_10-02-2025_-_estrada_pipa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3839/051_-_requerimento_-_10-02-2025_-_estrada_pipa.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das estrada rurais, sejam realizados os serviços necessários em um trecho da estrada do Bairro Pipa, próximo à propriedade do “Lolô”, que foi muito danificado pelas chuvas.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3840/052_-_requerimento_-_10-02-2025_-_passei_avenida_tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3840/052_-_requerimento_-_10-02-2025_-_passei_avenida_tancredo_neves.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das ruas da cidade, sejam tomadas providências para construção de uma calçada na beirada na Avenida Tancredo Neves, na entrada da cidade, beirando a propriedade do filho do saudoso senhor “Mário Santana”, haja vista se tratar de um local com grande circulação de pedestres, porém não existe uma calçada, tendo as pessoas que andar pela beirada de terra e muitas vezes, para desviar de poças de água e barro, acabam caminhando pela beira da rodovia, correndo risco de ser atropelado.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3841/053_-_requerimento_-_10-02-2025_-_banheiro_da_academia_sabara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3841/053_-_requerimento_-_10-02-2025_-_banheiro_da_academia_sabara.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pela manutenção dos prédios públicos do município tome providências quanto ao estado que se encontra um dos banheiros da Academia de Saúde "Benedito da Silva, vulgo Sabará", no Bairro Bica, haja vista que a porta ficou destrancada e vândalos entraram no local e danificaram partes do sanitário.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3842/054_-_requerimento_-_10-02-2025_-_energia_eletrica_e_limpeza_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3842/054_-_requerimento_-_10-02-2025_-_energia_eletrica_e_limpeza_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, o setor responsável pela manutenção dos espaços públicos, realize os serviços necessários para melhoria da pista de caminhada. Precisa ser melhorada a iluminação, ser feita a limpeza da pista e melhorado o sistema de escoamento de água de chuva nas laterais.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3843/015_-_requerimento_10-02-2025_-_contra_mao_trecho_rua_dona_inacia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3843/015_-_requerimento_10-02-2025_-_contra_mao_trecho_rua_dona_inacia.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável pela sinalização das vias públicas de Pedralva analise a possibilidade de trecho da Rua Dona Inácia Macedo, cortado pelas Ruas Casemiro Osório e Coronel Machado, ser sinalizado com placa proibindo a subida de veículos, haja vista se tratar de uma via íngreme, onde o calçamento é desigual, tendo ocorrido acidentes com veículos que tentaram passar em dias de chuva e acabaram deslizando e batendo.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3844/016_-_requerimento_10-02-2025_-_urgencia_especial_pls_05_e_06_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3844/016_-_requerimento_10-02-2025_-_urgencia_especial_pls_05_e_06_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita URGÊNCIA ESPECIAL para os seguintes projetos:_x000D_
 1)	Projeto de Lei nº 05, de 2025 “Dispõe sobre a concessão de subvenção social às entidades para o exercício de 2025 e dá outras providências”; e_x000D_
 2)	Projeto de Lei nº 06, de 2025 “Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o exercício de 2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3845/15_-_requerimento_10-02-2025_-_ponte_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3845/15_-_requerimento_10-02-2025_-_ponte_estiva.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita a manutenção na ponte do bairro Estiva.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3846/16_-_requerimento_10-02-2025_-_manilhamento_e_bueiro_rua_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3846/16_-_requerimento_10-02-2025_-_manilhamento_e_bueiro_rua_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feito o manilhamento e um bueiro na rua ao lado da Igreja, no bairro Lagoa.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3847/17_-_requerimento_10-02-2025_-_subvencao_apae_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3847/17_-_requerimento_10-02-2025_-_subvencao_apae_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: enviar, para aprovação da Câmara Municipal, projeto de lei concedendo subvenção para a APAE de Maria da Fé.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3848/06_-_requerimento_abrigo_de_onibus_10-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3848/06_-_requerimento_abrigo_de_onibus_10-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja feito as devidas reformas e melhorias nos abrigos de pontos de ônibus em todo nosso Município, na área rural e urbana, solicitando ainda, que sejam instalados abrigos nos pontos de ônibus que ainda não possuem, principalmente nas duas entradas da cidade nas margens da Rodovia. Tendo em vista, que com o início das aulas tais melhorais se fazem necessárias para melhor atender nossos alunos que esperam o transporte escolar nesses locais.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3849/07_-_requerimento_manutencao_bairro_pipa_10-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3849/07_-_requerimento_manutencao_bairro_pipa_10-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que realize com urgência a manutenção da estrada que dá acesso ao Bairro da PIPA, tendo em vista que esse trecho de estrada está em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Vale destacar que os moradores daquela localidade estão encontrando dificuldade para utilizar da estrada diariamente para o trabalho, escoamento da produção rural e ainda, pode prejudicar o transporte escolar dos alunos, caso não seja feita uma manutenção paliativa com urgência.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3856/55_-_requerimento_-_17-02-2025_-_barra_mansa_-_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3856/55_-_requerimento_-_17-02-2025_-_barra_mansa_-_estrada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, sejam realizadas as melhorias necessárias na estrada do Bairro Barra Mansa e que seja analisada a situação de uma árvore que está arqueada para dentro da estrada.</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3857/56_-_requerimento_-_17-02-2025_-_limpeza_escola_posses_-_sede_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3857/56_-_requerimento_-_17-02-2025_-_limpeza_escola_posses_-_sede_esf.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção dos prédios públicos, sejam feitas melhorias necessárias nos prédios que abrigam a Estratéfia Saúde da Família nos Bairros Posses, Pedra Preta e Lagoa, e, também, seja verificada a situação dos demais prédios sede de ESF e ser feito os reparos que constatar necessários.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3858/57_-_requerimento_-_17-02-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3858/57_-_requerimento_-_17-02-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feito o reparo necessário no bueiro localizado na estrada que serve como atalho de ligação entre o Bairro Coelho e o Bairro Posses, localizado após a propriedade do Moacir.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3859/09_-_requerimento_17-02-2025_-__bairro_sao_jose_-_rua_pedro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3859/09_-_requerimento_17-02-2025_-__bairro_sao_jose_-_rua_pedro_monti.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realização de serviços de manutenção do cruzamento das ruas Pedro Monti e José de Oliveira Lopes, situadas no Bairro São José.</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3860/10_-_requerimento_17-02-2025_-_rua_coronel_canuto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3860/10_-_requerimento_17-02-2025_-_rua_coronel_canuto.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: requer com máxima urgência, a realização de manutenção na Rua Coronel Canuto.</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3861/58_-_requerimento_-_17-02-2025_-_bairro_corrego_fundo_-_passeio_postes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3861/58_-_requerimento_-_17-02-2025_-_bairro_corrego_fundo_-_passeio_postes.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, sejam realizadas as melhorias necessárias nas ruas do Bairro Córrego Fundo. Precisa ser feita a limpeza, com retirada do mato e, na na Rua Professor José da Costa Paiva, ser instaldo meio-fio, ser construído passeio em frente às residências e ser retirandos os postes instalados no meio da rua.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3862/59_-_requerimento_-_17-02-2025_-_pedra_-_ze_til.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3862/59_-_requerimento_-_17-02-2025_-_pedra_-_ze_til.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção na estrada do bairro Pedra Batista, principalmente nos locais onde a situação é mais precária, como o trecho próximo à propriedade dos familiares do senhor “Zé Til” e no local conhecido como “curva do bambu”, que são pontos desta estrada que sempre estão danificados e dificultando a passagem de veículos, até mesmo do ônibus escolar. Existe um bueiro localizado na estrada próximo à propriedade dos familiares do senhor “Zé Til” que está com a manilha quebrada na beirada da estrada, formando um buraco que está a cada dia aumentando para dentro da estrada.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3863/17_-_requerimento_17-02-2025_-_buracos_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3863/17_-_requerimento_17-02-2025_-_buracos_bela_vista.pdf</t>
   </si>
   <si>
     <t>solicita  Prefeito Municipal: solicito ao setor responsável que faça os reparos necessários tampando o buraco situado no bairro Bela Vista, próximo ao calçamento.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3864/09_-_requerimento_adicional_de_insalubridade_17-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3864/09_-_requerimento_adicional_de_insalubridade_17-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Prefeito Municipal: _x000D_
 •	Que esclareça a situação do pagamento do adicional de insalubridade para os Agentes Comunitários de Saúde e dos Agentes de combate às Endemias do nosso município, tendo em vista que a Emenda Constitucional nº 120/2022, referendada pelo laudo técnico das condições ambientais de trabalho elaborado por solicitação da Prefeitura Municipal no ano de 2015, determinou o pagamento de adicional de insalubridade aos referidos profissionais. _x000D_
 •	Solicita ainda, que informe sobre a situação do pagamento dos valores a título de retroativo do adicional de insalubridade desses profissionais._x000D_
 •	Por fim, que esclareça sobre a possibilidade do pagamento do adicional de insalubridade aos profissionais que atuam na Farmácia Popular.</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3865/08_-_requerimento_creche_17-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3865/08_-_requerimento_creche_17-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Prefeito Municipal:_x000D_
 •	Que informe em qual data será iniciada as aulas em nossa nova creche - Centro Municipal de Educação Infantil (CEMEI) Prefeito José Fernandes Sobrinho._x000D_
 •	Que informe qual será a idade das crianças a serem atendidas pela creche, caso não sejam atendidas todas crianças menores de 4 anos inicialmente, qual seria a previsão para o atendimento destas crianças pelo serviço da creche._x000D_
 •	Que informe também ser será fornecido transporte escolar para todos os alunos da creche. Em caso de resposta negativa, que apresente os motivos pelo não fornecimento de transporte aos nossos pequenos.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3866/18_-_requerimento_17-02-2025_-_manilhas_bairro_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3866/18_-_requerimento_17-02-2025_-_manilhas_bairro_pedra_preta.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita a manutenção nas manilhas do bueiro localizado na beirada da estrada, alguns metros após a Igreja, no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3867/19_-_requerimento_17-02-2025_-_esf_-_bairro_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3867/19_-_requerimento_17-02-2025_-_esf_-_bairro_pedra_preta.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja reformado o prédio que abriga a Estratégia de Saúde da Família, no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3868/20_-_requerimento_17-02-2025_-_estradas_-_bairro_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3868/20_-_requerimento_17-02-2025_-_estradas_-_bairro_pedra_preta.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja feito o patrolamento nas estradas do bairro Pedra Preta.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3869/21_-_requerimento_17-02-2025_-_estrada_estiva_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3869/21_-_requerimento_17-02-2025_-_estrada_estiva_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja feita o patrolamento nas estradas do bairro Estiva até o bairro Lagoa.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3870/22_-_requerimento_17-02-2025_estrada_lagoa_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3870/22_-_requerimento_17-02-2025_estrada_lagoa_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável, seja feito o patrolamento nas estradas do bairro Pedrão ao bairro Lagoa.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3871/06_-_requerimento_-_17-02-2025_-_programa_de_melhoramento_genetico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3871/06_-_requerimento_-_17-02-2025_-_programa_de_melhoramento_genetico.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através da Secretaria Municipal de Desenvolvimento e Departamento de Agropecuária, seja criado em Pedralva um programa municipal de melhoramento genético da criação de gado.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3872/013_-_requerimento_17-02-2025_-_construcao_abrigo_sertaozinho_e_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3872/013_-_requerimento_17-02-2025_-_construcao_abrigo_sertaozinho_e_divisa.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal: que, através do setor responsável, seja instalado um abrigo de passageiro no Bairro Sertãozinho, em frente à casa do Santos, e um no Bairro Divisa, próximo à entrada para a propriedade do senhor “Dito Albino”.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3879/60_-_requerimento_-_24-02-2025_-_pequenas_cirurgias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3879/60_-_requerimento_-_24-02-2025_-_pequenas_cirurgias.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito:  que a Secretaria Municipal de Saúde analise a possibilidades de ser realizado um mutirão para pequenas cirurgias, visto que é grande a  quantidade de pacientes que ainda aguardam esse atendimento, e que encaminhe a esta Casa as seguintes informações:_x000D_
 1.	quantas pessoas aguardam por esse procedimentos?_x000D_
 2.	sendo realizado o mutirão pela prefeitura, quantas pequenas cirurgias poderão ser realizadas pela rede pública municipal de saúde?_x000D_
 3.	é possível convidar médicos cirurgiões para parceria, dando preferência para médicos da nossa cidade que são referência em cirurgia?_x000D_
 4.	qual o tempo médio de espera para a realização dessas cirurgias?_x000D_
 5.	existe alguma estratégia para acelerar o atendimento dos pacientes que ainda aguardam cirurgia?</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3880/61_-_requerimento_-_24-02-2025_-__ponte_na_pipa_-_perto_do_lolo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3880/61_-_requerimento_-_24-02-2025_-__ponte_na_pipa_-_perto_do_lolo.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor de obras realize o serviço que se faz necessário na ponte localizada na estrada do Bairro Pipa, próximo à propriedade do “Lolo”, local onde a prefeitura realizou, recentemente, um serviço paleativo na estrada, porém, com as chuvas a terra nas beiradas foi arrastada para dentro do córrego, fazendo uma barreira que impede a água de correr, e está formando buracos nas beiradas da estrada. Precisa ser feita a limpeza do córrego.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3881/08_-_requerimento_24-02-2025_-_calcamento_local_vira_onibus_-_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3881/08_-_requerimento_24-02-2025_-_calcamento_local_vira_onibus_-_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: calçar trecho de estrada do Bairro Pitangueiras, local conhecido por “Pitangueiras de cima”, local onde os ônibus do transporte escolar fazem o retorno, próximo à casa do senhor José Dimas.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3882/09_-_requerimento_24-02-2025_-_iluminacao_publica_-_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3882/09_-_requerimento_24-02-2025_-_iluminacao_publica_-_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: instalar iluminação pública nos postes existentes próximo à quadra e à residência do “Sô Tarcísio”, no Bairro Pitangueira, local conhecido por “Pitangueiras de cima”.</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3883/010_-_requerimento_24-02-2025_-_coleta_de_lixo_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3883/010_-_requerimento_24-02-2025_-_coleta_de_lixo_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: recolher o lixo no Bairro Pitangueiras, localidade conhecida como “pitangueiras de cima”, ao menos uma vez por mês, e colocar mais um ponto de coleta próximo à residência do “Sô Tarcísio”.</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3884/011_-_requerimento_24-02-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3884/011_-_requerimento_24-02-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor de obras realize a troca de pranchões na ponte localizada no Bairro Pitangueiras, localidade conhecida como “pitangueiras de baixo”, ponte esta que fica na estrada que dá acesso ao Município de São José do Alegre, próximo à residência do funcionário da prefeitura que trabalha como conserva de estrada.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3885/012_-_requerimento_24-02-2025_-_poste_iluminacao_joao_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3885/012_-_requerimento_24-02-2025_-_poste_iluminacao_joao_fernandes.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: tomar as medidas cabíveis para que seja feito reparo em um poste de energia elétrica situado no Bairro Anhumas, próximo à propriedade do João Fernandes, que está inclinado ameaçando cair.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3886/013_-_requerimento_24-02-2025_-_calcamento_perto_curral_do_paulinho_correia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3886/013_-_requerimento_24-02-2025_-_calcamento_perto_curral_do_paulinho_correia.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: calçar pequeno trecho de estrada, de aproximadamente 50m, localizado próximo ao curral do Paulinho Correia, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3887/018_-_requerimento_24-02-2025_-_tapa_buracos_-_rua_dr._macedo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3887/018_-_requerimento_24-02-2025_-_tapa_buracos_-_rua_dr._macedo.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável pelas vias urbanas faça uma operação tapa buracos no bairro Jaboticabal, rua Doutor Macedo.</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3888/019_-_requerimento_24-02-2025_-_rua_jose_belmiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3888/019_-_requerimento_24-02-2025_-_rua_jose_belmiro.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que sejam tomadas providências quanto a rua José Belmiro Monti, próximo à Escola Estadual Professor Arcádio do Nascimento Moura.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3889/23_-_requerimento_24-02-2025_bueiro_lagoa_-_casa_ademilson_rosa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3889/23_-_requerimento_24-02-2025_bueiro_lagoa_-_casa_ademilson_rosa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja construída uma caixa e instalada grade de proteção no bueiro situado em uma rua do bairro Lagoa, ao lado da casa do senhor Ademilson Rosa.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3890/10_-_requerimento_manutencao_rua_jose_de_oliveira_lopes_24-02-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3890/10_-_requerimento_manutencao_rua_jose_de_oliveira_lopes_24-02-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que realize com urgência a manutenção da RUA JOSÉ DE OLIVEIRA LOPES, localizada no bairro São José, próximo ao Supermercado, tendo em vista que se encontra com vários buracos, o que dificulta a passagens dos veículos, principalmente no período da chuva, no qual a situação da rua piora e fica em péssimas condições, sendo necessário fazer uma drenagem na rua e melhorar o calçamento. Solicita ainda, que seja feita uma manutenção neste mesmo trecho, na esquina com a RUA PEDRO MONTI, local onde os veículos estão encontrando dificuldade para transitar.</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3901/62_-_requerimento_-_06-03-2025_-_drenagem_agua_lagoa_-_proximo_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3901/62_-_requerimento_-_06-03-2025_-_drenagem_agua_lagoa_-_proximo_esf.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor de obras, juntamente como o setor de engenharia, realize os serviços necessários para correto escoamento de água de chuva em uma via do Bairro Lagoa, sendo a via de acesso à ESF do bairro.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3902/63_-_requerimento_-_06-03-2025_-_local_para_funcionarios_guardar_seus_veiculos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3902/63_-_requerimento_-_06-03-2025_-_local_para_funcionarios_guardar_seus_veiculos.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que seja disponibilizado um local seguro para os funcionários da prefeitura estacionarem suas conduções, enquanto trabalham.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3903/014_-_requerimento_06-03-2025_-_pediatra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3903/014_-_requerimento_06-03-2025_-_pediatra.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Municipal: que, através do setor de saúde, seja contratado um pediatra para atender as crianças de Pedralva, na parte da tarde, ao menos duas horas por dia, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3904/015_-_requerimento_06-03-2025_-_cemig_-_poste_-_evaristo_vilas_boas_-_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3904/015_-_requerimento_06-03-2025_-_cemig_-_poste_-_evaristo_vilas_boas_-_posses.pdf</t>
   </si>
   <si>
     <t>solicita à Cemig e ao Senhor Prefeito: Instalação de um poste de energia próximo à residência do senhor Evaristo de Vilas Boas, no Bairro Posses, área rural de Pedralva, nº de instalação 3001570843.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3905/24_-_requerimento_06-03-2025_-_lixeira_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3905/24_-_requerimento_06-03-2025_-_lixeira_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que, através do setor de obras, sejam instaladas três lixeiras no bairro Lagoa, ao lado da Igreja.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3906/016_-_requerimento_10-03-2025_-_abrigo_ponto_de_onibus_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3906/016_-_requerimento_10-03-2025_-_abrigo_ponto_de_onibus_vintem.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: construção de um abrigo no ponto de ônibus existente na beirada da rodovia MG 347, próximo ao depósito de bananas do “Tino”, após a “ponte do vintém”.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3907/11_-_requerimento_10-03-2025_-_manutencao_de_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3907/11_-_requerimento_10-03-2025_-_manutencao_de_estrada.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: por meio da Secretaria de Obras e Infraestrutura, tome as devidas providências para a requalificação e manutenção urgente da estrada rural, afim de garantir melhores condições para a colheita do café, proporcionando maior eficiência e segurança no transporte da produção.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Carlos Alberto Vilas Boas, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3908/014_-_requerimento_10-03-2025_-_calcamento_lagoa_e_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3908/014_-_requerimento_10-03-2025_-_calcamento_lagoa_e_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que seja dada ordem de serviço à empresa contratada para a realização de obra de pavimentação nos bairros Pedrão e Lagoa, uma vez que a obra já se encontra licitada por meio do Processo Licitatório nº 136/2024 e há recursos em caixa para a sua realização, que foram deixados recursos pela gestão anterior e são provenientes de emenda parlamentar do Deputado Federal Rafael Simões.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3909/015_-_requerimento_10-03-2025_-_calcamento_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3909/015_-_requerimento_10-03-2025_-_calcamento_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:_x000D_
 •	que sejam prestadas informações a respeito da contratação da empresa responsável para realizar obra de pavimentação em trecho da estrada do Bairro Pitangueiras, proveniente do Processo Licitatório nº 131/2024; e_x000D_
 •	que, uma vez concretizada, seja dada ordem de serviço à empresa contratada, uma vez que a obra já se encontra licitada e há recursos em caixa para a sua realização, que foram deixados recursos pela gestão anterior e são provenientes de emenda parlamentar do Deputado Federal Rafael Simões.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3910/64_-_requerimento_-_10-03-2025_-_manutencao_estradas_bela_vista_e_segredo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3910/64_-_requerimento_-_10-03-2025_-_manutencao_estradas_bela_vista_e_segredo.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor de obras realize manutenção em toda extenção das estradas dos Bairros Bela Vista e Segredo, que estão com buracos, mato nas beiradas, saídas de água entupidas e, em determinado ponto, está com um cano de água descoberto.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3911/65_-_requerimento_-_10-03-2025_-_retirar_monte_de_terra_perto_quadra_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3911/65_-_requerimento_-_10-03-2025_-_retirar_monte_de_terra_perto_quadra_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, seja retirado o monte de terra que está amontoado próximo à quadra de esportes, no Bairro Pitangueiras</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3912/25_-_requerimento_10-03-2025_-_rocar_mato_beirada_estrada_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3912/25_-_requerimento_10-03-2025_-_rocar_mato_beirada_estrada_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:	que, através do setor responsável, seja feita a roçada nas beiras das estradas do bairro Pedrão.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3919/66_-_requerimento_-_17-03-2025_-_fonoaudiologa_psicologo_e_neuropediatra_nas_escolas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3919/66_-_requerimento_-_17-03-2025_-_fonoaudiologa_psicologo_e_neuropediatra_nas_escolas.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: disponibilizar mais profissionais fonoaudiólogo, psicólogo e neuropediatra para atender nas escolas do município, melhorando o atendimento aos alunos com diferentes necessidades.</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3920/67_-_requerimento_-_17-03-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3920/67_-_requerimento_-_17-03-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: realizar, por meio do setor jurídico da prefeitura, os procedimentos necessários para contratação de empresa para realizar a REURB – Regularização Fundiária Urbana</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3921/68_-_requerimento_-_17-03-2025_-_posto_saude_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3921/68_-_requerimento_-_17-03-2025_-_posto_saude_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: realizar melhorias no prédio sede da Estratégia Saúde da Família no Bairro Lagoa – remover toda a terra amontada ao redor do prédio, retirar o mato, lavar toda a parte externa, pintura das paredes e colocar o portão de entrada.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3922/69_-_requerimento_-_17-03-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3922/69_-_requerimento_-_17-03-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: realizar, através do setor de obras, melhorias em uma estrada do Bairro Estiva, local conhecido como estrada de acesso para a antiga cascalheira, que se encontra com valetas e buracos e com caixas de bueiro sem grade de proteção.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3923/016_-_requerimento_17-03-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3923/016_-_requerimento_17-03-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor de obras, manutenção em trecho da estrada municipal que liga o Bairro Pitangueiras ao Bairro Três Paineiras, local conhecido como “morro da grota do rosa”, próximo à propriedade do Alex, Lele e da mãe desses dois senhores. Precisa ser cascalhado e ser aterrado em frente à casa dos proprietários citados; precisa ser aterrada uma pedra que está descoberta em um ponto da via; e precisa ser construído quatro bueiros com as manilhas que já estão no local.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3924/017_-_requerimento_17-03-2025_-_estrada_3_paineira_abertao_e_facundes_liga_santa_rita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3924/017_-_requerimento_17-03-2025_-_estrada_3_paineira_abertao_e_facundes_liga_santa_rita.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor de obras, manutenção na estrada que liga os Bairros Três Paineiras, Abertão e Fagundes ao Município de Santa Rita do Sapucaí, estrada esta que dá acesso à propriedade de Dona Luzia e do senhor João Camilo.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3925/018_-_requerimento_17-03-2025_-_bueiro_estrada_tres_paineiras_-_casa_do_cido.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3925/018_-_requerimento_17-03-2025_-_bueiro_estrada_tres_paineiras_-_casa_do_cido.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: reconstruir, através do setor de obras, o bueiro localizado na estrada do Bairro Três Paineira, local conhecido como “pinhalzinho”, próximo à propriedade do “Cido”.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3926/019_-_requerimento_17-03-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho_entrando_proximo_dito_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3926/019_-_requerimento_17-03-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho_entrando_proximo_dito_batista.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor de obras, manutenção na estrada que liga o Bairro Cubatão ao Bairro Sertãozinho, sendo a via que inicia próximo à residência do senhor “Tonho Batista”.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3927/11_-_requerimento_entidades_17-03-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3927/11_-_requerimento_entidades_17-03-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Exmo. Senhor Prefeito Municipal: _x000D_
 •	Que seja repassado com máxima urgência a subvenção social as nossas Entidades, tendo em vista que tomei conhecimento na última sexta feira (dia 14 de março de 2025) que algumas Entidade ainda não teriam recebido o valor das subvenções da Prefeitura, porém tal situação é muito preocupante, haja vista que as nossas Entidades necessitam dos valores das subvenções para custearem suas despesas e o atraso no repasse pode prejudicar a execução dos serviços prestados aos seus usuários._x000D_
 •	Que informe sobre a situação do repasse do valor para a Entidade Sociedade de Educação e Assistência Frei Orestes (Lar da Criança), originário do projeto “Faça o mundo melhor com suas ações”, referente ao repasse do dinheiro do imposto de renda depositado no fundo municipal dos direitos da criança e adolescente</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3928/12_-_requerimento_manutencao_bairro_paulino_paixao_17-03-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3928/12_-_requerimento_manutencao_bairro_paulino_paixao_17-03-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Exmo. Senhor Prefeito Municipal:_x000D_
 •	Que realize a manutenção/limpeza dos bueiros e manilhas no bairro Paulino Paixão, no trecho próximo ao mercado do bairro._x000D_
 •	Que realize a manutenção do quebra-molas no bairro Paulino Paixão, no trecho próximo ao mercado do bairro, tendo em vista tratar-se de uma de uma via de acesso ao bairro muito movimentada e precisa trazer mais segurança aos moradores que por ali utilizam, assim, se faz necessário uma manutenção do quebra-molas e ser for viável até a instalação de uma faixa elevada para travessia de pedestres.</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3929/13_-_requerimentotjmg_17-03-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3929/13_-_requerimentotjmg_17-03-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Exmo. Senhor Doutor Desembargador Presidente do Tribunal de Justiça de Minas Gerais:_x000D_
 •	Cumprimentando-o cordialmente, venho por meio deste, solicitar a Vossa Excelência sua valorosa atenção, no sentido de informar sobre a situação da construção do NOVO fórum na Comarca de Pedralva-MG, esclarecendo os seguintes termos:_x000D_
 1.	Existe alguma previsão para que obra seja iniciada?_x000D_
 2.	O terreno doado pelo Município de Pedralva-MG possui alguma inviabilidade técnica para a construção do novo fórum? _x000D_
 3.	Se sim, é possível corrigir ou é necessário escolher outro terreno para fazer a obra? _x000D_
 4.	Por último, caso o Município possua outro terreno para ser doado para a construção da obra do Novo Fórum, ainda é de interesse do Tribunal a construção do Novo Fórum na Comarca de Pedralva-MG?</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3930/020_-_requerimento_17-03-2025_-_lixeira_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3930/020_-_requerimento_17-03-2025_-_lixeira_cubataozinho.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:_x000D_
 •	que o setor responsável realize melhorias em três lixeiras do bairro Cubatãozinho, a saber: _x000D_
 1- Mudar de lugar uma lixeira que se encontra muito próximo da propriedade da Cinthia, causando desconforto a moradora e sua família; _x000D_
 2- Trocar a lixeira perto do pesqueiro Pais e Filhos, pois a que se encontra no local não está suportando o volume excessivo de lixo;  e_x000D_
 3- Instalar uma lixeira próximo à residência da Rosinha Lima. Ela e seus vizinhos estão precisando de um local de descarte mais próximo, e com isso, solicita ajuda.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3931/021_-_requerimento_17-03-2025_-_poste_cemig_bairro_barra_mansa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3931/021_-_requerimento_17-03-2025_-_poste_cemig_bairro_barra_mansa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável informe a CEMIG sobre um poste de energia que está muito próximo de uma residência, no bairro Barra Mansa.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3932/022_-_requerimento_17-03-2025_-_fossas_septicas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3932/022_-_requerimento_17-03-2025_-_fossas_septicas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável realize a limpeza periódica das fossas sépticas em áreas urbanas e rurais onde ainda não foi realizado o serviço, especialmente no bairro Rocinha, considerando que a correta limpeza e manutenção das fossas sépticas são essenciais para a preservação da saúde pública, do meio ambiente e da qualidade de vida dos munícipes.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3933/023_-_requerimento_17-03-2025_-_limpeza_estrada_paulino_barra_mansa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3933/023_-_requerimento_17-03-2025_-_limpeza_estrada_paulino_barra_mansa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça a devida limpeza da estrada sentido Paulino para Barra.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3934/26_-_requerimento_17-03-2025_-_bueiro_bairro_pipa_-_dito_oscar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3934/26_-_requerimento_17-03-2025_-_bueiro_bairro_pipa_-_dito_oscar.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, sejam trocadas manilhas de um bueiro existente no bairro Pipa, localizado no trecho de estrada situado acima da casa do senhor Dito Oscar.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3935/27_-_requerimento_17-03-2025_-_bueiro_bairro_pedrao_-_moacir.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3935/27_-_requerimento_17-03-2025_-_bueiro_bairro_pedrao_-_moacir.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção em um bueiro situado no bairro Pedrão, perto da casa do senhor Moacir.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3936/024_-_diaria_para_brasilia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3936/024_-_diaria_para_brasilia.pdf</t>
   </si>
   <si>
     <t>Solicita autorização para viagem para Brasília-DF e requer autorização para pagamento de 3 diárias para cobertura de despesa de viagem.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3943/70_-_requerimento_-_24-02-2025_-_banheiro_da_academia_sabara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3943/70_-_requerimento_-_24-02-2025_-_banheiro_da_academia_sabara.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pela manutenção dos prédios públicos do município tome providências quanto ao estado que se encontram os banheiros e o espaço onde está instalada a Academia de Saúde "Benedito da Silva, vulgo Sabará", no Bairro Bica, haja vista que o local precisa de ser limpo e os banheiros conservados, pois foram danificados por ações de vândalos.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3944/71_-_requerimento_-_24-02-2025_-_lixo_balaio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3944/71_-_requerimento_-_24-02-2025_-_lixo_balaio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pela coleta de lixo na zona rural recolha o lixo no Bairro Balaio, na lixeira localizada próximo à propriedade do senhor Paulo Fernandes.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3945/72_-_requerimento_-_24-03-2025_-_transporte_escolar_alunos_bairro_sao_jose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3945/72_-_requerimento_-_24-03-2025_-_transporte_escolar_alunos_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através da Secretaria Municipal de Educação, seja analisada a possibilidade de ser fornecido transporte escolar para todos os alunos do Fundamental I, que residem no Bairro São José e Loteamento Claudio de Souza Bustamante e estudam na Escola Municipal Coronel Gaspar.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3946/020_-_requerimento_24-03-2025_-_estrda_cubataozinho_zezinho_do_brejo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3946/020_-_requerimento_24-03-2025_-_estrda_cubataozinho_zezinho_do_brejo.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:  realizar, através do setor de obras, manutenção em uma estrada do Bairro Cubatãozinho, desde seu início até o ponto onde finaliza e dá acesso para a propriedade do senhor conhecido por “Zezinho do brejo”.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3947/021_-_requerimento_24-03-2025_-lixeira_no_bairro_pitangueirs_-_baiano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3947/021_-_requerimento_24-03-2025_-lixeira_no_bairro_pitangueirs_-_baiano.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor responsável pelas lixeiras públicas nos bairros rurais, a construção de uma lixeira, coberta e fechada, no Bairro Pitangueiras, no local que foi preparado para ser construída a lixeira, próximo à propriedade da senhora “Chica Moisés”.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3948/73_-_requerimento_24-03-2025_-_urgencia_especial_pl_12_e_13_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3948/73_-_requerimento_24-03-2025_-_urgencia_especial_pl_12_e_13_-_2025.pdf</t>
   </si>
   <si>
     <t>solicita a concessão de URGÊNCIA ESPECIAL para os seguinte projetos:_x000D_
 Projeto de Lei nº 12, de 2025 “Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito adicional especial, no valor de R$ 491.714,08, e dá outras providências”; e_x000D_
 Projeto de Lei nº 13, de 2025 “Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito adicional especial, no valor de R$ 61.200,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3949/08_-_requerimento_-_24-03-2025_-_estrada_alecrim_-_neuza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3949/08_-_requerimento_-_24-03-2025_-_estrada_alecrim_-_neuza.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pela manutenção das estradas rurais realize os serviços de manutenção necessários em uma estrada do Bairro Alecrim, iniciando em frente à associação de moradores do bairro, passando próximo às propriedades da professora Aline, do senhor Guto e da senhora Neuza, seguindo até a divisa com o Bairro São Domingos. Pelo que se constata no local, precisar roçar e passar a máquina.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3950/025_-_requerimento_24-03-2025_-_bueiro_rua_sao_sebastiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3950/025_-_requerimento_24-03-2025_-_bueiro_rua_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça manutenção em um bueiro localizado na Rua São Sebastião (próximo ao Estádio Monti, 542).</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3951/14_-_requerimento_manutencaoposto_de_atendimento_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3951/14_-_requerimento_manutencaoposto_de_atendimento_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Exmo. Senhor Prefeito Municipal:_x000D_
 •	Que realize com urgência as devidas manutenções no Posto de Atendimento da Saúde do bairro Lagoa, sendo elas: limpeza da área externa, troca do forro, tendo em vista que está danificado (com caruncho), manutenção dos banheiros, com troca da porta, instalações de janelas e limpeza, bem como a instalação da placa de identificação no local._x000D_
 •	Que seja ainda, verificado com os servidores que trabalham no local a existência de outras melhorais que precisam serem realizadas no Posto de Atendimento.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3952/15_-_requerimento_manutencaoposto_de_atendimento__estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3952/15_-_requerimento_manutencaoposto_de_atendimento__estiva.pdf</t>
   </si>
   <si>
     <t>solicita ao Exmo. Senhor Prefeito Municipal:_x000D_
 •	Que realize com urgência as devidas manutenções na sede da Estratégia no Bairro Estiva, sendo elas: manutenção do forro, manutenção da porta do banheiro, troca do piso, a fim de retirar os “tacos”, manutenção do telhado e da porta, instalação de bebedouro, bem como a instalação de uma nova placa de identificação no local._x000D_
 •	Que seja ainda, verificado com os servidores que trabalham no local a existência de outras melhorais que precisam serem realizadas no Posto de Atendimento.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3953/28_-_requerimento_24-03-2025_-_estrada_pedrao_-_igreja_-_patricia_-_gilmar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3953/28_-_requerimento_24-03-2025_-_estrada_pedrao_-_igreja_-_patricia_-_gilmar.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que, através do setor de obras, seja feito o patrolamento na estrada do bairro Pedrão, começando na estrada existente acima da igreja do bairro seguindo até a casa dos moradores Gilmar e Patrícia.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3954/29_-_requerimento_24-03-2025_-_patrolamento_estrada_lagoa_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3954/29_-_requerimento_24-03-2025_-_patrolamento_estrada_lagoa_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: Que, através do setor de obras, seja feito o patrolamento nas estradas que ligam o bairro lagoa ao bairro Pedrão.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3955/74_-_requerimento_24-03-2025_-_estacionamento_vintem_entrada_acesso_vintem_e_cubaraozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3955/74_-_requerimento_24-03-2025_-_estacionamento_vintem_entrada_acesso_vintem_e_cubaraozinho.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, sejam realizados os serviços necessários para finalizar a construção de acostamento no início da estrada de acesso aos Bairros Vintém e Cubatãozinho, próximo à ponte do Vintém, e que este mesmo serviço seja realizado no outro lado da rodovia, onde forma um degrau entre a rodovia e a estrada, dificultando a passagem de veículos.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3962/75_-_requerimento_07-04-2025_-_manutencao_rua_coronel_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3962/75_-_requerimento_07-04-2025_-_manutencao_rua_coronel_machado.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja feita manutenção no calçamento da Rua Coronel Machado, próximo aos nos 26, 137 e 188, e da Rua Presidente Vargas, próximo à delegacia de polícia civil.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3963/76_-_requerimento_07-04-2025_-_manutencao_estrada_cava_funda_-_dreno_na_beiradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3963/76_-_requerimento_07-04-2025_-_manutencao_estrada_cava_funda_-_dreno_na_beiradas.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção das estradas rurais, seja realizado os seguintes serviços: 1) manutenção no trecho da estrada que passa pela localidade conhecida como “Cava Funda”, local onde existe muita umidade nas laterais, que deixa a estrada sempre úmida, contribuindo para que fique cheia de buracos; e 2) manutenção em toda extensão da estrada que liga a cidade ao Bairro Contendas.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3964/12_-_requerimento_07-04-2025_-_av._presidente_tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3964/12_-_requerimento_07-04-2025_-_av._presidente_tancredo_neves.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que seja realizada a construção de calçadas ao longo da avenida Tancredo Neves, bem como a implementação de melhorias no sistema de drenagem, com o intuito de evitar o acúmulo de água e proporcionar mais segurança e conforto aos moradores. Requer ainda que seja realizada uma vistoria técnica no local para análise das condições de infraestrutura e a melhor solução para o problema.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3965/13_-_requerimento_07-04-2025_-_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3965/13_-_requerimento_07-04-2025_-_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que a Prefeitura Municipal de Pedralva, por meio da Secretaria competente, realize melhoria da estrada do Bairro Santo Antônio, com a colocação de cascalho, para garantir o tráfego seguro e eficiente do transporte escolar e demais veículos da região, em especial, nas proximidades da fazenda Santana e que sejam realizadas ações preventivas para evitar que a estrada se deteriore novamente, prejudicando a locomoção da população rural.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3966/77_-_requerimento_-_07-04-2025_-_bueiro_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3966/77_-_requerimento_-_07-04-2025_-_bueiro_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pelos bueiros existentes nas ruas do perímetro urbano, seja desentupido o bueiro e nivelado o calçamento na Rua Antônio Benedito dos Santos, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3967/79_-_requerimento_-_07-04-2025_-_der_-_ponte_vintem_-_rever_trabalho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3967/79_-_requerimento_-_07-04-2025_-_der_-_ponte_vintem_-_rever_trabalho.pdf</t>
   </si>
   <si>
     <t>solicitação ao DER - Departamento de Estrada de Rodagem de Minas Gerais: realizar os procedimentos necessários, através do setor de engenharia, para sanar o problema que ocorre no local conhecido como “ponte do vintém”, na rodovia MG347, onde foi realizado, no dia 30 de janeiro de 2025, serviço de manutenção no desnível que existia no início da ponte; e que, de imediato, seja colocada uma placa, nas duas extremidades dessa ponte, advertindo sobre a elevação existente.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3968/80_-_requerimento_-_07-04-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3968/80_-_requerimento_-_07-04-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor responsável, a limpeza do córrego existente nas margens da Rua Antonio José de Souza, no Bairro Jaboticabal, o qual encontra-se cheio de mato, impedindo o escoamento da água.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3969/017_-_requerimento_07-04-2025_-_manutencao_calcamento_ruas_bairro_sao_jose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3969/017_-_requerimento_07-04-2025_-_manutencao_calcamento_ruas_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja realizada manutenção nas seguintes ruas:_x000D_
 1.	Rua São Sebastião;_x000D_
 2.	Rua Josino Tomé;_x000D_
 3.	Rua José de Oliveira Lopes;_x000D_
 4.	Trecho da Rua José Belmiro Monti que inicia onde é cortada pela Rua Padre Marino e segue até encontrar com a Rua Dona Maria Cibele; e_x000D_
 5.	Início da Rua Dona Maria Cibele</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3970/018_-_requerimento_07-04-2025_-_manilhas_bueiro_estrada_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3970/018_-_requerimento_07-04-2025_-_manilhas_bueiro_estrada_divisa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que, através do setor responsável pela manutenção das estradas rurais, seja realizada a troca de 2 ou 3 manilhas do bueiro existente na estrada principal do Bairro Divisa, a qual dá acesso à propriedade do senhor Oscar Pereira.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3971/09_-_requerimento_-_07-04-2025_-_limpeza_lote_baldio_bairro_sao_jose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3971/09_-_requerimento_-_07-04-2025_-_limpeza_lote_baldio_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, seja notificado o proprietário do lote baldio localizado na Rua Casemiro Osório, no Bairro São José, situado entre a casa do senhor Rogério, enfermeiro na Santa Casa de Pedralva, e a casa do senhor Geraldo Firmino, que se encontra com muito mato, para que faça a devida limpeza naquele local.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3972/10_-_requerimento_-_07-04-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3972/10_-_requerimento_-_07-04-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: calçar o final da Rua Afonso Vieira Machado, no Bairro São José, local onde existem várias residências e  residem  os senhores Chico de Deus e Pedro e Dona Izabel e também está localizado o lavador de carros do Tavilho.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3973/022_-_requerimento_07-04-2025_-_rocar_estrada_cubatao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3973/022_-_requerimento_07-04-2025_-_rocar_estrada_cubatao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor responsável pela manutenção das estradas rurais, a roçagem de mato nas beiradas de toda extensão da estrada municipal do Bairro Cubatão.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3974/023_-_requerimento_07-04-2025_-_maquinas_estradas_lavoura_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3974/023_-_requerimento_07-04-2025_-_maquinas_estradas_lavoura_sertaozinho.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor responsável pela realização de serviços de manutenção em estradas de lavoura para os produtores rurais, sejam realizados serviços de máquinas ou trator para produtores rurais do Bairro Sertãozinho.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3975/024_-_requerimento_07-04-2025_-_cortar_arvore_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3975/024_-_requerimento_07-04-2025_-_cortar_arvore_cemiterio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:  que, através do setor responsável pela manutenção do cemitério municipal, seja verificada a situação das árvores existentes no local e seja cortada as que oferecem risco de cair.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3976/81_-_requerimento_-_07-04-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3976/81_-_requerimento_-_07-04-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3977/82_-_requerimento_-_07-04-2025_-_bairro_paulino_-_bueiro_entupido.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3977/82_-_requerimento_-_07-04-2025_-_bairro_paulino_-_bueiro_entupido.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja realizado o serviço necessário na rede de esgoto no Bairro Paulino, de forma a emendar o cano que se encontra solto dentro da galeria, impedindo que o esgoto seja escoado da forma correta.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3978/026_-_requerimento_07-04-2025_-_rocar_estrada_cubatao_-_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3978/026_-_requerimento_07-04-2025_-_rocar_estrada_cubatao_-_sertaozinho.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça a roçada necessária na estrada do Cubatão que dá acesso ao Sertãozinho.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3979/027_-_requerimento_07-04-2025_-_lixeira_vintem_-_tino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3979/027_-_requerimento_07-04-2025_-_lixeira_vintem_-_tino.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável providencie o quanto antes uma lixeira para ser instalada no bairro Vintém, na beirada da rodovia depois da ponte, em frente ao Tino.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, David Moisés Veloso</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3980/028_-_requerimento_07-04-2025_-_manutencao_calcamento_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3980/028_-_requerimento_07-04-2025_-_manutencao_calcamento_alecrim.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça manutenção no calçamento do bairro Alecrim, próximo à igrejinha do bairro.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3981/029_-_requerimento_07-04-2025_-_faixa_elevada_rua_principal_alta_vile.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3981/029_-_requerimento_07-04-2025_-_faixa_elevada_rua_principal_alta_vile.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável analise a viabilidade de se inserir uma faixa elevada na rua principal que dá acesso ao Campestre (loteamento Alta Ville).</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3982/030_-_requerimento_07-04-2025_-_iluminacao_postes_alta_vile_ate_colegio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3982/030_-_requerimento_07-04-2025_-_iluminacao_postes_alta_vile_ate_colegio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça a colocação de luzes nos postes já instalados no loteamento Alta Ville até ao Colégio.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3983/031_-_requerimento_07-04-2025_-_rua_prof_claudio_de_souza_bustamante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3983/031_-_requerimento_07-04-2025_-_rua_prof_claudio_de_souza_bustamante.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável analise a situação da Rua Professor Cláudio Souza Bustamante no bairro Bica, e coloque uma placa proibindo o tráfego de caminhões.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3984/30_-_requerimento_07-04-2025_-_estrada_bairro_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3984/30_-_requerimento_07-04-2025_-_estrada_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que através do setor de obras seja feito o patrolamento na estrada principal que dá acesso ao bairro Alecrim.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3985/31_-_requerimento_07-04-2025_-_bueiro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3985/31_-_requerimento_07-04-2025_-_bueiro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que através do setor de obras seja realizada manutenção em um bueiro existente no bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3986/32_-_requerimento_07-04-2025_-_estrada_lagoa_-_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3986/32_-_requerimento_07-04-2025_-_estrada_lagoa_-_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que através do setor de obras seja feito o patrolamento em um trecho de estrada do bairro Lagoa que dá acesso à cidade de Maria da Fé.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3987/16_-_requerimento_maquinario_para_os_produtores_rurais_07-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3987/16_-_requerimento_maquinario_para_os_produtores_rurais_07-04-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Prefeito Municipal: que o Setor Competente também ofereça o serviço de Patrol, Retroescavadeira e Caminhões para a manutenção das propriedades rurais dos nossos produtores rurais, tendo em vista que apenas o serviço dos tratores não é suficiente para as demandas dos nossos produtores rurais. Solicitando ainda, que seja estabelecido uma maneira de cadastramento dos pedidos dos produtores rurais de forma transparente e democrática, a fim que todos os produtores rurais tenham o seu pedido atendido. Solicitando também, que seja realizado um cronograma de trabalho eficiente a fim que tal oferta de serviço aos produtores rurais não prejudique a manutenção das estradas principais e públicas de nosso Município.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3988/83_-_requerimento_jerson_07-04-2025_-_quadra_coronel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3988/83_-_requerimento_jerson_07-04-2025_-_quadra_coronel.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito:_x000D_
 •	Que informe sobre o andamento da Construção da nova Quadra na Escola Municipal Coronel Gaspar que teve início no ano passado e que ainda aguarda a sua conclusão, informando de maneira objetiva o prazo para conclusão da respectiva obra._x000D_
 •	Que informe como está sendo realizado as aulas de recreação/educação física na respectiva Escola, especificadamente informando em qual local, tendo em vista que com a construção da quadra o local das aulas teve que ser alterado.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3989/17_-_requerimento_bairro_correas_07-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3989/17_-_requerimento_bairro_correas_07-04-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito:_x000D_
 •	Realizar a manutenção urgente do morro localizado próximo ao Abrigo Pedrão, no bairro Correas. Atualmente, a estrada encontra-se em condições precárias, tornando-se praticamente intransitável em dias de chuva. Essa situação afeta não apenas a mobilidade dos moradores e a chegada de hóspedes ao abrigo, mas também compromete o acesso dos praticantes de escalada que utilizam essa via para alcançar a base da pedra._x000D_
 •	Realizar a manutenção urgente de TODAS as estradas do bairro Correas, sendo necessário realizar a limpeza das saídas de água, roçada das margens da estrada, patrolamento e o cascalhamento da estrada, tendo em vista que os moradores estão encontrando muita dificultada para utilizar da estrada diariamente, principalmente em dias de chuva, no qual a situação só agrava.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3990/18_-_requerimento_bairrovintem_07-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3990/18_-_requerimento_bairrovintem_07-04-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: realizar a manutenção urgente da estrada do bairro Vintém, sentido o bairro Tamanduá, tendo em vista que a estrada encontra-se em condições precárias, tornando-se praticamente intransitável em dias de chuva, sendo necessário realizar a limpeza das saídas de água, roçada das margens da estrada, patrolamento e o cascalhamento da estrada.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4006/84_-_requerimento_-_14-04-2025_-_estrada_angu_-_construir_lixeira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4006/84_-_requerimento_-_14-04-2025_-_estrada_angu_-_construir_lixeira.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: _x000D_
 •	que, através do setor responsável pela limpeza pública, seja instalada uma lixeira na beirada da estrada, no início da estrada de acesso ao Bairro Angu, local onde  tem sido depositado lixo, que fica espalhado pelas beiradas e pela estrada; e_x000D_
 •	que, através do setor de obras, seja feita a limpeza das sarjetas nas beiradas das estradas, colocando as  pedras que foram arrastadas pelas chuvas para dentro das sarjetas de volta no leito da via, no Bairro Angu.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4007/85_-_requerimento_-_14-04-2025_-_estrada_dos_vianas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4007/85_-_requerimento_-_14-04-2025_-_estrada_dos_vianas.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja finalizado o calçamento da rua da localidade conhecida como “Comunidade dos Vianas”, no Bairro Anhumas.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4008/011_-_requerimento_14-04-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4008/011_-_requerimento_14-04-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho.pdf</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4009/86_-_requerimento_-_14-04-2025_-_trecho_estrada_morro_frio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4009/86_-_requerimento_-_14-04-2025_-_trecho_estrada_morro_frio.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção no início da estrada conhecida como “atalho do morro frio”, partindo da Avenida Sebastião Tarcísio Raimundo.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4010/87_-_requerimento_-_14-04-2025_-_rua_em_frente_sinesio_-_rua_dona_maria_cibela.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4010/87_-_requerimento_-_14-04-2025_-_rua_em_frente_sinesio_-_rua_dona_maria_cibela.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja feita correção na pavimentação no início da Rua Dona Maria Cibele, local de ligação com a Avenida Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4011/019_-_requerimento_14-04-2025_-_estrada_tamandua_-_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4011/019_-_requerimento_14-04-2025_-_estrada_tamandua_-_vintem.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito:_x000D_
 •	que, através do setor de obras, seja realizada manutenção na estrada municipal que liga o Bairro Tamanduá ao Bairro Vintém; e_x000D_
 •	que seja acionada a Cemig para realizar os procedimentos necessários referente aos fios que estão encostando em uma touça de bambu, em um ponto da estrada que liga o Bairro Tamanduá ao Bairro Vintém.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4012/07_-_requerimento_-_14-04-2025_-_iluminacao_solar_-_pontos_de_onibus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4012/07_-_requerimento_-_14-04-2025_-_iluminacao_solar_-_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: instalação de iluminação em todos os pontos de ônibus situados às margens da rodovia no município de Pedralva, utilizando postes com energia solar.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4013/032_-_requerimento_14-04-2025_-_manutencao_estrada_-_atalho_belo_ramo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4013/032_-_requerimento_14-04-2025_-_manutencao_estrada_-_atalho_belo_ramo.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça manutenção no atalho existente no bairro Belo Ramo.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4014/033_-_requerimento_14-04-2025_-_abrigo_bairro_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4014/033_-_requerimento_14-04-2025_-_abrigo_bairro_campestre.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável analise a viabilidade de colocar um abrigo no bairro Campestre.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4015/034_-_requerimento_14-04-2025_-_manutencao_rua_joaquina_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4015/034_-_requerimento_14-04-2025_-_manutencao_rua_joaquina_lopes.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável faça manutenção na esquina da Rua Joaquina Lopes.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4016/88_-_requerimento_-_14-04-2025_-_melhorias_estrada_contendas_ao_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4016/88_-_requerimento_-_14-04-2025_-_melhorias_estrada_contendas_ao_bairro_posses.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada que liga o perímetro urbano ao Bairro Contendas e na estrada que liga o Bairro Contendas ao Bairro Posses.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4017/89_-_requerimento_-_14-04-2025_-_melhoria_estrada_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4017/89_-_requerimento_-_14-04-2025_-_melhoria_estrada_rocinha.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada do Bairro Rocinha, trecho entre a propriedade do senhor José Francisco, passando pela propriedade do senhor José Vitor, até a propriedade da senhora Maria.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4018/90_-_requerimento_-_14-04-2025_-_mudanca_da_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4018/90_-_requerimento_-_14-04-2025_-_mudanca_da_rodoviaria.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: analisar a possibilidade de ser transferida a rodoviária do local onde está localizada para um local na Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4019/035_-_requerimento_14-04-2025_-_estrada_pedrao_-_velosa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4019/035_-_requerimento_14-04-2025_-_estrada_pedrao_-_velosa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável analise o trecho da estrada no bairro Pedrão que liga a estrada da casa da Velosa.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4020/20_-_requerimento_secretaria_de_saude_-_contratos_prorrogados_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4020/20_-_requerimento_secretaria_de_saude_-_contratos_prorrogados_2024.pdf</t>
   </si>
   <si>
     <t>solicita ao Prefeito Municipal: que encaminhe a esta Casa Legislativa todos os contratos realizados pela Secretária de Saúde do Município neste ano e também, caso exista, todos os contratos prorrogados do ano passado. Destacando que os contratos que se objetiva a priori são apenas os referentes as contratações de prestadores de serviços e não para realizações de obras ou compra de insumos. Solicita ainda, que seja encaminhado os respectivos pareceres em caso de contratações por Inexigibilidade de Licitação.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4021/08_-_requerimento_14-04-2025_-_urgencia_especial_pl_14_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4021/08_-_requerimento_14-04-2025_-_urgencia_especial_pl_14_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 14, de 2025 “Abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito adicional suplementar, no valor de R$ 474.913,28, e dá outras providências.”.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4028/91_-_requerimento_-_22-04-2025_-_furnas_-_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4028/91_-_requerimento_-_22-04-2025_-_furnas_-_estrada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada localizada no Bairro Furnas, sendo a segunda entrada à esquerda, em frente à balança da Carmo Coffe, e, seguindo nesta via, segue na primeira entrada à direita, sendo via de acesso para as propriedades do senhor Alexandre de Deus, de seus irmãos e outros proprietários, que se encontra em más condições, dificultando a passagem dos veículos que transportam a produção agrícola.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4029/93_-_requerimento_-_22-04-2025_-wi-fi_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4029/93_-_requerimento_-_22-04-2025_-wi-fi_rodoviaria.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, seja disponibilizado o acesso à internet através de sinal Wi-Fi (sem fio) gratuito na rodoviária de Pedralva, para atender aos cidadãos que passam por aquele local.</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4030/94_-_requerimento_-_22-04-2025_-_baixadao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4030/94_-_requerimento_-_22-04-2025_-_baixadao.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja realizada manutenção na estrada de acesso ao Bairro Baixadão, iniciando no Bairro Paulino, na saída da rodovia, passando a patrol, cascalhando, fazendo saídas de água e limpando as existentes, roçando o mato nas laterais e, no local identificado pelas fotos abaixo, ser construído um aterro.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4031/95_-_requerimento_-_22-04-2025_-_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4031/95_-_requerimento_-_22-04-2025_-_correias.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada do Bairro Correias. A ponte existente nesta estrada está com um buraco e próximo à propriedade dos familiares do saudoso senhor Luiz Costa a estrada está com muitos buracos e valetas, precisando ser passada a patrol e ser cascalhado.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4032/96_-_requerimento_-_22-04-2025_-_campestre_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4032/96_-_requerimento_-_22-04-2025_-_campestre_estrada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada que liga o Bairro Campestre ao Bairro Tamanduá, iniciando após o trevo, em frente ao Sítio Festejar, que encontra-se com vários pontos com buracos, valetas e lama e com muito mato nas laterais, o que tem prejudicado o trânsito de veículos.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4033/025_-_requerimento_22-04-2025_-__inicio_estrada_paulino_-_barra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4033/025_-_requerimento_22-04-2025_-__inicio_estrada_paulino_-_barra.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção no ponto de ligação entre a rodovia (pavimentada) e a estrada (não pavimentadas, "estrada de terra"), da estrada que liga o Bairro Paulino ao Bairro Barra Mansa, que está com desnível e buracos, dificultando para os veículos acessarem a rodovia e vice-versa.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4034/026_-_requerimento_22-04-2025_-__estrada_principal_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4034/026_-_requerimento_22-04-2025_-__estrada_principal_alecrim.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita manutenção em toda extensão da estrada principal do Bairro Alecrim.</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4035/027_-_requerimento_22-04-2025_-__contratacao_pediatra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4035/027_-_requerimento_22-04-2025_-__contratacao_pediatra.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através da Secretaria Municipal de Saúde, seja melhorado o atendimento pediátrico em nosso município, com a contratação de mais médicos pediatras para atuar nas Unidades Básicas de Saúde (UBS) do município.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4036/92_-_requerimento_-_22-04-2025_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4036/92_-_requerimento_-_22-04-2025_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, sejam realizadas melhorias na pista de caminhada “Amado José da Silva”: 1.	colocar pedras de rio ou brita na parte que não é pavimentada, para avitar que forme barro, nos dias de chuva; e 2.	fazer o correto escoamento da água de chuva nas laterais, de forma a evitar que a água de chuva e a lama invadam a pista.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4037/33_-_requerimento_22-04-2025_-_mato_-_lixeira_-_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4037/33_-_requerimento_22-04-2025_-_mato_-_lixeira_-_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que através do setor de limpeza, seja feito a roçada do mato ao lado da lixeira, no bairro Pedrão.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4038/34_-_requerimento_22-04-2025_-_bueiro_-_estiva_-_associacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4038/34_-_requerimento_22-04-2025_-_bueiro_-_estiva_-_associacao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído um bueiro ao lado da associação do bairro Estiva.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4039/35_-_requerimento_22-04-2025_-_lagoa_-_esf_-_terra_e_mato_patio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4039/35_-_requerimento_22-04-2025_-_lagoa_-_esf_-_terra_e_mato_patio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de limpeza, seja feita a capina e retirada de terra no pátio da Estratégia Saúde da Família, no bairro Lagoa.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4040/36_-_requerimento_22-04-2025_-_lagoa_-_grade_bueiro_-_campo_futebol.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4040/36_-_requerimento_22-04-2025_-_lagoa_-_grade_bueiro_-_campo_futebol.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja colocada uma grade de proteção em um bueiro existente no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4041/37_-_requerimento_22-04-2025_-_estiva_-_associacao_-_quebra-molas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4041/37_-_requerimento_22-04-2025_-_estiva_-_associacao_-_quebra-molas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído um quebra-molas em frente à associação do bairro Estiva.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4042/38_-_requerimento_22-04-2025_-__boeiro_pedra_preta_ze_tiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4042/38_-_requerimento_22-04-2025_-__boeiro_pedra_preta_ze_tiao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído um bueiro no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4043/39_-_requerimento_22-04-2025_-_mato_-_patio_-_esf_bairro_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4043/39_-_requerimento_22-04-2025_-_mato_-_patio_-_esf_bairro_pedra_preta.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de limpeza, seja feita a capina do mato no pátio da Estratégia de Saúde da Família, no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4044/40_-_requerimento_22-04-2025_-_patrolar_estrada_estiva_-_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4044/40_-_requerimento_22-04-2025_-_patrolar_estrada_estiva_-_cidade.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feito o patrolamento nas estradas do Bairro Estiva até a cidade de Pedralva.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4045/41_-_requeimento_22-04-2025_-_lagoa_-_patrolar_-_estrada_de_dentro_do_bairro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4045/41_-_requeimento_22-04-2025_-_lagoa_-_patrolar_-_estrada_de_dentro_do_bairro.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feito o patrolamento na estrada do bairro Lagoa.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4046/42_-_requerimento_22-04-2025_-_manilhamento_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4046/42_-_requerimento_22-04-2025_-_manilhamento_pedra_preta.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feito o manilhamento para capitação de enxurradas, no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4066/013_-_requerimento_28-04-2025_-_buracos_rua_casemiro_osorio_loja_do_leandro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4066/013_-_requerimento_28-04-2025_-_buracos_rua_casemiro_osorio_loja_do_leandro.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor responsável pela manutenção do calçamento na área urbana, reparo nos buracos que se formaram no cruzamento da Rua Casemiro Osório com a Rua José de Oliveira Lopes, próximo à loja do Leandro.</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4067/012_-_requerimento_28-04-2025_-_lixeira_inicio_estrada_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4067/012_-_requerimento_28-04-2025_-_lixeira_inicio_estrada_contendas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: realizar, através do setor de limpeza pública, a instalação de lixeiras e realizar a coleta de lixo regularmente, seguindo o cronograma do serviço de coleta, na saída o perímetro urbano, início do Bairro Contendas.</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4068/97_-_requerimento_-_28-04-2025_-_psocologo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4068/97_-_requerimento_-_28-04-2025_-_psocologo.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: contratação de um profissional da área de psicologia, para substituir a profissional/servidora efetiva que se encontra em licença maternidade.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4069/98_-_requerimento_-_28-04-2025_-_galeria_ex-_vereadores_jovens.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4069/98_-_requerimento_-_28-04-2025_-_galeria_ex-_vereadores_jovens.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara Municipal: criação da galeria dos presidente da Câmara Jovem.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4070/15_-_requerimento_28-04-2025_-_rua_poeta_joao_carneiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4070/15_-_requerimento_28-04-2025_-_rua_poeta_joao_carneiro.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que o setor competente da Secretaria de Obras realize com urgência diligência técnica na Rua Poeta João Carneiro de Rezende, com vistas à retirada imediata dos tachões e eventual substituição por soluções mais adequadas à realidade da via.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4071/21_-_requerimento_iluminacao_correas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4071/21_-_requerimento_iluminacao_correas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja estendido a rede de iluminação pública dentro do bairro Correas, instalando mais alguns postes de iluminação na estrada que dá acesso à residência dos familiares do ex-vereador “Gersão”, sendo que ali reside vários moradores que utilizam diariamente daquele trecho de estrada, o qual não possui iluminação.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4072/99_-_requerimento_-_28-04-2025_-_pedra_batista_-_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4072/99_-_requerimento_-_28-04-2025_-_pedra_batista_-_estrada.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor de obras, seja feita manutenção na estrada do Bairro Pedra Batista, com atenção para o trecho próximo à lavoura de café do Danilo Braga.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4073/100_-_requerimento_-_28-04-2025_-_informacao_veiculos_da_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4073/100_-_requerimento_-_28-04-2025_-_informacao_veiculos_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: informar à Câmara Municipal a situação que se encontra toda a frota da prefeitura - veículos da saúde, educação, obras, promoção social, gabinete e demais veículos que façam parte da patrimônio da prefeitura.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4074/14_-__requerimento_28-04-2025_-__coronel_gaspar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4074/14_-__requerimento_28-04-2025_-__coronel_gaspar.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, ou ao setor competente da Administração Pública, para que sejam apresentados e enviados a este vereador, com a máxima brevidade possível, todos os documentos que tratam da construção da quadra esportiva da Escola Municipal Coronel Gaspar, incluindo, mas não se limitando a:_x000D_
 1.	Contratos firmados com empresas responsáveis pela obra;_x000D_
 2.	Termos aditivos de prorrogação de prazo ou alteração contratual;_x000D_
 3.	Ordens de serviço;_x000D_
 4.	Relatórios de execução da obra;_x000D_
 5.	Projetos arquitetônicos e de engenharia;_x000D_
 6.	Laudos técnicos e de fiscalização, se houver.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4075/036_-_requerimento_28-04-2025_-_repasse_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4075/036_-_requerimento_28-04-2025_-_repasse_santa_casa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que esclareça tais pontos: _x000D_
 1- Relatório detalhado de todos os repasses financeiros realizados pela Prefeitura Municipal à Santa Casa de Misericórdia de Pedralva; e _x000D_
 2- Transparência sobre o acordo de ambulâncias que a Prefeitura tem com a Santa Casa.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4076/037_-_requerimento_28-04-2025_-_rua_josino_tome.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4076/037_-_requerimento_28-04-2025_-_rua_josino_tome.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que através do setor responsável seja feita manutenção na Rua Josino Tomé.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4077/020_-_requerimento_28-04-2025_-_cascalhar_estrada_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4077/020_-_requerimento_28-04-2025_-_cascalhar_estrada_tamandua.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que, através do setor de obras, seja cascalhada toda extensão da estrada do Bairro Tamanduá.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4078/22_-_requerimento_28-04-2025_-_urgencia_especial_pl_20_e_21_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4078/22_-_requerimento_28-04-2025_-_urgencia_especial_pl_20_e_21_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para os seguintes projetos: Projeto de Lei nº 20, de 2025 “Concede aumento no valor do auxílio-alimentação aos servidores públicos municipais de Pedralva e dá outras providências”; e Projeto de Lei nº 21, de 2025 Altera dispositivos da Lei Municipal nº 2.070, de 25 de março de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4080/101_-_requerimento_-_05-05-2025_-_rua_jose_lino_rangel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4080/101_-_requerimento_-_05-05-2025_-_rua_jose_lino_rangel.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: providências quanto à necessidade de calçamento da Rua José Lino Rangel, situada no bairro Bela Vista, bem como o conserto urgente de um bueiro localizado na via, que apresenta infiltração de água nas beiradas, causando riscos à segurança dos moradores e danos à via pública.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4081/102_-_requerimento_-_05-05-2025_-_agua_da_copasa_para_moradores_apos_centro_de_tratamento_da_copasa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4081/102_-_requerimento_-_05-05-2025_-_agua_da_copasa_para_moradores_apos_centro_de_tratamento_da_copasa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: extensão da rede de abastecimento de água da Copasa para atender 6 residências localizadas após o centro de tratamento da Copasa, situadas à margem da rodovia MG-347.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4082/103_-_requerimento_-_05-05-2025_-_rua_coronel_canuto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4082/103_-_requerimento_-_05-05-2025_-_rua_coronel_canuto.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: providências quanto à situação da Rua Coronel Canuto, que apresenta calçamento solto e infiltração nos bueiros. Esses problemas têm causado transtornos aos moradores e motoristas, comprometendo a segurança e a mobilidade na via.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4083/09_-_requerimento_05-05-205_-_autorizacao_funcionamento_escola_coronel_gaspar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4083/09_-_requerimento_05-05-205_-_autorizacao_funcionamento_escola_coronel_gaspar.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que encaminhe a esta Casa Legislativa um relatório do histórico da autorização do funcionamento das escolas da Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4084/014_-_requerimento_05-05-2025_-_calcamento_em_frente_hpito.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4084/014_-_requerimento_05-05-2025_-_calcamento_em_frente_hpito.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: construção de uma boca de lobo nas proximidades do Restaurante Hpito, em frente ao Clube Operário, com o objetivo de captar a água pluvial que frequentemente se acumula nesse trecho. A água empoçada se estende até as imediações do Banco do Brasil, causando transtornos a moradores, comerciantes e pedestres, inclusive invadindo passeios e sujando as paredes das edificações.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4085/16_-_requerimento_05-05-2025_-_mis_e_mister.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4085/16_-_requerimento_05-05-2025_-_mis_e_mister.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal:  considerando as disposições da Lei nº 2.016/23, requer-se a expedição de ofício à Secretaria de Cultura, a fim de que informe sobre a aplicabilidade e eventual regulamentação da realização do concurso de Miss e Mister, nos termos previstos no referido códex legal.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4086/43_-_requerimento_05-05-2025_-_limpeza_beirada_ruas_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4086/43_-_requerimento_05-05-2025_-_limpeza_beirada_ruas_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: limpeza do mato que se encontra acumulado na beira do calçamento no bairro Pedrão.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4087/23_-_requerimento_05-05-2025_-_urgencia_especial_pl_19_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4087/23_-_requerimento_05-05-2025_-_urgencia_especial_pl_19_-_2025.pdf</t>
   </si>
   <si>
     <t>Concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 19, de 2025 “abre ao orçamento do Município de Pedralva, para o exercício de 2025, crédito suplementar, no valor de R$ 295.100,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4102/10_-_requerimento_12-05-2025_-_urgencia_especial_pl_25_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4102/10_-_requerimento_12-05-2025_-_urgencia_especial_pl_25_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita concessão de urgência especial para o Projeto de Lei nª 25/2025.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4108/104_-_requerimento_-_12-05-2025_-_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4108/104_-_requerimento_-_12-05-2025_-_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf</t>
   </si>
   <si>
     <t>solicita aos responsáveis pelo loteamento Nair Bustamante: esclarecimentos sobre a liberação para construção no Loteamento Nair Bustamante.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4109/105_-_requerimento_-_12-05-2025_-_limpeza_no_loteamento_alta_ville.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4109/105_-_requerimento_-_12-05-2025_-_limpeza_no_loteamento_alta_ville.pdf</t>
   </si>
   <si>
     <t>solicita aos responsáveis pelo loteamento Alta Ville:  realizar limpeza em todo o loteamento Alta Ville.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4110/106_-_requerimento_-_12-05-2025_-_quebra-mola_e_faixa_elevada_rua_principal_de_acesso_ao_bairro_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4110/106_-_requerimento_-_12-05-2025_-_quebra-mola_e_faixa_elevada_rua_principal_de_acesso_ao_bairro_campestre.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Muncipal: instalação de redutores de velocidade e placas de advertência na via principal de acesso ao bairro Campestre (Avenida Flávio Antônio de Paiva e na Avenida Sebastião Tarcísio Raimundo).</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4111/107_-_requerimento_-_12-05-2025_-_passeio_na_rua_professor_jose_da_costa_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4111/107_-_requerimento_-_12-05-2025_-_passeio_na_rua_professor_jose_da_costa_paiva.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito Muncipal: construção de calçadas na Rua Professor José da Costa Paiva.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, Carlos Alberto Vilas Boas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4112/038_-_requerimento_12-05-2025_-_agua_bica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4112/038_-_requerimento_12-05-2025_-_agua_bica.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável verifique a situação da água no bairro Bica.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, Alexandre Jhonatan de Souza, Deildo Nunes Pereira, Luiz Felipe Silva dos Reis, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4113/039_-_requerimento_12-05-2025_-_faixa_elevada_estrada_compestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4113/039_-_requerimento_12-05-2025_-_faixa_elevada_estrada_compestre.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, em regime de urgência, seja criada uma faixa elevada na rua principal que dá acesso ao Campestre, no loteamento Alta Ville.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4114/040_-_requerimento_12-05-2025_-_oficinas_do_cras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4114/040_-_requerimento_12-05-2025_-_oficinas_do_cras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: informações sobre as oficinas que aconteciam no CRAS.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4115/18_-_requerimento_paulino_12-05-2025_-_aguas_pluviais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4115/18_-_requerimento_paulino_12-05-2025_-_aguas_pluviais.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que o setor de obras tome providências, a fim de que seja realizada vistoria técnica e adotadas as providências cabíveis, no Povoado Paulino Paixão, acerca de problemas relacionados ao escoamento inadequado de águas pluviais oriundas da via pública, que vêm invadindo propriedades particulares.</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4116/17_-_requerimento_paulino_12-05-2025_-_bloquetes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4116/17_-_requerimento_paulino_12-05-2025_-_bloquetes.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: providências quanto à retirada ou utilização de bloquetes de concreto que se encontram abandonados, especificamente nas proximidades do estabelecimento conhecido como “Bar do Carmo”, no Bairro Paulino.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4117/028_-_requerimento_12-05-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4117/028_-_requerimento_12-05-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4118/029_-_requerimento_-_12-05-2025_-_limeira_-_milo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4118/029_-_requerimento_-_12-05-2025_-_limeira_-_milo.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor responsável pela manutenção das estradas rurais do município realize, com urgência, a devida manutenção em um ponto da estrada do Bairro Limeira, especificamente no local onde o ônibus escolar realiza o retorno, nas proximidades da propriedade do senhor Milo Monti.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4119/030_-_requerimento_12-05-2025_-_manutencao_toda_estrada_e_monte_de_terra_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4119/030_-_requerimento_12-05-2025_-_manutencao_toda_estrada_e_monte_de_terra_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor de obras do município tome as seguintes providências no Bairro Pitangueiras de Cima:_x000D_
 1.	A retirada de dois montes de terra acumulados em pontos distintos da estrada do bairro, sendo um localizado próximo à quadra e o outro no trecho conhecido como “estrada nova”. Esses montes têm prejudicado o tráfego e o acesso dos moradores, especialmente em dias de chuva._x000D_
 2.	A realização de manutenção em toda a estrada principal de acesso ao bairro, com patrolamento, cascalhamento e correção de pontos críticos, visando melhorar a trafegabilidade e garantir condições adequadas de deslocamento para os moradores, transporte escolar, veículos agrícolas e demais usuários da via.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4120/031_-_requerimento_12-05-2025_-_vazamento_de_agua_na_rua_paulo_valdemar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4120/031_-_requerimento_12-05-2025_-_vazamento_de_agua_na_rua_paulo_valdemar.pdf</t>
   </si>
   <si>
     <t>Solicitação à COPASA (Companhia de Saneamento de Minas Gerais): que sejam tomadas as devidas providências quanto ao vazamento de água que ocorre na Rua José Belmiro Monti, em frente à Serralheria do Senhor Paulo Roberto Monti Souza.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4121/24_-_requerimento_retorno_do_coral.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4121/24_-_requerimento_retorno_do_coral.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que seja tomada as providências necessárias a fim que seja retornada as aulas do Coral em nosso Município. Pedralva tem o privilégio de ter apresentações fantásticas do Coral Municipal Vozes da Terra, porém neste ano de 2025 ainda não foi dado início as aulas do Coral, tampouco de suas apresentações, o que está ocasionando um grande prejuízo cultural para nossa cidade.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4122/44_-_requerimento_12-05-2025_-_pedrao_-_tiao_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4122/44_-_requerimento_12-05-2025_-_pedrao_-_tiao_fernandes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que seja realizada a troca da manilha do bueiro localizado no Bairro Pedrão, que dá acesso à residência do senhor Tião Fernandes.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4123/45_-_requerimento_12-05-2025_-_academia_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4123/45_-_requerimento_12-05-2025_-_academia_pedrao.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que feita a manutenção da academia localizada no Bairro Pedrão.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4139/108_-_requerimento_-_19-05-2025_-_limpeza_escola_posses_pedra_preta_-_sede_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4139/108_-_requerimento_-_19-05-2025_-_limpeza_escola_posses_pedra_preta_-_sede_esf.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, por meio do setor responsável pela manutenção dos prédios públicos, sejam realizadas com urgência as melhorias necessárias nos prédios que abrigam a Estratégia Saúde da Família (ESF) nos Bairros Posses, Pedra Preta e Lagoa, bem como seja feita a verificação da situação dos demais prédios sede da ESF no município, com a execução dos reparos que se mostrarem necessários.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4140/109_-_requerimento_-_19-05-2025_-_reforma_abrigo_bairro_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4140/109_-_requerimento_-_19-05-2025_-_reforma_abrigo_bairro_tamandua.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, por meio da secretaria competente, seja realizada a reforma do abrigo situado à margem da estrada do Bairro Tamanduá, tendo em vista as condições precárias em que se encontra.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4141/110_-_requerimento_-_19-05-2025_-_esgoto_vazando_na_rua_joaquina_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4141/110_-_requerimento_-_19-05-2025_-_esgoto_vazando_na_rua_joaquina_lopes.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que seja realizada, com urgência, uma vistoria técnica no PV (poço de visita) da rede de esgoto localizado na Rua Joaquina Lopes, aos fundos da residência de nº 15, onde há vazamento contínuo de esgoto que está desaguando diretamente no córrego do Jabuticabal, causando forte mau cheiro, especialmente no final da tarde.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4142/041_-_requerimento_19-05-2025_-_esf_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4142/041_-_requerimento_19-05-2025_-_esf_posses.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, através do setor de obras, seja feita uma manutenção com reparos necessários na UBS do bairro Posses.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4143/042_-_requerimento_19-05-2025_-_rua_jose_sergio_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4143/042_-_requerimento_19-05-2025_-_rua_jose_sergio_rezende.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que o setor responsável providencie um bueiro na Rua José Sérgio Rezende Lopes.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4144/021_-_requerimento_19-05-2025_-_manilhar_rua_maria_cibele_juncao_com_a__rua_jose_de_oliveira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4144/021_-_requerimento_19-05-2025_-_manilhar_rua_maria_cibele_juncao_com_a__rua_jose_de_oliveira.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que, através do setor de obras, seja realizado o manilhamento da rede de águas pluviais no ponto onde a Rua Dona Maria Cibele encontra com a Rua José de Oliveira Lopes.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4145/022_-_requerimento_19-05-2025_-_lixeira_amado_afonso_-_beira_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4145/022_-_requerimento_19-05-2025_-_lixeira_amado_afonso_-_beira_rodovia.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: instalação de uma lixeira pública às margens da rodovia MG-347, nas proximidades da entrada para as propriedades dos familiares do saudoso senhor Amado Afonso.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4146/015_-_requerimento_19-05-2025_-_casa_popular.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4146/015_-_requerimento_19-05-2025_-_casa_popular.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: informações formais acerca da possibilidade de contratação de casa popular por meio de programas habitacionais promovidos ou apoiados por esta municipalidade.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4147/016_-_requerimento_19-05-2025_-_estrada_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4147/016_-_requerimento_19-05-2025_-_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que sejam realizados serviços de roçada, passagem de máquina (patrolamento) e cascalhamento nos trechos necessários da estrada que dá acesso ao bairro Furnas, com início na beira do asfalto e seguindo até o final da via, totalizando aproximadamente seis quilômetros.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4148/017_-_requerimento_19-05-2025_-_radar_rodovia_mg_347_-_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4148/017_-_requerimento_19-05-2025_-_radar_rodovia_mg_347_-_rocinha.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: avaliar a possibilidade, junto aos órgãos competentes, da instalação de um radar de velocidade no trecho da rodovia MG-347, na descida da serra que liga o bairro Divisa ao bairro Rocinha.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4149/018_-_requerimento_19-05-2025_-_rocar_estrada_cidade_ao_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4149/018_-_requerimento_19-05-2025_-_rocar_estrada_cidade_ao_santo_antonio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: roçagem de toda a extensão da estrada municipal que liga o perímetro urbano ao bairro Santo Antônio, tendo em vista a necessidade de manutenção para garantir a segurança e a melhor trafegabilidade dos usuários dessa via.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4150/032_-_requerimento_19-05-2025_-_estrada_contendas_-_hilario_-_tiao_chagas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4150/032_-_requerimento_19-05-2025_-_estrada_contendas_-_hilario_-_tiao_chagas.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que determine ao setor competente a viabilização, com urgência, da manutenção da estrada municipal que corta o bairro Contendas.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4151/033_-_requerimento_19-05-2025_-_estraba_liga_balaio_as_posses_-_mario_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4151/033_-_requerimento_19-05-2025_-_estraba_liga_balaio_as_posses_-_mario_fernandes.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: providências quanto à manutenção da estrada rural que liga o bairro Balaio ao bairro Posses, passando pela propriedade do senhor Mário Fernandes.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4152/034_-_requerimento_19-05-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4152/034_-_requerimento_19-05-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: reitera requerimento anteriormente apresentado em 21 de fevereiro de 2025, para que sejam tomadas providências quanto à manutenção da ponte localizada no Bairro Pitangueiras, especificamente na localidade conhecida como “Pitangueiras de Baixo”.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Alexandre Jhonatan de Souza, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4164/111_-_requerimento_-_26-05-2025_-_rocar_mato_beirada_estrada_do_bairro_castelhano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4164/111_-_requerimento_-_26-05-2025_-_rocar_mato_beirada_estrada_do_bairro_castelhano.pdf</t>
   </si>
   <si>
     <t>que sejam realizados dos seguintes serviços na estrada municipal do bairro Castelhano, ao longo de toda a sua extensão:_x000D_
 1.	Roçagem do mato nas margens da estrada, considerando o crescimento excessivo da vegetação que tem prejudicado a visibilidade, o tráfego seguro de veículos e pedestres, aumentando o risco de acidentes; e_x000D_
 2.	Patrolamento e cascalhamento da estrada, tendo em vista que a via apresenta trechos com buracos, desníveis e difícil trafegabilidade, o que compromete a segurança e a mobilidade dos moradores e trabalhadores que utilizam a estrada diariamente.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4165/112_-_requerimento_-_26-05-2025_-_pedido_informacoes_cirurgias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4165/112_-_requerimento_-_26-05-2025_-_pedido_informacoes_cirurgias.pdf</t>
   </si>
   <si>
     <t>•	considerando o disposto na Portaria SAES/MS nº 2.324/2024 e na Deliberação CIB-SUS/MG nº 4.119/2023, requeiro informações detalhadas acerca das cirurgias eletivas realizadas em pacientes do município de Pedralva:_x000D_
 1.	Informar o número exato de pacientes residentes em Pedralva submetidos a cirurgias eletivas no Hospital de Gimirim, situado no município de Poço Fundo – MG, discriminando por tipo de procedimento realizado, desde janeiro de 2024 até a presente data;_x000D_
 2.	Esclarecer detalhadamente os critérios utilizados para seleção e encaminhamento dos pacientes para realização das cirurgias eletivas, incluindo informações sobre a existência, administração e critérios de gestão das filas de espera;_x000D_
 3.	Explicar detalhadamente as fontes e a forma de pagamento das cirurgias eletivas, especificando se os recursos utilizados são oriundos do Programa Mais Acesso a Especialistas (PMAE), do Programa Opera Mais ou de outras fontes de financiamento, informando os valores repassados, (...)</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>Alexandre Jhonatan de Souza, Jerson Papi de Sousa, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4166/113_-_requerimento_-_26-05-2025_-_melhoria_requerimento_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4166/113_-_requerimento_-_26-05-2025_-_melhoria_requerimento_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: Determinar aos setores competentes a realização de estudos técnicos e orçamentários com vistas à revisão e melhoria salarial dos Conselheiros Tutelares.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4167/023_-_requerimento_26-05-2025_-_divisa_-_dito_albino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4167/023_-_requerimento_26-05-2025_-_divisa_-_dito_albino.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito: determinar à Secretaria Municipal competente que realize os serviços de patrolamento e cascalhamento dos seguintes trechos da estrada do Bairro Divisa:_x000D_
 1.	Iniciando nas proximidades da propriedade do Sr. Dito Albino até a propriedade da Sra. Fabiana;_x000D_
 2.	Trecho de acesso à propriedade do Sr. Paulinho Fernandes e demais propriedades da região.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4168/019_-_requerimento_26-05-2025_-_rocagem_mato_-_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4168/019_-_requerimento_26-05-2025_-_rocagem_mato_-_paulino.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito: que sejam adotadas as providências cabíveis para a realização da roçada nas margens da rodovia MG-347, no trecho compreendido entre a entrada da Igreja do Bairro Paulino até a entrada de acesso para o Bairro Correias. Caso a competência não seja da Prefeitura, solicito que seja formalmente notificado o Departamento de Estradas de Rodagem (DER), órgão responsável pela manutenção da rodovia, para que tome as medidas necessárias.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4169/025_-_requerimento_26-05-2025_-_estrada_flores_ate_castelhano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4169/025_-_requerimento_26-05-2025_-_estrada_flores_ate_castelhano.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito: determinar à secretaria competente que realize a manutenção na estrada municipal que se inicia no Bairro Floresta, seguindo em direção ao Bairro Castelhano, com especial atenção ao trecho nas proximidades da propriedade do senhor Rogério Bustamante, seguindo até o Bairro Cafarnaum, passando pela propriedade do senhor Sebastião Pereira, bem como a realização da manutenção no atalho que dá acesso ao Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4170/024_-_requerimento_26-05-2025_-_estrada_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4170/024_-_requerimento_26-05-2025_-_estrada_sertaozinho.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: Determinar à Secretaria Municipal competente que faça manutenção na estrada do Bairro Sertãozinho, nos seguintes trechos: 1) Trecho de estrada que inicia no João Pereira e segue até a casa da Maria do Carmo; 2) Trecho de acesso à casa dos familiares do saudoso senhor “Bode”; 3) Trecho de estrada de acesso à casa do Nico.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4171/114_-_requerimento_-_26-05-2025_-_iluminacao_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4171/114_-_requerimento_-_26-05-2025_-_iluminacao_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: providências para a melhoria na iluminação do Cemitério Municipal, visando proporcionar melhores condições de segurança e acessibilidade aos munícipes que frequentam o local, principalmente no momento dos sepultamentos.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4172/115_-_requerimento_-_26-05-2025_-_lixeira_terra_plenagem_espaco_na_beirada__da_rodovia_-_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4172/115_-_requerimento_-_26-05-2025_-_lixeira_terra_plenagem_espaco_na_beirada__da_rodovia_-_divisa.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: providências para a realização de melhorias no local situado no Bairro Divisa, às margens da rodovia MG-347, onde existe uma bica de água utilizada por moradores e transeuntes (pessoas que passam por aquele local – pedestres, ciclistas, caminhoneiros, viajantes, entre outros) .</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4173/46_-_requerimento_26-05-2025_-_rede_de_esgoto_entupida_-_lado_da_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4173/46_-_requerimento_26-05-2025_-_rede_de_esgoto_entupida_-_lado_da_escola.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito: que, por meio do setor de obras, seja realizada a desobstrução de uma rede de esgoto localizada no bairro Lagoa, nas proximidades da escola.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4184/116_-_requerimento_-_02-06-2025_-_atalho_tamandua_vintem_-_monte_de_terra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4184/116_-_requerimento_-_02-06-2025_-_atalho_tamandua_vintem_-_monte_de_terra.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que, através do setor responsável, seja feita a retirada, com urgência, do monte de terra e cisco que se encontra amontoado na beirada da estrada municipal que liga o Bairro Tamanduá ao Bairro Vintém, em frente à entrada da propriedade do senhor Luciano.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4185/035_-_requerimento_02-06-2025_-_reduzir_carga_horario_dos_motoristas_operador_de_maquina_e_pedreiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4185/035_-_requerimento_02-06-2025_-_reduzir_carga_horario_dos_motoristas_operador_de_maquina_e_pedreiro.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que seja analisada e providenciada, na medida do possível, a redução da carga horária de trabalho para os seguintes cargos públicos: Motorista; Operador de Máquinas Leves e Pesadas; e Pedreiro.</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4186/036_-_requerimento_02-06-2025_-_abrir_uma_nova_rua_ligando_o_loteamento_nair_ao_loteamento_claudio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4186/036_-_requerimento_02-06-2025_-_abrir_uma_nova_rua_ligando_o_loteamento_nair_ao_loteamento_claudio.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: abertura de uma nova via pública que interligue o Loteamento Cláudio de Souza Bustamante ao novo Loteamento Nair Bustamante, de forma a possibilitar o acesso ao centro da cidade através deste novo bairro.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4187/037_-_requerimento_02-06-2025_-_informacao_sobre_maquina_de_beneficiar_cafe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4187/037_-_requerimento_02-06-2025_-_informacao_sobre_maquina_de_beneficiar_cafe.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: informações oficiais sobre a máquina de beneficiar café, pertencente ao patrimônio da Prefeitura Municipal de Pedralva, que se encontrava cedida à Associação AMABAVCC. Em especial, requer-se esclarecimentos sobre:_x000D_
 ●	a atual situação da referida máquina (se está em funcionamento ou não);_x000D_
 ●	o local onde se encontra atualmente;_x000D_
 ●	se continua cedida à Associação AMABAVIC ou foi devolvida ao Município;_x000D_
 ●	em caso de não funcionamento, quais as providências previstas para seu reparo ou destinação.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4188/038_-_requerimento_02-06-2025_-_lixeira_perto_baiano_-_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4188/038_-_requerimento_02-06-2025_-_lixeira_perto_baiano_-_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que seja realizada, por meio do setor responsável pela instalação de lixeiras públicas nos bairros rurais, a construção de uma lixeira, coberta e fechada, no Bairro Pitangueiras, especificamente no local que foi preparado para esse fim, próximo à propriedade da senhora “Chica Moisés”.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4189/117_-_requerimento_-_02-06-2025_-_ponte_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4189/117_-_requerimento_-_02-06-2025_-_ponte_campestre.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito:  providenciar a manutenção da ponte existente na estrada do Bairro Campestre, que atualmente apresenta alguns buracos, colocando em risco a segurança dos munícipes que por ali transitam.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4190/47_-_requerimento_academia_bairro_lagoa_02-06-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4190/47_-_requerimento_academia_bairro_lagoa_02-06-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito: que, por meio do setor de obras, seja realizada a retirada de alguns aparelhos de academia que se encontram sem funcionamento no bairro Lagoa.</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4191/48_-_requerimento_estrada_bairro_lagoa_02-06-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4191/48_-_requerimento_estrada_bairro_lagoa_02-06-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: que, por meio do setor responsável, seja realizado o patrolamento de um trecho de estrada localizado no bairro Lagoa.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4193/25_-_requerimento_bairro_correas_02-06-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4193/25_-_requerimento_bairro_correas_02-06-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito :_x000D_
 •	Venho reiterar o requerimento feito em janeiro de 2025, para que seja feito a manutenção urgente de uma ponte da estrada do Bairro Correas, próximo da antiga “venda” do bairro, tendo em vista que a ponte se encontra com buracos, os quais os moradores colocaram um pedaço de madeira para sinalizar, porém tal buraco pode aumentar se não for realizado uma manutenção urgente._x000D_
 •	Solicita ainda, que seja feita uma manutenção na estrada do bairro Correas, com uma operação “tapa buraco” tendo em vista que a estrada encontra-se com muitos buracos, dificultando a passagem dos veículos, bem como, que seja feita a limpeza das saídas de águas.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4194/26_-_requerimento_secretaria_de_saude_02-06-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4194/26_-_requerimento_secretaria_de_saude_02-06-2025.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito :_x000D_
 •	Que encaminhe a esta Casa Legislativa todos os contratos realizados pela Secretaria de Saúde do Município, referente a prestação de serviço médico (contratos com pessoa física e contratos pessoa jurídica) neste ano e também, caso exista, todos os contratos prorrogados do ano passado. _x000D_
 •	Que informe quantas equipes da ESF possuímos cadastradas para o nosso município e quantos profissionais médicos estão trabalhando nessas equipes.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4196/11_-_requerimento_02-06-2025_-_urgencia_especial_pl_26_e_27_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4196/11_-_requerimento_02-06-2025_-_urgencia_especial_pl_26_e_27_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para os seguintes projetos de lei:_x000D_
 Projeto de Lei nº 26, de 2025 “Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepciona interesse público, nos termos do inciso IX, do artigo 37 da Constituição Federal e dá outras providências”; e_x000D_
 Projeto de Lei nº 27, de 2025 “Dispõe sobre a concessão de subvenção social a APAE - Associação de Pais e Amigos dos Excepcionais de Maria da Fé, para o exercício de 2025, e dá outras providências”.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4210/19_-_requerimento__-_9-6-2025_-_radar_-_rezende_-_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4210/19_-_requerimento__-_9-6-2025_-_radar_-_rezende_-_divisa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que com a máxima urgência, que seja oficiado o Departamento de Estradas de Rodagem de Minas Gerais (DER-MG), solicitando:_x000D_
 •	A instalação de radar na serra que dá acesso ao Bairro Resende, preferencialmente nas proximidades da escola municipal;_x000D_
 •	A implantação de redutores de velocidade, como lombadas, especialmente em frente ao ponto de ônibus e nas imediações da estrada que dá acesso ao Bairro Alecrim.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4211/20_-_requerimento_-_9-6-2025_-_informacoes_atividades_cras_no_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4211/20_-_requerimento_-_9-6-2025_-_informacoes_atividades_cras_no_rezende.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: informações sobre a possibilidade de retomada das atividades do CRAS no Bairro Resende. Tais atividades incluíam gincanas com as crianças, rodas de capoeira, entre outras ações socioculturais, realizadas no local conhecido como “venda do Tonhão”.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4212/026_-_requerimento_09-06-2025_-_lixeira_-_pessoal_dos_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4212/026_-_requerimento_09-06-2025_-_lixeira_-_pessoal_dos_machado.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: A instalação de uma nova lixeira nas margens da rodovia MG-347, especificamente na entrada que dá acesso às propriedades pertencentes aos familiares do saudoso senhor conhecido como "Machado".</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4213/039_-_requerimento_09-06-2025_-_serra_do_balaio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4213/039_-_requerimento_09-06-2025_-_serra_do_balaio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que seja providenciada com urgência a manutenção no trecho da estrada conhecido por "Serra do Balaio", via de acesso principal aos Bairros Balaio, Abertão e Três Paineiras.</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4214/040_-_requerimento_09-06-2025_-_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4214/040_-_requerimento_09-06-2025_-_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que seja realizada, com a máxima urgência, operação tapa-buracos na estrada de acesso ao Bairro Pedra Batista.</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4215/49_-_requerimento_09-06-2025_-_arrumar_estrada_castelhano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4215/49_-_requerimento_09-06-2025_-_arrumar_estrada_castelhano.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, por meio do setor responsável, seja realizado com urgência o patrolamento da estrada rural conhecida como Serra do Castelhano.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4216/50_-_requerimento_09-06-2025_-__iluminacao_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4216/50_-_requerimento_09-06-2025_-__iluminacao_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, por meio do setor responsável, seja verificada a possibilidade de instalação de braços de iluminação em dois postes localizados no bairro Lagoa.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4217/51_-_requerimento_arrumar_esgoto_bairro_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4217/51_-_requerimento_arrumar_esgoto_bairro_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que, através do setor responsável, seja realizado com urgência o desentupimento de um esgoto localizado no bairro Pedrão, ao lado do campo de futebol.</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4218/27_-_requerimento_biblioteca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4218/27_-_requerimento_biblioteca.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: que seja realizado um projeto mais eficiente em relação a nossa Biblioteca Municipal instalada no Centro Cultural, a fim que ela funcione realmente para empréstimos de livros, contação de história e outras atividades para as nossas crianças e jovens.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4219/28_-_requerimento_bairro_pipa_e_pedrao__09-06-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4219/28_-_requerimento_bairro_pipa_e_pedrao__09-06-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito: que seja feito a manutenção na estrada do bairro Pipa e bairro Pedrão colocando cascalho e pedra na estrada a fim de conter o barro nos dias de chuva, tendo em vista que recentemente foi realizada uma manutenção naquela localidade, contudo com esses últimos dias de chuva, a estrada já começou a ficar com barro e dificultando à passagem dos veículos, assim, através das pedras e cascalho na estrada o problema será resolvido.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4240/027_-_requerimento_16-06-2025_-_calcar_trecho_da_av._flavio_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4240/027_-_requerimento_16-06-2025_-_calcar_trecho_da_av._flavio_paiva.pdf</t>
   </si>
   <si>
     <t>execução do calçamento no trecho ainda não pavimentado da Avenida Flávio Antônio de Abreu Paiva.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4241/020_-_requerimento_-_16-06-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4241/020_-_requerimento_-_16-06-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: reitera requerimento anteriormente encaminhado ao prefeito, para que seja realizado o calçamento do trecho final da Rua Afonso Vieira Machado, no Bairro São José, local onde existem várias residências e onde residem os senhores Chico de Deus, Pedro, Dona Izabel, além de estar localizado o lavador de carros do Tavinho.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4242/041_-_requerimento_16-06-2025_-_estacionamento_entrada_para_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4242/041_-_requerimento_16-06-2025_-_estacionamento_entrada_para_tamandua.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: construção de um acostamento na beirada da rodovia MG-347, no lado direito no sentido Pedralva–São José do Alegre, em frente à entrada para o Bairro Tamanduá.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4243/118_-_requerimento_-_16-06-2025_-_estacionamento_em_frente_mercado_purguinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4243/118_-_requerimento_-_16-06-2025_-_estacionamento_em_frente_mercado_purguinha.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que seja estipulado tempo máximo de permanência para veículos estacionados no trecho da Rua Pedro Monti, em frente ao Mercado Pedra Branca.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4244/043_-_requerimento_16-06-2025_-_rua_dona_inacia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4244/043_-_requerimento_16-06-2025_-_rua_dona_inacia.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: esclarecimentos sobre a situação que envolve obra na Rua Dona Inácia Macedo.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4245/044_-_requerimento_16-06-2025_-_estrada_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4245/044_-_requerimento_16-06-2025_-_estrada_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que através do setor responsável que seja feita manutenção da estrada Jabuticabal, sentido propriedade do Laercio Rezende e Emanoel Rezende.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4246/119_-_requerimento_-_16-06-2025_-_reitera_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4246/119_-_requerimento_-_16-06-2025_-_reitera_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf</t>
   </si>
   <si>
     <t>Solicita aos responsáveis pelo loteamento Nair Bustamante: reiterar o requerimento apresentado em 8 de maio de 2025, por meio do qual solicitei esclarecimentos acerca da liberação para construções no Loteamento Nair Bustamante, situado neste município, solicitando que seja informada a previsão exata (ou estimada) para a liberação definitiva, possibilitando aos proprietários o exercício pleno de seus direitos de construir.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4247/21_-_requerimento_16-06-2025_-__alta_ville.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4247/21_-_requerimento_16-06-2025_-__alta_ville.pdf</t>
   </si>
   <si>
     <t>Ao responsável pele Loteamento “Alta Ville”, afim de prestar as seguintes informações:_x000D_
 1)	Data inicialmente prevista para o início e conclusão da obra;_x000D_
 2)	Cronograma atualizado da obra, se houver;_x000D_
 3)	Motivos e/ou impedimentos que ocasionaram o atraso;_x000D_
 4)	Previsão para entrega das unidades vendidas a população;</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4254/120_-_requerimento_-_23-06-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4254/120_-_requerimento_-_23-06-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: reitera requerimento apresentado 3 de abril de 2025, solicitando que realize, através do setor responsável, a limpeza do córrego existente nas margens da Rua Antonio José de Souza, no Bairro Jaboticabal, o qual encontra-se cheio de mato, impedindo o escoamento da água.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4255/121_-_requerimento_-_23-06-2025_-_instituir_na_prefeitura_gratificacao_por_desempenho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4255/121_-_requerimento_-_23-06-2025_-_instituir_na_prefeitura_gratificacao_por_desempenho.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: a instituição de um sistema de avaliação de desempenho funcional, com a concessão de gratificação anual por desempenho aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4256/52_-_requerimento_16-06-2025_-_informacao_sobre_rodeio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4256/52_-_requerimento_16-06-2025_-_informacao_sobre_rodeio.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: informar a esta Casa Legislativa se há previsão para a realização do tradicional Rodeio Festival no ano de 2025, evento de grande importância cultural, social e econômica para o município de Pedralva.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4257/53_-_requerimento_23-06-2025_-__pedra_preta_-_academia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4257/53_-_requerimento_23-06-2025_-__pedra_preta_-_academia.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, por meio do setor competente, avalie a viabilidade de instalação de uma academia ao ar livre no Bairro Pedra Preta, atendendo a uma solicitação dos moradores da referida comunidade.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4258/54_-_requerimento_23-06-2025_-__estrada_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4258/54_-_requerimento_23-06-2025_-__estrada_pedra_preta.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, por meio do setor de obras, seja realizado o cascalhamento de um trecho da via de acesso ao Bairro Pedra Preta, localizado ao lado da residência do senhor João da Rita.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4259/55_-_requerimento_23-06-2025_-__lixeira_serrinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4259/55_-_requerimento_23-06-2025_-__lixeira_serrinha.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal:  que, através do setor competente, seja instalada uma lixeira no bairro Serrinha, ao lado da residência do senhor Celso Guimarães.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4272/12_-_requerimento_30-06-2025_-_urgencia_especial_pl_32_e_33_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4272/12_-_requerimento_30-06-2025_-_urgencia_especial_pl_32_e_33_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita concessão de URGÊNCIA ESPECIAL para os seguintes projetos de lei:_x000D_
 Projeto de Lei nº 32, de 2025 “Dispõe sobre a concessão de contribuição financeira à Associação Cultural Pedrock e autoriza a abertura de Crédito Especial ao orçamento do Município de Pedralva para o exercício de 2025, e dá outras providências”; e_x000D_
 Projeto de Lei nº 33, de 2025 “Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município e Pedralva, para o exercício de 2025, no valor de R$ 1.243.000,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4287/022_-_requerimento_-_04-08-2025_-_estrada_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4287/022_-_requerimento_-_04-08-2025_-_estrada_sertaozinho.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que seja determinada à Secretaria Municipal de Obras a passagem de máquina (patrol) em toda a extensão da estrada que dá acesso ao bairro Sertãozinho, bem como o cascalhamento nos pontos mais críticos e danificados.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4288/021_-_requerimento_-_04-08-2025_-_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4288/021_-_requerimento_-_04-08-2025_-_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que seja determinada à Secretaria Municipal de Obras a realização dos seguintes serviços na estrada que dá acesso ao bairro Pitangueiras:_x000D_
 1)	Passar a máquina (patrol) em toda a extensão da estrada;_x000D_
 2)	Cascalhar os pontos necessários, principalmente nos trechos mais críticos;_x000D_
 3)	Aterrar o trecho de estrada desde a balança do Milo até o final da baixada, que se encontra em condições bastante precárias.</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4289/122_-_requerimento_-_04-08-2025_-_ponte_bela_bista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4289/122_-_requerimento_-_04-08-2025_-_ponte_bela_bista.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal: providências urgentes em relação à situação da ponte localizada na Rua José Monti Sobrinho, principal via de acesso ao Bairro Bela Vista, neste município.</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4290/123_-_requerimento_-_04-08-2025_-_bueiro_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4290/123_-_requerimento_-_04-08-2025_-_bueiro_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: providências urgentes junto ao setor responsável pela manutenção e drenagem urbana, com relação à situação das Ruas Antônio Benedito dos Santos e Nei Augusto Ribeiro, situadas no Bairro Bela Vista. Solicita-se, especificamente:_x000D_
 1.	o desentupimento do bueiro existente na Rua Antônio Benedito dos Santos, atualmente obstruído por terra e detritos; e_x000D_
 2.	a construção de um bueiro na esquina da Rua Nei Algusto Ribeiro com a Rua Antônio Benedito dos Santos, com o objetivo de captar a água pluvial proveniente da Rua Antônio Benedito dos Santos, que hoje não é escoada adequadamente, formando poças.</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4291/124_-_requerimento_-_04-08-2025_-_esgoto_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4291/124_-_requerimento_-_04-08-2025_-_esgoto_bela_vista.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que o setor competente tome providências quanto a necessidade urgente da implantação de uma rede de esgotamento sanitário adequada no Bairro Bela Vista, neste município. Atualmente, o bairro não conta com sistema público de escoamento sanitário, sendo os resíduos domésticos destinados a fossas rudimentares ou, em alguns casos, despejados diretamente no córrego que atravessa a região, o que representa sérios riscos à saúde pública, ao meio ambiente e à qualidade de vida da população local. Que esta demanda seja incluída nas prioridades de planejamento e investimentos da administração municipal, e que as providências cabíveis sejam iniciadas com a máxima urgência.</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4292/125_-_requerimento_-_04-08-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4292/125_-_requerimento_-_04-08-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: reitera o requerimento apresentado em 17 de março de 2025, solicitando que seja determinado ao setor competente, especialmente à Secretaria de Obras, a realização de melhorias na estrada do Bairro Estiva, mais precisamente na estrada de acesso à antiga cascalheira, a qual se encontra em péssimas condições de tráfego, com valetas, buracos e caixas de bueiro sem grade de proteção. Além disso, solicita-se melhorias na estrada secundária localizada em frente à Igrejinha do referido bairro, que também apresenta condições inadequadas para o tráfego seguro.</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4293/126_-_requerimento_-_04-08-2025_-_limpeza_rua_nei_algusto_dos_santos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4293/126_-_requerimento_-_04-08-2025_-_limpeza_rua_nei_algusto_dos_santos.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: realização de serviços de limpeza e manutenção na Rua Nei Augusto Ribeiro, localizada no Bairro Bela Vista, com as seguintes ações específicas:_x000D_
 1.	capina e roçagem das laterais da via, especialmente nos trechos onde não existem edificações e a vegetação cresce de forma descontrolada;_x000D_
 2.	limpeza das beiradas da rua e das sarjetas, a fim de garantir o escoamento adequado das águas pluviais e melhorar a conservação da via.</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4294/127_-_requerimento_-_04-08-2025_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4294/127_-_requerimento_-_04-08-2025_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: reitera requerimentos apresentados em 13 de janeiro, 10 de fevereiro e 22 de abril de 2025, para que, através do setor responsável, sejam realizadas melhorias na pista de caminhada “Amado José da Silva”:_x000D_
 1.	colocar pedras de rio ou brita na parte que não é pavimentada, para avitar que forme barro, nos dias de chuva; e_x000D_
 2.	fazer o correto escoamento da água de chuva nas laterais, de forma a evitar que a água de chuva e a lama invadam a pista.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4295/56_-_requerimento_04-08-2025_-_manilha_bairro_serrinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4295/56_-_requerimento_04-08-2025_-_manilha_bairro_serrinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que por meio do setor de obras, seja substituída uma manilha danificada em um bueiro existente no bairro Serrinha, localizado logo acima da residência do senhor Celso Guimarães.</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4296/57_-_requerimento_04-08-2025_-_calcamento_bairro_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4296/57_-_requerimento_04-08-2025_-_calcamento_bairro_estiva.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, por meio do setor de obras, seja realizada manutenção no calçamento localizado ao lado da igreja do Bairro Estiva.</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4297/58_-_requerimento_04-08-205_-_contrucao_de_boeiro_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4297/58_-_requerimento_04-08-205_-_contrucao_de_boeiro_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído um bueiro na estrada do Bairro Pedrão, logo acima da igreja, no trecho que dá acesso às residências do Sr. Gilmar e da Sra. Patrícia.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4298/59_-_requerimento_04-08-2025_-_estradas_bairro_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4298/59_-_requerimento_04-08-2025_-_estradas_bairro_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizado o patrolamento da estrada localizada nas proximidades da casa do senhor Pedro Pereira, no Bairro Pedrão.</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4299/60_-_requerimento_04-08-2025_-_estradas_castelhano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4299/60_-_requerimento_04-08-2025_-_estradas_castelhano.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento de um trecho de estrada localizado próximo à chegada ao bairro Castelhano.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4300/028_-_requeriment_04-08-2025_-_iluminacao_publica_bairro_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4300/028_-_requeriment_04-08-2025_-_iluminacao_publica_bairro_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito: instalação de iluminação pública na via pública localizada no Bairro Jabuticabal, iniciando nas proximidades da propriedade dos familiares do saudoso senhor Márcio Barros até a localidade conhecida como Santa Cruz.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4301/29_-_requerimento_04-08-2025_-_manutencao_rua_jose_belmiro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4301/29_-_requerimento_04-08-2025_-_manutencao_rua_jose_belmiro_monti.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que realize com urgência a manutenção de um trecho da RUA JOSÉ BELMIRO MONTE, localizada no bairro São José, tendo em vista que se encontra com vários buracos, o que dificulta a passagens dos veículos.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4319/14_-_requerimento_11-08-2025_-_bebedouro_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4319/14_-_requerimento_11-08-2025_-_bebedouro_rodoviaria.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam adotadas as providências necessárias para a instalação de um bebedouro de água potável na rodoviária municipal, incluindo um modelo adaptado para pessoas com deficiência ou mobilidade reduzida.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4320/13_-_requerimento_11-08-2025_-_requerimento_para_colocar_em_funcionamento_gabinete_dentario_no_bairro_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4320/13_-_requerimento_11-08-2025_-_requerimento_para_colocar_em_funcionamento_gabinete_dentario_no_bairro_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas as providências necessárias para colocar em funcionamento o gabinete dentário localizado na sede da Estratégia de Saúde da Família (ESF) do bairro Pitangueiras.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4321/023_-_requerimento_-_11-08-2025_-_quebra-mola_rua_jose_da_costa_paica-_bairro_alta_vile.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4321/023_-_requerimento_-_11-08-2025_-_quebra-mola_rua_jose_da_costa_paica-_bairro_alta_vile.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: construção de um quebra-molas ou faixa elevada na Rua Professor José da Costa Paiva, que dá acesso ao Loteamento Alta Ville e ao Bairro Campestre.</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4322/023_-_requerimento_-_11-08-2025_-_cruzamento_rua_casemiro_com_sao_sebastiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4322/023_-_requerimento_-_11-08-2025_-_cruzamento_rua_casemiro_com_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: reparo no calçamento da Rua Casimiro Osório, esquina da Igreja do Bairro São José, em frente ao Armazém do Sr. Barão.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4323/024_-_requerimento_-_08-08-2025_-_mudanca_ferias-premio_para_5_anos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4323/024_-_requerimento_-_08-08-2025_-_mudanca_ferias-premio_para_5_anos.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: enviar a esta Casa Legislativa projeto de lei alterando a forma de concessão das férias-prêmio para os servidores públicos municipais, modificando a regra atual, que exige 10 (dez) anos de efetivo exercício no serviço público municipal para a concessão de 06 (seis) meses de férias-prêmio, passando para a exigência de 05 (cinco) anos de efetivo exercício, com a concessão de 03 (três) meses de férias-prêmio.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4324/130_-_requerimento_08-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda_maria_silva_olindo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4324/130_-_requerimento_08-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda_maria_silva_olindo.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, através do setor de obras, sejam realizadas melhorias na estrada de acesso à propriedade da família da senhora Ivanilda Maria Silva Olindo, situada no Bairro Pitangueiras de Cima.</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4325/129_-_requerimento_08-08-2025_-_manutencao_rua_coronel_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4325/129_-_requerimento_08-08-2025_-_manutencao_rua_coronel_machado.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das ruas da cidade, seja feita manutenção no calçamento da Rua Coronel Machado, próximo aos nos 26, 137 e 188.</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4326/128_-_requerimento_-_11-08-2025_-_calcamento_cruzamento_rua_casemiro_com_sao_sebastiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4326/128_-_requerimento_-_11-08-2025_-_calcamento_cruzamento_rua_casemiro_com_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja determinada, ao setor de obras, com urgência, a realização de serviços de manutenção e reparo do calçamento no cruzamento da Rua Casemiro Osório com a Rua São Sebastião, no Bairro São José.</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4327/131_-_requerimento_11-08-2025_-_manilha_quebrada_curva_dos_vianas__bairro_anhumas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4327/131_-_requerimento_11-08-2025_-_manilha_quebrada_curva_dos_vianas__bairro_anhumas.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada a substituição da manilha quebrada no bueiro localizado na Estrada Municipal do Bairro Anhumas, no trecho conhecido como “Curva dos Vianas.</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4328/132_-_requerimento_11-08-2025_-_bueiro_rua_josefina_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4328/132_-_requerimento_11-08-2025_-_bueiro_rua_josefina_monti.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas providências para o conserto do bueiro localizado na Rua Josefina Monti, nas proximidades da academia ao ar livre “Sabará”.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4329/23_-_requerimento_11-08-2025_-__redutor_velocidade_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4329/23_-_requerimento_11-08-2025_-__redutor_velocidade_paulino.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja encaminhado ofício ao Departamento de Edificações e Estradas de Rodagem de Minas Gerais – DER-MG, solicitando a implantação de redutores de velocidade (quebra-molas) nas proximidades da igreja do Bairro Paulino Paixão, neste município.</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4330/22_-_requerimento_11-08-2025_-_semana_da_juventude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4330/22_-_requerimento_11-08-2025_-_semana_da_juventude.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: requer-se a imediata manifestação do Poder Executivo, quanto às medidas adotadas para o cumprimento da Lei nº 2015/23, que tem por objetivo instituir, anualmente, a Semana da Juventude, com diretrizes fundamentais voltadas à valorização e ao protagonismo juvenil, bem como informações sobre o cronograma de ações e atividades previstas para sua execução nos anos subsequentes.</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4331/133_-_requerimento_11-08-2025_-_calcamento_proximo_ao_sicoob.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4331/133_-_requerimento_11-08-2025_-_calcamento_proximo_ao_sicoob.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada manutenção e reparo no calçamento localizado na esquina da Rua Xavier Lisboa com a Rua Casemiro Osório, em frente ao Sicoob.</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4332/61_-_requerimento_11-08-2025_-__estrada_pedrao_-_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4332/61_-_requerimento_11-08-2025_-__estrada_pedrao_-_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, por meio do setor de obras, seja realizada a colocação de cascalho em determinados trechos do topo da estrada que liga o bairro Pedrão ao bairro Lagoa.</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4333/62_-_requerimento_11-08-2025_-_estrada_bairro_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4333/62_-_requerimento_11-08-2025_-_estrada_bairro_estiva.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento da estrada do bairro Estiva.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4334/63_-_requerimento_11-08-2025_-_estacao_do_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4334/63_-_requerimento_11-08-2025_-_estacao_do_pedrao.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: encaminhar a esta casa legislativa as seguintes informações: 1) se o prédio da estação do bairro Pedrão foi formalmente doado ao município; e 2) se há recurso captado e disponível em conta para a execução da restauração, em caso afirmativo, se existe previsão para a realização de sua restauração e recuperação e quais medidas estão previstas ou em andamento para a preservação do referido patrimônio histórico.</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4335/64_-_requerimento_11-08-2025_-_poco_artesiano_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4335/64_-_requerimento_11-08-2025_-_poco_artesiano_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizado o conserto do automático da bomba do poço artesiano localizado no bairro Lagoa.</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4336/042_-_requerimento_11-08-2025_-_estrada_lavoura_marquinho_fernandes_-_zezinho_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4336/042_-_requerimento_11-08-2025_-_estrada_lavoura_marquinho_fernandes_-_zezinho_fernandes.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que sejam tomadas as devidas providências para a realização de melhorias na estrada que dá acesso à lavoura do senhor Marquinho Fernandes, situada na fazenda de propriedade dos familiares do saudoso senhor José Fernandes.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4337/043_-_requerimento_11-08-2025_-_limpeza_corrego_avenida_claudio_rodritues_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4337/043_-_requerimento_11-08-2025_-_limpeza_corrego_avenida_claudio_rodritues_souza.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que sejam tomadas as providências necessárias para a limpeza do córrego que margeia os dois lados da Avenida Cláudio Rodrigues de Souza, no Bairro Anhumas, bem como a construção de uma galeria no ponto em que o referido córrego cruza a avenida.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4338/044_-_requerimento_11-08-2025_-_conserto_pranchao_estrada_pitangueiras_perto_ubs.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4338/044_-_requerimento_11-08-2025_-_conserto_pranchao_estrada_pitangueiras_perto_ubs.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que sejam adotadas as medidas necessárias para a fixação dos pranchões da ponte localizada na estrada do Bairro Pitangueiras, nas proximidades da Unidade Básica de Saúde (UBS).</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4339/029_-_requeriment_11-08-2025_-_estrada_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4339/029_-_requeriment_11-08-2025_-_estrada_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: realizar, através do setor de obras, o patrolamento da estrada municipal do bairro Pitangueiras de Cima e dos trechos mais precários da estrada que liga Pitangueiras à cidade.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4340/16_-_requerimento_11-08-2025_-_abrigo_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4340/16_-_requerimento_11-08-2025_-_abrigo_tamandua.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: substituição do abrigo existente na estrada do Bairro Tamanduá, próximo à Igreja do bairro, que se encontra enferrujado e com partes quebrando, oferecendo risco à população que o utiliza.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4341/17_-_requerimento_11-08-2025_-_local_para_atendimento_esf_no_bairro_cubatao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4341/17_-_requerimento_11-08-2025_-_local_para_atendimento_esf_no_bairro_cubatao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: disponibilização de um local para o atendimento da Estratégia Saúde da Família (ESF) no Bairro Cubatão, visando garantir maior proximidade e qualidade no atendimento à população local.</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/15_-_requerimento_11-08-2025_-_urgencia_especial_pl_34_35_36_e_37.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/15_-_requerimento_11-08-2025_-_urgencia_especial_pl_34_35_36_e_37.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para os seguintes projetos de lei:_x000D_
 Projeto de Lei nº 34, de 2025 “Autoriza a abertura de crédito adicional suplementar ao orçamento do município de Pedralva, para o exercício de 2025, no valor de R$ 1.600.000,00, e dá outras providências”; _x000D_
 Projeto de Lei nº 35, de 2025 “Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Pedrava, para o exercício de 2025, no valor de R$ 1.136.827,68, e dá outras providências”;_x000D_
 Projeto de Lei nº 36, de 2025 “Autoriza a abertura de Crédito Suplementar ao orçamento do Município de Pedralva, para o exercício de 2025, no valor de R$ 396.700,00, e dá outras providências”; e_x000D_
 Projeto de Lei nº 37, de 2025 “Autoriza a abertura de Crédito Adicional Especial ao orçamento do Município de Pedrava, para o exercício de 2025, no valor de R$ 480.000,00, e dá outras providências”.</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/134_-_requerimento_18-08-2025_-_moscas_bairros_contendas_furnas_anhumas_e_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/134_-_requerimento_18-08-2025_-_moscas_bairros_contendas_furnas_anhumas_e_rocinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam adotadas, com máxima urgência, as medidas necessárias para solucionar o grave problema de infestação de mosquitos que afeta os bairros Contendas, Furnas, Anhumas e Rocinha. Que sejam tomadas medidas como: 1. Vistoria e identificação dos focos de proliferação dos mosquitos nesses bairros; 2. Adoção imediata de medidas de controle e eliminação dos criadouros; e 3. Realização de campanhas de orientação à população sobre prevenção e eliminação de possíveis focos nas residências.</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/135_-_requerimento_18-08-2025_-_quebra-molas_rua_jose_da_costa_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/135_-_requerimento_18-08-2025_-_quebra-molas_rua_jose_da_costa_paiva.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: construção de um quebra-molas ou faixa elevada para travessia de pedestres na Rua José da Costa Paiva, via de acesso ao Bairro Córrego Fundo.</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/136_-_requerimento_-_18-08-2025_-__ponte_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/136_-_requerimento_-_18-08-2025_-__ponte_vintem.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito Municipal: seja encaminhada ao Departamento de Estradas de Rodagem de Minas Gerais – DER/MG a seguinte solicitação: que seja instalada placa de sinalização de ressalto na via no trecho da rodovia MG-347, na chamada “ponte do Vintém”, em razão do reparo realizado em 30 de janeiro de 2025 no desnível existente no início da ponte, o qual ficou muito alto e vem causando riscos aos motoristas que utilizam diariamente a rodovia.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/137_-_requerimento_-_18-08-2025_-__calcada_ruas_jose_da_costa_paiva_sergio_e_estevan.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/137_-_requerimento_-_18-08-2025_-__calcada_ruas_jose_da_costa_paiva_sergio_e_estevan.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito Municipal: que sejam tomadas as devidas providências quanto à colocação de meio-fio na Rua José da Costa Paiva e, se possível, a construção de passeio público (calçadas) nas Ruas José da Costa Paiva, Sérgio Rezende Lopes e Estevam Rezende Lopes, todas localizadas no Bairro Córrego Fundo.</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/138_-_requerimento_-_18-08-2025_-__rocagem_mato_beirada_estrada_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/138_-_requerimento_-_18-08-2025_-__rocagem_mato_beirada_estrada_paulino.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito Municipal: providências quanto à roçagem das laterais da estrada do Bairro Paulino, com atenção especial ao trecho da ponte, onde o mato encontra-se bastante crescido e já se espalha pela cabeceira, trazendo risco à visibilidade e à segurança dos munícipes que transitam pelo local.</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/139_-_requerimento_-_18-08-2025_-_estrada_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/139_-_requerimento_-_18-08-2025_-_estrada_rocinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito Municipal: que seja determinada à Secretaria Municipal competente a realização de serviços de manutenção da estrada rural no Bairro Rocinha, compreendendo a construção de bueiro para melhor escoamento da água e aterro e cascalhamento da via, iniciando-se nas proximidades da rodovia, seguindo sentido a residência do senhor Vitor e finalizando na propriedade da senhora Maria do José Gonçalves.</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/045_-_requerimento_18-08-2025_-_instalacao_de_um_bueiro_na_rua_juarez_silva_no_bairro_bica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/045_-_requerimento_18-08-2025_-_instalacao_de_um_bueiro_na_rua_juarez_silva_no_bairro_bica.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável analise a viabilidade da instalação de um bueiro na Rua Juarez Silva no bairro Bica.</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/046_-_requerimento_18-08-2025_-_sinalizacoes_das_ruas_analise_a_viabilidade_de_se_instalar_uma_placa_na_rua_benjamin_constant_no_bairro_bica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/046_-_requerimento_18-08-2025_-_sinalizacoes_das_ruas_analise_a_viabilidade_de_se_instalar_uma_placa_na_rua_benjamin_constant_no_bairro_bica.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável pelas sinalizações das ruas, analise a viabilidade de se instalar uma placa na Rua Benjamin Constant no bairro Bica, transformando-a em mão única.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/047_-_requerimento_18-08-2025_-__que_o_setor_responsavel_faca_manutencao_na_estrada_que_da_acesso_a_propriedade_do_rodrigo_filha_da_lourdes_no_bairro_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/047_-_requerimento_18-08-2025_-__que_o_setor_responsavel_faca_manutencao_na_estrada_que_da_acesso_a_propriedade_do_rodrigo_filha_da_lourdes_no_bairro_sertaozinho.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável faça manutenção na estrada que dá acesso a propriedade do Rodrigo, filho da Lourdes no bairro Sertãozinho.</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/65_-_requerimento_estrada_bairro_pipa_-_18-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/65_-_requerimento_estrada_bairro_pipa_-_18-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizado o patrolamento e o cascalhamento em um trecho de estrada localizado no bairro Pipa, logo acima da residência do senhor Dito Oscar.</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/66_-_requerimento_bairro_lagoa_-_18-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/66_-_requerimento_bairro_lagoa_-_18-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, sejam pintados os meios-fios e os quebra-molas existentes nas ruas do bairro Lagoa.</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/67_-_requerimento_bairro_pedra_preta__-_18-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/67_-_requerimento_bairro_pedra_preta__-_18-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja realizado o patrolamento de um trecho de estrada localizado no bairro Pedra Preta, ao lado da casa do senhor José Carlos.</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4377/68_-_requerimento_serra_estiva_-_18-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4377/68_-_requerimento_serra_estiva_-_18-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor responsável seja realizado o aterramento de uma pedra alta em um trecho de estrada, na serra da Estiva.</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/045_-_requerimento_18-08-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/045_-_requerimento_18-08-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: realizar, através do setor de obras, manutenção em trecho da estrada municipal que liga o Bairro Pitangueiras ao Bairro Três Paineiras, local conhecido como “morro da grota do rosa”, próximo à propriedade do Alex, Lele e da mãe desses dois senhores. Precisa ser cascalhado e ser aterrado em frente à casa dos proprietários citados; precisa ser aterrada uma pedra que está descoberta em um ponto da via; e precisa ser construído quatro bueiros com as manilhas que já estão no local.</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/046_-_requerimento_18-08-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/046_-_requerimento_18-08-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído bueiro na estrada municipal que liga o Bairro Pitangueiras ao Município de São José do Alegre, utilizando as manilhas que já se encontram no local.</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/047_-_requerimento_18-08-2025_-_curva_dos_vianas_bueiro_aterro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/047_-_requerimento_18-08-2025_-_curva_dos_vianas_bueiro_aterro.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que determine à Secretaria Municipal competente que proceda à verificação e adoção de providências urgentes quanto à situação apresentada na Estrada Municipal do Bairro Anhumas, no trecho conhecido como “Curva dos Vianas”. Pelo que se contata no local, precisam ser tomadas as seguintes providências: 1. construção de novo bueiro para restabelecer o fluxo adequado de águas pluviais; e 2. aterro e nivelamento do trecho afetado da estrada, de forma a garantir a segurança e trafegabilidade.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/048_-_requerimento_18-08-2025_-_estrada_cava_funda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/048_-_requerimento_18-08-2025_-_estrada_cava_funda.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que determine, ao setor competente da Prefeitura Municipal, a verificação da situação do trecho de estrada situado no local conhecido como Cava Funda, especificamente no ponto onde foi realizada terraplenagem e construída uma estrada paralela, o que ocasionou o fechamento do bueiro existente no local, impedindo o escoamento adequado da água das chuvas.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/049_-_requerimento_18-08-2025_-_limpeza_bueiro_e_sargeta_proximo_fazenda_rosiane.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/049_-_requerimento_18-08-2025_-_limpeza_bueiro_e_sargeta_proximo_fazenda_rosiane.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que determine, com a máxima urgência, à Secretaria Municipal competente, a limpeza do bueiro e das sarjetas situados na estrada do Bairro Contendas, próximo ao portão da fazenda da senhora Rosiane, sendo esta estrada de acesso à residência dos familiares da senhora Tereza, Zeti e outros moradores.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>David Moisés Veloso, Carlos Alberto Vilas Boas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/69_-_requerimento_sertaozinho_-_18-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/69_-_requerimento_sertaozinho_-_18-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizada a manutenção de um córrego de água situado nas proximidades da escola, no bairro Sertãozinho.</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/140_-_requerimento_-_25-08-2025_-_rebaixar_quebra-mola_estrada_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/140_-_requerimento_-_25-08-2025_-_rebaixar_quebra-mola_estrada_campestre.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito Municipal: que entre em contato com a empresa responsável pelo Loteamento Alta Ville, solicitando providências quanto ao rebaixamento do segundo quebra-molas recentemente construído na Avenida Flávio Antônio de Abreu Paiva, sentido bairro Campestre, e instalação de sinalização.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/141_-_requerimento_25-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/141_-_requerimento_25-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, através do setor de obras, sejam concluídas as melhorias na estrada de acesso à propriedade da família da senhora Ivanilda Maria Silva Olindo, situada no Bairro Pitangueiras de Cima, com a colocação de cascalho ou pedra de rio, a fim de assegurar a trafegabilidade e a segurança no local, garantindo a devida assistência à referida família.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/030_-_requeriment_25-08-2025_-_iluminacao_publica_e_manutencao_estrada_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/030_-_requeriment_25-08-2025_-_iluminacao_publica_e_manutencao_estrada_tamandua.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: instalação de luminárias nos postes já existentes em dois trechos da estrada do Bairro Tamanduá, sendo:_x000D_
 •	Trecho compreendido entre a propriedade do Sr. João Soares e a propriedade da Sra. Geralda Santa de Toledo Martins; e Trecho compreendido entre o Bar da Fatinha e o sítio do saudoso Sr. Pipoca; e_x000D_
 •	realização de manutenção em trecho da estrada do referido bairro, iniciando-se na propriedade do Sr. Edson e estendendo-se até a Rodovia MG-347.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/142_-_requerimento_-_25-08-2024_-_bueiro_rua_casemiro_osorio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/142_-_requerimento_-_25-08-2024_-_bueiro_rua_casemiro_osorio.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, por meio do setor responsável pela manutenção dos bueiros da cidade, seja realizada a devida correção na boca de dois bueiros localizados no início da Rua Casemiro Osório, em frente à propriedade da senhora Graça Bustamante, as grades encontram-se afundadas, ocasionando dificuldades para a passagem de veículos no local.</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/24_-_requerimento_25-08-2025_-_cemig_-_queda_de_energia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/24_-_requerimento_25-08-2025_-_cemig_-_queda_de_energia.pdf</t>
   </si>
   <si>
     <t>solicitação à Companhia Energética de Minas Gerais – CEMIG, nos seguintes termos: que apresente, de forma clara e detalhada, os motivos das constantes quedas de energia registradas em nosso município, bem como informe quais medidas estão sendo adotadas para solucionar definitivamente o problema, garantindo o fornecimento de energia de maneira estável e eficiente.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/25_-_requerimento_25-08-2025_-_rua_jose_de_abreu_rezende_-_acougue.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/25_-_requerimento_25-08-2025_-_rua_jose_de_abreu_rezende_-_acougue.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja realizado um estudo técnico no trecho da Rua José de Abreu Rezende, que dá acesso à MG-347, onde foi inaugurado recentemente um açougue. O aumento no movimento tem causado acidentes e a rua já não comporta o tráfego atual. Peço que sejam avaliadas soluções para garantir a segurança e o bom uso da via pela comunidade.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>Alexandre Jhonatan de Souza, David Moisés Veloso, Jerson Papi de Sousa, José Paulo da Silva, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/26_-_requerimento_25-08-2025_-_insalubridade_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/26_-_requerimento_25-08-2025_-_insalubridade_farmaceutico.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja encaminhada a esta Casa Legislativa cópia do contrato firmado com a empresa contratada para confecção de laudo técnico para pagamento de insalubridade pela prefeitura de Pedralva e que o Poder Executivo se manifeste quanto à possibilidade de reimplantação do pagamento do adicional de insalubridade aos servidores mencionados.</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/70_-_requerimento_prorrogacao_concurso_-_25-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/70_-_requerimento_prorrogacao_concurso_-_25-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: informações referentes ao último concurso público realizado por esta Prefeitura Municipal, notadamente quanto à eventual prorrogação de sua validade pelo prazo adicional de 02 (dois) anos, nos termos da faculdade prevista no respectivo edital e em conformidade com o art. 37, inciso III, da Constituição Federal.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/72_-_requerimento_estradas_bairro_belo_ramo_-_25-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/72_-_requerimento_estradas_bairro_belo_ramo_-_25-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja colocado cascalho nas estradas que dão acesso ao bairro Belo Ramo.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/71_-_requerimento_estrada_bairro_estiva_-_laga_-_25-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/71_-_requerimento_estrada_bairro_estiva_-_laga_-_25-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a colocação de cascalho em alguns trechos da estrada que liga o Bairro Estiva ao Bairro Lagoa.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/73_-_requerimento_pintura_quadra_estiva_-_25-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/73_-_requerimento_pintura_quadra_estiva_-_25-08-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a pintura da quadra do Bairro Estiva.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/050_-_requerimento_25-08-2025_-_passar_patrol_estrada_pitangueiras_-_onofre_fermino_cido_3_paineiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/050_-_requerimento_25-08-2025_-_passar_patrol_estrada_pitangueiras_-_onofre_fermino_cido_3_paineiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja determinada a realização de serviço de patrolamento na estrada rural localizada no Bairro Pitangueiras, a qual inicia próximo à propriedade do Senhor Onofre Fermino, passa pela antiga propriedade do saudoso Senhor Avelino Batista, segue pela propriedade do Senhor Cido e dá acesso ao Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/051_-_requerimento_25-08-2025_-_calcamento_avenida_claudio_de_souza_-_perto_quebra-molas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/051_-_requerimento_25-08-2025_-_calcamento_avenida_claudio_de_souza_-_perto_quebra-molas.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja realizada a nivelagem do calçamento em trecho da Avenida Cláudio Rodrigues de Souza, especificamente no local onde se encontra instalado o quebra-molas, em frente à Auto Elétrica do Chulé.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/145_-_requerimento_-_01-09-2025_-_adquirir_uma_carregadeira_articulada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/145_-_requerimento_-_01-09-2025_-_adquirir_uma_carregadeira_articulada.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja estudada a possibilidade de aquisição de uma carregadeira articulada com cabine para a Secretaria de Obras.</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/144_-_requerimento_-_01-09-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/144_-_requerimento_-_01-09-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: informar se já estão sendo realizados, por meio do setor jurídico da Prefeitura, os procedimentos necessários para a contratação de empresa especializada para execução da REURB – Regularização Fundiária Urbana.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/143_-_requerimento_-_01-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/143_-_requerimento_-_01-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: providências quanto à limpeza das manilhas do bueiro localizado na Avenida Cláudio Rodrigues de Souza, principal via de acesso a diversos bairros rurais deste Município, e limpeza do espaço localizado no lado inferior da avenida, por onde a água é escoada, o qual encontra-se assoreado</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/025_-_requerimento_-_01-09-2025_-_atendimento_odontologico_alguns_bairros_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/025_-_requerimento_-_01-09-2025_-_atendimento_odontologico_alguns_bairros_rurais.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: analisar a possibilidade de extensão dos atendimentos odontológicos para os bairros Anhumas, Vintém, Cubatão e Cubatãozinho, tendo em vista que, desde o ano passado até o presente momento, alguns bairros já vêm recebendo este importante serviço. Caso não seja possível atender a essa demanda no momento, solicito, por gentileza, uma justificativa, bem como informações sobre a continuidade dos atendimentos odontológicos já realizados nos bairros Pedrão e Sertãozinho, ressaltando também que foi montado um consultório no bairro Pitangueiras.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/026_-_requerimento_-_01-09-2025_-_calcar_trecho_da_avenida_flavio_de_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/026_-_requerimento_-_01-09-2025_-_calcar_trecho_da_avenida_flavio_de_paiva.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: realização de obras de pavimentação (calçamento) no trecho da Avenida Flávio Antônio de Abreu Paiva, via de acesso ao Bairro Campestre, local que ainda não foi calçado.</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>Alexandre Jhonatan de Souza, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/27_-_requerimento_01-09-2025_-_rede_esgoto_rua_joaquina_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/27_-_requerimento_01-09-2025_-_rede_esgoto_rua_joaquina_lopes.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que se realize, com a máxima urgência, a manutenção e regularização da rede de esgoto que se encontra a céu aberto na Rua Joaquina Lopes, nos fundos da propriedade do Sr. Augusto.</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/146_-_requerimento_-_01-09-2024_-_estrada_apos_o_posto_de_saude_lagoa_-_arvores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/146_-_requerimento_-_01-09-2024_-_estrada_apos_o_posto_de_saude_lagoa_-_arvores.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do setor responsável pela poda de árvores nas estradas rurais, sejam tomadas providências quanto à poda das duas árvores existentes na beirada de uma estrada do Bairro Lagoa, situada logo após a sede da ESF.</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/147_-_requerimento_-_01-09-2025_-_limpeza_na_academia_sabara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/147_-_requerimento_-_01-09-2025_-_limpeza_na_academia_sabara.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que seja realizada limpeza e manutenção na Academia de Saúde “Benedito da Silva, vulgo Sabará”, localizada no Bairro Bica, tendo em vista que o espaço encontra-se com mato em crescimento e telha quebrada, o que dificulta sua utilização pela comunidade.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, Carlos Alberto Vilas Boas, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/048_-_requerimento_01-09-2025_-__calcamento_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/048_-_requerimento_01-09-2025_-__calcamento_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que o setor de obras realize o calçamento no bairro Pitangueiras, mais precisamente no morro da dona Luzia, próximo à Igreja.</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>Carlos Alberto Vilas Boas, Alexandre Jhonatan de Souza, David Moisés Veloso, José Paulo da Silva, Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/052_-_requerimento_01-09-2025_-_calcamento_paulino_-_correas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/052_-_requerimento_01-09-2025_-_calcamento_paulino_-_correas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que seja realizado o calçamento do trecho da estrada do Bairro Paulino, de acesso ao Bairro Correias, saindo da Rodovia MG-347, passando em frente à propriedade da família do senhor Dito Valdomiro.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/053_-_requerimento_01-09-2025_-_calcamento_bar_do_loro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/053_-_requerimento_01-09-2025_-_calcamento_bar_do_loro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que seja realizado o calçamento do trecho de estrada no Bairro Paulino, de acesso a diversas propriedades, iniciando na beira da Rodovia MG-347, em frente ao Bar do Loro.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/054_-_requerimento_01-09-2025_-_esgoto_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/054_-_requerimento_01-09-2025_-_esgoto_paulino.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que seja realizada a devida manutenção e conserto da tubulação de esgoto, no Bairro Paulino, que passa por dentro de uma galeria, nos fundos da propriedade do Loro.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>Carlos Alberto Vilas Boas, David Moisés Veloso, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/055_-_requerimento_01-09-2025_-_bloquetes_propriedade_eleizeu_no_bairro_pitangueiras_virador_de_onibus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/055_-_requerimento_01-09-2025_-_bloquetes_propriedade_eleizeu_no_bairro_pitangueiras_virador_de_onibus.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que seja realizado o calçamento do trecho de estrada do Bairro Pitangueiras, no local conhecido como “virador de ônibus”, próximo à residência do Senhor Dimas.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/74_-_requerimento__-_calcamento_rua_jose_belmiro_monti_-_01-09-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/74_-_requerimento__-_calcamento_rua_jose_belmiro_monti_-_01-09-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja vista a possibilidade de realizar a manutenção no calçamento da rua  José Belmiro Monti.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/75_-_requerimento__-_transformador_cemig_-_01-09-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/75_-_requerimento__-_transformador_cemig_-_01-09-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, por meio do setor responsável, seja encaminhada notificação à Cemig, solicitando a possibilidade de substituição do transformador existente no Bairro Lagoa, em frente à residência da senhora Rosa Gomes.</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/76_-_requerimento__-_faixas_elevadas_e_faixas_de_pedestres_em_pontos_estrategicos_ao_lado_do_posto_candola-_01-09-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/76_-_requerimento__-_faixas_elevadas_e_faixas_de_pedestres_em_pontos_estrategicos_ao_lado_do_posto_candola-_01-09-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a construção de faixas elevadas e faixas de pedestres em pontos estratégicos ao lado do Posto Candola, na Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/148_-_requerimento_-_08-09-2025_-_contramao_rua_dona_inacia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/148_-_requerimento_-_08-09-2025_-_contramao_rua_dona_inacia.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que determine ao setor responsável pela sinalização das vias públicas do Município a análise e, se cabível, a implantação de placa de contramão, proibindo a subida de veículos no trecho da Rua Dona Inácia Macedo, compreendido entre a interseção com a Rua Pedro Monti até a interseção com a Rua Coronel Machado.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/156_-_requerimento_05-09-2025_-_urgencia_especial_pl_42_-_auxilio-alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/156_-_requerimento_05-09-2025_-_urgencia_especial_pl_42_-_auxilio-alimentacao.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 42, de 2025, que dispõe sobre a concessão de Auxílio-alimentação a agentes políticos da Câmara Municipal de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/149_-_requerimento_-_08-09-2025_-_estrada_divisa_-_dito_albino_-_calcamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/149_-_requerimento_-_08-09-2025_-_estrada_divisa_-_dito_albino_-_calcamento.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do setor de obras, seja realizado o calçamento do trecho de estrada do Bairro Divisa, localizado próximo à propriedade do senhor Dito Albino, utilizando-se os bloquetes que já se encontram depositados no local.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/150_-_requerimento_-_08-09-2025_-_sertaozinho_-_calcamento_proximo_sandra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/150_-_requerimento_-_08-09-2025_-_sertaozinho_-_calcamento_proximo_sandra.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que, através do Setor de Obras, seja realizado o calçamento do trecho situado em frente ao comércio da senhora Sandra e da propriedade do senhor Antônio José Barbêdo.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/056_-_requerimento_08-09-2025_-_consultorio_odontologico_das_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/056_-_requerimento_08-09-2025_-_consultorio_odontologico_das_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Solicita:_x000D_
 1.	Ao Excelentíssimo Senhor Prefeito Municipal, que reconsidere a decisão expressa no Ofício nº 150/2025, de sua lavra, enviado à Câmara Municipal, a fim de garantir a manutenção e o pleno funcionamento do Gabinete Odontológico instalado na Estratégia Saúde da Família do Bairro Pitangueiras, evitando sua transferência para outra unidade de saúde._x000D_
 2.	Ao Presidente desta Câmara Municipal, que seja constituída uma Comissão Especial com a finalidade de verificar in loco as condições de funcionamento do referido Gabinete Odontológico, podendo reunir-se pessoalmente com as autoridades competentes, e, posteriormente, apresentar relatório circunstanciado ao Plenário desta Casa.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/049_-_requerimento_08-09-2025_-__calcamento_paulino_paixao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/049_-_requerimento_08-09-2025_-__calcamento_paulino_paixao.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que o setor de obras veja a disponibilidade sobre o calçamento de uma rua sem saída, atrás da escola no bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/77_-_requerimento__-_lampadas_queimadas_pedrao_-_08-09-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/77_-_requerimento__-_lampadas_queimadas_pedrao_-_08-09-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que através do setor responsável seja providenciada a substituição de duas lâmpadas queimadas no bairro Pedrão, ao lado da antiga estação.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/78_-_requerimento__-_estrada_pipa_-_08-09-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/78_-_requerimento__-_estrada_pipa_-_08-09-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que através do setor de obras sejam tomadas as devidas providências quanto à situação do trecho de estrada localizado no bairro Pipa, logo acima da residência do senhor Dito Oscar.</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Alexandre Jhonatan de Souza, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/28_-_requerimento_08-09-2025_-_diaria_viagem_pj.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/28_-_requerimento_08-09-2025_-_diaria_viagem_pj.pdf</t>
   </si>
   <si>
     <t>Requer:_x000D_
 1.	Autorização para deslocamento à cidade de Belo Horizonte – MG, com a finalidade de participar da Etapa Estadual do Parlamento Jovem Minas, a realizar-se na Assembleia Legislativa de Minas Gerais, no período de 17 a 19 de setembro de 2025;_x000D_
 2.	Concessão de diárias destinadas a custear despesas com hospedagem e alimentação durante os dias do evento;_x000D_
 3.	Autorização para utilização do veículo oficial da Câmara Municipal para o referido deslocamento._x000D_
 Esclarecemos que integrarão a comitiva:_x000D_
 •	Maria Geralda Casto de Souza – Servidora da Câmara e Coordenadora Municipal do Parlamento Jovem; e_x000D_
 •	Ana Clara Domingos Ribeiro – Aluna selecionada para representar o Município de Pedralva na Etapa Estadual do Parlamento Jovem Minas._x000D_
 Cumpre destacar que a estadia (hospedagem e alimentação) da Coordenadora Municipal e da aluna representante será custeada pela Assembleia Legislativa de Minas Gerais.</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>José Paulo da Silva, Carlos Alberto Vilas Boas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/027_-_requerimento_-_15-09-2025_-_pranchao_ponte_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/027_-_requerimento_-_15-09-2025_-_pranchao_ponte_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja providenciada, com urgência, a substituição de todos os pranchões da ponte localizada no Bairro Pitangueira, que dá acesso ao Município de São José do Alegre, neste Município.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/152_-_requerimento_15-09-2025_-_passeio_rodovia_mario_santana.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/152_-_requerimento_15-09-2025_-_passeio_rodovia_mario_santana.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, por intermédio do setor competente da Prefeitura, sejam tomadas as devidas providências para a construção de uma calçada na Avenida Tancredo Neves, na entrada da cidade, ao lado da propriedade pertencente ao filho do saudoso senhor “Mário Santana”.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/153_-_requerimento_15-09-2025_-_ponte_angu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/153_-_requerimento_15-09-2025_-_ponte_angu.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja analisada com urgência a situação da ponte existente na estrada municipal do bairro Angu.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/155_-_requerimento_15-09-2025_-_rua_casemiro_osorio_-_desnivel_calcamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/155_-_requerimento_15-09-2025_-_rua_casemiro_osorio_-_desnivel_calcamento.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada vistoria e posterior reparo no calçamento da Rua Casemiro Osório, em frente ao consultório da Sra. Isadora, visando corrigir o desnível existente no referido trecho.</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/154_-_requerimento_15-09-2025_-_rua_poeta_joao_carneiro_de_rezende_-_calcamento_no_ponto_onde_termina_o_asfalto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/154_-_requerimento_15-09-2025_-_rua_poeta_joao_carneiro_de_rezende_-_calcamento_no_ponto_onde_termina_o_asfalto.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: realização de reparo no calçamento no trecho em que a Rua Casemiro Osório cruza a Rua Poeta João Carneiro de Rezende, onde se formou um buraco que tem prejudicado a circulação de veículos e pedestres, oferecendo risco à segurança de todos que transitam pelo local.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/156_-_requerimento_15-09-2025_-_pintura_quebra_molas_av._tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/156_-_requerimento_15-09-2025_-_pintura_quebra_molas_av._tancredo_neves.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: pintura dos quebra-molas e da faixa elevada na Avenida Tancredo Neves, bem como a instalação de sinalização adequada nos que ainda não possuem placas indicativas, especialmente no trecho próximo aos comércios Base Materiais de Construção, Posto Faria, Agropecuária do Claudinho e Autoescola Didática.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/028_-_requerimento_-_15-09-2025_-_rua_casemiro_osorio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/028_-_requerimento_-_15-09-2025_-_rua_casemiro_osorio.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que realize a troca dos bloquetes no cruzamento das ruas Casemiro Osório e José de Oliveira Lopes, próximo à residência de José Firmino e Leandro.</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/029_-_requerimento_-_15-09-2025_-_rua_afonso__vieira_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/029_-_requerimento_-_15-09-2025_-_rua_afonso__vieira_machado.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, ao término das obras que estão sendo realizadas no bairro São José, seja feito o calçamento do final da Rua Afonso Vieira Machado, via de acesso ao lavador do Tavinho e às residências dos familiares do Sr. Geraldo Deus, tendo em vista que o material necessário já se encontra disponível no local.</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/29_-_requerimento_15-09-2025_-_pedagio_estudantes_pouso_alegre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/29_-_requerimento_15-09-2025_-_pedagio_estudantes_pouso_alegre.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja avaliada a possibilidade de o Poder Executivo Municipal arcar com os custos do pedágio referente ao transporte escolar intermunicipal utilizado por alunos que se deslocam diariamente até a cidade de Pouso Alegre.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Deildo Nunes Pereira, Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/157_-_requerimento_15-09-2025_-_construir_faixa_elevada_na_avenida_tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/157_-_requerimento_15-09-2025_-_construir_faixa_elevada_na_avenida_tancredo_neves.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: construção de uma faixa elevada para travessia de pedestres em frente ao Supermercado do Indalécio.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/057_-_requerimento_15-09-2025_-_passar_maquina_dito_avelino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/057_-_requerimento_15-09-2025_-_passar_maquina_dito_avelino.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja determinada, por meio da Secretaria Municipal competente, a passagem de máquina/trator na estrada de lavoura do Senhor Dito Avelino, localizada na comunidade conhecida por Balainho.</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/058_-_requerimento_15-09-2025_-_calcamento_cruzamento_dito_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/058_-_requerimento_15-09-2025_-_calcamento_cruzamento_dito_lopes.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas as devidas providências para o calçamento do cruzamento de acesso aos Bairros Cubatão e Cubatãozinho, bem como a construção de uma faixa elevada no referido local.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/059_-_requerimento_15-09-2025_-_estribo_e_porta_caminhao_lixo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/059_-_requerimento_15-09-2025_-_estribo_e_porta_caminhao_lixo.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas providências para o conserto dos estribos e da porta de passageiro do caminhão utilizado na coleta de lixo da zona rural, conduzido pelo servidor municipal Sr. Dito Lopes, garantindo condições adequadas de uso.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/060_-_requerimento_15-09-2025_-_ponte_pitangueiras_-_fazer_de_concreto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/060_-_requerimento_15-09-2025_-_ponte_pitangueiras_-_fazer_de_concreto.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada a substituição do assoalho da ponte localizada na estrada do Bairro Pitangueiras, nas proximidades do calçamento novo e da Unidade Básica de Saúde (UBS), trocando-se a madeira atualmente existente por concreto, uma vez que a estrutura da ponte já é de concreto e encontra-se em boas condições.</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/30_-_requerimento_15-09-2025_-_urgencia_especial_pl_47_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/30_-_requerimento_15-09-2025_-_urgencia_especial_pl_47_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 47, de 2025 “Dispõe sobre a concessão de contribuição financeira à Associação Cultural e Esportiva FlaPedra, e dá outras providências”.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/158_-_requerimento_22-09-2025_-_alta_vile_-_tampa_bueiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/158_-_requerimento_22-09-2025_-_alta_vile_-_tampa_bueiro.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que o setor responsável entre em contato com os responsáveis pelo Loteamento Alta Ville e solicite a substituição da tampa do bueiro localizado no centro da Avenida Benício de Castro, próximo ao local onde há uma pracinha.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/160_-_requerimento_22-09-2025_-_rua_jose_de_oliveira_lopes_-_perto_grandao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/160_-_requerimento_22-09-2025_-_rua_jose_de_oliveira_lopes_-_perto_grandao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que o Setor de Obras e Engenharia da Prefeitura verifique e tome as providências necessárias quanto ao calçamento da Rua José de Oliveira Lopes, no trecho final da via, próximo à residência do Senhor conhecido como “Grandão”.</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/159_-_requerimento_22-09-2025_-_calcamento_trecho_de_rua_predio_tonho_onorfo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/159_-_requerimento_22-09-2025_-_calcamento_trecho_de_rua_predio_tonho_onorfo.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: realizar o calçamento na Rua João Lopes Sobrinho, em um trecho de aproximadamente 40 metros, onde se encontram diversas residências e também um prédio de propriedade do senhor Tonho do Onorfo.</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/161_-_requerimento_22-09-2025_-_passeio_no_trecho_que_esta_sendo_calcado_no_bairro_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/161_-_requerimento_22-09-2025_-_passeio_no_trecho_que_esta_sendo_calcado_no_bairro_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: construção de calçada/passeio público no trecho da estrada que está sendo calçado no Bairro Pitangueiras, próximo ao Posto de Atendimento da ESF e da Associação de Moradores.</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/163_-_requerimento_-_22-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/163_-_requerimento_-_22-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: providências para a limpeza das manilhas do bueiro localizado na Avenida Cláudio Rodrigues de Souza, principal via de acesso a diversos bairros rurais do Município, bem como a desobstrução e limpeza do espaço situado no lado inferior da avenida, por onde a água é escoada, atualmente assoreado.</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/162_-_requerimento_-_22-09-2025_-_bueiro_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/162_-_requerimento_-_22-09-2025_-_bueiro_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: providências urgentes junto ao setor responsável pela manutenção e drenagem urbana, com relação à situação das Ruas Antônio Benedito dos Santos e Nei Augusto Ribeiro, situadas no Bairro Bela Vista. Solicita-se, especificamente:_x000D_
 1.	o desentupimento do bueiro existente na Rua Antônio Benedito dos Santos, atualmente obstruído por terra e detritos; e_x000D_
 2.	a construção de um bueiro na esquina da Rua Nei Algusto Ribeiro com a Rua Antônio Benedito dos Santos, com o objetivo de captar a água pluvial proveniente da Rua Antônio Benedito dos Santos, que hoje não é escoada adequadamente, formando poças.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/031_-_requeriment_22-09-2025_-_patrolamento_estrada_furnas_ze_nogueira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/031_-_requeriment_22-09-2025_-_patrolamento_estrada_furnas_ze_nogueira.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: realização de patrolamento e limpeza lateral da estrada do Bairro Furnas, no trecho que compreende desde a residência do Sr. José Nogueira até a interseção com a Rodovia MG-347, bem como a recuperação da ponte localizada logo após a casa do Sr. José Nogueira, que dá acesso à propriedade do Sr. Paulo Reis, da Vice-Prefeita e demais produtores do bairro, a qual se encontra em péssimas condições, oferecendo risco aos moradores e prejudicando o tráfego local.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/030_-_requerimento_-_22-09-2025_-_requerimento_estrada_joao_bosco.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/030_-_requerimento_-_22-09-2025_-_requerimento_estrada_joao_bosco.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: patrolagem e calçamento de um trecho da estrada que liga o Bairro da Pipa ao Bairro da Lagoa, especificamente na chegada à residência do Senhor João Bosco, de sua sogra, Dona Cida, e demais familiares.</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/031_-_requerimento_-_22-09-2025_-_estrada_pitangueiras_-_tres_paineiras_-_pedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/031_-_requerimento_-_22-09-2025_-_estrada_pitangueiras_-_tres_paineiras_-_pedra.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que o Departamento de Obras realize a remoção de uma pedra que se encontra no meio da estrada de acesso entre os bairros Pitangueiras e Três Paineiras, garantindo a segurança e a trafegabilidade da via.</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/032_-_requerimento_-_22-09-2025_-_luminaria_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/032_-_requerimento_-_22-09-2025_-_luminaria_paulino.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: instalação de luminárias nos postes existentes no trecho da estrada do bairro Paulino, compreendido entre o cruzamento da estrada que dá acesso ao bairro Machado até as residências do Sr. Toninho e do Sr. conhecido como Lau Pedreiro, aproximadamente 400 metros.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>David Moisés Veloso, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/79_-_requerimento__-_22-09-2025_-_tampa_bueiro_alta_ville.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/79_-_requerimento__-_22-09-2025_-_tampa_bueiro_alta_ville.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja oficiado ao setor competente da Prefeitura Municipal para que proceda à notificação do Loteamento Alta Ville, em razão da existência de um bueiro sem tampa, o qual vem oferecendo sérios riscos de acidentes aos pedestres, motoristas e à população em geral.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento e o cascalhamento de um trecho de estrada no bairro Pedrão, ao lado da residência da senhora Horacilda.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja realizada a colocação de cascalho nos trechos da estrada do bairro Lagoa.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/164_-_requerimento_-_06-10-2025_-_manilha_claudio_rodrigues_de_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/164_-_requerimento_-_06-10-2025_-_manilha_claudio_rodrigues_de_souza.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: que seja realizada a limpeza completa do trecho da Av. Cláudio Rodrigues de Souza, nas proximidades do portão da Copasa.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/164_-_requerimento_-_06-10-2025_-_rua_coronel_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/164_-_requerimento_-_06-10-2025_-_rua_coronel_machado.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, através do setor responsável pela manutenção do calçamento das vias públicas, seja realizada manutenção completa no calçamento da Rua Coronel Machado, abrangendo todos os trechos onde há afundamento e pedras soltas, uma vez que ainda persistem problemas em diversos pontos da via.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/165_-_requerimento_-_06-10-2025_-_placa_obra_prefeitura_perto_atineia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/165_-_requerimento_-_06-10-2025_-_placa_obra_prefeitura_perto_atineia.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: remoção e reinstalação da placa de obra da Prefeitura, atualmente fixada na esquina da Rua Xavier Lisboa com a Rua Dona Inácia Macedo, para outro local mais adequado e seguro.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/166_-_requerimento_-_06-10-2025_-_limpeza_beirada_estrada_angu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/166_-_requerimento_-_06-10-2025_-_limpeza_beirada_estrada_angu.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada a limpeza das laterais da Estrada Municipal do Bairro Angu, que atualmente encontra-se tomada por mato e galhos.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/167_-_requerimento_-_06-10-2025_-_lixeira_venda_do_tonhao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/167_-_requerimento_-_06-10-2025_-_lixeira_venda_do_tonhao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: instalação de uma lixeira comunitária no bairro Rezende, próximo à Venda do Tonhão, visando atender às necessidades dos moradores e comerciantes da região.</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/169_-_requerimento_-_06-10-2025_-_poste_av._claudio_de_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/169_-_requerimento_-_06-10-2025_-_poste_av._claudio_de_souza.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas providências junto à Cemig para a substituição do poste de energia elétrica localizado na Avenida Cláudio Rodrigues de Souza, em frente à residência com Nº de Instalação 3012291802, em razão de seu estado de degradação e risco de queda.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, Carlos Alberto Vilas Boas, David Moisés Veloso, Deildo Nunes Pereira, José Paulo da Silva, Ketrym Maria Rodrigues, Luiz Felipe Silva dos Reis, Valdinei de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/168_-_requerimento_-_06-10-2025_-_conserto_rodovia_mg347_-_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/168_-_requerimento_-_06-10-2025_-_conserto_rodovia_mg347_-_furnas.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas providências junto ao Departamento de Estradas de Rodagem de Minas Gerais – DER/MG, visando a realização de obras de reparo e recuperação da Rodovia MG-347, nas proximidades do km 40, trecho que passa pelo Bairro Furnas, no Município de Pedralva.</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/18_-_requerimento_06-08-2025_-_placa_indicativa_bairro_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/18_-_requerimento_06-08-2025_-_placa_indicativa_bairro_tamandua.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja providenciada a instalação de placas de identificação no Bairro Tamanduá, indicando os acessos e localidades possíveis a partir daquela região.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/171_-_requerimento_-_06-10-2025_-_manutencao_abrigo_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/171_-_requerimento_-_06-10-2025_-_manutencao_abrigo_rocinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada manutenção e reparos no abrigo de passageiros situado à margem da Rodovia MG-347, no Bairro Rocinha, conforme mostram as fotos abaixo.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/172_-_requerimento_-_06-10-2025_-_caixa_de_agua_bairro_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/172_-_requerimento_-_06-10-2025_-_caixa_de_agua_bairro_divisa.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: requer a instalação de uma caixa d’água com capacidade adequada para o armazenamento e abastecimento de água do Bairro Divisa.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/033_-_requerimento_-_06-10-2025_-_bueiro_estrada_contendas_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/033_-_requerimento_-_06-10-2025_-_bueiro_estrada_contendas_posses.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja construído um bueiro com manilhas de 60 (sessenta) centímetros de diâmetro na estrada do Bairro Contendas, no acesso ao Bairro das Posses, na encruzilhada que dá acesso à residência dos familiares do Senhor Dairto Correias.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/034_-_requerimento_-_06-10-2025_-_estrada_pitangueiras_-_reapresentar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/034_-_requerimento_-_06-10-2025_-_estrada_pitangueiras_-_reapresentar.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja determinada à Secretaria Municipal de Obras a realização dos seguintes serviços na estrada que dá acesso ao bairro Pitangueiras:_x000D_
 1)	Passar a máquina (patrol) em toda a extensão da estrada;_x000D_
 2)	Cascalhar os pontos necessários, principalmente nos trechos mais críticos;_x000D_
 3)	Aterrar o trecho de estrada desde a balança do Milo até o final da baixada, que se encontra em condições bastante precárias.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/035_-_requerimento_-_06-10-2025_-_uniforme_para_os_funcionarios.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/035_-_requerimento_-_06-10-2025_-_uniforme_para_os_funcionarios.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito:  que sejam fornecidos novos uniformes aos servidores da Prefeitura Municipal de Pedralva.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/82_-_requerimento_-_06-10-2025_-_bueiro_estrada_bairro_pedrao_-_moacir.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/82_-_requerimento_-_06-10-2025_-_bueiro_estrada_bairro_pedrao_-_moacir.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja construído um bueiro no Bairro Pedrão, nas proximidades da residência do senhor Moacir.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/173_-_requerimento_-_06-10-2025_-_informacoes_sobre_cumprimento_da_lei_de_pertubacao_templos_regiliosos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/173_-_requerimento_-_06-10-2025_-_informacoes_sobre_cumprimento_da_lei_de_pertubacao_templos_regiliosos.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: informações e esclarecimentos sobre a aplicação da Lei Municipal nº 2.080, de 06 de junho de 2025, que estabelece sanção correspondente à multa administrativa à pessoa que invadir local destinado a culto ou cerimônia religiosa ou impedir ou perturbar culto ou cerimônia religiosa.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/061_-_requerimento_06-10-2025_-_aumento_carga_transformador_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/061_-_requerimento_06-10-2025_-_aumento_carga_transformador_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: requerer que seja encaminhado ofício à Companhia Energética de Minas Gerais – CEMIG, solicitando o aumento da carga do transformador de energia elétrica localizado no Bairro Pitangueiras de Cima, nas proximidades da instalação de número 3001570791, neste município.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/062_-_requerimento_06-10-2025_-_calcamento_em_frente_igreja_cristo_redentor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/062_-_requerimento_06-10-2025_-_calcamento_em_frente_igreja_cristo_redentor.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: realizar calçamento no trecho da Avenida Antônio Firmino Ferreira Neto, em frente à Igreja da Comunidade Cristo Redentor, no bairro Anhumas, proporcionando melhores condições de trânsito, segurança e acessibilidade para os moradores, frequentadores da igreja e transeuntes da região.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/063_-_requerimento_06-10-2025_-_informacoes_sobre_a_aplicacao_do_recurso_calcamento_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/063_-_requerimento_06-10-2025_-_informacoes_sobre_a_aplicacao_do_recurso_calcamento_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito:_x000D_
 •	Qual foi o valor total gasto com o calçamento recentemente realizado no Bairro Pitangueiras?_x000D_
 •	Todo o recurso da emenda destinada a esta obra foi utilizado?_x000D_
 •	Caso não tenha sido utilizado na totalidade, em qual obra ou finalidade será aplicado o saldo remanescente?</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/032_-_requeriment_13-10-2025_-_estrada_3_paineiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/032_-_requeriment_13-10-2025_-_estrada_3_paineiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: que determine ao setor de obras a passagem de máquina para nivelamento e melhorias na estrada pública do Bairro Três Paineiras, que passa pelas propriedades do Senhor Cido e do Senhor José Maria e faz ligação com o Bairro Pitangueiras, bem como a construção de um bueiro com 6 (seis) manilhas no ponto indicado na fotografia que segue abaixo.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/033_-_requerimento_13-10-2025_-_entrada_mae_jarbinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/033_-_requerimento_13-10-2025_-_entrada_mae_jarbinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: realização de serviço de patrolamento e nivelamento na entrada da propriedade da Senhora Sônia, mãe do senhor Jarbinha, situada no Bairro Três Paineiras, zona rural deste município.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/034_-_requerimento_13-10-2025_-_reforma_2_pontes_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/034_-_requerimento_13-10-2025_-_reforma_2_pontes_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: reforma de duas pontes localizadas no Bairro Pitangueiras e a finalização do calçamento da via pública até uma das pontes, tendo em vista as más condições de tráfego e os transtornos enfrentados pelos moradores, principalmente em períodos chuvosos.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/19_-_requerimento_13-10-2025_-_identificar_veiculos_da_prefeitura_-_adesivo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/19_-_requerimento_13-10-2025_-_identificar_veiculos_da_prefeitura_-_adesivo.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: providenciar a identificação de todos os veículos oficiais do município por meio da colocação de adesivos nas portas, indicando a secretaria a que cada veículo pertence, garantindo maior transparência e controle sobre a frota pública.</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/174_-_requerimento_-_10-10-2025_-_rampa_acesso_jardim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/174_-_requerimento_-_10-10-2025_-_rampa_acesso_jardim.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: construção de rampa de acesso para cadeirantes e pessoas com dificuldade de locomoção no Jardim Geraldo Carneiro de Rezende, localizado na Praça Doutor Carneiro de Rezende, garantindo acessibilidade adequada e correta sinalização para todos os cidadãos.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/035_-_requerimento_13-10-2025_-_lixeira_floresta_paim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/035_-_requerimento_13-10-2025_-_lixeira_floresta_paim.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: instalação de uma lixeira pública na beirada da estrada municipal do Bairro Floresta, em frente à residência do senhor Paim.</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/20_-_requerimento_13-10-2025_-__reajuste_real_vencimento_dos_servidores_publicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/20_-_requerimento_13-10-2025_-__reajuste_real_vencimento_dos_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: envio, à Câmara Municipal, das seguintes informações:_x000D_
 1.	como está sendo elaborada a programação orçamentária e financeira da Prefeitura de Pedralva para o exercício de 2026 quanto à previsão de reajuste salarial dos servidores públicos municipais;_x000D_
 2.	qual é a previsão de percentual de reajuste a ser aplicado, e se há possibilidade de concessão de reajuste real, isto é, aumento acima da reposição inflacionária, tomando como referência o percentual do reajuste previsto para o salário mínimo nacional em 2026;_x000D_
 3.	tais valores já estão contemplados na proposta da Lei Orçamentária Anual (LOA) de 2026.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/175_-_requerimento_-_13-10-2025_-_lagoa_limpeza_para_festa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/175_-_requerimento_-_13-10-2025_-_lagoa_limpeza_para_festa.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: limpeza geral do bairro, incluindo roçada de mato, pintura de meio-fio, varrição das ruas e demais serviços necessários, de modo a deixar a comunidade mais bonita e organizada para receber os visitantes no dia 04 de novembro, quando será comemorado o Dia de Nossa Senhora Mãe Navegante.</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/83_-_requerimento_-_13-10-2025_-_bairro_pipa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/83_-_requerimento_-_13-10-2025_-_bairro_pipa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja construído um bueiro no Bairro Pipa, ao lado da residência do senhor Lázaro Gomes.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/84_-_requerimento_13-10-202_-_manutencao_de_rua_em_frente_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/84_-_requerimento_13-10-202_-_manutencao_de_rua_em_frente_rodoviaria.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a manutenção da rua localizada ao lado da rodoviária municipal, onde diversos bloquetes se encontram soltos.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/85_-_requerimento_13-10-2025_-_bairro_lagoa_-_esgoto_-_adenilson_rosa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/85_-_requerimento_13-10-2025_-_bairro_lagoa_-_esgoto_-_adenilson_rosa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a limpeza do córrego localizado no Bairro Lagoa, nas proximidades da residência do senhor Ademilson Rosa.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/176_-_requerimento_-_13-10-2025_-_manutencao_parquinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/176_-_requerimento_-_13-10-2025_-_manutencao_parquinho.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: manutenção no parquinho infantil localizado ao lado do Clube Operário, considerando que o carpete está desgastado e rasgando, oferecendo risco às crianças que utilizam o espaço. Que seja feita a substituição ou reparo do carpete, bem como a verificação de outros equipamentos do parquinho, garantindo a segurança e o bem-estar das crianças que frequentam o local.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/177_-_requerimento_-_13-10-2025_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/177_-_requerimento_-_13-10-2025_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: reitera requerimentos apresentados em 13 de janeiro, 10 de fevereiro, 22 de abril e 4 de agosto de 2025, para que, através do setor responsável, sejam realizadas melhorias na pista de caminhada “Amado José da Silva”:_x000D_
 1.	colocar pedras de rio ou brita na parte que não é pavimentada, para avitar que forme barro, nos dias de chuva; e_x000D_
 2.	fazer o correto escoamento da água de chuva nas laterais, de forma a evitar que a água de chuva e a lama invadam a pista.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/064_-_requerimento_13-10-2025_-_boca_de_lobo_entupida_-_em_frente_casa_dinho_da_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/064_-_requerimento_13-10-2025_-_boca_de_lobo_entupida_-_em_frente_casa_dinho_da_contendas.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: limpeza da boca de lobo localizada em frente à garagem da residência do senhor conhecido por Dinho da Contendas, situada na estrada de acesso ao Bairro Contendas, próximo à propriedade do senhor João Fernandes.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/065_-_requerimento_13-10-2025_-_manutencao_calcamento_proximo_a_farmacia_economize.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/065_-_requerimento_13-10-2025_-_manutencao_calcamento_proximo_a_farmacia_economize.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: manutenção no calçamento em bloquetes no trecho localizado em frente à loja de calçados Santos, ponto onde termina a Travessa José Fortes Bustamante (trecho em pedra paralelepípedo) e inicia-se o calçamento em bloquetes.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/30_-_requerimento_13-10-2025_-__lixo_caindo_caminhao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/30_-_requerimento_13-10-2025_-__lixo_caindo_caminhao.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que comunique o setor responsável pela coleta de lixo para que adote providências quanto ao lixo que vem caindo dos caminhões de coleta durante o trajeto, tanto nas estradas vicinais quanto nas vias asfaltadas do município.</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/21_-_requerimento_13-10-2025_-__incendio_pedra_branca_audiencia_publica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/21_-_requerimento_13-10-2025_-__incendio_pedra_branca_audiencia_publica.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja realizada uma audiência pública para debater e discutir as questões relacionadas ao incêndio que atingiu o topo da Serra da Pedra Branca, apresentando à comunidade as ações adotadas para identificação, monitoramento e combate do fogo, bem como as medidas previstas para a recuperação da área afetada. Destaca-se, ainda, a importância de promover um diálogo público sobre as estratégias de proteção e preservação da Serra da Pedra Branca, com o objetivo de prevenir novos incidentes e preparar o município para responder adequadamente a possíveis ameaças futuras.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/036_-_requerimento_-_20-10-2025_-_poda_arvore_jesse_e_eliana_-_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/036_-_requerimento_-_20-10-2025_-_poda_arvore_jesse_e_eliana_-_pitangueiras.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: realizar, com máxima urgência, o corte ou poda de duas árvores localizadas próximas à residência do Sr. Jesse e da Sra. Eliane, no bairro Pitangueiras, próximo à Igreja de Santa Luzia, cujos galhos estão encostados na fiação principal da rede elétrica.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/178_-_requerimento_-_20-10-2025_-_lixeira_em_frente_dionisio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/178_-_requerimento_-_20-10-2025_-_lixeira_em_frente_dionisio.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja determinada à Secretaria Municipal competente a instalação de uma lixeira comunitária na esquina da Rua Paiva Júnior com a Praça Carneiro de Rezende, em frente ao Bar do Dionísio.</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/179_-_requerimento_-_20-10-2025_-_placa_de_conta_mao_esquina_da_rua_paica_junior_proximo_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/179_-_requerimento_-_20-10-2025_-_placa_de_conta_mao_esquina_da_rua_paica_junior_proximo_camara.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: instalação de placa de “Proibido Trânsito de Ônibus e Caminhões” na esquina da Rua Geraldo P. Osório com a Rua Paiva Júnior, e de placa de “PARE” na esquina da Rua Paiva Júnior com a Praça Carneiro de Rezende, neste Município.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/180_-_requerimento_-_20-10-2025_-_fechar_campinho_da_bica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/180_-_requerimento_-_20-10-2025_-_fechar_campinho_da_bica.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja providenciado o fechamento ou a devida sinalização do campinho da Bica, localizado ao lado da Academia de Saúde "Sabará", neste município.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/181_-_requerimento_-_20-10-2025_-_esgoto_vazando_na_rua_jose_monti_sobrinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/181_-_requerimento_-_20-10-2025_-_esgoto_vazando_na_rua_jose_monti_sobrinho.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam realizados os procedimentos necessários para solucionar o problema de esgoto que está vazando no início da Rua José Monti Sobrinho, logo após a saída da rodovia e entrada na referida via.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/182_-_requerimento_-_20-10-2025_-_grade_bueiro_entrada_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/182_-_requerimento_-_20-10-2025_-_grade_bueiro_entrada_cemiterio.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja providenciada a troca da grade do bueiro na entrada do cemitério, cujas condições pode ser observada na foto que segue abaixo, aproveitando as obras de reforma em andamento.</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/183_-_requerimento_-_20-10-2025_-_demolir_velorio_e_extender_rua_jose_dos_santos_marques.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/183_-_requerimento_-_20-10-2025_-_demolir_velorio_e_extender_rua_jose_dos_santos_marques.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja estudada a possibilidade de demolir o prédio do Velório Municipal, atualmente não utilizado para sua finalidade, de forma a permitir a construção de uma rua no local, visando atender ao interesse público e melhorar o acesso ao Cemitério Municipal.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/86_-_requerimento_20-10-2025_-_manutencao_de_rua_bairro_pedrao_cecilia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/86_-_requerimento_20-10-2025_-_manutencao_de_rua_bairro_pedrao_cecilia.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a manutenção do calçamento no Bairro Pedrão, ao lado da residência da senhora Cecília Veloso.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/87_-_requerimento_20-10-2025_-_cascalho_estrada_bairro_lagoa_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/87_-_requerimento_20-10-2025_-_cascalho_estrada_bairro_lagoa_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja colocado cascalho em trechos críticos do Bairro Lagoa, iniciando logo acima do bairro até a divisa com o município de Maria da Fé.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/88_-_requerimento_20-10-2025_-_solicitando_medicao_do_terreno_da_prefeitura_localizado_no_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/88_-_requerimento_20-10-2025_-_solicitando_medicao_do_terreno_da_prefeitura_localizado_no_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, a prefeitura realize a medição do terreno público localizado no Bairro Lagoa, adquirido em administrações anteriores.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/89_-_requerimento_20-10-2025_-_manutencao_de_esgoto__lagoa_-_em_frente_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/89_-_requerimento_20-10-2025_-_manutencao_de_esgoto__lagoa_-_em_frente_escola.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor de obras seja realizado o desentupimento do esgoto localizado no bairro Lagoa, logo à frente da escola.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/90_-_requerimento_20-10-2025_-_instalacao_de_lixeira_e_placa_de_pare_-_dionisio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/90_-_requerimento_20-10-2025_-_instalacao_de_lixeira_e_placa_de_pare_-_dionisio.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja instalada uma lixeira e uma placa de “PARE” ao lado do Bar do Dionísio, localizado no centro da cidade.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/036_-_requerimento_20-10-2025_-_der_-_terra_beirada_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/036_-_requerimento_20-10-2025_-_der_-_terra_beirada_rodovia.pdf</t>
   </si>
   <si>
     <t>solicitação ao Coordenador Regional do DER-MG: que o Departamento de Edificações e Estradas de Rodagem de Minas Gerais (DER/MG) – Regional de Itajubá, realize a limpeza e desobstrução das sarjetas da Rodovia MG-347, em trecho pertencente ao município de Pedralva.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada a recuperação do bueiro e do calçamento em trecho da Rua José Adolfo de Faria, localizada no Bairro Bela Vista, conforme evidenciado nas fotos abaixo.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, Ketrym Maria Rodrigues</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: realizar manutenção completa da via de acesso à Bananinha - Fazenda Bela Vista Ltda., fábrica de doces de banana, localizada no bairro Bela Vista, iniciando na saída da Rodovia MG-347 e seguindo pela Rua José Adolfo Faria, incluindo reparos nos buracos, limpeza e construção de sarjetas, nivelamento dos trechos danificados e remoção do tronco de árvore que obstrui parcialmente a passagem, garantindo assim segurança, acessibilidade e plena circulação de veículos, inclusive caminhões que precisam chegar à fábrica</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: instalação de uma academia ao ar livre na pista de caminhada “Amado José da Silva”, visando proporcionar à população um espaço adequado para a prática de atividades físicas e promoção da saúde.</t>
   </si>
@@ -7715,4182 +7748,4587 @@
   <si>
     <t>546</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: construção de bueiro na estrada do bairro Rocinha, em frente à residência do senhor Wilson, bem como o cascalhamento da estrada de acesso à propriedade do referido senhor, visando a melhoria do acesso e das condições de circulação para moradores e usuários da localidade.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues, Jerson Papi de Sousa</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável providencie a retirada dos materiais que foram deixados na Rua Casemiro Osório.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/190_-_requerimento_-_27-10-2025_-__pinturas_quebra-mola_av._tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/190_-_requerimento_-_27-10-2025_-__pinturas_quebra-mola_av._tancredo_neves.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: execução de pintura horizontal nos quebra-molas e faixas elevadas da Avenida Tancredo Neves, bem como instalação de sinalização vertical, visando aumentar a visibilidade para os motoristas e garantir maior segurança aos pedestres.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/191_-_requerimento_-_27-10-2025_-__tamandua_-_substituir_canos_por_manilha_-_nardo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/191_-_requerimento_-_27-10-2025_-__tamandua_-_substituir_canos_por_manilha_-_nardo.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: substituído o sistema de drenagem pluvial existente (composto por canos) por manilhas adequadas na estrada próxima à residência do Sr. Nardo, situada no Bairro Tamanduá.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/91_-_requerimento_27-10-2025_-_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/91_-_requerimento_27-10-2025_-_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o desentupimento de uma manilha localizada no bairro Lagoa, logo acima do “Coração” com as diretrizes escritas “Nossa Senhora Mãe Navegante”.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/92_-_requerimento_27-10-2025_-__bairro_pedrao_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/92_-_requerimento_27-10-2025_-__bairro_pedrao_preta.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja vista a possibilidade da construção de um pequeno trecho de calçamento, com aproximadamente 20 metros, em frente à igrejinha do bairro Pedra Preta, podendo ser utilizados bloquetes reaproveitados, retirados de outras vias da cidade.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/93_-_requerimento_27-10-2025_-_bairro_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/93_-_requerimento_27-10-2025_-_bairro_estiva.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento e o cascalhamento de um trecho de estrada localizado ao lado da igreja do bairro Estiva.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/94_-_requerimento_27-10-2025_-__bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/94_-_requerimento_27-10-2025_-__bela_vista.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento da estrada do bairro Bela Vista, iniciando na baixada ao lado da ponte.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/95_-_requerimento_27-10-2025_-_indicacao_de_placas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/95_-_requerimento_27-10-2025_-_indicacao_de_placas.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor responsável seja realizada a instalação de placas de identificação indicando a localização dos bairros Belo Ramo, Santo Antônio, Estiva, Lagoa e Pedra Preta.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/066_-_requerimento_27-10-2025_-_reforma_ponte_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/066_-_requerimento_27-10-2025_-_reforma_ponte_rocinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizada, com a máxima brevidade possível, a reforma e elevação da ponte localizada no bairro Rocinha, nas proximidades da propriedade do senhor Zé Francisco.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/067_-_requerimento_27-10-2025_-_calcamento_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/067_-_requerimento_27-10-2025_-_calcamento_rocinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja realizado o calçamento da estrada do bairro Rocinha, especialmente no trecho onde há maior concentração de residências, tendo em vista as condições precárias de tráfego e os transtornos enfrentados pelos moradores, sobretudo em períodos de chuva e poeira.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/052_-_requerimento_05-11-2025_-__lixeira_bairro_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/052_-_requerimento_05-11-2025_-__lixeira_bairro_cubataozinho.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que o setor responsável consulte a disponibilidade para a instalação de uma lixeira no bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Carlos Alberto Vilas Boas, Deildo Nunes Pereira, Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/22_-_requerimento_05-11-2025_-_urgencia_especial_pl_58.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/22_-_requerimento_05-11-2025_-_urgencia_especial_pl_58.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de URGÊNCIA ESPECIAL para o Projeto de Lei nº 58, de 2025, que dispõe sobre a concessão de contribuição financeira à Associação Cultural Grupo Afroblack de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/038_-_requerimento_05-11-2025_-_acostamento_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/038_-_requerimento_05-11-2025_-_acostamento_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: que seja realizado o serviço de construção de um acostamento no Bairro Rocinha, em frente à residência do Sr. Laércio, atendendo a uma reivindicação antiga dos moradores da localidade.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/068_-_requerimento_05-11-2025_-_melhoria_acesso_estrada_pitangueira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/068_-_requerimento_05-11-2025_-_melhoria_acesso_estrada_pitangueira.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam realizadas melhorias em toda a extensão da estrada que liga a cidade ao Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/069_-_requerimento_05-11-2025_-_melhoria_chegada_adilson_pola_nas_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/069_-_requerimento_05-11-2025_-_melhoria_chegada_adilson_pola_nas_posses.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam realizados serviços de máquina para melhoria da via de acesso à propriedade do senhor Adilsom Póla, localizada no Bairro Posses, com destino ao depósito de bananas, bem como a construção de um bueiro, garantindo melhores condições de tráfego e segurança.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/037_-_requerimento_-_10-11-2025_-_beco_dos_vianas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/037_-_requerimento_-_10-11-2025_-_beco_dos_vianas.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja encaminhada equipe da Secretaria de Obras para realizar o nivelamento da via (passagem de máquina para correção dos buracos) e posterior calçamento do trecho da rua localizada no Bairro Anhumas, conhecido como “Beco dos Vianas”.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/96_-_requerimento_10-11-2025_-_estrada_pedrao_-_lagoa_-_benedito_nascimento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/96_-_requerimento_10-11-2025_-_estrada_pedrao_-_lagoa_-_benedito_nascimento.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras da Prefeitura, seja colocado cascalho em dois trechos da estrada do bairro Pedrão, sentido bairro Lagoa, ao lado da propriedade do senhor Benedito Nascimento.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/97_-_requerimento_10-11-2025_-__manilha_quebrada_-_bairro_pedrao_-_roberto_acir.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/97_-_requerimento_10-11-2025_-__manilha_quebrada_-_bairro_pedrao_-_roberto_acir.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, por intermédio do setor de Obras da Prefeitura, seja realizada a substituição de uma manilha quebrada localizada à beira da estrada, no bairro Pedrão, ao lado da residência do senhor Roberto Acir.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito:  que sejam adotadas, com máxima urgência, as medidas necessárias para solucionar o grave problema de infestação de mosquitos que afeta os bairros Contendas, Furnas, Anhumas e Rocinha. Que sejam tomadas medidas como: 1. Vistoria e identificação dos focos de proliferação dos mosquitos nesses bairros; 2. Adoção imediata de medidas de controle e eliminação dos criadouros; e 3. Realização de campanhas de orientação à população sobre prevenção e eliminação de possíveis focos nas residências.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/193_-_requerimento_10-11-2025_-_estrada_pipa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/193_-_requerimento_10-11-2025_-_estrada_pipa.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: manutenção urgente da estrada rural do Bairro Pipa, neste município.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/194_-_requerimento_-_10-11-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/194_-_requerimento_-_10-11-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: reitera o requerimento apresentado em 17 de março e 4 de agosto de 2025, solicitando que seja determinado ao setor competente, especialmente à Secretaria de Obras, a realização de melhorias na estrada do Bairro Estiva, mais precisamente na estrada de acesso à antiga cascalheira, a qual se encontra em péssimas condições de tráfego, com valetas, buracos e caixas de bueiro sem grade de proteção. Além disso, solicita-se melhorias na estrada secundária localizada em frente à Igrejinha do referido bairro, que também apresenta condições inadequadas para o tráfego seguro.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/195_-_requerimento_-10-11-2025_-_ponte_da_usina_pedrao_que_caiu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/195_-_requerimento_-10-11-2025_-_ponte_da_usina_pedrao_que_caiu.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, através do setor de obras, com a orientação e acompanhamento do setor de engenharia civil, seja contruída uma nova ponte na estrada do bairro Usina Pedrão, a qual caiu, sendo uma via que serve como atalho de ligação para vários bairros, entre eles Tamanduá, Usina Pedrão, Pipa, Correias, Pedrão e outros.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>David Moisés Veloso, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/98_-_requerimento_10-11-2025_-__informacoes_licitacao_lagoa_-_pl_136-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/98_-_requerimento_10-11-2025_-__informacoes_licitacao_lagoa_-_pl_136-2024.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que a Prefeitura Municipal de Pedralva notifique a empresa vencedora do Processo Licitatório nº 136/2024 – Concorrência nº 010/2024, referente à contratação de empresa especializada para adequação de estradas vicinais nos bairros Pedrão e Lagoa, para que sejam iniciadas as obras conforme o contrato e projeto aprovados.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/99_-_requerimento_10-11-2025_-_cesta_natal_aos_funcionarios_publicos_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/99_-_requerimento_10-11-2025_-_cesta_natal_aos_funcionarios_publicos_prefeitura.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que sejam adotadas as providências necessárias para a concessão de Cestas de Natal aos servidores públicos municipais, conforme a prática adotada em anos anteriores.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/100_-_requerimento10-11-2025_-_bairro_pipa_-_cascalho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/100_-_requerimento10-11-2025_-_bairro_pipa_-_cascalho.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja colocado cascalho em um trecho logo à frente da ponte do bairro Pipa.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/196_-_requerimento_-17-11-2025_-_quebra-mola_e_faixa-elevada_-_joaquina_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/196_-_requerimento_-17-11-2025_-_quebra-mola_e_faixa-elevada_-_joaquina_lopes.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que sejam tomadas as providências necessárias para a construção de uma faixa elevada para travessia de pedestres no local do atual quebra-molas existente na Rua Joaquina Lopes.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/197_-_requerimento_-17-11-2025_-_bela_vista_-_caixa_dagua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/197_-_requerimento_-17-11-2025_-_bela_vista_-_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que seja providenciada a instalação de uma nova caixa d’água no Bairro Bela Vista, em substituição à atual, que se encontra rachada e sem condições adequadas de armazenamento, comprometendo o abastecimento dos moradores.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/198_-_requerimento_-17-11-2025_-_lagoa_-_curva_do_coracao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/198_-_requerimento_-17-11-2025_-_lagoa_-_curva_do_coracao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que os setores de Obras e Engenharia realizem um estudo técnico visando ao alargamento da curva conhecida como “Curva do Coração”, localizada no Bairro Lagoa, no sentido de acesso proveniente do Município de Maria da Fé. O objetivo é avaliar as condições estruturais do trecho e, após a conclusão do estudo, executar as intervenções necessárias e possíveis para melhorar o tráfego, especialmente de veículos de grande porte, que enfrentam grande dificuldade para manobrar no local.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/199_-_requerimento_-_17-11-2025_-_caixa_de_agua_bairro_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/199_-_requerimento_-_17-11-2025_-_caixa_de_agua_bairro_divisa.pdf</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/038_-_requerimento_-_17-11-2025_-_estrada_pitangueiras_milo_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/038_-_requerimento_-_17-11-2025_-_estrada_pitangueiras_milo_monti.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que determine à Secretaria competente a realização de serviços de manutenção na estrada do bairro Pitangueiras, consistindo em:_x000D_
 •	Passagem da máquina em todo o trecho da estrada;_x000D_
 •	Cascalhamento dos pontos que se fizerem necessários;_x000D_
 •	Aterro da baixada do Milo Monti, no trecho que vai da balança até o início do morro.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/200_-_requerimento_-_17-11-2025_-_capina_mato_laterais_estradas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/200_-_requerimento_-_17-11-2025_-_capina_mato_laterais_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que determine ao setor competente a realização imediata da roçagem do mato nas beiradas das estradas rurais de todo o município, considerando o avanço da vegetação que vem prejudicando o tráfego e a segurança dos usuários. Como exemplo, cito o Bairro Usina do Pedrão, onde a situação se mostra crítica, conforme demonstrado nas fotos anexas.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/201_-_requerimento_-_17-11-2025_-_espaco_para_eventos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/201_-_requerimento_-_17-11-2025_-_espaco_para_eventos.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que o Poder Executivo envide esforços no sentido de promover a construção ou adequação de um espaço público destinado à realização dos mais diversos eventos do Município, permitindo a implantação de uma área estruturada com capacidade para receber com segurança e comodidade as festividades do município.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/039_-_requerimento_17-11-2025_-_manutencao_serra_do_balaio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/039_-_requerimento_17-11-2025_-_manutencao_serra_do_balaio.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito: que seja realizada, com urgência, a manutenção geral da Serra do Balaio, incluindo serviços de patrolamento, cascalhamento, desobstrução de pontos críticos, limpeza das margens e demais ações necessárias para garantir condições adequadas de tráfego e segurança aos usuários da via.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/101_-_requerimento_24-11-2025_-__pintura_de_meios_fios_bairro_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/101_-_requerimento_24-11-2025_-__pintura_de_meios_fios_bairro_pedra_preta.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a limpeza do calçamento e a pintura dos meios-fios no bairro Pedra Preta.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/102_-_requerimento_24-11-2025_-__estrada_bairro_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/102_-_requerimento_24-11-2025_-__estrada_bairro_pedrao.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizado o patrolamento, cascalhamento e a limpeza das bocas de bueiros na estrada localizada logo acima da igreja do bairro Pedrão, sentido à residência do Sr. Gilmar e da Sra. Patrícia.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/103_-_requerimento_24_-_11-_2025_-_manutencao_do_poco_artesiano_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/103_-_requerimento_24_-_11-_2025_-_manutencao_do_poco_artesiano_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que seja realizada a manutenção no poço artesiano do bairro Lagoa, tendo em vista que o automático da bomba encontra-se danificado em torno de 1 ano e, até o prezado momento, nada foi feito para solucionar este problema.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/104_-_requerimento_24-11-2025_-_boeiro_bairro_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/104_-_requerimento_24-11-2025_-_boeiro_bairro_estiva.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras, seja realizada a colocação de mais manilhas no bueiro existente na estrada do bairro Estiva, sentido bairro Serrinha.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/105_-_requerimento_24-11-2025_-_limpeza_terra_na_esf_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/105_-_requerimento_24-11-2025_-_limpeza_terra_na_esf_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que através do setor responsável seja realizada a limpeza completa da terra acumulada na Estratégia de Saúde da Família do bairro Lagoa.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/202_-_requerimento_-_17-11-2025_-_melhorias_trecho_cruzamento_da_sao_sebastiao_com_a_padre_marino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/202_-_requerimento_-_17-11-2025_-_melhorias_trecho_cruzamento_da_sao_sebastiao_com_a_padre_marino.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que, através da Secretaria Municipal de Obras, sejam realizadas melhorias no calçamento e no bueiro situados no cruzamento da Rua São Sebastião com a Rua Padre Marino.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, David Moisés Veloso, Deildo Nunes Pereira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/203_-_requerimento_-_24-11-2025_-_esgoto_acougue_marcos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/203_-_requerimento_-_24-11-2025_-_esgoto_acougue_marcos.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que intervenha junto à COPASA para que seja solucionado, com a máxima urgência, o problema recorrente de estouro e vazamento de esgoto na Rua Dona Miquita, especificamente no passeio da propriedade do senhor Marcos Vinícius de Castro, realizando os reparos necessários na rede de esgoto e garantindo o adequado funcionamento do sistema.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/204_-_requerimento_-_01-12-2025_-_sabara_academia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/204_-_requerimento_-_01-12-2025_-_sabara_academia.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que o setor responsável pela manutenção dos prédios públicos do município tome providências quanto ao estado que se encontram os banheiros da Academia de Saúde "Benedito da Silva, vulgo Sabará", no Bairro Bica, haja vista a situação em que se encontra devido a ações de vândalos.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/205_-_requerimento_-_01-12-2025_-_buraco_no_cruzamento_rua_pedro_monte_com_sao_sebastiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/205_-_requerimento_-_01-12-2025_-_buraco_no_cruzamento_rua_pedro_monte_com_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: que o Setor de Obras realize o reparo necessário no calçamento da Rua Pedro Monti com a Rua São Sebastião, local onde os bloquetes se soltaram e formaram um buraco, oferecendo risco aos pedestres e veículos que circulam pela via.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/206_-_requerimento_-_01-12-2025_-calcamento_em_frente_posto_candola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/206_-_requerimento_-_01-12-2025_-calcamento_em_frente_posto_candola.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: realização de manutenção no calçamento da Avenida Tancredo Neves, no trecho situado em frente ao Posto Candola, especificamente na junção da rodovia com o calçamento em pedra paralelepípedo.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/207_-_requerimento_-_01-12-2025_-_igreja_e_prefeitura_informar_atividades_para_amissao_de_alvara_-_lei_da_pertubacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/207_-_requerimento_-_01-12-2025_-_igreja_e_prefeitura_informar_atividades_para_amissao_de_alvara_-_lei_da_pertubacao.pdf</t>
   </si>
   <si>
     <t>encaminhada à Prefeitura Municipal de Pedralva e à Paróquia São Sebastião de Pedralva a seguinte solicitação:_x000D_
 _x000D_
 •	À Prefeitura: determinar aos setores competentes da Administração Municipal o integral cumprimento da Lei nº 2.080, de 6 de junho de 2025, a qual estabelece sanção administrativa por multa à pessoa que invadir local destinado a culto ou cerimônia religiosa, bem como àquele que impedir ou perturbar culto ou cerimônia religiosa._x000D_
 _x000D_
 •	À Paróquia São Sebastião de Pedralva: encaminhar à Prefeitura Municipal, especialmente aos setores responsáveis pela emissão de alvarás e organização de eventos públicos, o cronograma atualizado das celebrações, missas, cerimônias religiosas e demais atividades da igreja, para fins de cumprimento da Lei nº 2.080, de 6 de junho de 2025, que assegura a integridade e o não impedimento ou perturbação de cultos e cerimônias religiosas.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/208_-_requerimento_-_01-12-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/208_-_requerimento_-_01-12-2025_-_estrada_estiva_-_antiga_cascalheira.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: reitera o requerimento apresentado em 17 de março, 4 de agosto de 2025 e 10 de novembro de 2025, solicitando que seja determinado ao setor competente, especialmente à Secretaria de Obras, a realização de melhorias na estrada do Bairro Estiva, mais precisamente na estrada de acesso à antiga cascalheira, a qual se encontra em péssimas condições de tráfego, com valetas, buracos e caixas de bueiro sem grade de proteção. Além disso, solicita-se melhorias na estrada secundária localizada em frente à Igrejinha do referido bairro, que também apresenta condições inadequadas para o tráfego seguro.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/039_-_requerimento_-_01-12-2025_-_estadio_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/039_-_requerimento_-_01-12-2025_-_estadio_monti.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito:_x000D_
  •	que seja encaminhado à Câmara Municipal: _x000D_
 •	Informações sobre o andamento da reforma do Estádio Monti;_x000D_
 •	Previsão de quando os atletas poderão retomar suas atividades esportivas no estádio;_x000D_
 •	Esclarecimento sobre os motivos da demora na conclusão das obras;_x000D_
 •	Indicação de quem atualmente responde pelo Departamento de Esportes, para que reclamações e solicitações possam ser direcionadas adequadamente.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/106_-_requerimento_01-12-2025_-_bairro_pedrao_-_limpeza_mato_praca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/106_-_requerimento_01-12-2025_-_bairro_pedrao_-_limpeza_mato_praca.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizada a roçagem da grama no espaço situado ao lado da igreja no bairro Pedrão, bem como a limpeza dos matos existentes nas margens da rua.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/107_-_requerimento_01-12-2025_-_bueiro_pedra_preta_campinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/107_-_requerimento_01-12-2025_-_bueiro_pedra_preta_campinho.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras da Prefeitura, seja construído um bueiro com proteção de grade, onde foi realizado o manilhamento pela prefeitura no campinho de futebol bairro Lagoa.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/31_-_requerimento_-_limpeza_bairro_pedrao_-_01-12-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/31_-_requerimento_-_limpeza_bairro_pedrao_-_01-12-2025.pdf</t>
   </si>
   <si>
     <t>solicitação ao Exmo. Senhor Prefeito Municipal: que seja realizado a limpeza e roçada das ruas do bairro Pedrão, próximo a igreja do bairro, trata-se de uma rua que já possui calçamento, porém encontra-se com mato em sua margem, sendo necessário a devida manutenção.</t>
   </si>
   <si>
+    <t>4761</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4761/209_-_requerimento_-_09-12-2025_-_estrada_pitangueiras_-_curva_cedendo_na_lateral.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: execução de obras de manilhamento para drenagem adequada da água pluvial e suavizar a curva existente na estrada municipal que dá acesso ao bairro Pitangueiras, especificamente no trecho de subida onde a curva é acentuada. A curva segue identificada nas fotos abaixo.</t>
+  </si>
+  <si>
+    <t>4762</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4762/32_-_requerimento_bairro_pitangueiras_09-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Exmo. Senhor Prefeito Municipal: que seja realizado com urgência a manutenção da ponte do bairro Pitangueiras, tendo em vista que se encontra em precárias condições colocando em risco a segurança de quem utiliza diariamente daquela ponte, sendo uma via de grande acesso, para passagem de moradores e transporte de mercadorias e produtos.</t>
+  </si>
+  <si>
+    <t>4763</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4763/109_-_requerimento_bairro_lagoa__-_09-12-2025_-_academia.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável da Prefeitura, seja realizada a retirada de alguns aparelhos de academia ao ar livre que se encontram guardados no bairro Lagoa, encaminhando-os para um local adequado de descarte, uma vez que nenhum deles se encontra em condições de uso.</t>
+  </si>
+  <si>
+    <t>4764</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4764/108_-_requerimento_09-12-2025_-_serra_estiva.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras da Prefeitura Municipal, seja realizada a manutenção de um treco de estrada na Serra da Estiva, a qual se encontra em más condições de tráfego, devido à presença de uma pedra no meio da via e ao escoamento de água pela estrada, situação que vem provocando a formação de valetas e buracos.</t>
+  </si>
+  <si>
+    <t>4765</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4765/041_-_requerimento_09-12-2025_-_estrada_rocinha_-_tiago_da_calha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: providências quanto à necessidade de melhorias na estrada localizada no Bairro Rocinha, especialmente no trecho de acesso à propriedade do senhor Tiago da Calha.</t>
+  </si>
+  <si>
+    <t>4766</t>
+  </si>
+  <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4766/040_-_requerimento_09-12-2025_-_lampadas_queimadas_entorno_praca_jose_gomes_siqueira.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito: providências junto ao setor competente para a troca de 03 (três) lâmpadas queimadas, localizadas nos postes do entorno da Praça José Gomes Siqueira, situada no Bairro São José, neste município.</t>
+  </si>
+  <si>
+    <t>4767</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4767/32_-_requerimento_09-12-25_-_venda_do_carmo_paulino.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que seja realizada a manutenção da estrada próximo à residência da antiga venda do Carmo, situado no Bairro Paulino Paixão.</t>
+  </si>
+  <si>
+    <t>4768</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4768/31_-_requerimento_09-12-25_-_poco_artesiano_paulino.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que o setor de obras informe o andamento da construção do posso artesiano no Bairro Paulino Paixão.</t>
+  </si>
+  <si>
+    <t>4769</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4769/070_-_requerimento_09-12-2025_-_virador_de_onibus_limeira.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam tomadas as devidas providências para melhorias na localidade conhecida como “Virador de Ônibus”, situada no Bairro Três Paineiras, nas proximidades do Milo Monti.</t>
+  </si>
+  <si>
+    <t>4770</t>
+  </si>
+  <si>
+    <t>605</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4770/071_-_requerimento_09-12-2025_-_ponte_rocinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que sejam realizadas melhorias na ponte existente na estrada do Bairro Rocinha, situada próximo à propriedade do senhor Zé Francisco.</t>
+  </si>
+  <si>
+    <t>4771</t>
+  </si>
+  <si>
+    <t>606</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4771/211_-_requerimento_-_09-12-2025_-_estacionamento_proximo_operario.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que, através do setor responsável, seja sinalizada a Travessa José Fortes Bustamante, proibindo o estacionamento de veículos nesta travessa na madrugada e manhã dos sábados, de forma a não atrapalhar a montagem das barracas da Feira de Agricultores. Solicita-se, ainda, que seja instalada placa informativa indicando a proibição de estacionamento nos horários mencionados.</t>
+  </si>
+  <si>
+    <t>4772</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4772/210_-_requerimento_-_09-12-2025_-_toco_de_eucalipito_-_cubataozinho.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: verificar as condições do local e providenciar a retirada do toco de eucalipto existente à beira da estrada do Bairro Cubatãozinho, próximo à entrada da propriedade do Senhor João Agapito.</t>
+  </si>
+  <si>
+    <t>4778</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4778/212_-_requerimento_-_15-12-2025_-_curva_do_roberto_-_posses.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizado serviço de drenagem da água pluvial no trecho da estrada do Bairro Posses, localizado um pouco à frente do ponto conhecido como Curva do Roberto, bem como as intervenções necessárias para conter o escoamento de terra e lama provenientes do alargamento da via.</t>
+  </si>
+  <si>
+    <t>4779</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4779/213_-_requerimento_-_15-12-2025_-_limpeza_sarjetas_bairro_coelho.pdf</t>
+  </si>
+  <si>
+    <t>desta solicitação ao senhor Prefeito: que seja realizada, com a máxima brevidade possível, a limpeza das sarjetas ao longo da estrada municipal do Bairro Coelho, incluindo a remoção de terra, mato, resíduos e demais materiais que estejam obstruindo o escoamento das águas pluviais.</t>
+  </si>
+  <si>
+    <t>4780</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>Alexandre Jhonatan de Souza, Ketrym Maria Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4780/214_-_requerimento_-_15-12-2025_-_bairro_posses_-_estrada_-_casa_edivaldo.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que seja realizada manutenção no trecho da estrada do Bairro Posses, nas proximidades da residência do Sr. Edivaldo, compreendendo o retorno das pedras ao leito da estrada, que foram arrastadas para as laterais pela ação da água da chuva, bem como a limpeza das beiradas da via, com a retirada de mato e galhos de árvores, a fim de restabelecer as condições adequadas de tráfego e segurança.</t>
+  </si>
+  <si>
+    <t>4781</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4781/215_-_requerimento_-_15-12-2025_-_ponte_bela_vista.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: adoção de providências urgentes para a manutenção e recuperação da ponte localizada na Rua José Monti Sobrinho, principal via de acesso ao Bairro Bela Vista, neste município, especialmente no que se refere ao reparo dos buracos existentes na pista, que vêm ocasionando acúmulo de água e comprometendo a trafegabilidade do local.</t>
+  </si>
+  <si>
+    <t>4782</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4782/216_-_requerimento_-_15-12-2025_-_terra_que_desceu_estrada_do_bairro_rocinha.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: que, por meio do setor competente, realize com urgência à retirada da terra acumulada na beirada da estrada do Bairro Rocinha, via de acesso utilizada por diversas propriedades e pela residência da senhora Silvana, mãe de um jovem com necessidades especiais.</t>
+  </si>
+  <si>
+    <t>4783</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4783/217_-_requerimento_-_15-12-2025_-_drenagem_de_agua_rodovia_beirando_pista_de_caminhada.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: execução de serviço de drenagem na cabeceira da pista de caminhada Amado José da Silva, de forma que a água proveniente do pasto acima da pista seja devidamente direcionada para o bueiro existente à frente.</t>
+  </si>
+  <si>
+    <t>4784</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4784/110_-_requerimento_ao_bairro_lagoa_-_trave_gol_-_15_12_2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do departamento de esporte e lazer, sejam disponibilizadas duas traves de gol, com suas respectivas redes, para atender o campinho de futebol do bairro Lagoa.</t>
+  </si>
+  <si>
+    <t>4785</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4785/111_-_requerimento_bairro_estiva_-_marta_-_15-12-25.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor de obras da Prefeitura, seja colocado cascalho em um trecho de estrada, localizado logo à frente da residência da senhora Marta, no bairro Estiva.</t>
+  </si>
+  <si>
+    <t>4786</t>
+  </si>
+  <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4786/112_-_requerimento_bairro_pedrao_-_esgoto_campo_futebol_-_15_12_2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao Senhor Prefeito Municipal: que, através do setor responsável, seja realizado o desentupimento de um esgoto localizado ao lado do campo de futebol do bairro Pedrão, o qual se encontra entupido desde o mês de maio deste ano.</t>
+  </si>
+  <si>
+    <t>4791</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4791/23_-_requerimento_22-12-2025_-_urgencia_especial_pl_65.pdf</t>
+  </si>
+  <si>
+    <t>Solicita tramitação em regime de urgência especial do Projeto de Lei nº 65/2025.</t>
+  </si>
+  <si>
+    <t>4793</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4793/040_-_requerimento_-_22-12-2025_-_quebra-molas_maria_cibele.pdf</t>
+  </si>
+  <si>
+    <t>solicitação ao senhor Prefeito: instalação de redutores de velocidade (quebra-molas) na Rua Dona Maria Cibele, nas proximidades do nº 220 e da oficina do Sr. Daniel Valentim, no bairro São José, neste município.</t>
+  </si>
+  <si>
     <t>4124</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Alice Pimenta Werneck</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do departamento de cultura, seja criado em Pedralva um projeto cultural intitulado “Cultura Viva”</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>Arthur Henrique Faria Constanti</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através dos setores responsáveis pela manutenção das estradas rurais e pela manutenção das ruas da cidade, sejam melhoradas as estradas da área rural e as ruas da cidade.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>Bianca de Fátima Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4126/01_-_requerimento_vj_bianca_29-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4126/01_-_requerimento_vj_bianca_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: construção de um calçadão em volta da Igreja Matriz de São Sebastião.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
     <t>Joaquim Gustavo Martins Costa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4127/01_-_requerimento_vj_joaquim_29-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4127/01_-_requerimento_vj_joaquim_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: adotar ações para reduzir o preço dos produtos em supermercados.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>Lucas Ribeiro Leite, Laís Batista Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4128/01_-_requerimento_vj_lucas_ribeiro_-_respeito_templo_religioso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4128/01_-_requerimento_vj_lucas_ribeiro_-_respeito_templo_religioso.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: providência sobre situação de desrespeito à liberdade religiosa ocorrida durante celebração religiosa.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4129/01_-_requerimento_vj_peterson_29-04-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4129/01_-_requerimento_vj_peterson_29-04-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do departamento municipal de esportes, sejam realizados campeonatos municipais em diversas modalidades - vôlei, futebol, futsal, handebol, ping-pong, corrida, ciclismo, entre outros.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4198/02_-_requerimento_vj_alice_-_27-05-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4198/02_-_requerimento_vj_alice_-_27-05-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal:  que seja implantado no município de Pedralva o “Programa Municipal de Saúde Mental Estudantil” - PM-SME</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4199/02_-_requerimento_vj_joaquim_27-05-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4199/02_-_requerimento_vj_joaquim_27-05-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que sejam pensadas políticas e ações que incentivem: a industrialização local, com apoio a pequenas e médias empresas; o fortalecimento da agricultura e pecuária familiar; e a criação de oportunidades para que os produtos de Pedralva sejam valorizados dentro e fora da cidade.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>Loany Eduarda de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4200/01_-_requerimento_vj_loany_-_lazer_para_criancas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4200/01_-_requerimento_vj_loany_-_lazer_para_criancas.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal: investir mais no acolhimento das crianças, criando e melhorando os espaços onde elas possam brincar e se divertir com segurança. Seria interessante construir mais parquinhos infantis em diferentes pontos da cidade, especialmente em lugares onde hoje quase não tem nenhum espaço assim.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4201/02_-_requerimento_vj_loany_-_pediatra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4201/02_-_requerimento_vj_loany_-_pediatra.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que a Prefeitura ou a Secretaria de Saúde possa considerar colocar um pediatra para atender durante todo o dia, garantindo assim um cuidado mais completo e eficiente para nossas crianças.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>Mariah Luiza Osório Silva Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4202/01_-_requerimento_vj_mariah_luiza_-_27-05-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4202/01_-_requerimento_vj_mariah_luiza_-_27-05-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Presidente da Câmara Municipal de Pedralva: que os vereadores adultos da Câmara Municipal realizem uma fiscalização mais próxima nos postos de saúde da cidade, prestando atenção principalmente no horário de entrada e saída dos médicos, e também na forma como eles estão tratando a população.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4203/02_-_requerimento_vj_peterson_-_27-05-2025_-_show_de_talentos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4203/02_-_requerimento_vj_peterson_-_27-05-2025_-_show_de_talentos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que, através dos departamentos de Cultura e de Esporte e Lazer, ou outro órgão competente, seja realizado um Show de Talentos aberto à participação de pessoas de todas as idades.</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4204/03_-_requerimento_vj_peterson_-_27-05-2025_-_rosa_azul_e_laranja.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4204/03_-_requerimento_vj_peterson_-_27-05-2025_-_rosa_azul_e_laranja.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que, através das Secretarias Municipais competentes, sejam intensificadas ações de conscientização e mobilização social relacionadas às campanhas Outubro Rosa, Novembro Azul e Maio Laranja, com o apoio de escolas, unidades de saúde, centros comunitários e demais espaços públicos.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4273/03_-_requerimento_vj_alice_-_24-06-2025_-_projeto_voz_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4273/03_-_requerimento_vj_alice_-_24-06-2025_-_projeto_voz_jovem.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que seja implantado no município de Pedralva o “Programa Municipal de Saúde Mental Estudantil” - PM-SME</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4274/02_-_requerimento_vj_arthur_-_24-06-2025_cafe_e_restaurante_popular.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4274/02_-_requerimento_vj_arthur_-_24-06-2025_cafe_e_restaurante_popular.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: a implantação no Município de Pedralva do projeto "Café Social e Restaurante Popular", com base na experiência já implementada com êxito em outros municípios, a exemplo de Itajubá-MG.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4275/02_-_requerimento_vj_bianca_24-06-2025_lixeira_coleta_seletiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4275/02_-_requerimento_vj_bianca_24-06-2025_lixeira_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a aquisição de lixeiras para coleta seletiva em pontos estratégicos da cidade.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4276/03_-_requerimento_vj_joaquim_24-06-2025_radar_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4276/03_-_requerimento_vj_joaquim_24-06-2025_radar_paulino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal e aos Senhores Vereadores: solicitar ao DER - Departamento de Estrada de Rodagem de Minas Gerais, a instalação de um radar ou a construção de um redutor de velocidade (quebra-molas) na rodovia MG-347, altura do km 55, nas proximidades da igreja do bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4277/04_-_requerimento_vj_joaquim_24-06-2025_-_posto_saude_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4277/04_-_requerimento_vj_joaquim_24-06-2025_-_posto_saude_paulino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal e aos Senhores Vereadores: atenção especial à prioritária necessidade de instalação de uma estrutura adequada para atendimento de saúde no bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4278/05_-_requerimento_vj_joaquim_24-06-2025_-_limpeza_lixeira_paulino_entrada_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4278/05_-_requerimento_vj_joaquim_24-06-2025_-_limpeza_lixeira_paulino_entrada_correias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal e aos Senhores Vereadores: providências urgentes quanto à limpeza da lixeira localizada no bairro Paulino Paixão, às margens da rodovia MG-347, no ponto de acesso ao bairro Correias.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/04_-_requerimento_vj_alice_-_26-08-2025_-_tombamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/04_-_requerimento_vj_alice_-_26-08-2025_-_tombamento.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que seja informado se a antiga Estação de Trem do bairro Pedrão é considerada patrimônio cultural de Pedralva, e, caso não seja, que se inicie o processo de tombamento.</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/03_-_requerimento_vj_arthur_-_26-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/03_-_requerimento_vj_arthur_-_26-08-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: providências no sentido de encaminhar ao setor jurídico e demais órgãos competentes a elaboração de Projeto de Lei Municipal que trate do endurecimento de medidas administrativas e de prevenção voltadas à criminalidade juvenil.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/06_-_requerimento_vj_joaquim_26-08-2025_-_abrigo_para_animais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/06_-_requerimento_vj_joaquim_26-08-2025_-_abrigo_para_animais.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: análise e providências necessárias para a construção de um abrigo municipal de animais, com estrutura adequada para acolhimento, tratamento, castração, cuidados veterinários e preparação de animais para adoção responsável.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/07_-_requerimento_vj_joaquim_26-08-2025_-_juros.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/07_-_requerimento_vj_joaquim_26-08-2025_-_juros.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, transmitindo a seguinte reivindicação: providências no sentido de estudar e implementar medidas que coíbam a prática de juros abusivos em transações realizadas por meio de máquinas de cartão no comércio local.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/04_-_requerimento_vj_arthur_-_30-09-2025_-_agua_correas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/04_-_requerimento_vj_arthur_-_30-09-2025_-_agua_correas.pdf</t>
   </si>
   <si>
     <t>Solicitação ao  Senhor Prefeito Municipal: que seja estudada e colocada em prática a ideia de construir uma reserva de água potável no bairro Corrêas, que fica na zona rural do nosso município.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/08_-_requerimento_vj_joaquim_30-09-2025_-_esgoto_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/08_-_requerimento_vj_joaquim_30-09-2025_-_esgoto_paulino.pdf</t>
   </si>
   <si>
     <t>Solicitação ao  Senhor Prefeito Municipal: que olhe com carinho para a situação do esgoto no bairro Paulino Paixão. Esse problema já acontece há vários anos e até hoje não foi resolvido. Em 2024, já houve até um requerimento feito pelo vereador Gerson, mas a comunidade continua esperando uma resposta. Por isso, peço que a Prefeitura tome providências o quanto antes para melhorar essa realidade.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/04_-_requerimento_vj_peterson_-_30-08-2025_-_cobrando_execucao_da_lei_do_mis_e_mister.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/04_-_requerimento_vj_peterson_-_30-08-2025_-_cobrando_execucao_da_lei_do_mis_e_mister.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: que sejam adotadas as providências necessárias para a efetiva implementação da Lei Ordinária Municipal nº 2.016, de 22 de dezembro de 2023, que inclui o Concurso de Miss e Mister no Calendário Oficial de Eventos do Município de Pedralva.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3721/01_-_mocao_pesar_-_joaquim_zoti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3721/01_-_mocao_pesar_-_joaquim_zoti.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor JOAQUIM CELESTINO DE FREITAS, popularmente conhecido por “Quim Zotti”, ilustre morador deste município, no bairro Jaboticabal, ocorrido no dia 4 de janeiro de 2025.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3722/01_-_mocao_aplauso_e_congratulacao_-_festa_sao_sebastiao_-_desfile_de_cavaleiros_e_leilao_gado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3722/01_-_mocao_aplauso_e_congratulacao_-_festa_sao_sebastiao_-_desfile_de_cavaleiros_e_leilao_gado.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada à Paróquia São Sebastião de Pedralva, aplaudindo e congratulando com os organizadores e participantes do desfile de cavaleiros e do leilão de gado, realizado no dia 12 de janeiro de 2025.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3736/01_-_mocao_aplauso_21-01-2025_-_estudante_ana_carolina.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3736/01_-_mocao_aplauso_21-01-2025_-_estudante_ana_carolina.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a estudante Ana Corolina Silva de Lima, pelo excelente resultado obtido no ENEM 2024.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3737/02_-_mocao_de_aplauso_-_estudante_thais_21-01-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3737/02_-_mocao_de_aplauso_-_estudante_thais_21-01-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a estudante Thaís da Silva Correia, pela aprovação no Curso de Engenharia de Computação no Instituto Federal de Educação, Ciência e Tecnologia do Sul de Minas e em outras universidades.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3785/01_-_mocao_pesar_-_nelson_rocha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3785/01_-_mocao_pesar_-_nelson_rocha.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Nelson Rocha, ocorrido no dia 23 de janeiro de 2025.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3786/01_-_mocao_27-01-2025_-_maze.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3786/01_-_mocao_27-01-2025_-_maze.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a Sra. Maria José Silva Claro, a nossa querida Mazé, pelo brilhante trabalho que desempenhou por mais de 20 anos em nosso município, especialmente estando sempre na linha de frente nos cuidados da nossa população.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3817/02_-_mocao_aplauso_-_ejc.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3817/02_-_mocao_aplauso_-_ejc.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao EJC (Encontro de Jovens com Cristo), pelo 7º encontro realizado nos dias 24, 25 e 26 de janeiro.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3829/01_-_mocao_de_pesar_-_pastor_joel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3829/01_-_mocao_de_pesar_-_pastor_joel.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR em memória do Pastor Joel Ailton de Paula, pedralvense nato, cuja vida foi marcada por uma fé inabalável, uma dedicação extraordinária e um amor profundo por sua família, sua cidade e a obra de Deus.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3855/01_-_mocao_pesar_-_francisco_regio_rodrigues.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3855/01_-_mocao_pesar_-_francisco_regio_rodrigues.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor FRANCISCO RÉGIO RODRIGUES, mais conhecido como “Chico”, ilustre morador deste município, ocorrido no dia 16 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3956/02_-_mocao_pesar_luiz_gonzaga_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3956/02_-_mocao_pesar_luiz_gonzaga_fernandes.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor LUIZ GONZAGA FERNANDES, ocorrido no dia 22 de março de 2025.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3991/03_-_mocao_de_pesar_-_nelson_lino_da_silva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3991/03_-_mocao_de_pesar_-_nelson_lino_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção pelo falecimento do Sr. Nelson Lino da Silva, ilustre morador deste município, ocorrido em 31 de março de 2025.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3992/02_-_mocao_nelson_lino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3992/02_-_mocao_nelson_lino.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Nelson Lino da Silva, ocorrido no dia 31 de março de 2025.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3993/03_-_mocao_pesar_-__giovana.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3993/03_-_mocao_pesar_-__giovana.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora GIOVANA VILAS BOAS, ilustre moradora deste município, na Rua Casemiro Osório, nº 454, Centro, ocorrido no dia 1 de abril de 2025.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3994/04_-_mocao_pesar_-_maria_ines.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3994/04_-_mocao_pesar_-_maria_ines.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora MARIA INÊS TELHES NASCIMENTO, ilustre moradora deste município, no Bairro Estiva.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3995/05_-_mocao_pesar_-__maria_benedita_vilas_boas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3995/05_-_mocao_pesar_-__maria_benedita_vilas_boas.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora MARIA BENEDITA VILAS BOAS, ilustre moradora deste município, no Bairro Abertão.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4004/03_-_mocao_pesar_-_fabiano_carvalho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4004/03_-_mocao_pesar_-_fabiano_carvalho.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Fabiano Carvalho, ocorrido no dia 30 de março de 2025.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4005/06_-_mocao_pesar_-__anesia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4005/06_-_mocao_pesar_-__anesia.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora ANEZIA DIAS FERNANDES, ilustre moradora deste município, no Bairro Jaboticabal.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4025/04_-_mocao_pesar_-_jose_raimundo_vicente.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4025/04_-_mocao_pesar_-_jose_raimundo_vicente.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Raimundo Vicente, ocorrido no dia 17 de abril de 2025.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4026/03_-_mocao_aplauso_e_congratulacao_-_geralda_-_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4026/03_-_mocao_aplauso_e_congratulacao_-_geralda_-_paulino.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada a Senhora Geralda Maria de Souza Gonçalves, Agente Comunitária de Saúde nos Bairros Paulino Paixão e Correias, que no dia 5 de abril de 2025 completou 20 anos de serviços prestados ao município, pelo exemplar trabalho executado enquanto Agente Comunitário de Saúde do Programa Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4027/02_-_mocao_aplauso_e_congratulacao_-_edna_-_pedra_preta_-_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4027/02_-_mocao_aplauso_e_congratulacao_-_edna_-_pedra_preta_-_esf.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada a Senhora Edna Mariceli da Silva, Agente Comunitária de Saúde nos Bairros Pedra Preta e Lagoa, que no dia 5 de abril de 2025 completou 20 anos de serviços prestados ao município, pelo exemplar trabalho executado enquanto Agente Comunitário de Saúde do Programa Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4088/06_-_mocao_pesar_-_zezinho_mecanico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4088/06_-_mocao_pesar_-_zezinho_mecanico.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Benedito de Freitas Silva, ocorrido no dia 25 de abril de 2025.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4089/05_-_mocao_pesar_-_paulo_cesar_gouveia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4089/05_-_mocao_pesar_-_paulo_cesar_gouveia.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Paulo César Gouveia, ocorrido no dia 2 de maio de 2025.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4090/03_-_mocao_pesar_benedito_oliveira_gomes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4090/03_-_mocao_pesar_benedito_oliveira_gomes.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor BENEDITO OLIVEIRA GOMES, ocorrido no dia 03 de maio de 2025.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4104/07_-_mocao_aplauso_-_marcao_-_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4104/07_-_mocao_aplauso_-_marcao_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor Marco Antonio Leandro, servidor público municipal em Pedralva, pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4105/08_-_mocao_aplauso_-_corrida_-_11_de_maio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4105/08_-_mocao_aplauso_-_corrida_-_11_de_maio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Departamento de Esporte e Secretaria de Desenvolvimento da cidade de Pedralva – MG, extensiva a todos os envolvidos, em reconhecimento à brilhante realização do evento esportivo ocorrido no dia 11 de maio de 2025, na referida cidade.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4106/07_-_mocao_aplauso_-__vila_vicentina.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4106/07_-_mocao_aplauso_-__vila_vicentina.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO à Conferência São Vicente de Paula (Vila Vicentina) de Pedralva, em reconhecimento ao trabalho exemplar e ao grande impacto que a instituição tem gerado na vida de tantas pessoas, celebrando seus 90 anos de história e de serviço à comunidade.</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4107/04_-_mocao_fotos_de_pedralva_12-05-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4107/04_-_mocao_fotos_de_pedralva_12-05-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos responsáveis da página da rede social “Fotos de Pedralva”, Joel e Lucille pelo brilhante trabalho realizado, sendo verdadeiros artistas com suas filmagens e fotografias de paisagens de nossa querida Pedralva, emocionando muitas pessoas com a homenagem feita aos 138 anos de aniversário da nossa cidade.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4153/08_-_mocao_aplauso_-_academia_studio_fitnes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4153/08_-_mocao_aplauso_-_academia_studio_fitnes.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Academia Studio Fitness pela “caminhada da fé“ realizada no último sábado, dia 07/05/25, sentido Pedralva a Lagoa. Foram mais de 120 peregrinos com suas famílias, momento de muita Fé e esperança</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4163/04_-_mocao_de_pesar_-_sebastiao_lopes_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4163/04_-_mocao_de_pesar_-_sebastiao_lopes_fernandes.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Sebastião Lopes Fernandes, aos 60 anos, ocorrido no dia 24 de maio de 2025.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4195/05_-_mocao_evento_dia_01-06-2025_encontro_made_in_brasil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4195/05_-_mocao_evento_dia_01-06-2025_encontro_made_in_brasil.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a todos os organizadores do EVENTO “2º ENCONTRO MADE IN BRASIL” realizado no último domingo dia 01 de junho de 2025.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4220/05_-_mocao_de_aplauso_a_cavalgada_venda_tonhao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4220/05_-_mocao_de_aplauso_a_cavalgada_venda_tonhao.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, ao casal Tonhão e Nhuga, pela organização do evento 3ª Cavalgada Venda do Tonhão, realizada no dia 8 de junho de 2025.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4253/02_-_mocao_aplauso_-__corpus_christi.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4253/02_-_mocao_aplauso_-__corpus_christi.pdf</t>
   </si>
   <si>
     <t>MOÇÃO APLAUSOS E CONGRATULAÇÕES à PARÓQUIA SÃO SEBASTIÃO DE PEDRALVA, extensiva a todos os fiéis, voluntários e membros da comunidade que participaram das celebrações de Corpus Christi, com especial destaque para a confecção dos tradicionais tapetes, bem como pela expressiva participação nas celebrações e procissão.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4302/09_-_mocao_aplauso_-_fabio_-_competidor_de_rodeio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4302/09_-_mocao_aplauso_-_fabio_-_competidor_de_rodeio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação ao jovem atleta Fábio Soares Domingos, de 21 anos, natural de Pedralva-MG, pelo seu brilhante desempenho no rodeio realizado em Cruzília-MG.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4303/10_-_mocao_aplauso_-_joao_bosco.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4303/10_-_mocao_aplauso_-_joao_bosco.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao servidor público João Bosco Ribeiro, pelo encerramento de sua carreira no serviço público municipal, após anos de dedicação exemplar à Prefeitura de Pedralva, na função de Ajudante de Serviços Gerais.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4304/03_-_mocao_apoio_-_nova_fabrica_-_josiani.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4304/03_-_mocao_apoio_-_nova_fabrica_-_josiani.pdf</t>
   </si>
   <si>
     <t>MOÇÃO APLAUSOS à Sra. Josiane Riquieli, Analista de Recursos Humanos da empresa APTIV, localizada no município de Paraisópolis-MG.</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
     <t>David Moisés Veloso, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4305/06_-_mocao_de_aplauso_joao_bosco.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4305/06_-_mocao_de_aplauso_joao_bosco.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada ao senhor João Bosco Ribeiro em reconhecimento aos seus 23 anos de relevantes serviços prestados como servidor público da Prefeitura Municipal de Pedralva e por ocasião de sua merecida aposentadoria.</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4306/09_-_mocao_aplauso_-_eac.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4306/09_-_mocao_aplauso_-_eac.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao Grupo de Jovens do EAC – Encontro de Adolescentes com Cristo, da Paróquia São Sebastião, pelo 9º Encontro de Adolescentes com Cristo, que aconteceu neste último final de semana, dias 02 e 03 de agosto. São relevantes serviços prestados à comunidade e pelo comprometimento com a evangelização da juventude. Foram 86 encontristas que disseram o seu sim.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4342/04_-_mocao_de_aplauso-_alunos_do_pj.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4342/04_-_mocao_de_aplauso-_alunos_do_pj.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos estudantes que participaram da edição 2025 do Parlamento Jovem de Minas Gerais.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/05_-_mocao_de_aplauso-_profissionais_de_cultura_-_pj.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/05_-_mocao_de_aplauso-_profissionais_de_cultura_-_pj.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Débora de Cássia Carvalho, Diego Monti Silva e Lucas Belmiro Faria Monti, em reconhecimento à valiosa contribuição prestada durante a edição 2025 do Parlamento Jovem de Minas Gerais.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/07_-_mocao_de_aplauso_arraia_pedrao__-_11-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/07_-_mocao_de_aplauso_arraia_pedrao__-_11-08-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada à Comunidade do Bairro Pedrão pela brilhante realização do tradicional “Arraiá do Pedrão”, ocorrido no dia 09 de agosto de 2025.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/08_-_mocao_aplausos_venda_do_tonhao_-_11-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/08_-_mocao_aplausos_venda_do_tonhao_-_11-08-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada ao casal Maria Aparecida “Nhuga” e a Luiz Antônio “Tonhão”, pela brilhante organização e realização do II Poeirão da Venda Tonhão, realizado no dia 09 de agosto de 2025 no Bairro Resende, que se tornou um marco de confraternização, tradição e valorização da cultura equestre em nossa região.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/06_-_mocao_evento_copa_de_marcha_-_poeirao_-_11-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/06_-_mocao_evento_copa_de_marcha_-_poeirao_-_11-08-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos organizadores do Evento “SEGUNDO POEIRÃO DA VENDA DO TONHÃO” realizado neste último sábado dia 09 de agosto de 2025.</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/07_-_mocao_evento_cavalgada_11-08-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/07_-_mocao_evento_cavalgada_11-08-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos organizadores do Evento “PRIMEIRA CAVALGADA NO RASTRO DA TRADIÇÃO” realizado neste último domingo dia 10 de agosto de 2025.</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/10_-_mocao_aplauso_-_semana_familia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/10_-_mocao_aplauso_-_semana_familia.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Paróquia São Sebastião, bem como a todos os seus agentes pastorais, lideranças e fiéis, pelo brilhante trabalho realizado durante a Semana Nacional da Família.</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Alexandre Jhonatan de Souza, David Moisés Veloso, Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/11_-_mocao_aplauso_-_palestra_violencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/11_-_mocao_aplauso_-_palestra_violencia.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos militares 3º Sargento Adriano, Cabo Rangel e Soldado Gandra, que atuam no pelotão de Pedralva, sob o comando do 1º Tenente Marcelo Rosa de Souza, em reconhecimento à relevante contribuição social e comunitária pela realização da palestra “Prevenção à Violência Doméstica, à Violência Contra a Mulher e ao Feminicídio”, realizada no dia 13 de julho de 2025, em referência à Campanha Agosto Lilás.</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/08_-_mocao_evento_escaladores_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/08_-_mocao_evento_escaladores_pedrao.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos organizadores do Evento “4º ENCONTRO DE ESCALADORES E AMANTES DO PEDRÃO” realizado nos dias 16 a 17 de agosto.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Comunidade do Bairro Lagoa, pela realização do evento “Show de Prêmios”, ocorrido no dia 31 de agosto de 2025, em prol da Igreja de Nossa Senhora Mãe dos Navegantes.</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Prefeitura Municipal de Pedralva pela realização do 28º Rodeio de Pedralva, ocorrido entre os dias 11 a 14 de setembro, organizado pela empresa Guto Eventos.</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sindicato Rural de Pedralva, pela cessão do espaço de evento à empresa Guto Eventos, possibilitando assim a realização do 28º Rodeio de Pedralva, promovido entre os dias 11 e 14 de setembro.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>David Moisés Veloso, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/12_-_mocao_de_aplauso_a_comunidade_do_bairro_pedrao_06-10-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/12_-_mocao_de_aplauso_a_comunidade_do_bairro_pedrao_06-10-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a Comunidade do Bairro Pedrão, pela realização da tradicional “Festa de Santa Terezinha”, realizada no último final de semana.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/04_-_mocao_aplauso_e_agradecimento_combate_incendio_pedra_branca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/04_-_mocao_aplauso_e_agradecimento_combate_incendio_pedra_branca.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a todos os profissionais, instituições e cidadãos que atuaram de forma exemplar nas ações de combate ao incêndio ocorrido na Serra da Pedra Branca.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/12_-_mocao_aplauso_-_aciso_v2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/12_-_mocao_aplauso_-_aciso_v2.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE MENÇÃO ELOGIOSA aos militares da Polícia Militar de Minas Gerais que participaram da Ação Cívico-Social (ACISO) – PMMG 250 Anos, realizada no município de Pedralva/MG, no dia 11 de outubro de 2025.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/13_-_mocao_aplauso_-_rita_-_aposentou_-_auxiliar_de_servicos_gerais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/13_-_mocao_aplauso_-_rita_-_aposentou_-_auxiliar_de_servicos_gerais.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a servidora Rita Conceição Gonçalves, ocupante do cargo de Auxiliar de Serviços Gerais da Prefeitura Municipal de Pedralva, que encerrou sua carreira em 15 de agosto de 2025, após dedicar-se com esmero e comprometimento à administração municipal desde 13 de maio de 2014.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/14_-_mocao_aplauso_-maia_aparecida_-_aposentou.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/14_-_mocao_aplauso_-maia_aparecida_-_aposentou.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à professora Maria Aparecida de Fátima Theodoro Lopes, pelos extraordinários serviços prestados à educação de nosso município, durante o período de 31 de março de 2000 a 30 de agosto de 2025, neste momento de sua aposentadoria.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/15_-_mocao_aplauso_-_jose_paulo_-_servidor_aposentado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/15_-_mocao_aplauso_-_jose_paulo_-_servidor_aposentado.pdf</t>
   </si>
   <si>
     <t>José Paulo de Vilas Boas, que, com dedicação, compromisso e amor ao trabalho, prestou relevantes serviços à nossa cidade como Ajudante de Serviços Gerais, no período de 01 de junho de 1994 a 22 de setembro de 2025, agora se aposentando.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/16_-_mocao_aplauso_-_benedito_lopes_rangel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/16_-_mocao_aplauso_-_benedito_lopes_rangel.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao servidor público Benedito Lopes Rangel, que desempenhou com excelência a função de Motorista por mais de 21 anos, de 24 de maio de 2004 a 30 de setembro de 2025, dedicando-se incansavelmente ao serviço público e à comunidade pedralvense.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/05_-_mocao_aplauso_-_jussara_coroline.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/05_-_mocao_aplauso_-_jussara_coroline.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à JUSSARA CAROLINE, em reconhecimento à sua coroação como Rainha da Boa Vizinhança, realizada na cidade de Pouso Alegre.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/11_-_mocao_aplauso_-_dnj.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/11_-_mocao_aplauso_-_dnj.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos jovens da Paróquia São Sebastião de Pedralva, em reconhecimento à participação no Dia Nacional da Juventude (DNJ), realizado no dia 26 de outubro de 2025, na cidade de Três Corações – MG, e pela conquista do 2º lugar como caravana mais animada do evento.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>David Moisés Veloso, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/13_-_mocao_a_estiva_-_27-10-2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/13_-_mocao_a_estiva_-_27-10-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a Associação de Moradores do Bairro Estiva, pela brilhante organização e realização do Show de Prêmios, ocorrido no dia 26 de outubro de 2025.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/12_-_mocao_aplauso_-_edson_e_ana_clara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/12_-_mocao_aplauso_-_edson_e_ana_clara.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos atletas Ana Clara Goulart Fernandes Yumiya e Edson Takaiyuki Yumiya Junior, em reconhecimento ao excelente desempenho e conquistas alcançadas na competição realizada em Poços de Caldas, destacando-se como exemplos de dedicação, disciplina e superação no esporte.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/17_-_mocao_aplauso_-_governador_do_rio_de_janeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/17_-_mocao_aplauso_-_governador_do_rio_de_janeiro.pdf</t>
   </si>
   <si>
     <t>esta MOÇÃO DE APLAUSO ao Excelentíssimo Senhor Governador do Estado do Rio de Janeiro, CLAUDIO CASTRO, pela firme atuação e comprometimento na promoção da segurança pública, destacando a megaoperação realizada nos Complexos do Alemão e da Penha.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/18_-_mocao_aplauso_-_policia_do_rio_de_janeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/18_-_mocao_aplauso_-_policia_do_rio_de_janeiro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Polícia Civil e à Polícia Militar do Estado do Rio de Janeiro pela atuação na megaoperação realizada no Complexo do Alemão, com destaque para a apreensão de grande quantidade de armamentos e o heroísmo dos militares envolvidos.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/14_-_modelo_mocao_de_aplauso_-_mae_nagegante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/14_-_modelo_mocao_de_aplauso_-_mae_nagegante.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada à comunidade do Bairro Lagoa, pela realização da Novena e Festa em honra a Nossa Senhora Mãe Navegante, ocorrida entre os dias 26 de outubro a 4 de novembro de 2025.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/15_-_modelo_mocao_de_aplauso__-_colegio_-_feitec.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/15_-_modelo_mocao_de_aplauso__-_colegio_-_feitec.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação, a ser encaminhada a comunidade escolar da Escola Estadual Comendador Mário Goulart Santiago, em reconhecimento pela realização da 2ª Feira de Trabalhos Técnicos, realizada na sexta-feira, dia 07 de novembro de 2025.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Dona Sebastiana da Silva, carinhosamente conhecida como Thana Carrera ou Thana do Sabará.</t>
   </si>
   <si>
+    <t>4758</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4758/16_-_mocao_de_aplauso_-_ao_casal_thonhao_e_nhuga_-_09-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso e Congratulação, a ser encaminhada ao casal Thonhão e Nhuga pela realização da Cavalgada de Confraternização Final de Ano, realizada no dia 07 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>4759</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4759/19_-_mocao_aplauso_-_secretaria_educacao_-_livro.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso aos organizadores, participantes e colaboradores do lançamento do livro “Entre Linhas e Sentimentos: Memórias da Estação do Pedrão”, realizado no Centro Municipal de Educação Infantil, no dia 03 de dezembro, quarta-feira.</t>
+  </si>
+  <si>
+    <t>4760</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4760/20_-_mocao_aplauso_-_apresentacao_coronel_gaspar.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso à Escola Municipal Coronel Gaspar, aos seus alunos e ao Professor Thomas Abreu, pela realização do projeto “Pintando Minas &amp; a peça de teatro Um Natal em Minas”, apresentado no dia 05 de dezembro, na quadra da referida unidade escolar.</t>
+  </si>
+  <si>
     <t>4197</t>
   </si>
   <si>
     <t>Moção (Câmara Jovem)</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos atletas/estudantes da Escola Estadual Professor Arcádio do Nascimento Moura, que com dedicação, esforço e espírito esportivo representaram com excelência o nosso município na etapa microrregional dos Jogos Escolares - JEMG 2025.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos organizadores do 25º Rodeio de Pedralva, realizado entre os dias 11 e 14 de setembro de 2025, pelo brilhante trabalho e iniciativa social durante o evento.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação aos organizadores, colaboradores, patrocinadores, artistas, expositores e à Prefeitura Municipal de Pedralva pela brilhante realização do Festival da Pizza Frita, ocorrido entre os dias 26 e 28 de setembro de 2025, na Travessa José Fortes Bustamante.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4060/emenda_no_01_-_pl_015-2025_-_estagio_pos-graduacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4060/emenda_no_01_-_pl_015-2025_-_estagio_pos-graduacao.pdf</t>
   </si>
   <si>
     <t>Emenda apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 15/2025.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4063/emenda_no_01_-_pl_020-2025_-_supressiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4063/emenda_no_01_-_pl_020-2025_-_supressiva.pdf</t>
   </si>
   <si>
     <t>Emenda apresentada pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 20/2025.</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4099/emenda_no_01_-_pl_023-2025_-_modificativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4099/emenda_no_01_-_pl_023-2025_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4159/emenda_no_01_-_pl_018-2025_-_hospital_gimirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4159/emenda_no_01_-_pl_018-2025_-_hospital_gimirim.pdf</t>
   </si>
   <si>
     <t>Acrescenta um artigo ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_no_01_-_pl_26-2025_-_prazo_contrat._temp._medicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_no_01_-_pl_26-2025_-_prazo_contrat._temp._medicos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Aditiva - apresentada pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 26/2025.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_no_01_-_pl_17-2025_-_ldo_-_emenda_impositiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_no_01_-_pl_17-2025_-_ldo_-_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 ao Projeto de Lei nº 17/2025, apresentada pela CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira.</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_no_02_-_pl_17-2025_-_ldo_-_metas_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_no_02_-_pl_17-2025_-_ldo_-_metas_camara.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2, apresentada ao Projeto de Lei nº 17/2025 pela CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_no_01_-_pl_029-2025_-_alexandre_-_vaga_estacionamento_preferencial.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_no_01_-_pl_029-2025_-_alexandre_-_vaga_estacionamento_preferencial.pdf</t>
   </si>
   <si>
     <t>Adiciona um artigo após o art. 4º, renumerando o atual art. 5º do Projeto de Lei nº 29/2025.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/emenda_no_01_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/emenda_no_01_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Emenda apresentada pela CFOFF ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/emenda_no_02_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/emenda_no_02_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/emenda_no_01_-_pl_47_-_cljr.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/emenda_no_01_-_pl_47_-_cljr.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 apresentada pela CFOFF ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/emenda_no_02_-_pl_47_-_cljr.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/emenda_no_02_-_pl_47_-_cljr.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2 apresentada pela CFOFF ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2 apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf</t>
   </si>
   <si>
     <t>Emenda nº 3 apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/emenda_1_ao_plo_43-2025_-_loa_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/emenda_1_ao_plo_43-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Apresentada pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/emenda_no_04_-_plc_8-2025_-_modificativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/emenda_no_04_-_plc_8-2025_-_modificativa.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 4 – MODIFICATIVA _x000D_
 Modifique-se o artigo 220 do Projeto de Lei Complementar nº 8/2025, passando a constar com a seguinte redação:_x000D_
 “Art. 220. Esta lei Complementar entra em vigor 90 (noventa) dias após sua publicação.”</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/emenda_no_05_-_plc_8-2025_-_aditiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/emenda_no_05_-_plc_8-2025_-_aditiva.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 5 – ADITIVA _x000D_
 Acrescenta-se, após o artigo 217 do Projeto de Lei Complementar nº 8/2025, um novo artigo, procedendo-se à renumeração dos artigos subsequentes, com a seguinte redação: _x000D_
 “As disposições deste Código aplicar-se-ão integralmente às novas edificações e reformas realizadas após sua entrada em vigor. Nas áreas já consolidadas do Município, em que as condições urbanísticas preexistentes inviabilizem a aplicação dos parâmetros de afastamento, recuos e demais exigências, o Executivo poderá, mediante regulamentação, admitir a flexibilização ou adequação das normas, observada a segurança e o interesse público.”</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/emenda_no_06_-_plc_8-2025_-_aditiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/emenda_no_06_-_plc_8-2025_-_aditiva.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 6 – ADITIVA _x000D_
 Acrescenta-se, após o artigo 217 do Projeto de Lei Complementar nº 8/2025, um novo artigo, procedendo-se à renumeração dos artigos subsequentes, com a seguinte redação: _x000D_
  “Fica incluído, no prazo estabelecido para que a presente lei entre em vigor, a obrigação de o Poder Executivo realizar ampla divulgação desta lei, utilizando todos os seus canais oficiais de comunicação, incluindo, mas não se limitando a, websites, redes sociais, jornais oficiais, rádios e quaisquer outros meios institucionais disponíveis, de forma a assegurar amplo conhecimento por parte da população.”</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_2_ao_plo_43-2025_-_loa_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_2_ao_plo_43-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Emenda apresentada pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>PRJU</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Felício de Mesquita Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei Complementar nº 01/2025.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 01/2025.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3725/2025_-_parecer_juridico_pl_02_-_2025_-_auxilio_material_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3725/2025_-_parecer_juridico_pl_02_-_2025_-_auxilio_material_escolar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 02/2025.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3726/2025_-_parecer_juridico_pl_03-2025_-_reajuste_servidores_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3726/2025_-_parecer_juridico_pl_03-2025_-_reajuste_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 03/2025.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3768/2025_-_parecer_juridico_pl_04_-_2025_-_controle_de_moscas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3768/2025_-_parecer_juridico_pl_04_-_2025_-_controle_de_moscas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 04/2025.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>Adailton Gomes Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3818/parecer_01-2025_-_plc_02-2025_-_criacao_de_vaga_tecnico_educacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3818/parecer_01-2025_-_plc_02-2025_-_criacao_de_vaga_tecnico_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei Complementar nº 02/2025.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3819/parecer_02-2025_-_pl_05-2025_-_subvencao_entidades_sociais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3819/parecer_02-2025_-_pl_05-2025_-_subvencao_entidades_sociais.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 05/2025.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3820/parecer_03-2025_-_pl_06-2025_-_contribuicao_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3820/parecer_03-2025_-_pl_06-2025_-_contribuicao_sampe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 06/2025.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3821/parecer_04-2025_-_pl_07-2025_-_revoga_artigo_da_lei_1679-16_ref._processo_escolha_diretor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3821/parecer_04-2025_-_pl_07-2025_-_revoga_artigo_da_lei_1679-16_ref._processo_escolha_diretor.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Assessor Jurídico da Câmara ao Projeto de Lei nº 07/2025.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3822/parecer_05-2025_-_elo_01-2025_-_exercicio_de_cargo_de_secretario_por_vice-prefeito.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3822/parecer_05-2025_-_elo_01-2025_-_exercicio_de_cargo_de_secretario_por_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara à Proposta de Emenda à LOM nº 01/2025.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3891/parecer_08-2025_-_pl_08-2025_-_denomina_logradouro_publico_-_rua_benedito_alves_magalhaes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3891/parecer_08-2025_-_pl_08-2025_-_denomina_logradouro_publico_-_rua_benedito_alves_magalhaes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao PL nº 08/2025.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3892/parecer_09-2025_-_pl_09-2025_-_denomina_logradouro_publico_-_rua_maria_ines_bustamante_braga.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3892/parecer_09-2025_-_pl_09-2025_-_denomina_logradouro_publico_-_rua_maria_ines_bustamante_braga.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao PL nº 09/2025.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3893/parecer_10-2025_-_plo_10-2025_-_denomina_logradouro_publico_-_rua_joaquim_ribeiro_braga.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3893/parecer_10-2025_-_plo_10-2025_-_denomina_logradouro_publico_-_rua_joaquim_ribeiro_braga.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao PL nº 010/2025.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3894/parecer_11-2025_-_plo_11-2025_-_atendimento_prioritario_pacientes_de_hemodialise_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3894/parecer_11-2025_-_plo_11-2025_-_atendimento_prioritario_pacientes_de_hemodialise_assinado.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao PL nº 011/2025.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3913/parecer_13-2025_-_pre_01-2025_-_premio_mulher_cidada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3913/parecer_13-2025_-_pre_01-2025_-_premio_mulher_cidada.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Resolução nº 1/2025.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3937/parecer_14-2025_-_plo_12-2025_-_credito_suplementar_saude_-_anulacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3937/parecer_14-2025_-_plo_12-2025_-_credito_suplementar_saude_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 012/2025.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3938/parecer_15-2025_-_plo_13-2025_-_credito_especial_cimasp_-_anulacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3938/parecer_15-2025_-_plo_13-2025_-_credito_especial_cimasp_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 013/2025.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3958/parecer_16-2025_-_pl_14_-2025_-_credito_suplementar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3958/parecer_16-2025_-_pl_14_-2025_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela assessoria jurídica da Câmara Municipal ao Projeto de Lei nº 014/2025.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_23-2025_-_plo_15-2025_-_estagios_pos-graduacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_23-2025_-_plo_15-2025_-_estagios_pos-graduacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 15/2025.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_24-2025_-_plo_19_-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_24-2025_-_plo_19_-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 19/2025.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_25-2025_-_plo_21-2025_-_modificacao_de_credito_especial.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_25-2025_-_plo_21-2025_-_modificacao_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 21/2025.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 020/2025.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 16/2025.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Complementar nº 03/2025.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 22/2025.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4094/parecer_33-2025_-_plo_24-2025_-_faixa_nao_edificante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4094/parecer_33-2025_-_plo_24-2025_-_faixa_nao_edificante.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 24/2025.</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4095/parecer_34-2025_-_proposta_emenda_lom_02-2025_-_emendas_impositivas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4095/parecer_34-2025_-_proposta_emenda_lom_02-2025_-_emendas_impositivas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara à Proposta de Emenda à LOM nº 3/2025.</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4103/parecer_35-2025_-_plo_25-2025_-_emprestimo_bdmg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4103/parecer_35-2025_-_plo_25-2025_-_emprestimo_bdmg.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 25/2025.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4154/parecer_36-2025_-_plo_17-2025_-_ldo_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4154/parecer_36-2025_-_plo_17-2025_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 17/2025.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4176/parecer_39-2025_-_plo_26-2025_-_contratacao_temporaria_de_medicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4176/parecer_39-2025_-_plo_26-2025_-_contratacao_temporaria_de_medicos.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 26/2025.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4177/parecer_40-2025_-_plo_27-2025_-_subvencao_apae_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4177/parecer_40-2025_-_plo_27-2025_-_subvencao_apae_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 27/2025.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4225/parecer_41-2025_-_pl_28-2025_substitutivo_-_incentivo_artistas_locais-assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4225/parecer_41-2025_-_pl_28-2025_substitutivo_-_incentivo_artistas_locais-assinado.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao Substitutivo apresentado ao Projeto de Lei nº 28/2025.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4226/parecer_42-2025_-_plo_29-2025_-_reserva_vagas_estacionamento_pcd_idosos_etc.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4226/parecer_42-2025_-_plo_29-2025_-_reserva_vagas_estacionamento_pcd_idosos_etc.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica ao Projeto de Lei nº 29/2025.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4227/parecer_43-2025_-_plo_30-2025_-_contratacao_temporaria_de_fonaudiologos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4227/parecer_43-2025_-_plo_30-2025_-_contratacao_temporaria_de_fonaudiologos.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 30/2025.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4228/parecer_44-2025_-_plc_04-2025_-_reducao_jornada_de_trabalho_nutricionista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4228/parecer_44-2025_-_plc_04-2025_-_reducao_jornada_de_trabalho_nutricionista.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela assessoria jurídica da Câmara ao Projeto de Lei Complementar nº 4/2025.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4260/parecer_45-2025_-_plo_32-2025_-_auxilio_financeiro_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4260/parecer_45-2025_-_plo_32-2025_-_auxilio_financeiro_pedrock.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 32/2025.</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4261/parecer_46-2025_-_plc_06-2025_-_criacao_vaga_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4261/parecer_46-2025_-_plc_06-2025_-_criacao_vaga_farmaceutico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei Complementar nº 6/2025.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4262/parecer_47-2025_-_plc_05-2025_-_criacao_cargo_sup._hospitalar_e_gestor_qualidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4262/parecer_47-2025_-_plc_05-2025_-_criacao_cargo_sup._hospitalar_e_gestor_qualidade.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Complementar nº 5/2025.</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4263/parecer_48-2025_-_plo_31-2025_-_dia_do_evangelico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4263/parecer_48-2025_-_plo_31-2025_-_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 31/2025.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4264/parecer_49-2025_-_plo_32-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4264/parecer_49-2025_-_plo_32-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 33/2025.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4281/parecer_50-2025_-_plo_34-2025_-_credito_suplementar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4281/parecer_50-2025_-_plo_34-2025_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 34/2025.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/parecer_58-2025_-_plc_07-2025_-_criacao_vaga_farmaceutico_e_contrat._temporaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/parecer_58-2025_-_plc_07-2025_-_criacao_vaga_farmaceutico_e_contrat._temporaria.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei Complementar nº 07/2025.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/parecer_55-2025_-_plo_35-2025_-_credito_suplementar_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/parecer_55-2025_-_plo_35-2025_-_credito_suplementar_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 35/2025.</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 36/2025.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 37/2025.</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/parecer_52-2025_-_plj_01-2025_-_cria_programa_prefeito_mirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/parecer_52-2025_-_plj_01-2025_-_cria_programa_prefeito_mirim.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Jovem nº 1/2025.</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/parecer_53-2025_-_plj_02-2025_-_cria_o_dia_municipal_da_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/parecer_53-2025_-_plj_02-2025_-_cria_o_dia_municipal_da_cultura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Jovem nº 2/2025.</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/parecer_60-2025_-_pl_38-2025_-_denomina_rua_dr_alisson_angelo_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/parecer_60-2025_-_pl_38-2025_-_denomina_rua_dr_alisson_angelo_abreu.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 38/2025.</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/parecer_61-2025_-_pl_39-2025_-_denomina_rua_maria_eunice_rezende_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/parecer_61-2025_-_pl_39-2025_-_denomina_rua_maria_eunice_rezende_abreu.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 39/2025.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/parecer_62-2025_-_plo_40-2025_-_denomina_rua_antonio_custodio_de_vilas_boas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/parecer_62-2025_-_plo_40-2025_-_denomina_rua_antonio_custodio_de_vilas_boas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 40/2025.</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/parecer_63-2025_-_plo_41-2025_-_utilidade_publica_assoc._cultural_e_assist._flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/parecer_63-2025_-_plo_41-2025_-_utilidade_publica_assoc._cultural_e_assist._flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 41/2025.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/parecer_64-2025_-_plo_42-2025_-_auxilio-alimentacao_vereadores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/parecer_64-2025_-_plo_42-2025_-_auxilio-alimentacao_vereadores.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 42/2025.</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/parecer_66-2025_-_plo_46-2025_-_autoriz._protesto_extrajudicial_das_certidoes_de_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/parecer_66-2025_-_plo_46-2025_-_autoriz._protesto_extrajudicial_das_certidoes_de_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/parecer_65-2025_-_pre_02-2025_-_titulo_amigo_da_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/parecer_65-2025_-_pre_02-2025_-_titulo_amigo_da_saude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Resolução nº 2/2025.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/parecer_69-2025_-_plo_47-2025_-_contribuicao_financeira_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/parecer_69-2025_-_plo_47-2025_-_contribuicao_financeira_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/parecer_67-2025_-_plo_45-2025_-_refis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/parecer_67-2025_-_plo_45-2025_-_refis.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 45/2025.</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/parecer_70-2025_-_plo_44-2025_-_ppa_2026-29.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/parecer_70-2025_-_plo_44-2025_-_ppa_2026-29.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 44/2025.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Ordinária nº 48/2028.</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/parecer_76-2025_-_plo_43-2025_-_loa_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/parecer_76-2025_-_plo_43-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/parecer_77-2025_-_pl_50-2025_-_denomina_logradouro_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/parecer_77-2025_-_pl_50-2025_-_denomina_logradouro_publico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 50/2025.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/parecer_78-2025_-_pl_51-2025_-_denomina_logradouro_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/parecer_78-2025_-_pl_51-2025_-_denomina_logradouro_publico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 51/2025.</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/parecer_79-2025_-_pl_52-2025_-_denomina_logradouro_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/parecer_79-2025_-_pl_52-2025_-_denomina_logradouro_publico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 52/2025.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/parecer_80-2025_-_pl_53_-2025_-_credito_suplementar_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/parecer_80-2025_-_pl_53_-2025_-_credito_suplementar_saude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Casa ao Projeto de Lei nº 53/2025.</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/parecer_82-2025_-_plo_54-2025_-_credito_suplementar_-_superavit_excesso_e_anulacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/parecer_82-2025_-_plo_54-2025_-_credito_suplementar_-_superavit_excesso_e_anulacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 54/2025.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/parecer_87-2025_-_plo_55-2025_-_veda_nomeacao_de_pessoas_condenadas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/parecer_87-2025_-_plo_55-2025_-_veda_nomeacao_de_pessoas_condenadas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 55/2025.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/parecer_88-2025_-_pl_57-2025_-_credito_suplementar_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/parecer_88-2025_-_pl_57-2025_-_credito_suplementar_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 57/2025.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/parecer_89-2025_-_pl_56-2025_-_denominacao_ubs.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/parecer_89-2025_-_pl_56-2025_-_denominacao_ubs.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Ordinária nº 56/2025.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/parecer_90-2025_-_plo_58-2025_-_contribuicao_financeira_grupo_afroblack.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/parecer_90-2025_-_plo_58-2025_-_contribuicao_financeira_grupo_afroblack.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Ordinária nº 58/2025.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/parecer_92-2025_-_plo_60-2025_-_credito_suplementar_-_anulacao_superavit_e_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/parecer_92-2025_-_plo_60-2025_-_credito_suplementar_-_anulacao_superavit_e_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 60/2025.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/parecer_98-2025_-_substitutivo_ao_pl_59-2025_-_medidor_de_glicose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/parecer_98-2025_-_substitutivo_ao_pl_59-2025_-_medidor_de_glicose.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 59/2025.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/parecer_99-2025_-_pl_62-2025_-_denominacao_rua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/parecer_99-2025_-_pl_62-2025_-_denominacao_rua.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 62/2025.</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/parecer_100-2025_-_plo_63-2025_-_credito_suplementar_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/parecer_100-2025_-_plo_63-2025_-_credito_suplementar_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 63/2025.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>Parecer emitido pela assessoria jurídica da Câmara ao Projeto de Lei nº 64/2025.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/parecer_96-2025_-_pl_61-2025_-_gratificacao_por_assiduidade_-_docencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/parecer_96-2025_-_pl_61-2025_-_gratificacao_por_assiduidade_-_docencia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 61/2025.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/parecer_103-2025_-_pre_03-2025_-_alteracao_escola_do_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/parecer_103-2025_-_pre_03-2025_-_alteracao_escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Resolução nº 3/2025.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4748/parecer_102-2025_-_pre_04-2025_-_gincana_do_saber.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4748/parecer_102-2025_-_pre_04-2025_-_gincana_do_saber.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Resolução nº 4/2025.</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/parecer_104-2025_-_plc_09-2025_-_criacao_vaga_engenheiro.docx.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/parecer_104-2025_-_plc_09-2025_-_criacao_vaga_engenheiro.docx.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Complementar nº 9/2025.</t>
   </si>
   <si>
+    <t>4773</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4773/parecer_106-2025_-_pl_65_-2025_-_credito_suplementar.docx.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 65/2025.</t>
+  </si>
+  <si>
+    <t>4774</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4774/parecer_107-2025_-_plc_10-2025_-_criacao_vaga_engenheiro_e_contratacao_temporaria.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei Complementar nº 10/2025.</t>
+  </si>
+  <si>
+    <t>4787</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4787/parecer_107-2025_-_pl_66-2025_-alteracao_ldo.docx.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Assessoria Jurídica da Câmara ao Projeto de Lei nº 66/2025.</t>
+  </si>
+  <si>
+    <t>4794</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4794/parecer_108-2025_-_plc_11-2025_-_estrutura_esf_e_pacs.pdf</t>
+  </si>
+  <si>
+    <t>Parecer jurídico emitido pela assessoria jurídica da Câmara ao Projeto de Lei Complementar nº 11/2025.</t>
+  </si>
+  <si>
     <t>3727</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de LJR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 01/2025.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 01/2025.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3729/03_-_parecer_-_cljr_-_pl_02-2025_-_fornecimento_gratuito_de_material_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3729/03_-_parecer_-_cljr_-_pl_02-2025_-_fornecimento_gratuito_de_material_escolar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 02/2025.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3730/04_-_parecer_-_cljr_-_pl_03-2025_-_vencimento_servidores_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3730/04_-_parecer_-_cljr_-_pl_03-2025_-_vencimento_servidores_prefeitura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 03/2025.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3823/05_-_parecer_-_cljr_-_pl_05-2025_-_subvencao_social.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3823/05_-_parecer_-_cljr_-_pl_05-2025_-_subvencao_social.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 05/2025.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3824/06_-_parecer_-_cljr_-_pl_06-2025_-_contribuicao_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3824/06_-_parecer_-_cljr_-_pl_06-2025_-_contribuicao_sampe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 06/2025.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3825/07_-_parecer_-_cljr_-_pl_07-2025_-_revoga_dispositivo_lei_1679_-_eleicao_diretores_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3825/07_-_parecer_-_cljr_-_pl_07-2025_-_revoga_dispositivo_lei_1679_-_eleicao_diretores_escola.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 07/2025.</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3873/08_-_parecer_-_cljr_-_pl_08-2025_-_denomina_logradouro_-_benedito_alves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3873/08_-_parecer_-_cljr_-_pl_08-2025_-_denomina_logradouro_-_benedito_alves.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 08/2025.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3874/09_-_parecer_-_cljr_-_pl_09-2025_-_denomina_logradouro_-_maria_ines.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3874/09_-_parecer_-_cljr_-_pl_09-2025_-_denomina_logradouro_-_maria_ines.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 09/2025.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 010/2025.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3895/011_-_parecer_-_cljr_-_pl_011-2025_-_atendimento_prioritario_pacientes_hemodialise.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3895/011_-_parecer_-_cljr_-_pl_011-2025_-_atendimento_prioritario_pacientes_hemodialise.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 011/2025.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3896/012_-_parecer_-_cljr_-_plc_02-2025_-_cargo_de_tecnico_da_educacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3896/012_-_parecer_-_cljr_-_plc_02-2025_-_cargo_de_tecnico_da_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 02/2025.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3914/013_-_parecer_-_cljr_-_pr_01-2025_-_premio_mulher-cidada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3914/013_-_parecer_-_cljr_-_pr_01-2025_-_premio_mulher-cidada.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 01/2025.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3939/014_-_parecer_-_cljr_-_pl_012-2025_-_credito_especial_-_491.71408_-_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3939/014_-_parecer_-_cljr_-_pl_012-2025_-_credito_especial_-_491.71408_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 012/2025.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3940/015_-_parecer_-_cljr_-_pl_013-2025_-_credito_especial_-_61.200_-_cimasp.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3940/015_-_parecer_-_cljr_-_pl_013-2025_-_credito_especial_-_61.200_-_cimasp.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 013/2025.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3959/016_-_parecer_-_cljr_-_pl_014-2025_-_credito_suplementar_-_474.91328_-_restituicoes_trabalhistas_sentenca_judicial_e_contribuicao_apae.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3959/016_-_parecer_-_cljr_-_pl_014-2025_-_credito_suplementar_-_474.91328_-_restituicoes_trabalhistas_sentenca_judicial_e_contribuicao_apae.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 014/2025.</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_pl_15-2025_-_estagios_pos-graduacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_pl_15-2025_-_estagios_pos-graduacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 15/2025.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_pl_16-2025_-_chacaras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_pl_16-2025_-_chacaras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 16/2025.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_pl_19-2025_-_credito_suplementar_295.100_-_depart._agropecuario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_pl_19-2025_-_credito_suplementar_295.100_-_depart._agropecuario.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 19/2025.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_pl_20-2025_-_aumento_valor_auxilio-alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_pl_20-2025_-_aumento_valor_auxilio-alimentacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 20/2025.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_pl_21-2025_-_altera_lei_2070-2025_-_credito_especial_cimasp.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_pl_21-2025_-_altera_lei_2070-2025_-_credito_especial_cimasp.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 21/2025.</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4096/parecer_pl_22-2025_-_multa_pertubar_culto_religioso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4096/parecer_pl_22-2025_-_multa_pertubar_culto_religioso.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 22/2025.</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4097/parecer_-_cljr_-_pl_023-2025_-_gratificacao_motoristas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4097/parecer_-_cljr_-_pl_023-2025_-_gratificacao_motoristas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4098/parecer_pl_25-2025_-_bdmg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4098/parecer_pl_25-2025_-_bdmg.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 25/2025.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4132/025_-_parecer_-_cljr_-_pl_018-2025_-_hospital_de_gimirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4132/025_-_parecer_-_cljr_-_pl_018-2025_-_hospital_de_gimirim.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4133/026_-_parecer_-_cljr_-_pl_024-2025_-_edificacao_margens_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4133/026_-_parecer_-_cljr_-_pl_024-2025_-_edificacao_margens_rodovia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 24/2025.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4157/027_-_parecer_-_cljr_-_subemenda_a_emenda_ao_pl_023-2025_-_funcoes_gratificadas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4157/027_-_parecer_-_cljr_-_subemenda_a_emenda_ao_pl_023-2025_-_funcoes_gratificadas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação à Subemenda nº 1 à Emenda nº 1 ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4158/028_-_parecer_-_cljr_-_pl_17-2023_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4158/028_-_parecer_-_cljr_-_pl_17-2023_-_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 17/2025.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4178/029_-_parecer_-_cljr_-_pl_26-2025_-_contratacao_temporaria_medicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4178/029_-_parecer_-_cljr_-_pl_26-2025_-_contratacao_temporaria_medicos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 26/2025.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4179/030_-_parecer_-_cljr_-_pl_27-2025_-_subvencao_apae_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4179/030_-_parecer_-_cljr_-_pl_27-2025_-_subvencao_apae_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 27/2025.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4229/parecer_emendas_pl_17-2025_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4229/parecer_emendas_pl_17-2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação às Emendas apresentadas ao Projeto de Lei nº 17/2025.</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4230/parecer_pl_28-2025_-_valorizacao_artistas_locais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4230/parecer_pl_28-2025_-_valorizacao_artistas_locais.pdf</t>
   </si>
   <si>
     <t>Parece emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 28/2025.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4231/parecer_pl_29-2025_-_estacionamento_pessoas_especiais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4231/parecer_pl_29-2025_-_estacionamento_pessoas_especiais.pdf</t>
   </si>
   <si>
     <t>Parece emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 29/2025.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4232/parecer_pl_30-2025_-_contratacao_temporaia_fonoaudiologo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4232/parecer_pl_30-2025_-_contratacao_temporaia_fonoaudiologo.pdf</t>
   </si>
   <si>
     <t>Parece emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 30/2025.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4265/parecer_pl_32-2025_-__pecrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4265/parecer_pl_32-2025_-__pecrock.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 32/2025.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4266/parecer_pl_33-2025_-_credito_suplementar_1.243.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4266/parecer_pl_33-2025_-_credito_suplementar_1.243.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 33/2025.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4267/parecer_plc_5-2025_-_supervisor_hospitalar_e_gestor_de_qualidde.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4267/parecer_plc_5-2025_-_supervisor_hospitalar_e_gestor_de_qualidde.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 5/2025.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4307/parecer_plc_4-2025_-_carga_horaria_nutricionista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4307/parecer_plc_4-2025_-_carga_horaria_nutricionista.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 4/2025.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4308/parecer_pl_31-2025_-_dia_do_evangelico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4308/parecer_pl_31-2025_-_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 31/2025.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4309/parecer_pl_34-2025_-_credito_suplementar_1.600.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4309/parecer_pl_34-2025_-_credito_suplementar_1.600.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 34/2025.</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4310/parecer_pl_35-2025_-_credito_suplementar_1.136.82768.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4310/parecer_pl_35-2025_-_credito_suplementar_1.136.82768.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 35/2025.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4311/parecer_pl_36_-_2025_-_credito_suplementar_396.700.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4311/parecer_pl_36_-_2025_-_credito_suplementar_396.700.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 36/2025.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4312/parecer_pl_37-2025_-_credito_especial_480.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4312/parecer_pl_37-2025_-_credito_especial_480.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 37/2025.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/parecer_plc_7-2025_-_cargo_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/parecer_plc_7-2025_-_cargo_farmaceutico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 7/2025.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/parecer_pl_38-2025_-_rua_dr._alisson_angelo_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/parecer_pl_38-2025_-_rua_dr._alisson_angelo_abreu.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 38/2025.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/parecer_pl_39-2025_-_rua_maria_eunice_rezende_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/parecer_pl_39-2025_-_rua_maria_eunice_rezende_abreu.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 39/2025.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/parecer_pl_40-2025_-_rua_antonio_custodio_de_vilas_boas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/parecer_pl_40-2025_-_rua_antonio_custodio_de_vilas_boas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 40/2025.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 41/2025.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/parecer_pl_42-2025_-_auxilio_alimentacao_vereadores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/parecer_pl_42-2025_-_auxilio_alimentacao_vereadores.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 42/2025.</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/parecer_pl_46-2025_-_cobranca_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/parecer_pl_46-2025_-_cobranca_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/parecer_pr_2-2025_-_titulo_amigo_de_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/parecer_pr_2-2025_-_titulo_amigo_de_pedralva.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 2/2025.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/parecer_pl_47-2025_-_contribuicao_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/parecer_pl_47-2025_-_contribuicao_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação às Emendas apresentadas ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/parecer_pl_43-2025_-_loa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/parecer_pl_43-2025_-_loa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/parecer_pl_44-2025_-_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/parecer_pl_44-2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 44/2025.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/parecer_pl_50-2025_-_nome_rua__marco_lisboa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/parecer_pl_50-2025_-_nome_rua__marco_lisboa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 50/2025.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/parecer_pl_51-2025_-_rua_nelson_rocha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/parecer_pl_51-2025_-_rua_nelson_rocha.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 51/2025.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/parecer_pl_52_-_2025_-_rua_joffre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/parecer_pl_52_-_2025_-_rua_joffre.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 52/2025.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/parecer_pl_53-2025_-_credito_suplementar_saude_357.800.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/parecer_pl_53-2025_-_credito_suplementar_saude_357.800.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 53/2025.</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/parecer_pl_54-2025_-_credito_suplementar_educacao_-_260.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/parecer_pl_54-2025_-_credito_suplementar_educacao_-_260.00000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 54/2025.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/parecer_pl_55-2025_-_veda_nomeacao_cargo_publico_condenados_por_crimes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/parecer_pl_55-2025_-_veda_nomeacao_cargo_publico_condenados_por_crimes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 55/2025.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/parecer_pl_56-2025_-_denominacao_ubs_vintem_e_centro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/parecer_pl_56-2025_-_denominacao_ubs_vintem_e_centro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 56/2025.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/parecer_pl_57-2025_-_credito_suplementar_-_calcamento_e_praca_rua_maria_cibele.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/parecer_pl_57-2025_-_credito_suplementar_-_calcamento_e_praca_rua_maria_cibele.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 57/2025.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/parecer_pl_58-2025_-_contribuicao_financeira_festival_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/parecer_pl_58-2025_-_contribuicao_financeira_festival_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 58/2025.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/parecer_emendas_4_5_e_6_-_plc_8-2025_-_codigo_de_edificacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/parecer_emendas_4_5_e_6_-_plc_8-2025_-_codigo_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação às Emenda nº 4, 5 e 6 ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/parecer_pl_60-2025_-_credito_suplementar_1.239.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/parecer_pl_60-2025_-_credito_suplementar_1.239.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 60/2025.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/parecer_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/parecer_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 63/2025.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/parecer_pl_59-2025_-_dispositivo_medir_glicose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/parecer_pl_59-2025_-_dispositivo_medir_glicose.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 59/2025.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 62/2025.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 63/2025.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 64/2025.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/parecer_plc_9-2025_-_cargo_de_engenheiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/parecer_plc_9-2025_-_cargo_de_engenheiro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei Complementar nº 9/2025.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4751/parecer_pl_61-2025_-_gratificaca_assiduidade_docencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4751/parecer_pl_61-2025_-_gratificaca_assiduidade_docencia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 61/2025.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4752/parecer_pr_3-2025_-_veda_reeleicao_camara_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4752/parecer_pr_3-2025_-_veda_reeleicao_camara_jovem.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 3/2025.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4753/parecer_pr_4-2025_-_gincana_do_saber.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4753/parecer_pr_4-2025_-_gincana_do_saber.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Resolução nº 4/2025.</t>
   </si>
   <si>
+    <t>4775</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4775/parecer_pl_65-2025_-_credito_suplementar_938.79355.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 65/2025.</t>
+  </si>
+  <si>
+    <t>4788</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4788/parecer_pl_66-2025_-_alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 66/2025.</t>
+  </si>
+  <si>
     <t>3731</t>
   </si>
   <si>
     <t>PCFOF</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de FOFF</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 01/2025.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 02/2025.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3769/03_-_parecer_cfoff_-_pl_03_-_2025_-_revisao_geral_-_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3769/03_-_parecer_cfoff_-_pl_03_-_2025_-_revisao_geral_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 03/2025.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3826/04_-_parecer_cfoff_-_pl_05_-_2025_-_subvencao_entidades.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3826/04_-_parecer_cfoff_-_pl_05_-_2025_-_subvencao_entidades.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 05/2025.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3828/05_-_parecer_cfoff_-_pl_06_-_2025_-_contribuicao_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3828/05_-_parecer_cfoff_-_pl_06_-_2025_-_contribuicao_sampe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 06/2025.</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3915/06_-_parecer_cfoff_-_pr_01_-_2025_-_homenagem_mulheres.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3915/06_-_parecer_cfoff_-_pr_01_-_2025_-_homenagem_mulheres.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Resolução nº 1 de 2025.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3941/07_-_parecer_cfoff_-_pl_12_-_2025_-_credito_especial_-_santa_casa_-_491.71408.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3941/07_-_parecer_cfoff_-_pl_12_-_2025_-_credito_especial_-_santa_casa_-_491.71408.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 12/2025.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3942/08_-_parecer_cfoff_-_pl_13_-_2025_-_credito_especial_-_cimasp_-_61.20000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3942/08_-_parecer_cfoff_-_pl_13_-_2025_-_credito_especial_-_cimasp_-_61.20000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 13/2025.</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3996/09_-_parecer_cfoff_-_pl_13_-_2025_-_credito_suplementar_-_474.91328.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3996/09_-_parecer_cfoff_-_pl_13_-_2025_-_credito_suplementar_-_474.91328.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 14/2025.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4061/10_-_parecer_cfoff_-_pl_20_-_2025_-_aumento_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4061/10_-_parecer_cfoff_-_pl_20_-_2025_-_aumento_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 20/2025.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4062/11_-_parecer_cfoff_-_pl_21_-_2025_-_altera_lei_credito_suplementar_-_cimasp.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4062/11_-_parecer_cfoff_-_pl_21_-_2025_-_altera_lei_credito_suplementar_-_cimasp.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 21/2025.</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4100/12_-_parecer_cfoff_-_pl_19_-_2025_-__credito_suplementar_295.100_-_implementos_agricola_e_equipamentos_creche.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4100/12_-_parecer_cfoff_-_pl_19_-_2025_-__credito_suplementar_295.100_-_implementos_agricola_e_equipamentos_creche.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 19/2025.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4101/13_-_parecer_cfoff_-_pl_25_-_2025_-__bdmg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4101/13_-_parecer_cfoff_-_pl_25_-_2025_-__bdmg.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 25/2025.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4134/15_-_parecer_cfoff_-_pl_022-2025_-_pertubacao_culto_religioso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4134/15_-_parecer_cfoff_-_pl_022-2025_-_pertubacao_culto_religioso.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 22/2025.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4135/14_-_parecer_cfoff_-_pl_23_-_2025_-__gratificacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4135/14_-_parecer_cfoff_-_pl_23_-_2025_-__gratificacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4160/16_-_parecer_cfoff_-_pl_018-2025_-_hospital_gimirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4160/16_-_parecer_cfoff_-_pl_018-2025_-_hospital_gimirim.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4181/17_-_parecer_cfoff_-_pl_026-2025_-_contratacao_medicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4181/17_-_parecer_cfoff_-_pl_026-2025_-_contratacao_medicos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 26/2025.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4182/18_-_parecer_cfoff_-_pl_027-2025_-_sub_apae_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4182/18_-_parecer_cfoff_-_pl_027-2025_-_sub_apae_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 27/2025.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4206/19_-_parecer_cfoff_-_pl_017-2025_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4206/19_-_parecer_cfoff_-_pl_017-2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 17/2025.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4234/20_-_parecer_cfoff_-_pl_028-2025_-_valorizacao_artistas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4234/20_-_parecer_cfoff_-_pl_028-2025_-_valorizacao_artistas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 28/2025 e ao Substitutivo nº 1 ao Projeto de Lei nº 28/2025.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4269/22_-_parecer_cfoff_-_pl_032-2025_-_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4269/22_-_parecer_cfoff_-_pl_032-2025_-_pedrock.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 32/2025.</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4271/23_-_parecer_cfoff_-_pl_033-2025_-_credito_1.243.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4271/23_-_parecer_cfoff_-_pl_033-2025_-_credito_1.243.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 33/2025.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4282/24_-_parecer_cfoff_-_prestacao_de_contas_-_exercicio_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4282/24_-_parecer_cfoff_-_prestacao_de_contas_-_exercicio_2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira às Contas do Poder Executivo Municipal - Exercício de 2023.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4313/25_-_parecer_cfoff_-_pl_034-2025_-_credito_bdmg_1.600.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4313/25_-_parecer_cfoff_-_pl_034-2025_-_credito_bdmg_1.600.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 34/2025.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4314/26_-_parecer_cfoff_-_pl_035-2025_-_credito_suplementar_1.136.82768.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4314/26_-_parecer_cfoff_-_pl_035-2025_-_credito_suplementar_1.136.82768.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 35/2025.</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4315/27_-_parecer_cfoff_-_pl_036-2025_-_credito_suplementar_396.700.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4315/27_-_parecer_cfoff_-_pl_036-2025_-_credito_suplementar_396.700.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 36/2025.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4316/28_-_parecer_cfoff_-_pl_037-2025_-_credito_especial_480.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4316/28_-_parecer_cfoff_-_pl_037-2025_-_credito_especial_480.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 37/2025.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/29_-_parecer_cfoff_-_plc_07-2025_-_cria_cargo_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/29_-_parecer_cfoff_-_plc_07-2025_-_cria_cargo_farmaceutico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei Complementar nº 7/2025.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/30_-_parecer_cfoff_-_pl_42-2025_-_auxilio-alimentacao_vereadores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/30_-_parecer_cfoff_-_pl_42-2025_-_auxilio-alimentacao_vereadores.pdf</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/34_-_parecer_cfoff_-_pl_53-2025_-_credito_suplementar_saude_-_veiculo_e_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/34_-_parecer_cfoff_-_pl_53-2025_-_credito_suplementar_saude_-_veiculo_e_esf.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 53/2025.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/35_-_parecer_cfoff_-_pl_54-2025_-_credito_suplementar_260.000_-_educacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/35_-_parecer_cfoff_-_pl_54-2025_-_credito_suplementar_260.000_-_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 54/2025.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/36_-_parecer_cfoff_-_plc_8-2025_-_codigo_de_edificacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/36_-_parecer_cfoff_-_plc_8-2025_-_codigo_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/37_-_parecer_cfoff_-_pl_57-2025_-_credito_suplementar_rua_e_praca_maria_cibele.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/37_-_parecer_cfoff_-_pl_57-2025_-_credito_suplementar_rua_e_praca_maria_cibele.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 57/2025.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/38_-_parecer_cfoff_-_pl_58-2025_-_festa_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/38_-_parecer_cfoff_-_pl_58-2025_-_festa_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei Ordinária nº 58/2025.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/39_-_parecer_cfoff_-_pl_44-2025_-_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/39_-_parecer_cfoff_-_pl_44-2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 44/2025.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/40_-_parecer_cfoff_-_pl_60-2025_-_credito_suplementar_1.239.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/40_-_parecer_cfoff_-_pl_60-2025_-_credito_suplementar_1.239.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 60/2025.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/41_-_parecer_cfoff_-_pl_43-2025_-_loa_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/41_-_parecer_cfoff_-_pl_43-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/42_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/42_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira as Emenda Impositivas -  Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/43_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/43_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 63/2025.</t>
   </si>
   <si>
+    <t>4789</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4789/45_-_parecer_cfoff_-_pl_66-2025_-_alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 66/2025.</t>
+  </si>
+  <si>
+    <t>4790</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4790/44_-_parecer_cfoff_-_pl_61-2025_-_gratificacao_assiduidade_professores.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 61/2025.</t>
+  </si>
+  <si>
+    <t>4792</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4792/46_-_parecer_cfoff_-_pl_65-2025_-_credito_suplementar_938.79355.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela comissão de Finanças, Orçamento e Fiscalização Financeira ao Projeto de Lei nº 65/2025.</t>
+  </si>
+  <si>
     <t>3733</t>
   </si>
   <si>
     <t>PCSPO</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de SPOAM</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei Complementar nº 01/2025.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 08/2025.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3877/03_-_parecer_pl_09-2025_-_nome_de_rua_-_maria_ines_bustamante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3877/03_-_parecer_pl_09-2025_-_nome_de_rua_-_maria_ines_bustamante.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 09/2025.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3878/04_-_parecer_pl_010-2025_-_nome_de_rua_-_joaquim_ribeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3878/04_-_parecer_pl_010-2025_-_nome_de_rua_-_joaquim_ribeiro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 010/2025.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4058/05_-_parecer_pl_015-2025_-_estagio_de_pos-graduacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4058/05_-_parecer_pl_015-2025_-_estagio_de_pos-graduacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 15/2025.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4059/06_-_parecer_pl_016-2025_-_revoga_lei_chacramento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4059/06_-_parecer_pl_016-2025_-_revoga_lei_chacramento.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 16/2025.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4136/07_-_parecer_pl_022-2025_-_multa_pertubacao_templo_religioso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4136/07_-_parecer_pl_022-2025_-_multa_pertubacao_templo_religioso.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 22/2025.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4137/08_-_parecer_pl_023-2025_-_gratificacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4137/08_-_parecer_pl_023-2025_-_gratificacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4138/09_-_parecer_pl_024-2025_-_faixa_edificavel_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4138/09_-_parecer_pl_024-2025_-_faixa_edificavel_rodovia.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 24/2025.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4183/10_-_parecer_pl_026-2025_-_contratacao_medicos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4183/10_-_parecer_pl_026-2025_-_contratacao_medicos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 26/2025.</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4236/11_-_parecer_pl_30-2025_-_contratacao_tempo_determinado_fono.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4236/11_-_parecer_pl_30-2025_-_contratacao_tempo_determinado_fono.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 30/2025.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4317/12_-_parecer_plc_04-2025_-_reducao_carga_horaria_nutricionista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4317/12_-_parecer_plc_04-2025_-_reducao_carga_horaria_nutricionista.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei Complementar nº 4/2025.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/13_-_parecer_plc_07-2025_-_cria_vaga_de_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/13_-_parecer_plc_07-2025_-_cria_vaga_de_farmaceutico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao PLC nº 7/2025.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/14_-_parecer_pl_38-2025_-_rua_alisson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/14_-_parecer_pl_38-2025_-_rua_alisson.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 38/2025.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/15_-_parecer_pl_39-2025_-_rua_eunice.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/15_-_parecer_pl_39-2025_-_rua_eunice.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 39/2025.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/16_-_parecer_pl_40-2025_-_rua_custodiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/16_-_parecer_pl_40-2025_-_rua_custodiao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 40/2025.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/17_-_parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/17_-_parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 41/2025.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/18_-_parecer_pr_2-2025_-_titulo_de_amigo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/18_-_parecer_pr_2-2025_-_titulo_de_amigo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Resolução nº 2/2025.</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 42/2025.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 46/2025.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei Complementar nº 8 de 2025.</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/22_-_parecer_pl_50_-_2025_-_rua_marcos_lisboa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/22_-_parecer_pl_50_-_2025_-_rua_marcos_lisboa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 50/2025.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/23_-_parecer_pl_51_-_2025_-_rua_nelson_rocha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/23_-_parecer_pl_51_-_2025_-_rua_nelson_rocha.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 51/2025.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/24_-_parecer_pl_52_-_2025_-_rua_joffre_mohallem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/24_-_parecer_pl_52_-_2025_-_rua_joffre_mohallem.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 52/2025.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/25_-_parecer_pl_56_-_2025_-_denominacao_ubs_vintem_e_centro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/25_-_parecer_pl_56_-_2025_-_denominacao_ubs_vintem_e_centro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 56/2025.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/26_-_parecer_pl_57_-_2025_-_credito_suplementar_-_rua_e_praca_maria_cibele.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/26_-_parecer_pl_57_-_2025_-_credito_suplementar_-_rua_e_praca_maria_cibele.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 57/2025.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/27_-_parecer_emenda_4_plc_8_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/27_-_parecer_emenda_4_plc_8_-_2025.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal à Emenda nº 4 ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/28_-_parecer_emenda_5_plc_8_-_2025.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/28_-_parecer_emenda_5_plc_8_-_2025.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal à Emenda nº 5 ao Projeto de Lei Complementar nº 8/2025.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/29_-_parecer_pl_55_-_2025_-_vedacao_contraacao_de_pessoa_condenada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/29_-_parecer_pl_55_-_2025_-_vedacao_contraacao_de_pessoa_condenada.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 55/2025.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/30_-_parecer_pl_44_-_2025_-_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/30_-_parecer_pl_44_-_2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 44/2025.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/31_-_parecer_pl_62_-_2025_-_nome_rua_vianas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/31_-_parecer_pl_62_-_2025_-_nome_rua_vianas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 62/2025.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/32_-_parecer_pl_43_-_2025_-_loa_2026.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/32_-_parecer_pl_43_-_2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Serviços Públicos, Obras e Administração Municipal ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>PCOES</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente da OESC</t>
   </si>
   <si>
     <t>COESC - Comissão da Ordem Econômica, Social e Cultural</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 02/2025.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 07/2025.</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3899/03_-_parecer_pl_011-2025_-_atendimento_prioritario_pacientes_de_hemodialise.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3899/03_-_parecer_pl_011-2025_-_atendimento_prioritario_pacientes_de_hemodialise.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 11/2025.</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3916/04_-_parecer_pr_1-2025_-_premio_mulher_cidada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3916/04_-_parecer_pr_1-2025_-_premio_mulher_cidada.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Resolução nº 1/2025.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4161/05_-_parecer_pl_18-2025_-_hospital_gimirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4161/05_-_parecer_pl_18-2025_-_hospital_gimirim.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4162/06_-_parecer_a_emenda_no_1_ao_pl_18-2025_-_hospital_gimirim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4162/06_-_parecer_a_emenda_no_1_ao_pl_18-2025_-_hospital_gimirim.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural à Emenda nº 1 ao Projeto de Lei nº 18/2025.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4237/07_-_parecer_pl_28-2025_-_valorizacao_artistas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4237/07_-_parecer_pl_28-2025_-_valorizacao_artistas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 28/2025 e ao Substitutivo nº 1 ao Projeto de Lei nº 28/2025.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4238/08_-_parecer_pl_29-2025_-_vaga_estacionamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4238/08_-_parecer_pl_29-2025_-_vaga_estacionamento.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 29/2025.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4239/09_-_parecer_a_emenda_no_1_ao_pl_29-2025_-_vaga_estacionamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4239/09_-_parecer_a_emenda_no_1_ao_pl_29-2025_-_vaga_estacionamento.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural a Emenda nº 1 ao Projeto de Lei nº 29/2025.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4270/10_-_parecer_pl_32-2025_-_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4270/10_-_parecer_pl_32-2025_-_pedrock.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 32/2025.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 31/2025.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 47/2025.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 49/2025.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/14_-_parecer_pl_58-2025_-_festa_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/14_-_parecer_pl_58-2025_-_festa_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei Ordinária nº 58/2025.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/15_-_parecer_pl_44-2025_-_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/15_-_parecer_pl_44-2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Lei nº 44/2025.</t>
   </si>
   <si>
+    <t>4756</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4756/18_-_parecer_pr_3-2025_-_reeleicao_camara_jovem.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Resolução nº 3/2025.</t>
+  </si>
+  <si>
+    <t>4757</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4757/18_-_parecer_pr_4-2025_-_gincana_do_saber.pdf</t>
+  </si>
+  <si>
+    <t>Parecer emitido pela Comissão da Ordem Econômica, Social e Cultural ao Projeto de Resolução nº 4/2025.</t>
+  </si>
+  <si>
     <t>3897</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Parecer de Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo relator da Comissão Especial nomeada através da Portaria nº 11/2025 à Proposta de Emenda à LOM nº 1/2025.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pelo Presidente da Comissão Especial, nomeada através da Portaria nº 011/2025, a Emenda à LOM nº 1/2025.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão Especial, nomeada pela Portaria nº 17/2025, à Proposta de Emenda à LOM nº 2/2025.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>ED</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf</t>
   </si>
   <si>
     <t>Edital - Audiência Pública - Lei de Diretrizes Orçamentárias.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/edital_-_ap_-_codigo_de_edificacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/edital_-_ap_-_codigo_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Edital de Convocação - Audiência Pública - Código Municipal de Edificações.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/edital_-_loa_e_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/edital_-_loa_e_ppa.pdf</t>
   </si>
   <si>
     <t>Edital de Convocação - Audiência Pública - LOA 2026 e PPA 2026 a 2029</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>PCont</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf</t>
   </si>
   <si>
     <t>Parecer prévio do Tribunal de Contas sobre as contas do ex-prefeito Josimar Silva de Freitas, referente ao exercício de 2023.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>SubEm</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Subemenda nº 1 apresentada à Emenda nº 1 ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>EmImp</t>
   </si>
   <si>
     <t>Emenda Impositiva Individual e de bancada</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/01_-_emenda_impositiva_individual_-_alexandre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/01_-_emenda_impositiva_individual_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 1 - Vereador Alexandre Jhonatan de Souza - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/02_-_emenda_impositiva_individual_-_carlinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/02_-_emenda_impositiva_individual_-_carlinho.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 2 - Vereador Carlos Alberto Vilas Boas - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/03_-_emenda_impositiva_individual_-_david.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/03_-_emenda_impositiva_individual_-_david.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 3 - Vereador David Moisés Veloso - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/04_-_emenda_impositiva_individual_-_deildo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/04_-_emenda_impositiva_individual_-_deildo.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 4 - Vereador Deildo Nunes Pereira - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/05_-_emenda_impositiva_individual_-_jerson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/05_-_emenda_impositiva_individual_-_jerson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 5 - Vereador Jerson Papi de Sousa - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/06_-_emenda_impositiva_individual_-_jose_paulo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/06_-_emenda_impositiva_individual_-_jose_paulo.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 6 - Vereador José Paulo da Silva - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/07_-_emenda_impositiva_individual_-_ketrym.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/07_-_emenda_impositiva_individual_-_ketrym.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 7 - Vereadora Ketrym Maria Rodrigues - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/08_-_emenda_impositiva_individual_-_luiz_felipe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/08_-_emenda_impositiva_individual_-_luiz_felipe.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 8 - Vereador Luiz Felipe Silva dos Reis - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/09-_emenda_impositiva_individual_-_nei.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/09-_emenda_impositiva_individual_-_nei.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 9 - Vereador Valdinei de Paula Silva - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
     <t>PSD</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/10_-_emenda_impositiva_de_bancada_-_psd.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/10_-_emenda_impositiva_de_bancada_-_psd.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 10 - Bancada do PSD - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>UNIÂO</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/11_-_emenda_impositiva_de_bancada_-_uniao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/11_-_emenda_impositiva_de_bancada_-_uniao.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 11 - Bancada UNIÂO - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/12_-_emenda_impositiva_de_bancada_-_pt.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/12_-_emenda_impositiva_de_bancada_-_pt.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 12 - Bancada do PT - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/13_-_emenda_impositiva_de_bancada_-_pp.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/13_-_emenda_impositiva_de_bancada_-_pp.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 13 - Bancada PP - Ao Projeto de Lei nº 43/2025 - Lei Orçamentária Anual.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12197,67 +12635,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3688/01_-_projeto_de_lei_no_01-2025_-_reajuste_funcionarios_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3689/02_-_projeto_de_lei_no_02-2025_-_fornecimento_de_materiais_escolar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3690/03_-_projeto_de_lei_no_03-2025_-_reajuste_funcionarios_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3735/04_-_projeto_de_lei_no_04-2025_-_prevencao_e_combate_moscas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3789/05_-_projeto_de_lei_no_05-2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3790/06_-_projeto_de_lei_no_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3791/07_-_projeto_de_lei_no_07-2025_-_revoga_paragrafo_unico_-_art._7_-_lei_1679-2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3851/08_-_projeto_de_lei_no_08-2025_-_nome_de_rua_-_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3852/09_-_projeto_de_lei_no_09-2025_-_nome_de_rua_-_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3853/10_-_projeto_de_lei_no_010-2025_-_nome_de_rua_-_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3854/11_-_projeto_de_lei_no_011-2025_-_atendimento_prioridade_no_atendimento_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3917/12_-_projeto_de_lei_no_012-2025_-_credito_especial_491.71408_-_servicos_de_media_e_alta_complexidade_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3918/13_-_projeto_de_lei_no_013-2025_-_credito_especial_61.200_-_rateio_consorcio_publico_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3957/14_-_projeto_de_lei_no_014-2025_-_credito_suplementar_474.91325_-_indenizacoes_-_sentenc_judic_contribuicoes_ent_portad_deficienc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3997/15_-_projeto_de_lei_no_015-2025_-_estagiario_pos-graduacao_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3998/16_-_projeto_de_lei_no_016-2025_-_revoga_lei_1676-2016_chacaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3999/17_-_projeto_de_lei_no_017-2025_-_ldo_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4000/18_-_projeto_de_lei_no_018-2025_-_tranferir_recursos_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4001/19_-_projeto_de_lei_no_019-2025_-_credito_suplementar_295.100_-_departamento_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4002/20_-_projeto_de_lei_no_020-2025_-_aumento_do_valor_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4003/21_-_projeto_de_lei_no_021-2025_-_alteracao_lei_2070_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4022/22_-_projeto_de_lei_no_022-2025_-_sancao_pertubacao_cultos_e_cerimonias_religiosas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4023/23_-_projeto_de_lei_no_023-2025_-_gratificacao_motoristas_e_servidores_efetivos_-_responsavel_por_setores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4064/24_-_projeto_de_lei_no_024-2025_-_faixa_de_dominio_publico__rodovias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4079/25_-_projeto_de_lei_no_025-2025_-_financiamento_bdmg.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4174/26_-_projeto_de_lei_no_026-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4175/27_-_projeto_de_lei_no_027-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4192/28_-_projeto_de_lei_no_028-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4209/29_-_projeto_de_lei_no_029-2025_-_reserva_de_vagas_estacionamento_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4221/30_-_projeto_de_lei_no_030-2025_-_contratacao_temporaria_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4224/31_-_projeto_de_lei_no_031-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4248/32_-_projeto_de_lei_no_032-2025_-_contribuicao_pedrock.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4249/33_-_projeto_de_lei_no_033-2025_-_credito_suplementar_1.243.000_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4268/34_-_projeto_de_lei_no_034-2025_-_credito_suplementar_1.600.000_-_veiculos-maquinas_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4284/35_-_projeto_de_lei_no_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4285/36_-_projeto_de_lei_no_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4286/37_-_projeto_de_lei_no_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/38_-_projeto_de_lei_no_038-2025_-_nome_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/39_-_projeto_de_lei_no_039-2025_-_nome_rua_eunice_rezende.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/40_-_projeto_de_lei_no_040-2025_-_nome_rua_antonio_custodio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/41_-_projeto_de_lei_no_041-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/42_-_projeto_de_lei_no_042-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/43_-_projeto_de_lei_no_043-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/44_-_projeto_de_lei_no_044-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/45_-_projeto_de_lei_no_045-2025_-__debitos_fiscais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/46_-_projeto_de_lei_no_046-2025_-__protesto_extrajudicial_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/47_-_projeto_de_lei_no_047-2025_-__contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/50_-_projeto_de_lei_50_-_2025_-_rua_jose_marcos_de_abreu_lisboa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/51_-_projeto_de_lei_51_-_2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/52_-_projeto_de_lei_52_-_2025_-_rua_joffre_mohallem.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/53_-_projeto_de_lei_53_-_2025_-_credito_suplementar_357.800_saude.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/54_-_projeto_de_lei_54_-_2025_-_credito_suplementar_260.000_educacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/55_-_projeto_de_lei_55_-_2025_-_veda_nomeacao_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/56_-_projeto_de_lei_56_-_2025_-_denomina_ubs_vintem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/57_-_projeto_de_lei_57_-_2025_-_credito_suplementar_124.35429.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/58_-_projeto_de_lei_58_-_2025_-_contribuicao_financeira_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/59_-_projeto_de_lei_59_-_2025_-_monitor_diabetes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/60_-_projeto_de_lei_60_-_2025_-_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/61_-_projeto_de_lei_61_-_2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/62_-_projeto_de_lei_62_-_2025_-_nome_rua_-_maria_de_lourdes_sabino_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/63_-_projeto_de_lei_63_-_2025_-_credito_suplementar_180.00000.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/64_-_projeto_de_lei_64_-_2025_-_divulgacao_de_emendas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3687/01_-_projeto_de_lei_no_01-2025_-_altera_escolaridade_-_diretores_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3788/02_-_projeto_de_lei_complementar_no_02-2025_-_cria_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4024/03_-_projeto_de_lei_complementar_no_03-2025_-_cria_cargo_de_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4222/04_-_projeto_de_lei_complementar_no_04-2025_-_diminui_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4251/05_-_projeto_de_lei_complementar_no_05-2025_-_cargo_supervisor_hospitalar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/65_-_projeto_de_lei_complementar_9_-_2025_-_cargo_engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/03_-_projeto_de_resolucao_no_3-2025_-_mudanca_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/04_-_projeto_de_resolucao_no_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/pdl_6-2025_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/substitutivo_01_ao_pl_59-2025_-_dispositivo_monitoramento_glicose.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3674/01_-_requerimento_-_06-01-2025_-_pedindo_reapresentar_projetos_regulamenta_insalubridade_e_insentivo_financeiro_profissionais_saude.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3675/02_-_requerimento_-_06-01-2025_-_trecho_estrada_anhumas_-_liga_avenida_antonio_fermino.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3676/03_-_requerimento_-_06-01-2025_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3677/04_-_requerimento_-_06-01-2025_-_lixeira_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3678/05_-_requerimento_-_06-01-2025_-_santo_antonio_-_estrada_perto_dra._luiza.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3679/06_-_requerimento_-_06-01-2025_-_estrada_angu_-_proximo_propriedade_da_elis.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3680/07_-_requerimento_-_06-01-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3681/08_-_requerimento_-_06-01-2025_-_ponte_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3682/09_-_requerimento_-_06-01-2025_-_informar_quais_sao_os_secretarios_e_diretores_de_departamento.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3683/01_-_requerimento_06-01-2025_-_melhoria_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3684/01_-_requerimento_-_06-01-2025_-_bebedouro_parquinho_ao_lado_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3685/02_-_requerimento_-_06-01-2025_-_locais_para_instalacao_de_bicicletario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3691/010_-_requerimento_-_13-01-2025_-_sede_estrategia_saude_familia_lagoa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3692/011_-_requerimento_-_13-01-2025_-_rocagem_barranco_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3693/012_-_requerimento_-_13-01-2025_-_muro_de_arrimo_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3694/013_-_requerimento_-_13-01-2025_-_rocagem_mato_limpeza_ruas.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3695/01_-_requerimento_-_13-01-2025_-_contratacao_de_pediatra_e_agronomo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3696/016_-_requerimento_-_13-01-2025_-_manutencao_pipa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3697/015_-_requerimento_-_13-01-2025_-_manutencao_estrada_estrada_paulino_baixadao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3698/014_-_requerimento_-_13-01-2025_-_estrada_baixadao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3699/017_-_requerimento_-_13-01-2025_-_grade_protecao_bueiro_rua_prf_claudio_bustamante.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3706/04_-_requerimento_13-01-2025_-_alecrim.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3707/05_-_requerimento_13-01-2025_-__cemiterio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3708/04_-_requerimento_13-01-2025_-_buracos_rua_josimo_tome.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3709/03_-_requerimento_13-01-2025_-_tiao_pereira_cafarnaum.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3710/02_-_requerimento_13-01-2025_-_limpeza_calcada_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3711/01_-_requerimento_13-01-2025_-_coleta_lixo_pitangueiras_e_contendas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3712/021_-_requerimento_-_13-01-2025_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3713/020_-_requerimento_-_13-01-2025_-_mato_beirada_rua_rua_doutor_macedo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3714/019_-_requerimento_-_13-01-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3715/04_-_requerimento_13_01_2025_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3716/03_-_requerimento_13_01_2024_boeiro_na_pipa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3717/05_-_requerimento_13_01_2025_esf_lagoa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3718/02_-_requerimento_-_13-01-2025_-_rua_dona_maria_cibele_problemas_de_escoamento_de_chuva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3719/022_-_requerimento_-_13-01-2025_-_casas_popular.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3720/06_-_requerimento_13-01-2025_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3738/023_-_requerimento_-_21-01-2025_-_terminar_de_asfaltar_av._flavio_antonio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3739/024_-_requerimento_-_21-01-2025_-_boeiro_final__avenida_sebastiao_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3740/025_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-tamandua.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3759/05_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-_tamandua.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3760/01_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3762/02_-_requerimento_21-01-2025_-_estrada_sertaozinho_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3763/03_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_tres_paineiras.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3764/04_-_requerimento_21-01-2025_-_calcamento_rua_de_acesso_localidade_conhecida_como_geraldo_de_deus.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3765/05_-_requerimento_21-01-2025_-_manutencao_estrada_cidade_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3766/01_-_requerimento_bairro_pedrao_estrada_de_acesso_a_pedra_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3767/02_-_requerimento_bairro_correas_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3770/033_-_requerimento_-_27-01-2025_-_cortar_arvore_no_bairro_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3771/06_-_requerimento_27-01-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3772/03_-_requerimento_27-01-2024_-_urgencia_especial_pl_03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3773/04_-_requerimento_-_27-01-2025_-_cruzamento_campestre.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3774/05_-_requerimento_-_27-01-2025_-_reformar_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3775/034_-_requerimento_-_27-01-2025_-_aplicacao_do_decreto_de_estagio_probatorio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3776/035_-_requerimento_-_27-01-2025_-_bueiro_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3777/036_-_requerimento_-_27-01-2025_-trevo_campestre.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3778/037_-_requerimento_-_27-01-2025_-_carnaval.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3779/07_-_requerimento_27-01-2025_-_beco_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3780/04_-_requerimento_-_27-01-2025_-_estrada_contendas_familia_dairton_correa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3781/06_-_requerimento_27-01-2025_-_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3782/07_-_requerimento_27-01-2025_-_calcar_beco_predio_tonho_do_onorfo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3783/09_-_requerimento_27_01_2025_bomba_do_poco_artesiano_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3784/010_-_requerimento_27_01_2025_bueiro_proximo_coracao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3792/010_-_requerimento_03-02-2025_-_quebra_molas_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3793/011_-_requerimento_03-02-2025_-_faixa_elevada_ruas_casemiro_osorio_e_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3794/012_-_requerimento_03-02-2025_-_placa_identificacao_rua_braz_claudino.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3795/013_-_requerimento_03-02-2025_-_quantidade_de_vagas_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3796/08_-_requerimento_03-02-2025_-__rua_frei_orestes_-bueiro.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3797/05_-_requerimento_-_03-02-2025_-_quebra-molas_contendas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3798/06_-_requerimento_-_03-02-2025_-_bueiro_entupido_em_frente_serralheria_do_marcelo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3799/038_-_requerimento_-_03-02-2025_-_esgoto_avenida_flavio_antonio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3800/039_-_requerimento_-_03-02-2025_-_capina_mato_loteamento_claudio_bustamante_e_demais_ruas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3801/08_-_requerimento_03-02-2025_-_mosquitos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3802/09_-_requerimento_03-02-2025_-__mudanca_rede_poda_eucalipto_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3803/040-_requerimento_-03-02-2025_-_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3804/041_-_requerimento_-_03-02-2025_-_buracos_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3805/042_-_requerimento_-_03-02-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3806/043_-_requerimento_-_03-02-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3807/014_-_requerimento_03-02-2025_-_castelhano_-_rogerio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3808/044_-_requerimento_-_03-02-2025_-_prorrogacao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3809/03_-_requerimento_lar_da_crianca_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3810/04_-_requerimento_manutencao_baixada_do_pedrao_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3811/05__-_requerimento_vila_vicentina_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3812/010_-_requerimento_03-02-2025_-_der_-_ponte_vintem_-_retifica.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3813/11_-_requerimento_03-02-2025_-_virador_de_onibus_estiva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3814/12_-_requerimento_03-02-2025_-_escola_lagoa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3815/13_-_requerimento_03-02-2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3816/14_-_requerimento_03-02-2025_-_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3830/011_-_requerimento_10-02-2025_-_gabinete_dentario.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3831/045_-_requerimento_-_10-02-2025_-_estrada_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3832/046_-_requerimento_-_10-02-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3833/047_-_requerimento_-_10-02-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3834/048_-_requerimento_-_10-02-2025_-_bueiro_em_frente_sicoob.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3835/049_-_requerimento_-_10-02-2025_-_podar_arvores_lagoa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3836/07_-_requerimento_-_10-02-2025_-_atendimento_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3837/012_-_requerimento_10-02-2025_-_pintura_quebra-molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3838/050_-_requerimento_-_10-02-2025_-_estrada_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3839/051_-_requerimento_-_10-02-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3840/052_-_requerimento_-_10-02-2025_-_passei_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3841/053_-_requerimento_-_10-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3842/054_-_requerimento_-_10-02-2025_-_energia_eletrica_e_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3843/015_-_requerimento_10-02-2025_-_contra_mao_trecho_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3844/016_-_requerimento_10-02-2025_-_urgencia_especial_pls_05_e_06_-_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3845/15_-_requerimento_10-02-2025_-_ponte_estiva.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3846/16_-_requerimento_10-02-2025_-_manilhamento_e_bueiro_rua_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3847/17_-_requerimento_10-02-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3848/06_-_requerimento_abrigo_de_onibus_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3849/07_-_requerimento_manutencao_bairro_pipa_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3856/55_-_requerimento_-_17-02-2025_-_barra_mansa_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3857/56_-_requerimento_-_17-02-2025_-_limpeza_escola_posses_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3858/57_-_requerimento_-_17-02-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3859/09_-_requerimento_17-02-2025_-__bairro_sao_jose_-_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3860/10_-_requerimento_17-02-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3861/58_-_requerimento_-_17-02-2025_-_bairro_corrego_fundo_-_passeio_postes.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3862/59_-_requerimento_-_17-02-2025_-_pedra_-_ze_til.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3863/17_-_requerimento_17-02-2025_-_buracos_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3864/09_-_requerimento_adicional_de_insalubridade_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3865/08_-_requerimento_creche_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3866/18_-_requerimento_17-02-2025_-_manilhas_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3867/19_-_requerimento_17-02-2025_-_esf_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3868/20_-_requerimento_17-02-2025_-_estradas_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3869/21_-_requerimento_17-02-2025_-_estrada_estiva_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3870/22_-_requerimento_17-02-2025_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3871/06_-_requerimento_-_17-02-2025_-_programa_de_melhoramento_genetico.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3872/013_-_requerimento_17-02-2025_-_construcao_abrigo_sertaozinho_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3879/60_-_requerimento_-_24-02-2025_-_pequenas_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3880/61_-_requerimento_-_24-02-2025_-__ponte_na_pipa_-_perto_do_lolo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3881/08_-_requerimento_24-02-2025_-_calcamento_local_vira_onibus_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3882/09_-_requerimento_24-02-2025_-_iluminacao_publica_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3883/010_-_requerimento_24-02-2025_-_coleta_de_lixo_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3884/011_-_requerimento_24-02-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3885/012_-_requerimento_24-02-2025_-_poste_iluminacao_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3886/013_-_requerimento_24-02-2025_-_calcamento_perto_curral_do_paulinho_correia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3887/018_-_requerimento_24-02-2025_-_tapa_buracos_-_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3888/019_-_requerimento_24-02-2025_-_rua_jose_belmiro.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3889/23_-_requerimento_24-02-2025_bueiro_lagoa_-_casa_ademilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3890/10_-_requerimento_manutencao_rua_jose_de_oliveira_lopes_24-02-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3901/62_-_requerimento_-_06-03-2025_-_drenagem_agua_lagoa_-_proximo_esf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3902/63_-_requerimento_-_06-03-2025_-_local_para_funcionarios_guardar_seus_veiculos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3903/014_-_requerimento_06-03-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3904/015_-_requerimento_06-03-2025_-_cemig_-_poste_-_evaristo_vilas_boas_-_posses.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3905/24_-_requerimento_06-03-2025_-_lixeira_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3906/016_-_requerimento_10-03-2025_-_abrigo_ponto_de_onibus_vintem.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3907/11_-_requerimento_10-03-2025_-_manutencao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3908/014_-_requerimento_10-03-2025_-_calcamento_lagoa_e_pedrao.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3909/015_-_requerimento_10-03-2025_-_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3910/64_-_requerimento_-_10-03-2025_-_manutencao_estradas_bela_vista_e_segredo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3911/65_-_requerimento_-_10-03-2025_-_retirar_monte_de_terra_perto_quadra_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3912/25_-_requerimento_10-03-2025_-_rocar_mato_beirada_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3919/66_-_requerimento_-_17-03-2025_-_fonoaudiologa_psicologo_e_neuropediatra_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3920/67_-_requerimento_-_17-03-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3921/68_-_requerimento_-_17-03-2025_-_posto_saude_lagoa.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3922/69_-_requerimento_-_17-03-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3923/016_-_requerimento_17-03-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3924/017_-_requerimento_17-03-2025_-_estrada_3_paineira_abertao_e_facundes_liga_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3925/018_-_requerimento_17-03-2025_-_bueiro_estrada_tres_paineiras_-_casa_do_cido.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3926/019_-_requerimento_17-03-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho_entrando_proximo_dito_batista.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3927/11_-_requerimento_entidades_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3928/12_-_requerimento_manutencao_bairro_paulino_paixao_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3929/13_-_requerimentotjmg_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3930/020_-_requerimento_17-03-2025_-_lixeira_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3931/021_-_requerimento_17-03-2025_-_poste_cemig_bairro_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3932/022_-_requerimento_17-03-2025_-_fossas_septicas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3933/023_-_requerimento_17-03-2025_-_limpeza_estrada_paulino_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3934/26_-_requerimento_17-03-2025_-_bueiro_bairro_pipa_-_dito_oscar.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3935/27_-_requerimento_17-03-2025_-_bueiro_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3936/024_-_diaria_para_brasilia.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3943/70_-_requerimento_-_24-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3944/71_-_requerimento_-_24-02-2025_-_lixo_balaio.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3945/72_-_requerimento_-_24-03-2025_-_transporte_escolar_alunos_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3946/020_-_requerimento_24-03-2025_-_estrda_cubataozinho_zezinho_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3947/021_-_requerimento_24-03-2025_-lixeira_no_bairro_pitangueirs_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3948/73_-_requerimento_24-03-2025_-_urgencia_especial_pl_12_e_13_-_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3949/08_-_requerimento_-_24-03-2025_-_estrada_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3950/025_-_requerimento_24-03-2025_-_bueiro_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3951/14_-_requerimento_manutencaoposto_de_atendimento_lagoa.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3952/15_-_requerimento_manutencaoposto_de_atendimento__estiva.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3953/28_-_requerimento_24-03-2025_-_estrada_pedrao_-_igreja_-_patricia_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3954/29_-_requerimento_24-03-2025_-_patrolamento_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3955/74_-_requerimento_24-03-2025_-_estacionamento_vintem_entrada_acesso_vintem_e_cubaraozinho.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3962/75_-_requerimento_07-04-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3963/76_-_requerimento_07-04-2025_-_manutencao_estrada_cava_funda_-_dreno_na_beiradas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3964/12_-_requerimento_07-04-2025_-_av._presidente_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3965/13_-_requerimento_07-04-2025_-_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3966/77_-_requerimento_-_07-04-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3967/79_-_requerimento_-_07-04-2025_-_der_-_ponte_vintem_-_rever_trabalho.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3968/80_-_requerimento_-_07-04-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3969/017_-_requerimento_07-04-2025_-_manutencao_calcamento_ruas_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3970/018_-_requerimento_07-04-2025_-_manilhas_bueiro_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3971/09_-_requerimento_-_07-04-2025_-_limpeza_lote_baldio_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3972/10_-_requerimento_-_07-04-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3973/022_-_requerimento_07-04-2025_-_rocar_estrada_cubatao.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3974/023_-_requerimento_07-04-2025_-_maquinas_estradas_lavoura_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3975/024_-_requerimento_07-04-2025_-_cortar_arvore_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3976/81_-_requerimento_-_07-04-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3977/82_-_requerimento_-_07-04-2025_-_bairro_paulino_-_bueiro_entupido.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3978/026_-_requerimento_07-04-2025_-_rocar_estrada_cubatao_-_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3979/027_-_requerimento_07-04-2025_-_lixeira_vintem_-_tino.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3980/028_-_requerimento_07-04-2025_-_manutencao_calcamento_alecrim.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3981/029_-_requerimento_07-04-2025_-_faixa_elevada_rua_principal_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3982/030_-_requerimento_07-04-2025_-_iluminacao_postes_alta_vile_ate_colegio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3983/031_-_requerimento_07-04-2025_-_rua_prof_claudio_de_souza_bustamante.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3984/30_-_requerimento_07-04-2025_-_estrada_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3985/31_-_requerimento_07-04-2025_-_bueiro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3986/32_-_requerimento_07-04-2025_-_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3987/16_-_requerimento_maquinario_para_os_produtores_rurais_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3988/83_-_requerimento_jerson_07-04-2025_-_quadra_coronel.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3989/17_-_requerimento_bairro_correas_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3990/18_-_requerimento_bairrovintem_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4006/84_-_requerimento_-_14-04-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4007/85_-_requerimento_-_14-04-2025_-_estrada_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4008/011_-_requerimento_14-04-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4009/86_-_requerimento_-_14-04-2025_-_trecho_estrada_morro_frio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4010/87_-_requerimento_-_14-04-2025_-_rua_em_frente_sinesio_-_rua_dona_maria_cibela.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4011/019_-_requerimento_14-04-2025_-_estrada_tamandua_-_vintem.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4012/07_-_requerimento_-_14-04-2025_-_iluminacao_solar_-_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4013/032_-_requerimento_14-04-2025_-_manutencao_estrada_-_atalho_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4014/033_-_requerimento_14-04-2025_-_abrigo_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4015/034_-_requerimento_14-04-2025_-_manutencao_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4016/88_-_requerimento_-_14-04-2025_-_melhorias_estrada_contendas_ao_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4017/89_-_requerimento_-_14-04-2025_-_melhoria_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4018/90_-_requerimento_-_14-04-2025_-_mudanca_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4019/035_-_requerimento_14-04-2025_-_estrada_pedrao_-_velosa.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4020/20_-_requerimento_secretaria_de_saude_-_contratos_prorrogados_2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4021/08_-_requerimento_14-04-2025_-_urgencia_especial_pl_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4028/91_-_requerimento_-_22-04-2025_-_furnas_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4029/93_-_requerimento_-_22-04-2025_-wi-fi_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4030/94_-_requerimento_-_22-04-2025_-_baixadao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4031/95_-_requerimento_-_22-04-2025_-_correias.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4032/96_-_requerimento_-_22-04-2025_-_campestre_estrada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4033/025_-_requerimento_22-04-2025_-__inicio_estrada_paulino_-_barra.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4034/026_-_requerimento_22-04-2025_-__estrada_principal_alecrim.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4035/027_-_requerimento_22-04-2025_-__contratacao_pediatra.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4036/92_-_requerimento_-_22-04-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4037/33_-_requerimento_22-04-2025_-_mato_-_lixeira_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4038/34_-_requerimento_22-04-2025_-_bueiro_-_estiva_-_associacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4039/35_-_requerimento_22-04-2025_-_lagoa_-_esf_-_terra_e_mato_patio.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4040/36_-_requerimento_22-04-2025_-_lagoa_-_grade_bueiro_-_campo_futebol.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4041/37_-_requerimento_22-04-2025_-_estiva_-_associacao_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4042/38_-_requerimento_22-04-2025_-__boeiro_pedra_preta_ze_tiao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4043/39_-_requerimento_22-04-2025_-_mato_-_patio_-_esf_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4044/40_-_requerimento_22-04-2025_-_patrolar_estrada_estiva_-_cidade.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4045/41_-_requeimento_22-04-2025_-_lagoa_-_patrolar_-_estrada_de_dentro_do_bairro.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4046/42_-_requerimento_22-04-2025_-_manilhamento_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4066/013_-_requerimento_28-04-2025_-_buracos_rua_casemiro_osorio_loja_do_leandro.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4067/012_-_requerimento_28-04-2025_-_lixeira_inicio_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4068/97_-_requerimento_-_28-04-2025_-_psocologo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4069/98_-_requerimento_-_28-04-2025_-_galeria_ex-_vereadores_jovens.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4070/15_-_requerimento_28-04-2025_-_rua_poeta_joao_carneiro.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4071/21_-_requerimento_iluminacao_correas.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4072/99_-_requerimento_-_28-04-2025_-_pedra_batista_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4073/100_-_requerimento_-_28-04-2025_-_informacao_veiculos_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4074/14_-__requerimento_28-04-2025_-__coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4075/036_-_requerimento_28-04-2025_-_repasse_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4076/037_-_requerimento_28-04-2025_-_rua_josino_tome.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4077/020_-_requerimento_28-04-2025_-_cascalhar_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4078/22_-_requerimento_28-04-2025_-_urgencia_especial_pl_20_e_21_-_2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4080/101_-_requerimento_-_05-05-2025_-_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4081/102_-_requerimento_-_05-05-2025_-_agua_da_copasa_para_moradores_apos_centro_de_tratamento_da_copasa.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4082/103_-_requerimento_-_05-05-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4083/09_-_requerimento_05-05-205_-_autorizacao_funcionamento_escola_coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4084/014_-_requerimento_05-05-2025_-_calcamento_em_frente_hpito.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4085/16_-_requerimento_05-05-2025_-_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4086/43_-_requerimento_05-05-2025_-_limpeza_beirada_ruas_pedrao.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4087/23_-_requerimento_05-05-2025_-_urgencia_especial_pl_19_-_2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4102/10_-_requerimento_12-05-2025_-_urgencia_especial_pl_25_-_2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4108/104_-_requerimento_-_12-05-2025_-_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4109/105_-_requerimento_-_12-05-2025_-_limpeza_no_loteamento_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4110/106_-_requerimento_-_12-05-2025_-_quebra-mola_e_faixa_elevada_rua_principal_de_acesso_ao_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4111/107_-_requerimento_-_12-05-2025_-_passeio_na_rua_professor_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4112/038_-_requerimento_12-05-2025_-_agua_bica.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4113/039_-_requerimento_12-05-2025_-_faixa_elevada_estrada_compestre.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4114/040_-_requerimento_12-05-2025_-_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4115/18_-_requerimento_paulino_12-05-2025_-_aguas_pluviais.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4116/17_-_requerimento_paulino_12-05-2025_-_bloquetes.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4117/028_-_requerimento_12-05-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4118/029_-_requerimento_-_12-05-2025_-_limeira_-_milo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4119/030_-_requerimento_12-05-2025_-_manutencao_toda_estrada_e_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4120/031_-_requerimento_12-05-2025_-_vazamento_de_agua_na_rua_paulo_valdemar.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4121/24_-_requerimento_retorno_do_coral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4122/44_-_requerimento_12-05-2025_-_pedrao_-_tiao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4123/45_-_requerimento_12-05-2025_-_academia_pedrao.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4139/108_-_requerimento_-_19-05-2025_-_limpeza_escola_posses_pedra_preta_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4140/109_-_requerimento_-_19-05-2025_-_reforma_abrigo_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4141/110_-_requerimento_-_19-05-2025_-_esgoto_vazando_na_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4142/041_-_requerimento_19-05-2025_-_esf_posses.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4143/042_-_requerimento_19-05-2025_-_rua_jose_sergio_rezende.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4144/021_-_requerimento_19-05-2025_-_manilhar_rua_maria_cibele_juncao_com_a__rua_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4145/022_-_requerimento_19-05-2025_-_lixeira_amado_afonso_-_beira_rodovia.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4146/015_-_requerimento_19-05-2025_-_casa_popular.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4147/016_-_requerimento_19-05-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4148/017_-_requerimento_19-05-2025_-_radar_rodovia_mg_347_-_rocinha.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4149/018_-_requerimento_19-05-2025_-_rocar_estrada_cidade_ao_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4150/032_-_requerimento_19-05-2025_-_estrada_contendas_-_hilario_-_tiao_chagas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4151/033_-_requerimento_19-05-2025_-_estraba_liga_balaio_as_posses_-_mario_fernandes.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4152/034_-_requerimento_19-05-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4164/111_-_requerimento_-_26-05-2025_-_rocar_mato_beirada_estrada_do_bairro_castelhano.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4165/112_-_requerimento_-_26-05-2025_-_pedido_informacoes_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4166/113_-_requerimento_-_26-05-2025_-_melhoria_requerimento_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4167/023_-_requerimento_26-05-2025_-_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4168/019_-_requerimento_26-05-2025_-_rocagem_mato_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4169/025_-_requerimento_26-05-2025_-_estrada_flores_ate_castelhano.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4170/024_-_requerimento_26-05-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4171/114_-_requerimento_-_26-05-2025_-_iluminacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4172/115_-_requerimento_-_26-05-2025_-_lixeira_terra_plenagem_espaco_na_beirada__da_rodovia_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4173/46_-_requerimento_26-05-2025_-_rede_de_esgoto_entupida_-_lado_da_escola.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4184/116_-_requerimento_-_02-06-2025_-_atalho_tamandua_vintem_-_monte_de_terra.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4185/035_-_requerimento_02-06-2025_-_reduzir_carga_horario_dos_motoristas_operador_de_maquina_e_pedreiro.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4186/036_-_requerimento_02-06-2025_-_abrir_uma_nova_rua_ligando_o_loteamento_nair_ao_loteamento_claudio.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4187/037_-_requerimento_02-06-2025_-_informacao_sobre_maquina_de_beneficiar_cafe.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4188/038_-_requerimento_02-06-2025_-_lixeira_perto_baiano_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4189/117_-_requerimento_-_02-06-2025_-_ponte_campestre.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4190/47_-_requerimento_academia_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4191/48_-_requerimento_estrada_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4193/25_-_requerimento_bairro_correas_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4194/26_-_requerimento_secretaria_de_saude_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4196/11_-_requerimento_02-06-2025_-_urgencia_especial_pl_26_e_27_-_2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4210/19_-_requerimento__-_9-6-2025_-_radar_-_rezende_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4211/20_-_requerimento_-_9-6-2025_-_informacoes_atividades_cras_no_rezende.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4212/026_-_requerimento_09-06-2025_-_lixeira_-_pessoal_dos_machado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4213/039_-_requerimento_09-06-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4214/040_-_requerimento_09-06-2025_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4215/49_-_requerimento_09-06-2025_-_arrumar_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4216/50_-_requerimento_09-06-2025_-__iluminacao_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4217/51_-_requerimento_arrumar_esgoto_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4218/27_-_requerimento_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4219/28_-_requerimento_bairro_pipa_e_pedrao__09-06-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4240/027_-_requerimento_16-06-2025_-_calcar_trecho_da_av._flavio_paiva.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4241/020_-_requerimento_-_16-06-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4242/041_-_requerimento_16-06-2025_-_estacionamento_entrada_para_tamandua.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4243/118_-_requerimento_-_16-06-2025_-_estacionamento_em_frente_mercado_purguinha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4244/043_-_requerimento_16-06-2025_-_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4245/044_-_requerimento_16-06-2025_-_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4246/119_-_requerimento_-_16-06-2025_-_reitera_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4247/21_-_requerimento_16-06-2025_-__alta_ville.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4254/120_-_requerimento_-_23-06-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4255/121_-_requerimento_-_23-06-2025_-_instituir_na_prefeitura_gratificacao_por_desempenho.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4256/52_-_requerimento_16-06-2025_-_informacao_sobre_rodeio.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4257/53_-_requerimento_23-06-2025_-__pedra_preta_-_academia.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4258/54_-_requerimento_23-06-2025_-__estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4259/55_-_requerimento_23-06-2025_-__lixeira_serrinha.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4272/12_-_requerimento_30-06-2025_-_urgencia_especial_pl_32_e_33_-_2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4287/022_-_requerimento_-_04-08-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4288/021_-_requerimento_-_04-08-2025_-_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4289/122_-_requerimento_-_04-08-2025_-_ponte_bela_bista.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4290/123_-_requerimento_-_04-08-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4291/124_-_requerimento_-_04-08-2025_-_esgoto_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4292/125_-_requerimento_-_04-08-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4293/126_-_requerimento_-_04-08-2025_-_limpeza_rua_nei_algusto_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4294/127_-_requerimento_-_04-08-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4295/56_-_requerimento_04-08-2025_-_manilha_bairro_serrinha.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4296/57_-_requerimento_04-08-2025_-_calcamento_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4297/58_-_requerimento_04-08-205_-_contrucao_de_boeiro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4298/59_-_requerimento_04-08-2025_-_estradas_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4299/60_-_requerimento_04-08-2025_-_estradas_castelhano.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4300/028_-_requeriment_04-08-2025_-_iluminacao_publica_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4301/29_-_requerimento_04-08-2025_-_manutencao_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4319/14_-_requerimento_11-08-2025_-_bebedouro_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4320/13_-_requerimento_11-08-2025_-_requerimento_para_colocar_em_funcionamento_gabinete_dentario_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4321/023_-_requerimento_-_11-08-2025_-_quebra-mola_rua_jose_da_costa_paica-_bairro_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4322/023_-_requerimento_-_11-08-2025_-_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4323/024_-_requerimento_-_08-08-2025_-_mudanca_ferias-premio_para_5_anos.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4324/130_-_requerimento_08-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda_maria_silva_olindo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4325/129_-_requerimento_08-08-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4326/128_-_requerimento_-_11-08-2025_-_calcamento_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4327/131_-_requerimento_11-08-2025_-_manilha_quebrada_curva_dos_vianas__bairro_anhumas.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4328/132_-_requerimento_11-08-2025_-_bueiro_rua_josefina_monti.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4329/23_-_requerimento_11-08-2025_-__redutor_velocidade_paulino.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4330/22_-_requerimento_11-08-2025_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4331/133_-_requerimento_11-08-2025_-_calcamento_proximo_ao_sicoob.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4332/61_-_requerimento_11-08-2025_-__estrada_pedrao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4333/62_-_requerimento_11-08-2025_-_estrada_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4334/63_-_requerimento_11-08-2025_-_estacao_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4335/64_-_requerimento_11-08-2025_-_poco_artesiano_lagoa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4336/042_-_requerimento_11-08-2025_-_estrada_lavoura_marquinho_fernandes_-_zezinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4337/043_-_requerimento_11-08-2025_-_limpeza_corrego_avenida_claudio_rodritues_souza.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4338/044_-_requerimento_11-08-2025_-_conserto_pranchao_estrada_pitangueiras_perto_ubs.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4339/029_-_requeriment_11-08-2025_-_estrada_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4340/16_-_requerimento_11-08-2025_-_abrigo_tamandua.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4341/17_-_requerimento_11-08-2025_-_local_para_atendimento_esf_no_bairro_cubatao.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/15_-_requerimento_11-08-2025_-_urgencia_especial_pl_34_35_36_e_37.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/134_-_requerimento_18-08-2025_-_moscas_bairros_contendas_furnas_anhumas_e_rocinha.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/135_-_requerimento_18-08-2025_-_quebra-molas_rua_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/136_-_requerimento_-_18-08-2025_-__ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/137_-_requerimento_-_18-08-2025_-__calcada_ruas_jose_da_costa_paiva_sergio_e_estevan.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/138_-_requerimento_-_18-08-2025_-__rocagem_mato_beirada_estrada_paulino.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/139_-_requerimento_-_18-08-2025_-_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/045_-_requerimento_18-08-2025_-_instalacao_de_um_bueiro_na_rua_juarez_silva_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/046_-_requerimento_18-08-2025_-_sinalizacoes_das_ruas_analise_a_viabilidade_de_se_instalar_uma_placa_na_rua_benjamin_constant_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/047_-_requerimento_18-08-2025_-__que_o_setor_responsavel_faca_manutencao_na_estrada_que_da_acesso_a_propriedade_do_rodrigo_filha_da_lourdes_no_bairro_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/65_-_requerimento_estrada_bairro_pipa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/66_-_requerimento_bairro_lagoa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/67_-_requerimento_bairro_pedra_preta__-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4377/68_-_requerimento_serra_estiva_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/045_-_requerimento_18-08-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/046_-_requerimento_18-08-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/047_-_requerimento_18-08-2025_-_curva_dos_vianas_bueiro_aterro.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/048_-_requerimento_18-08-2025_-_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/049_-_requerimento_18-08-2025_-_limpeza_bueiro_e_sargeta_proximo_fazenda_rosiane.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/69_-_requerimento_sertaozinho_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/140_-_requerimento_-_25-08-2025_-_rebaixar_quebra-mola_estrada_campestre.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/141_-_requerimento_25-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/030_-_requeriment_25-08-2025_-_iluminacao_publica_e_manutencao_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/142_-_requerimento_-_25-08-2024_-_bueiro_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/24_-_requerimento_25-08-2025_-_cemig_-_queda_de_energia.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/25_-_requerimento_25-08-2025_-_rua_jose_de_abreu_rezende_-_acougue.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/26_-_requerimento_25-08-2025_-_insalubridade_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/70_-_requerimento_prorrogacao_concurso_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/72_-_requerimento_estradas_bairro_belo_ramo_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/71_-_requerimento_estrada_bairro_estiva_-_laga_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/73_-_requerimento_pintura_quadra_estiva_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/050_-_requerimento_25-08-2025_-_passar_patrol_estrada_pitangueiras_-_onofre_fermino_cido_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/051_-_requerimento_25-08-2025_-_calcamento_avenida_claudio_de_souza_-_perto_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/145_-_requerimento_-_01-09-2025_-_adquirir_uma_carregadeira_articulada.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/144_-_requerimento_-_01-09-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/143_-_requerimento_-_01-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/025_-_requerimento_-_01-09-2025_-_atendimento_odontologico_alguns_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/026_-_requerimento_-_01-09-2025_-_calcar_trecho_da_avenida_flavio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/27_-_requerimento_01-09-2025_-_rede_esgoto_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/146_-_requerimento_-_01-09-2024_-_estrada_apos_o_posto_de_saude_lagoa_-_arvores.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/147_-_requerimento_-_01-09-2025_-_limpeza_na_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/048_-_requerimento_01-09-2025_-__calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/052_-_requerimento_01-09-2025_-_calcamento_paulino_-_correas.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/053_-_requerimento_01-09-2025_-_calcamento_bar_do_loro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/054_-_requerimento_01-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/055_-_requerimento_01-09-2025_-_bloquetes_propriedade_eleizeu_no_bairro_pitangueiras_virador_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/74_-_requerimento__-_calcamento_rua_jose_belmiro_monti_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/75_-_requerimento__-_transformador_cemig_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/76_-_requerimento__-_faixas_elevadas_e_faixas_de_pedestres_em_pontos_estrategicos_ao_lado_do_posto_candola-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/148_-_requerimento_-_08-09-2025_-_contramao_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/156_-_requerimento_05-09-2025_-_urgencia_especial_pl_42_-_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/149_-_requerimento_-_08-09-2025_-_estrada_divisa_-_dito_albino_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/150_-_requerimento_-_08-09-2025_-_sertaozinho_-_calcamento_proximo_sandra.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/056_-_requerimento_08-09-2025_-_consultorio_odontologico_das_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/049_-_requerimento_08-09-2025_-__calcamento_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/77_-_requerimento__-_lampadas_queimadas_pedrao_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/78_-_requerimento__-_estrada_pipa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/28_-_requerimento_08-09-2025_-_diaria_viagem_pj.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/027_-_requerimento_-_15-09-2025_-_pranchao_ponte_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/152_-_requerimento_15-09-2025_-_passeio_rodovia_mario_santana.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/153_-_requerimento_15-09-2025_-_ponte_angu.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/155_-_requerimento_15-09-2025_-_rua_casemiro_osorio_-_desnivel_calcamento.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/154_-_requerimento_15-09-2025_-_rua_poeta_joao_carneiro_de_rezende_-_calcamento_no_ponto_onde_termina_o_asfalto.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/156_-_requerimento_15-09-2025_-_pintura_quebra_molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/028_-_requerimento_-_15-09-2025_-_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/029_-_requerimento_-_15-09-2025_-_rua_afonso__vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/29_-_requerimento_15-09-2025_-_pedagio_estudantes_pouso_alegre.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/157_-_requerimento_15-09-2025_-_construir_faixa_elevada_na_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/057_-_requerimento_15-09-2025_-_passar_maquina_dito_avelino.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/058_-_requerimento_15-09-2025_-_calcamento_cruzamento_dito_lopes.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/059_-_requerimento_15-09-2025_-_estribo_e_porta_caminhao_lixo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/060_-_requerimento_15-09-2025_-_ponte_pitangueiras_-_fazer_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/30_-_requerimento_15-09-2025_-_urgencia_especial_pl_47_-_2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/158_-_requerimento_22-09-2025_-_alta_vile_-_tampa_bueiro.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/160_-_requerimento_22-09-2025_-_rua_jose_de_oliveira_lopes_-_perto_grandao.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/159_-_requerimento_22-09-2025_-_calcamento_trecho_de_rua_predio_tonho_onorfo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/161_-_requerimento_22-09-2025_-_passeio_no_trecho_que_esta_sendo_calcado_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/163_-_requerimento_-_22-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/162_-_requerimento_-_22-09-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/031_-_requeriment_22-09-2025_-_patrolamento_estrada_furnas_ze_nogueira.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/030_-_requerimento_-_22-09-2025_-_requerimento_estrada_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/031_-_requerimento_-_22-09-2025_-_estrada_pitangueiras_-_tres_paineiras_-_pedra.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/032_-_requerimento_-_22-09-2025_-_luminaria_paulino.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/79_-_requerimento__-_22-09-2025_-_tampa_bueiro_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/164_-_requerimento_-_06-10-2025_-_manilha_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/164_-_requerimento_-_06-10-2025_-_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/165_-_requerimento_-_06-10-2025_-_placa_obra_prefeitura_perto_atineia.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/166_-_requerimento_-_06-10-2025_-_limpeza_beirada_estrada_angu.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/167_-_requerimento_-_06-10-2025_-_lixeira_venda_do_tonhao.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/169_-_requerimento_-_06-10-2025_-_poste_av._claudio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/168_-_requerimento_-_06-10-2025_-_conserto_rodovia_mg347_-_furnas.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/18_-_requerimento_06-08-2025_-_placa_indicativa_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/171_-_requerimento_-_06-10-2025_-_manutencao_abrigo_rocinha.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/172_-_requerimento_-_06-10-2025_-_caixa_de_agua_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/033_-_requerimento_-_06-10-2025_-_bueiro_estrada_contendas_posses.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/034_-_requerimento_-_06-10-2025_-_estrada_pitangueiras_-_reapresentar.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/035_-_requerimento_-_06-10-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/82_-_requerimento_-_06-10-2025_-_bueiro_estrada_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/173_-_requerimento_-_06-10-2025_-_informacoes_sobre_cumprimento_da_lei_de_pertubacao_templos_regiliosos.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/061_-_requerimento_06-10-2025_-_aumento_carga_transformador_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/062_-_requerimento_06-10-2025_-_calcamento_em_frente_igreja_cristo_redentor.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/063_-_requerimento_06-10-2025_-_informacoes_sobre_a_aplicacao_do_recurso_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/032_-_requeriment_13-10-2025_-_estrada_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/033_-_requerimento_13-10-2025_-_entrada_mae_jarbinha.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/034_-_requerimento_13-10-2025_-_reforma_2_pontes_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/19_-_requerimento_13-10-2025_-_identificar_veiculos_da_prefeitura_-_adesivo.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/174_-_requerimento_-_10-10-2025_-_rampa_acesso_jardim.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/035_-_requerimento_13-10-2025_-_lixeira_floresta_paim.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/20_-_requerimento_13-10-2025_-__reajuste_real_vencimento_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/175_-_requerimento_-_13-10-2025_-_lagoa_limpeza_para_festa.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/83_-_requerimento_-_13-10-2025_-_bairro_pipa.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/84_-_requerimento_13-10-202_-_manutencao_de_rua_em_frente_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/85_-_requerimento_13-10-2025_-_bairro_lagoa_-_esgoto_-_adenilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/176_-_requerimento_-_13-10-2025_-_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/177_-_requerimento_-_13-10-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/064_-_requerimento_13-10-2025_-_boca_de_lobo_entupida_-_em_frente_casa_dinho_da_contendas.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/065_-_requerimento_13-10-2025_-_manutencao_calcamento_proximo_a_farmacia_economize.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/30_-_requerimento_13-10-2025_-__lixo_caindo_caminhao.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/21_-_requerimento_13-10-2025_-__incendio_pedra_branca_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/036_-_requerimento_-_20-10-2025_-_poda_arvore_jesse_e_eliana_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/178_-_requerimento_-_20-10-2025_-_lixeira_em_frente_dionisio.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/179_-_requerimento_-_20-10-2025_-_placa_de_conta_mao_esquina_da_rua_paica_junior_proximo_camara.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/180_-_requerimento_-_20-10-2025_-_fechar_campinho_da_bica.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/181_-_requerimento_-_20-10-2025_-_esgoto_vazando_na_rua_jose_monti_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/182_-_requerimento_-_20-10-2025_-_grade_bueiro_entrada_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/183_-_requerimento_-_20-10-2025_-_demolir_velorio_e_extender_rua_jose_dos_santos_marques.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/86_-_requerimento_20-10-2025_-_manutencao_de_rua_bairro_pedrao_cecilia.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/87_-_requerimento_20-10-2025_-_cascalho_estrada_bairro_lagoa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/88_-_requerimento_20-10-2025_-_solicitando_medicao_do_terreno_da_prefeitura_localizado_no_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/89_-_requerimento_20-10-2025_-_manutencao_de_esgoto__lagoa_-_em_frente_escola.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/90_-_requerimento_20-10-2025_-_instalacao_de_lixeira_e_placa_de_pare_-_dionisio.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/036_-_requerimento_20-10-2025_-_der_-_terra_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/190_-_requerimento_-_27-10-2025_-__pinturas_quebra-mola_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/191_-_requerimento_-_27-10-2025_-__tamandua_-_substituir_canos_por_manilha_-_nardo.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/91_-_requerimento_27-10-2025_-_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/92_-_requerimento_27-10-2025_-__bairro_pedrao_preta.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/93_-_requerimento_27-10-2025_-_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/94_-_requerimento_27-10-2025_-__bela_vista.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/95_-_requerimento_27-10-2025_-_indicacao_de_placas.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/066_-_requerimento_27-10-2025_-_reforma_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/067_-_requerimento_27-10-2025_-_calcamento_rocinha.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/052_-_requerimento_05-11-2025_-__lixeira_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/22_-_requerimento_05-11-2025_-_urgencia_especial_pl_58.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/038_-_requerimento_05-11-2025_-_acostamento_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/068_-_requerimento_05-11-2025_-_melhoria_acesso_estrada_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/069_-_requerimento_05-11-2025_-_melhoria_chegada_adilson_pola_nas_posses.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/037_-_requerimento_-_10-11-2025_-_beco_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/96_-_requerimento_10-11-2025_-_estrada_pedrao_-_lagoa_-_benedito_nascimento.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/97_-_requerimento_10-11-2025_-__manilha_quebrada_-_bairro_pedrao_-_roberto_acir.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/193_-_requerimento_10-11-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/194_-_requerimento_-_10-11-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/195_-_requerimento_-10-11-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/98_-_requerimento_10-11-2025_-__informacoes_licitacao_lagoa_-_pl_136-2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/99_-_requerimento_10-11-2025_-_cesta_natal_aos_funcionarios_publicos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/100_-_requerimento10-11-2025_-_bairro_pipa_-_cascalho.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/196_-_requerimento_-17-11-2025_-_quebra-mola_e_faixa-elevada_-_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/197_-_requerimento_-17-11-2025_-_bela_vista_-_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/198_-_requerimento_-17-11-2025_-_lagoa_-_curva_do_coracao.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/199_-_requerimento_-_17-11-2025_-_caixa_de_agua_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/038_-_requerimento_-_17-11-2025_-_estrada_pitangueiras_milo_monti.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/200_-_requerimento_-_17-11-2025_-_capina_mato_laterais_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/201_-_requerimento_-_17-11-2025_-_espaco_para_eventos.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/039_-_requerimento_17-11-2025_-_manutencao_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/101_-_requerimento_24-11-2025_-__pintura_de_meios_fios_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/102_-_requerimento_24-11-2025_-__estrada_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/103_-_requerimento_24_-_11-_2025_-_manutencao_do_poco_artesiano_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/104_-_requerimento_24-11-2025_-_boeiro_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/105_-_requerimento_24-11-2025_-_limpeza_terra_na_esf_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/202_-_requerimento_-_17-11-2025_-_melhorias_trecho_cruzamento_da_sao_sebastiao_com_a_padre_marino.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/203_-_requerimento_-_24-11-2025_-_esgoto_acougue_marcos.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/204_-_requerimento_-_01-12-2025_-_sabara_academia.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/205_-_requerimento_-_01-12-2025_-_buraco_no_cruzamento_rua_pedro_monte_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/206_-_requerimento_-_01-12-2025_-calcamento_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/207_-_requerimento_-_01-12-2025_-_igreja_e_prefeitura_informar_atividades_para_amissao_de_alvara_-_lei_da_pertubacao.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/208_-_requerimento_-_01-12-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/039_-_requerimento_-_01-12-2025_-_estadio_monti.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/106_-_requerimento_01-12-2025_-_bairro_pedrao_-_limpeza_mato_praca.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/107_-_requerimento_01-12-2025_-_bueiro_pedra_preta_campinho.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/31_-_requerimento_-_limpeza_bairro_pedrao_-_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4126/01_-_requerimento_vj_bianca_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4127/01_-_requerimento_vj_joaquim_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4128/01_-_requerimento_vj_lucas_ribeiro_-_respeito_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4129/01_-_requerimento_vj_peterson_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4198/02_-_requerimento_vj_alice_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4199/02_-_requerimento_vj_joaquim_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4200/01_-_requerimento_vj_loany_-_lazer_para_criancas.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4201/02_-_requerimento_vj_loany_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4202/01_-_requerimento_vj_mariah_luiza_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4203/02_-_requerimento_vj_peterson_-_27-05-2025_-_show_de_talentos.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4204/03_-_requerimento_vj_peterson_-_27-05-2025_-_rosa_azul_e_laranja.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4273/03_-_requerimento_vj_alice_-_24-06-2025_-_projeto_voz_jovem.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4274/02_-_requerimento_vj_arthur_-_24-06-2025_cafe_e_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4275/02_-_requerimento_vj_bianca_24-06-2025_lixeira_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4276/03_-_requerimento_vj_joaquim_24-06-2025_radar_paulino.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4277/04_-_requerimento_vj_joaquim_24-06-2025_-_posto_saude_paulino.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4278/05_-_requerimento_vj_joaquim_24-06-2025_-_limpeza_lixeira_paulino_entrada_correias.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/04_-_requerimento_vj_alice_-_26-08-2025_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/03_-_requerimento_vj_arthur_-_26-08-2025.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/06_-_requerimento_vj_joaquim_26-08-2025_-_abrigo_para_animais.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/07_-_requerimento_vj_joaquim_26-08-2025_-_juros.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/04_-_requerimento_vj_arthur_-_30-09-2025_-_agua_correas.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/08_-_requerimento_vj_joaquim_30-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/04_-_requerimento_vj_peterson_-_30-08-2025_-_cobrando_execucao_da_lei_do_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3721/01_-_mocao_pesar_-_joaquim_zoti.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3722/01_-_mocao_aplauso_e_congratulacao_-_festa_sao_sebastiao_-_desfile_de_cavaleiros_e_leilao_gado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3736/01_-_mocao_aplauso_21-01-2025_-_estudante_ana_carolina.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3737/02_-_mocao_de_aplauso_-_estudante_thais_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3785/01_-_mocao_pesar_-_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3786/01_-_mocao_27-01-2025_-_maze.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3817/02_-_mocao_aplauso_-_ejc.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3829/01_-_mocao_de_pesar_-_pastor_joel.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3855/01_-_mocao_pesar_-_francisco_regio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3956/02_-_mocao_pesar_luiz_gonzaga_fernandes.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3991/03_-_mocao_de_pesar_-_nelson_lino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3992/02_-_mocao_nelson_lino.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3993/03_-_mocao_pesar_-__giovana.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3994/04_-_mocao_pesar_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3995/05_-_mocao_pesar_-__maria_benedita_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4004/03_-_mocao_pesar_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4005/06_-_mocao_pesar_-__anesia.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4025/04_-_mocao_pesar_-_jose_raimundo_vicente.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4026/03_-_mocao_aplauso_e_congratulacao_-_geralda_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4027/02_-_mocao_aplauso_e_congratulacao_-_edna_-_pedra_preta_-_esf.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4088/06_-_mocao_pesar_-_zezinho_mecanico.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4089/05_-_mocao_pesar_-_paulo_cesar_gouveia.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4090/03_-_mocao_pesar_benedito_oliveira_gomes.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4104/07_-_mocao_aplauso_-_marcao_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4105/08_-_mocao_aplauso_-_corrida_-_11_de_maio.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4106/07_-_mocao_aplauso_-__vila_vicentina.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4107/04_-_mocao_fotos_de_pedralva_12-05-2025.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4153/08_-_mocao_aplauso_-_academia_studio_fitnes.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4163/04_-_mocao_de_pesar_-_sebastiao_lopes_fernandes.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4195/05_-_mocao_evento_dia_01-06-2025_encontro_made_in_brasil.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4220/05_-_mocao_de_aplauso_a_cavalgada_venda_tonhao.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4253/02_-_mocao_aplauso_-__corpus_christi.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4302/09_-_mocao_aplauso_-_fabio_-_competidor_de_rodeio.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4303/10_-_mocao_aplauso_-_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4304/03_-_mocao_apoio_-_nova_fabrica_-_josiani.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4305/06_-_mocao_de_aplauso_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4306/09_-_mocao_aplauso_-_eac.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4342/04_-_mocao_de_aplauso-_alunos_do_pj.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/05_-_mocao_de_aplauso-_profissionais_de_cultura_-_pj.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/07_-_mocao_de_aplauso_arraia_pedrao__-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/08_-_mocao_aplausos_venda_do_tonhao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/06_-_mocao_evento_copa_de_marcha_-_poeirao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/07_-_mocao_evento_cavalgada_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/10_-_mocao_aplauso_-_semana_familia.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/11_-_mocao_aplauso_-_palestra_violencia.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/08_-_mocao_evento_escaladores_pedrao.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/12_-_mocao_de_aplauso_a_comunidade_do_bairro_pedrao_06-10-2025.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/04_-_mocao_aplauso_e_agradecimento_combate_incendio_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/12_-_mocao_aplauso_-_aciso_v2.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/13_-_mocao_aplauso_-_rita_-_aposentou_-_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/14_-_mocao_aplauso_-maia_aparecida_-_aposentou.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/15_-_mocao_aplauso_-_jose_paulo_-_servidor_aposentado.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/16_-_mocao_aplauso_-_benedito_lopes_rangel.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/05_-_mocao_aplauso_-_jussara_coroline.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/11_-_mocao_aplauso_-_dnj.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/13_-_mocao_a_estiva_-_27-10-2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/12_-_mocao_aplauso_-_edson_e_ana_clara.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/17_-_mocao_aplauso_-_governador_do_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/18_-_mocao_aplauso_-_policia_do_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/14_-_modelo_mocao_de_aplauso_-_mae_nagegante.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/15_-_modelo_mocao_de_aplauso__-_colegio_-_feitec.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4060/emenda_no_01_-_pl_015-2025_-_estagio_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4063/emenda_no_01_-_pl_020-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4099/emenda_no_01_-_pl_023-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4159/emenda_no_01_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_no_01_-_pl_26-2025_-_prazo_contrat._temp._medicos.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_no_01_-_pl_17-2025_-_ldo_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_no_02_-_pl_17-2025_-_ldo_-_metas_camara.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_no_01_-_pl_029-2025_-_alexandre_-_vaga_estacionamento_preferencial.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/emenda_no_01_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/emenda_no_02_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/emenda_no_01_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/emenda_no_02_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/emenda_1_ao_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/emenda_no_04_-_plc_8-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/emenda_no_05_-_plc_8-2025_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/emenda_no_06_-_plc_8-2025_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_2_ao_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3725/2025_-_parecer_juridico_pl_02_-_2025_-_auxilio_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3726/2025_-_parecer_juridico_pl_03-2025_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3768/2025_-_parecer_juridico_pl_04_-_2025_-_controle_de_moscas.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3818/parecer_01-2025_-_plc_02-2025_-_criacao_de_vaga_tecnico_educacao.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3819/parecer_02-2025_-_pl_05-2025_-_subvencao_entidades_sociais.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3820/parecer_03-2025_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3821/parecer_04-2025_-_pl_07-2025_-_revoga_artigo_da_lei_1679-16_ref._processo_escolha_diretor.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3822/parecer_05-2025_-_elo_01-2025_-_exercicio_de_cargo_de_secretario_por_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3891/parecer_08-2025_-_pl_08-2025_-_denomina_logradouro_publico_-_rua_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3892/parecer_09-2025_-_pl_09-2025_-_denomina_logradouro_publico_-_rua_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3893/parecer_10-2025_-_plo_10-2025_-_denomina_logradouro_publico_-_rua_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3894/parecer_11-2025_-_plo_11-2025_-_atendimento_prioritario_pacientes_de_hemodialise_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3913/parecer_13-2025_-_pre_01-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3937/parecer_14-2025_-_plo_12-2025_-_credito_suplementar_saude_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3938/parecer_15-2025_-_plo_13-2025_-_credito_especial_cimasp_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3958/parecer_16-2025_-_pl_14_-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_23-2025_-_plo_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_24-2025_-_plo_19_-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_25-2025_-_plo_21-2025_-_modificacao_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4094/parecer_33-2025_-_plo_24-2025_-_faixa_nao_edificante.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4095/parecer_34-2025_-_proposta_emenda_lom_02-2025_-_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4103/parecer_35-2025_-_plo_25-2025_-_emprestimo_bdmg.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4154/parecer_36-2025_-_plo_17-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4176/parecer_39-2025_-_plo_26-2025_-_contratacao_temporaria_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4177/parecer_40-2025_-_plo_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4225/parecer_41-2025_-_pl_28-2025_substitutivo_-_incentivo_artistas_locais-assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4226/parecer_42-2025_-_plo_29-2025_-_reserva_vagas_estacionamento_pcd_idosos_etc.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4227/parecer_43-2025_-_plo_30-2025_-_contratacao_temporaria_de_fonaudiologos.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4228/parecer_44-2025_-_plc_04-2025_-_reducao_jornada_de_trabalho_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4260/parecer_45-2025_-_plo_32-2025_-_auxilio_financeiro_pedrock.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4261/parecer_46-2025_-_plc_06-2025_-_criacao_vaga_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4262/parecer_47-2025_-_plc_05-2025_-_criacao_cargo_sup._hospitalar_e_gestor_qualidade.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4263/parecer_48-2025_-_plo_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4264/parecer_49-2025_-_plo_32-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4281/parecer_50-2025_-_plo_34-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/parecer_58-2025_-_plc_07-2025_-_criacao_vaga_farmaceutico_e_contrat._temporaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/parecer_55-2025_-_plo_35-2025_-_credito_suplementar_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/parecer_52-2025_-_plj_01-2025_-_cria_programa_prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/parecer_53-2025_-_plj_02-2025_-_cria_o_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/parecer_60-2025_-_pl_38-2025_-_denomina_rua_dr_alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/parecer_61-2025_-_pl_39-2025_-_denomina_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/parecer_62-2025_-_plo_40-2025_-_denomina_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/parecer_63-2025_-_plo_41-2025_-_utilidade_publica_assoc._cultural_e_assist._flapedra.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/parecer_64-2025_-_plo_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/parecer_66-2025_-_plo_46-2025_-_autoriz._protesto_extrajudicial_das_certidoes_de_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/parecer_65-2025_-_pre_02-2025_-_titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/parecer_69-2025_-_plo_47-2025_-_contribuicao_financeira_flapedra.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/parecer_67-2025_-_plo_45-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/parecer_70-2025_-_plo_44-2025_-_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/parecer_76-2025_-_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/parecer_77-2025_-_pl_50-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/parecer_78-2025_-_pl_51-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/parecer_79-2025_-_pl_52-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/parecer_80-2025_-_pl_53_-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/parecer_82-2025_-_plo_54-2025_-_credito_suplementar_-_superavit_excesso_e_anulacao.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/parecer_87-2025_-_plo_55-2025_-_veda_nomeacao_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/parecer_88-2025_-_pl_57-2025_-_credito_suplementar_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/parecer_89-2025_-_pl_56-2025_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/parecer_90-2025_-_plo_58-2025_-_contribuicao_financeira_grupo_afroblack.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/parecer_92-2025_-_plo_60-2025_-_credito_suplementar_-_anulacao_superavit_e_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/parecer_98-2025_-_substitutivo_ao_pl_59-2025_-_medidor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/parecer_99-2025_-_pl_62-2025_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/parecer_100-2025_-_plo_63-2025_-_credito_suplementar_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/parecer_96-2025_-_pl_61-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/parecer_103-2025_-_pre_03-2025_-_alteracao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4748/parecer_102-2025_-_pre_04-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/parecer_104-2025_-_plc_09-2025_-_criacao_vaga_engenheiro.docx.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3729/03_-_parecer_-_cljr_-_pl_02-2025_-_fornecimento_gratuito_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3730/04_-_parecer_-_cljr_-_pl_03-2025_-_vencimento_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3823/05_-_parecer_-_cljr_-_pl_05-2025_-_subvencao_social.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3824/06_-_parecer_-_cljr_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3825/07_-_parecer_-_cljr_-_pl_07-2025_-_revoga_dispositivo_lei_1679_-_eleicao_diretores_escola.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3873/08_-_parecer_-_cljr_-_pl_08-2025_-_denomina_logradouro_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3874/09_-_parecer_-_cljr_-_pl_09-2025_-_denomina_logradouro_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3895/011_-_parecer_-_cljr_-_pl_011-2025_-_atendimento_prioritario_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3896/012_-_parecer_-_cljr_-_plc_02-2025_-_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3914/013_-_parecer_-_cljr_-_pr_01-2025_-_premio_mulher-cidada.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3939/014_-_parecer_-_cljr_-_pl_012-2025_-_credito_especial_-_491.71408_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3940/015_-_parecer_-_cljr_-_pl_013-2025_-_credito_especial_-_61.200_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3959/016_-_parecer_-_cljr_-_pl_014-2025_-_credito_suplementar_-_474.91328_-_restituicoes_trabalhistas_sentenca_judicial_e_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_pl_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_pl_16-2025_-_chacaras.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_pl_19-2025_-_credito_suplementar_295.100_-_depart._agropecuario.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_pl_20-2025_-_aumento_valor_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_pl_21-2025_-_altera_lei_2070-2025_-_credito_especial_cimasp.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4096/parecer_pl_22-2025_-_multa_pertubar_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4097/parecer_-_cljr_-_pl_023-2025_-_gratificacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4098/parecer_pl_25-2025_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4132/025_-_parecer_-_cljr_-_pl_018-2025_-_hospital_de_gimirim.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4133/026_-_parecer_-_cljr_-_pl_024-2025_-_edificacao_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4157/027_-_parecer_-_cljr_-_subemenda_a_emenda_ao_pl_023-2025_-_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4158/028_-_parecer_-_cljr_-_pl_17-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4178/029_-_parecer_-_cljr_-_pl_26-2025_-_contratacao_temporaria_medicos.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4179/030_-_parecer_-_cljr_-_pl_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4229/parecer_emendas_pl_17-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4230/parecer_pl_28-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4231/parecer_pl_29-2025_-_estacionamento_pessoas_especiais.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4232/parecer_pl_30-2025_-_contratacao_temporaia_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4265/parecer_pl_32-2025_-__pecrock.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4266/parecer_pl_33-2025_-_credito_suplementar_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4267/parecer_plc_5-2025_-_supervisor_hospitalar_e_gestor_de_qualidde.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4307/parecer_plc_4-2025_-_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4308/parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4309/parecer_pl_34-2025_-_credito_suplementar_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4310/parecer_pl_35-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4311/parecer_pl_36_-_2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4312/parecer_pl_37-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/parecer_plc_7-2025_-_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/parecer_pl_38-2025_-_rua_dr._alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/parecer_pl_39-2025_-_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/parecer_pl_40-2025_-_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/parecer_pl_42-2025_-_auxilio_alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/parecer_pl_46-2025_-_cobranca_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/parecer_pr_2-2025_-_titulo_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/parecer_pl_43-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/parecer_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/parecer_pl_50-2025_-_nome_rua__marco_lisboa.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/parecer_pl_51-2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/parecer_pl_52_-_2025_-_rua_joffre.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/parecer_pl_53-2025_-_credito_suplementar_saude_357.800.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/parecer_pl_54-2025_-_credito_suplementar_educacao_-_260.00000.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/parecer_pl_55-2025_-_veda_nomeacao_cargo_publico_condenados_por_crimes.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/parecer_pl_56-2025_-_denominacao_ubs_vintem_e_centro.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/parecer_pl_57-2025_-_credito_suplementar_-_calcamento_e_praca_rua_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/parecer_pl_58-2025_-_contribuicao_financeira_festival_afro.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/parecer_emendas_4_5_e_6_-_plc_8-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/parecer_pl_60-2025_-_credito_suplementar_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/parecer_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/parecer_pl_59-2025_-_dispositivo_medir_glicose.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/parecer_plc_9-2025_-_cargo_de_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4751/parecer_pl_61-2025_-_gratificaca_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4752/parecer_pr_3-2025_-_veda_reeleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4753/parecer_pr_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3769/03_-_parecer_cfoff_-_pl_03_-_2025_-_revisao_geral_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3826/04_-_parecer_cfoff_-_pl_05_-_2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3828/05_-_parecer_cfoff_-_pl_06_-_2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3915/06_-_parecer_cfoff_-_pr_01_-_2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3941/07_-_parecer_cfoff_-_pl_12_-_2025_-_credito_especial_-_santa_casa_-_491.71408.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3942/08_-_parecer_cfoff_-_pl_13_-_2025_-_credito_especial_-_cimasp_-_61.20000.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3996/09_-_parecer_cfoff_-_pl_13_-_2025_-_credito_suplementar_-_474.91328.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4061/10_-_parecer_cfoff_-_pl_20_-_2025_-_aumento_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4062/11_-_parecer_cfoff_-_pl_21_-_2025_-_altera_lei_credito_suplementar_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4100/12_-_parecer_cfoff_-_pl_19_-_2025_-__credito_suplementar_295.100_-_implementos_agricola_e_equipamentos_creche.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4101/13_-_parecer_cfoff_-_pl_25_-_2025_-__bdmg.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4134/15_-_parecer_cfoff_-_pl_022-2025_-_pertubacao_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4135/14_-_parecer_cfoff_-_pl_23_-_2025_-__gratificacao.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4160/16_-_parecer_cfoff_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4181/17_-_parecer_cfoff_-_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4182/18_-_parecer_cfoff_-_pl_027-2025_-_sub_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4206/19_-_parecer_cfoff_-_pl_017-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4234/20_-_parecer_cfoff_-_pl_028-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4269/22_-_parecer_cfoff_-_pl_032-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4271/23_-_parecer_cfoff_-_pl_033-2025_-_credito_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4282/24_-_parecer_cfoff_-_prestacao_de_contas_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4313/25_-_parecer_cfoff_-_pl_034-2025_-_credito_bdmg_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4314/26_-_parecer_cfoff_-_pl_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4315/27_-_parecer_cfoff_-_pl_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4316/28_-_parecer_cfoff_-_pl_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/29_-_parecer_cfoff_-_plc_07-2025_-_cria_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/30_-_parecer_cfoff_-_pl_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/34_-_parecer_cfoff_-_pl_53-2025_-_credito_suplementar_saude_-_veiculo_e_esf.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/35_-_parecer_cfoff_-_pl_54-2025_-_credito_suplementar_260.000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/36_-_parecer_cfoff_-_plc_8-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/37_-_parecer_cfoff_-_pl_57-2025_-_credito_suplementar_rua_e_praca_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/38_-_parecer_cfoff_-_pl_58-2025_-_festa_afro.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/39_-_parecer_cfoff_-_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/40_-_parecer_cfoff_-_pl_60-2025_-_credito_suplementar_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/41_-_parecer_cfoff_-_pl_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/42_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/43_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3877/03_-_parecer_pl_09-2025_-_nome_de_rua_-_maria_ines_bustamante.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3878/04_-_parecer_pl_010-2025_-_nome_de_rua_-_joaquim_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4058/05_-_parecer_pl_015-2025_-_estagio_de_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4059/06_-_parecer_pl_016-2025_-_revoga_lei_chacramento.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4136/07_-_parecer_pl_022-2025_-_multa_pertubacao_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4137/08_-_parecer_pl_023-2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4138/09_-_parecer_pl_024-2025_-_faixa_edificavel_rodovia.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4183/10_-_parecer_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4236/11_-_parecer_pl_30-2025_-_contratacao_tempo_determinado_fono.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4317/12_-_parecer_plc_04-2025_-_reducao_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/13_-_parecer_plc_07-2025_-_cria_vaga_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/14_-_parecer_pl_38-2025_-_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/15_-_parecer_pl_39-2025_-_rua_eunice.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/16_-_parecer_pl_40-2025_-_rua_custodiao.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/17_-_parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/18_-_parecer_pr_2-2025_-_titulo_de_amigo.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/22_-_parecer_pl_50_-_2025_-_rua_marcos_lisboa.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/23_-_parecer_pl_51_-_2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/24_-_parecer_pl_52_-_2025_-_rua_joffre_mohallem.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/25_-_parecer_pl_56_-_2025_-_denominacao_ubs_vintem_e_centro.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/26_-_parecer_pl_57_-_2025_-_credito_suplementar_-_rua_e_praca_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/27_-_parecer_emenda_4_plc_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/28_-_parecer_emenda_5_plc_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/29_-_parecer_pl_55_-_2025_-_vedacao_contraacao_de_pessoa_condenada.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/30_-_parecer_pl_44_-_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/31_-_parecer_pl_62_-_2025_-_nome_rua_vianas.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/32_-_parecer_pl_43_-_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3899/03_-_parecer_pl_011-2025_-_atendimento_prioritario_pacientes_de_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3916/04_-_parecer_pr_1-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4161/05_-_parecer_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4162/06_-_parecer_a_emenda_no_1_ao_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4237/07_-_parecer_pl_28-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4238/08_-_parecer_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4239/09_-_parecer_a_emenda_no_1_ao_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4270/10_-_parecer_pl_32-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/14_-_parecer_pl_58-2025_-_festa_afro.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/15_-_parecer_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/edital_-_ap_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/edital_-_loa_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/01_-_emenda_impositiva_individual_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/02_-_emenda_impositiva_individual_-_carlinho.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/03_-_emenda_impositiva_individual_-_david.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/04_-_emenda_impositiva_individual_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/05_-_emenda_impositiva_individual_-_jerson.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/06_-_emenda_impositiva_individual_-_jose_paulo.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/07_-_emenda_impositiva_individual_-_ketrym.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/08_-_emenda_impositiva_individual_-_luiz_felipe.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/09-_emenda_impositiva_individual_-_nei.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/10_-_emenda_impositiva_de_bancada_-_psd.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/11_-_emenda_impositiva_de_bancada_-_uniao.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/12_-_emenda_impositiva_de_bancada_-_pt.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/13_-_emenda_impositiva_de_bancada_-_pp.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3688/01_-_projeto_de_lei_no_01-2025_-_reajuste_funcionarios_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3689/02_-_projeto_de_lei_no_02-2025_-_fornecimento_de_materiais_escolar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3690/03_-_projeto_de_lei_no_03-2025_-_reajuste_funcionarios_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3735/04_-_projeto_de_lei_no_04-2025_-_prevencao_e_combate_moscas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3789/05_-_projeto_de_lei_no_05-2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3790/06_-_projeto_de_lei_no_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3791/07_-_projeto_de_lei_no_07-2025_-_revoga_paragrafo_unico_-_art._7_-_lei_1679-2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3851/08_-_projeto_de_lei_no_08-2025_-_nome_de_rua_-_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3852/09_-_projeto_de_lei_no_09-2025_-_nome_de_rua_-_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3853/10_-_projeto_de_lei_no_010-2025_-_nome_de_rua_-_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3854/11_-_projeto_de_lei_no_011-2025_-_atendimento_prioridade_no_atendimento_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3917/12_-_projeto_de_lei_no_012-2025_-_credito_especial_491.71408_-_servicos_de_media_e_alta_complexidade_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3918/13_-_projeto_de_lei_no_013-2025_-_credito_especial_61.200_-_rateio_consorcio_publico_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3957/14_-_projeto_de_lei_no_014-2025_-_credito_suplementar_474.91325_-_indenizacoes_-_sentenc_judic_contribuicoes_ent_portad_deficienc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3997/15_-_projeto_de_lei_no_015-2025_-_estagiario_pos-graduacao_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3998/16_-_projeto_de_lei_no_016-2025_-_revoga_lei_1676-2016_chacaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3999/17_-_projeto_de_lei_no_017-2025_-_ldo_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4000/18_-_projeto_de_lei_no_018-2025_-_tranferir_recursos_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4001/19_-_projeto_de_lei_no_019-2025_-_credito_suplementar_295.100_-_departamento_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4002/20_-_projeto_de_lei_no_020-2025_-_aumento_do_valor_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4003/21_-_projeto_de_lei_no_021-2025_-_alteracao_lei_2070_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4022/22_-_projeto_de_lei_no_022-2025_-_sancao_pertubacao_cultos_e_cerimonias_religiosas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4023/23_-_projeto_de_lei_no_023-2025_-_gratificacao_motoristas_e_servidores_efetivos_-_responsavel_por_setores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4064/24_-_projeto_de_lei_no_024-2025_-_faixa_de_dominio_publico__rodovias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4079/25_-_projeto_de_lei_no_025-2025_-_financiamento_bdmg.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4174/26_-_projeto_de_lei_no_026-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4175/27_-_projeto_de_lei_no_027-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4192/28_-_projeto_de_lei_no_028-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4209/29_-_projeto_de_lei_no_029-2025_-_reserva_de_vagas_estacionamento_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4221/30_-_projeto_de_lei_no_030-2025_-_contratacao_temporaria_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4224/31_-_projeto_de_lei_no_031-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4248/32_-_projeto_de_lei_no_032-2025_-_contribuicao_pedrock.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4249/33_-_projeto_de_lei_no_033-2025_-_credito_suplementar_1.243.000_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4268/34_-_projeto_de_lei_no_034-2025_-_credito_suplementar_1.600.000_-_veiculos-maquinas_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4284/35_-_projeto_de_lei_no_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4285/36_-_projeto_de_lei_no_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4286/37_-_projeto_de_lei_no_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/38_-_projeto_de_lei_no_038-2025_-_nome_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/39_-_projeto_de_lei_no_039-2025_-_nome_rua_eunice_rezende.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/40_-_projeto_de_lei_no_040-2025_-_nome_rua_antonio_custodio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/41_-_projeto_de_lei_no_041-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/42_-_projeto_de_lei_no_042-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/43_-_projeto_de_lei_no_043-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/44_-_projeto_de_lei_no_044-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/45_-_projeto_de_lei_no_045-2025_-__debitos_fiscais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/46_-_projeto_de_lei_no_046-2025_-__protesto_extrajudicial_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/47_-_projeto_de_lei_no_047-2025_-__contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/48_-_projeto_de_lei_no_048-2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/49_-_projeto_de_lei_no_049-2025_-_credito_suplementar_86.93834_saude.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/50_-_projeto_de_lei_50_-_2025_-_rua_jose_marcos_de_abreu_lisboa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/51_-_projeto_de_lei_51_-_2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/52_-_projeto_de_lei_52_-_2025_-_rua_joffre_mohallem.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/53_-_projeto_de_lei_53_-_2025_-_credito_suplementar_357.800_saude.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/54_-_projeto_de_lei_54_-_2025_-_credito_suplementar_260.000_educacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/55_-_projeto_de_lei_55_-_2025_-_veda_nomeacao_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/56_-_projeto_de_lei_56_-_2025_-_denomina_ubs_vintem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/57_-_projeto_de_lei_57_-_2025_-_credito_suplementar_124.35429.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/58_-_projeto_de_lei_58_-_2025_-_contribuicao_financeira_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/59_-_projeto_de_lei_59_-_2025_-_monitor_diabetes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/60_-_projeto_de_lei_60_-_2025_-_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/61_-_projeto_de_lei_61_-_2025_-_gratificacao_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/62_-_projeto_de_lei_62_-_2025_-_nome_rua_-_maria_de_lourdes_sabino_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/63_-_projeto_de_lei_63_-_2025_-_credito_suplementar_180.00000.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/64_-_projeto_de_lei_64_-_2025_-_divulgacao_de_emendas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4754/65_-_projeto_de_lei_65_-_2025_-_credito_suplementar_938.79355.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4776/66_-_projeto_de_lei_66_-_2025_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4279/projeto_de_lei_jovem_01-2025_-_prefeito_e_vice-prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4280/projeto_de_lei_jovem_02-2025_-_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3687/01_-_projeto_de_lei_no_01-2025_-_altera_escolaridade_-_diretores_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3788/02_-_projeto_de_lei_complementar_no_02-2025_-_cria_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4024/03_-_projeto_de_lei_complementar_no_03-2025_-_cria_cargo_de_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4222/04_-_projeto_de_lei_complementar_no_04-2025_-_diminui_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4251/05_-_projeto_de_lei_complementar_no_05-2025_-_cargo_supervisor_hospitalar.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4252/06_-_projeto_de_lei_complementar_no_06-2025_-_cria_cargo_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/07_-_projeto_de_lei_complementar_no_07-2025_-_cria_cargo_de_farmaceutico_e_autoriza_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/08_-_projeto_de_lei_complementar_no_08-2025_-_codigo_de_edificacoes_pedralva.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/65_-_projeto_de_lei_complementar_9_-_2025_-_cargo_engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4755/10_-_projeto_de_lei_complementar_no_10-2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4777/11_-_projeto_de_lei_complementar_no_11-2025_-_regulamenta_estrutura_da_esf_e_dos_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3787/emenda_a_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_a_lom_02-2025_-_emendas_orcamentarias_impositivas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3900/01_-_projeto_de_resolucao_no_1-2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/02_-_projeto_de_resolucao_no_2-2025_-titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/03_-_projeto_de_resolucao_no_3-2025_-_mudanca_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/04_-_projeto_de_resolucao_no_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3960/pdl_1-2025_-_titulo_de_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3961/pdl_2-2025_-_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4283/pdl_3-2025_-_contas_executivo_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/pdl_4-2025_-_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/pdl_5-2025_-_titulo_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/pdl_6-2025_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4130/substitutivo_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4223/substitutivo_ao_pl_28-2025_-_programa_incentivo_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/substitutivo_01_ao_pl_59-2025_-_dispositivo_monitoramento_glicose.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3672/01_-_requerimento_06_01_2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3673/02_-_requerimento_06_01_2025_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3674/01_-_requerimento_-_06-01-2025_-_pedindo_reapresentar_projetos_regulamenta_insalubridade_e_insentivo_financeiro_profissionais_saude.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3675/02_-_requerimento_-_06-01-2025_-_trecho_estrada_anhumas_-_liga_avenida_antonio_fermino.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3676/03_-_requerimento_-_06-01-2025_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3677/04_-_requerimento_-_06-01-2025_-_lixeira_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3678/05_-_requerimento_-_06-01-2025_-_santo_antonio_-_estrada_perto_dra._luiza.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3679/06_-_requerimento_-_06-01-2025_-_estrada_angu_-_proximo_propriedade_da_elis.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3680/07_-_requerimento_-_06-01-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3681/08_-_requerimento_-_06-01-2025_-_ponte_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3682/09_-_requerimento_-_06-01-2025_-_informar_quais_sao_os_secretarios_e_diretores_de_departamento.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3683/01_-_requerimento_06-01-2025_-_melhoria_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3684/01_-_requerimento_-_06-01-2025_-_bebedouro_parquinho_ao_lado_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3685/02_-_requerimento_-_06-01-2025_-_locais_para_instalacao_de_bicicletario.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3691/010_-_requerimento_-_13-01-2025_-_sede_estrategia_saude_familia_lagoa.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3692/011_-_requerimento_-_13-01-2025_-_rocagem_barranco_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3693/012_-_requerimento_-_13-01-2025_-_muro_de_arrimo_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3694/013_-_requerimento_-_13-01-2025_-_rocagem_mato_limpeza_ruas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3695/01_-_requerimento_-_13-01-2025_-_contratacao_de_pediatra_e_agronomo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3696/016_-_requerimento_-_13-01-2025_-_manutencao_pipa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3697/015_-_requerimento_-_13-01-2025_-_manutencao_estrada_estrada_paulino_baixadao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3698/014_-_requerimento_-_13-01-2025_-_estrada_baixadao.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3699/017_-_requerimento_-_13-01-2025_-_grade_protecao_bueiro_rua_prf_claudio_bustamante.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3700/018_-_requerimento_-_13-01-2025_-grade_bueiro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3701/02_-_requerimento_13-01-2025_-__pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3702/03_-_requerimento_13-01-2025_-_rua_poeta_joao_carneiro_-_taxoes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3703/01_-_requerimento_-_13-01-2025_-_reajuste_do_auxilio_alimentacao_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3704/02_-_requerimento_-_13-01-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3705/03_-_requerimento_-_13-01-2025_-_limpeza_lotes_vazios.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3706/04_-_requerimento_13-01-2025_-_alecrim.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3707/05_-_requerimento_13-01-2025_-__cemiterio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3708/04_-_requerimento_13-01-2025_-_buracos_rua_josimo_tome.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3709/03_-_requerimento_13-01-2025_-_tiao_pereira_cafarnaum.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3710/02_-_requerimento_13-01-2025_-_limpeza_calcada_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3711/01_-_requerimento_13-01-2025_-_coleta_lixo_pitangueiras_e_contendas.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3712/021_-_requerimento_-_13-01-2025_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3713/020_-_requerimento_-_13-01-2025_-_mato_beirada_rua_rua_doutor_macedo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3714/019_-_requerimento_-_13-01-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3715/04_-_requerimento_13_01_2025_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3716/03_-_requerimento_13_01_2024_boeiro_na_pipa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3717/05_-_requerimento_13_01_2025_esf_lagoa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3718/02_-_requerimento_-_13-01-2025_-_rua_dona_maria_cibele_problemas_de_escoamento_de_chuva.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3719/022_-_requerimento_-_13-01-2025_-_casas_popular.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3720/06_-_requerimento_13-01-2025_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3738/023_-_requerimento_-_21-01-2025_-_terminar_de_asfaltar_av._flavio_antonio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3739/024_-_requerimento_-_21-01-2025_-_boeiro_final__avenida_sebastiao_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3740/025_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-tamandua.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3741/026_-_requerimento_-_21-01-2025_-_camera_de_seguranca_na_garagem.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3742/03_-_requerimento_-_21-01-2025_-_fossa_septica_paulino.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3743/04_-_requerimento_-_21-01-2025_-_pista_elevada_rua_dona_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3744/27_-_requerimento_-_21-01-2025_-_camera_seguranca_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3745/028_-_requerimento_-_21-01-2025_-_cemig_-_poste_iluminacao_cubatao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3746/029_-_requerimento_-21-01-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3747/030_-_requerimento_-21-01-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3748/031_-_requerimento_-_21-01-2025_-_informacao_sobre_legislacao_recuo_para_construcao_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3749/032_-_requerimento_-_21-01-2025_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3750/08_-_requerimento_21_01_2025_bueiro_em_frente_escada_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3751/07_-_requerimento_21_01_2025_estrada_lagoa_a_pedrao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3752/06_-_requerimento_22_01_2025_bueiro_estrada_estiva_proximo_igreja.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3753/05_-_requerimento_21-01-2025_-_neuza_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3754/06_-_requerimento_21-01-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3755/07_-_requerimento_21-01-2025_-_duplo_sentido_de_circulacao_-_travessa_jose_fortes_bustamante.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3756/08_-_requerimento_21-01-2025_-faixa_elevada_-_rodovia_-_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3757/09_-_requerimento_21-01-2025_-quebra_molas_auto_escola_didatica.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3758/07_-_requerimento_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3759/05_-_requerimento_-_21-01-2025_-_passador_de_gado_-_vintem-_tamandua.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3760/01_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3762/02_-_requerimento_21-01-2025_-_estrada_sertaozinho_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3763/03_-_requerimento_21-01-2025_-_bueiro_estrada_pitangueiras_-_tres_paineiras.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3764/04_-_requerimento_21-01-2025_-_calcamento_rua_de_acesso_localidade_conhecida_como_geraldo_de_deus.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3765/05_-_requerimento_21-01-2025_-_manutencao_estrada_cidade_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3766/01_-_requerimento_bairro_pedrao_estrada_de_acesso_a_pedra_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3767/02_-_requerimento_bairro_correas_21-01-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3770/033_-_requerimento_-_27-01-2025_-_cortar_arvore_no_bairro_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3771/06_-_requerimento_27-01-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3772/03_-_requerimento_27-01-2024_-_urgencia_especial_pl_03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3773/04_-_requerimento_-_27-01-2025_-_cruzamento_campestre.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3774/05_-_requerimento_-_27-01-2025_-_reformar_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3775/034_-_requerimento_-_27-01-2025_-_aplicacao_do_decreto_de_estagio_probatorio.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3776/035_-_requerimento_-_27-01-2025_-_bueiro_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3777/036_-_requerimento_-_27-01-2025_-trevo_campestre.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3778/037_-_requerimento_-_27-01-2025_-_carnaval.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3779/07_-_requerimento_27-01-2025_-_beco_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3780/04_-_requerimento_-_27-01-2025_-_estrada_contendas_familia_dairton_correa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3781/06_-_requerimento_27-01-2025_-_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3782/07_-_requerimento_27-01-2025_-_calcar_beco_predio_tonho_do_onorfo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3783/09_-_requerimento_27_01_2025_bomba_do_poco_artesiano_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3784/010_-_requerimento_27_01_2025_bueiro_proximo_coracao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3792/010_-_requerimento_03-02-2025_-_quebra_molas_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3793/011_-_requerimento_03-02-2025_-_faixa_elevada_ruas_casemiro_osorio_e_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3794/012_-_requerimento_03-02-2025_-_placa_identificacao_rua_braz_claudino.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3795/013_-_requerimento_03-02-2025_-_quantidade_de_vagas_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3796/08_-_requerimento_03-02-2025_-__rua_frei_orestes_-bueiro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3797/05_-_requerimento_-_03-02-2025_-_quebra-molas_contendas.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3798/06_-_requerimento_-_03-02-2025_-_bueiro_entupido_em_frente_serralheria_do_marcelo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3799/038_-_requerimento_-_03-02-2025_-_esgoto_avenida_flavio_antonio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3800/039_-_requerimento_-_03-02-2025_-_capina_mato_loteamento_claudio_bustamante_e_demais_ruas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3801/08_-_requerimento_03-02-2025_-_mosquitos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3802/09_-_requerimento_03-02-2025_-__mudanca_rede_poda_eucalipto_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3803/040-_requerimento_-03-02-2025_-_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3804/041_-_requerimento_-_03-02-2025_-_buracos_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3805/042_-_requerimento_-_03-02-2025_-_der_-_ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3806/043_-_requerimento_-_03-02-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3807/014_-_requerimento_03-02-2025_-_castelhano_-_rogerio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3808/044_-_requerimento_-_03-02-2025_-_prorrogacao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3809/03_-_requerimento_lar_da_crianca_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3810/04_-_requerimento_manutencao_baixada_do_pedrao_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3811/05__-_requerimento_vila_vicentina_03-02-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3812/010_-_requerimento_03-02-2025_-_der_-_ponte_vintem_-_retifica.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3813/11_-_requerimento_03-02-2025_-_virador_de_onibus_estiva.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3814/12_-_requerimento_03-02-2025_-_escola_lagoa.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3815/13_-_requerimento_03-02-2025_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3816/14_-_requerimento_03-02-2025_-_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3830/011_-_requerimento_10-02-2025_-_gabinete_dentario.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3831/045_-_requerimento_-_10-02-2025_-_estrada_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3832/046_-_requerimento_-_10-02-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3833/047_-_requerimento_-_10-02-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3834/048_-_requerimento_-_10-02-2025_-_bueiro_em_frente_sicoob.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3835/049_-_requerimento_-_10-02-2025_-_podar_arvores_lagoa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3836/07_-_requerimento_-_10-02-2025_-_atendimento_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3837/012_-_requerimento_10-02-2025_-_pintura_quebra-molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3838/050_-_requerimento_-_10-02-2025_-_estrada_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3839/051_-_requerimento_-_10-02-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3840/052_-_requerimento_-_10-02-2025_-_passei_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3841/053_-_requerimento_-_10-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3842/054_-_requerimento_-_10-02-2025_-_energia_eletrica_e_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3843/015_-_requerimento_10-02-2025_-_contra_mao_trecho_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3844/016_-_requerimento_10-02-2025_-_urgencia_especial_pls_05_e_06_-_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3845/15_-_requerimento_10-02-2025_-_ponte_estiva.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3846/16_-_requerimento_10-02-2025_-_manilhamento_e_bueiro_rua_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3847/17_-_requerimento_10-02-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3848/06_-_requerimento_abrigo_de_onibus_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3849/07_-_requerimento_manutencao_bairro_pipa_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3856/55_-_requerimento_-_17-02-2025_-_barra_mansa_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3857/56_-_requerimento_-_17-02-2025_-_limpeza_escola_posses_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3858/57_-_requerimento_-_17-02-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3859/09_-_requerimento_17-02-2025_-__bairro_sao_jose_-_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3860/10_-_requerimento_17-02-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3861/58_-_requerimento_-_17-02-2025_-_bairro_corrego_fundo_-_passeio_postes.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3862/59_-_requerimento_-_17-02-2025_-_pedra_-_ze_til.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3863/17_-_requerimento_17-02-2025_-_buracos_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3864/09_-_requerimento_adicional_de_insalubridade_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3865/08_-_requerimento_creche_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3866/18_-_requerimento_17-02-2025_-_manilhas_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3867/19_-_requerimento_17-02-2025_-_esf_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3868/20_-_requerimento_17-02-2025_-_estradas_-_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3869/21_-_requerimento_17-02-2025_-_estrada_estiva_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3870/22_-_requerimento_17-02-2025_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3871/06_-_requerimento_-_17-02-2025_-_programa_de_melhoramento_genetico.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3872/013_-_requerimento_17-02-2025_-_construcao_abrigo_sertaozinho_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3879/60_-_requerimento_-_24-02-2025_-_pequenas_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3880/61_-_requerimento_-_24-02-2025_-__ponte_na_pipa_-_perto_do_lolo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3881/08_-_requerimento_24-02-2025_-_calcamento_local_vira_onibus_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3882/09_-_requerimento_24-02-2025_-_iluminacao_publica_-_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3883/010_-_requerimento_24-02-2025_-_coleta_de_lixo_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3884/011_-_requerimento_24-02-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3885/012_-_requerimento_24-02-2025_-_poste_iluminacao_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3886/013_-_requerimento_24-02-2025_-_calcamento_perto_curral_do_paulinho_correia.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3887/018_-_requerimento_24-02-2025_-_tapa_buracos_-_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3888/019_-_requerimento_24-02-2025_-_rua_jose_belmiro.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3889/23_-_requerimento_24-02-2025_bueiro_lagoa_-_casa_ademilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3890/10_-_requerimento_manutencao_rua_jose_de_oliveira_lopes_24-02-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3901/62_-_requerimento_-_06-03-2025_-_drenagem_agua_lagoa_-_proximo_esf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3902/63_-_requerimento_-_06-03-2025_-_local_para_funcionarios_guardar_seus_veiculos.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3903/014_-_requerimento_06-03-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3904/015_-_requerimento_06-03-2025_-_cemig_-_poste_-_evaristo_vilas_boas_-_posses.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3905/24_-_requerimento_06-03-2025_-_lixeira_lagoa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3906/016_-_requerimento_10-03-2025_-_abrigo_ponto_de_onibus_vintem.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3907/11_-_requerimento_10-03-2025_-_manutencao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3908/014_-_requerimento_10-03-2025_-_calcamento_lagoa_e_pedrao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3909/015_-_requerimento_10-03-2025_-_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3910/64_-_requerimento_-_10-03-2025_-_manutencao_estradas_bela_vista_e_segredo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3911/65_-_requerimento_-_10-03-2025_-_retirar_monte_de_terra_perto_quadra_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3912/25_-_requerimento_10-03-2025_-_rocar_mato_beirada_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3919/66_-_requerimento_-_17-03-2025_-_fonoaudiologa_psicologo_e_neuropediatra_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3920/67_-_requerimento_-_17-03-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3921/68_-_requerimento_-_17-03-2025_-_posto_saude_lagoa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3922/69_-_requerimento_-_17-03-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3923/016_-_requerimento_17-03-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3924/017_-_requerimento_17-03-2025_-_estrada_3_paineira_abertao_e_facundes_liga_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3925/018_-_requerimento_17-03-2025_-_bueiro_estrada_tres_paineiras_-_casa_do_cido.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3926/019_-_requerimento_17-03-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho_entrando_proximo_dito_batista.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3927/11_-_requerimento_entidades_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3928/12_-_requerimento_manutencao_bairro_paulino_paixao_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3929/13_-_requerimentotjmg_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3930/020_-_requerimento_17-03-2025_-_lixeira_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3931/021_-_requerimento_17-03-2025_-_poste_cemig_bairro_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3932/022_-_requerimento_17-03-2025_-_fossas_septicas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3933/023_-_requerimento_17-03-2025_-_limpeza_estrada_paulino_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3934/26_-_requerimento_17-03-2025_-_bueiro_bairro_pipa_-_dito_oscar.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3935/27_-_requerimento_17-03-2025_-_bueiro_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3936/024_-_diaria_para_brasilia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3943/70_-_requerimento_-_24-02-2025_-_banheiro_da_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3944/71_-_requerimento_-_24-02-2025_-_lixo_balaio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3945/72_-_requerimento_-_24-03-2025_-_transporte_escolar_alunos_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3946/020_-_requerimento_24-03-2025_-_estrda_cubataozinho_zezinho_do_brejo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3947/021_-_requerimento_24-03-2025_-lixeira_no_bairro_pitangueirs_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3948/73_-_requerimento_24-03-2025_-_urgencia_especial_pl_12_e_13_-_2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3949/08_-_requerimento_-_24-03-2025_-_estrada_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3950/025_-_requerimento_24-03-2025_-_bueiro_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3951/14_-_requerimento_manutencaoposto_de_atendimento_lagoa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3952/15_-_requerimento_manutencaoposto_de_atendimento__estiva.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3953/28_-_requerimento_24-03-2025_-_estrada_pedrao_-_igreja_-_patricia_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3954/29_-_requerimento_24-03-2025_-_patrolamento_estrada_lagoa_pedrao.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3955/74_-_requerimento_24-03-2025_-_estacionamento_vintem_entrada_acesso_vintem_e_cubaraozinho.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3962/75_-_requerimento_07-04-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3963/76_-_requerimento_07-04-2025_-_manutencao_estrada_cava_funda_-_dreno_na_beiradas.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3964/12_-_requerimento_07-04-2025_-_av._presidente_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3965/13_-_requerimento_07-04-2025_-_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3966/77_-_requerimento_-_07-04-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3967/79_-_requerimento_-_07-04-2025_-_der_-_ponte_vintem_-_rever_trabalho.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3968/80_-_requerimento_-_07-04-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3969/017_-_requerimento_07-04-2025_-_manutencao_calcamento_ruas_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3970/018_-_requerimento_07-04-2025_-_manilhas_bueiro_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3971/09_-_requerimento_-_07-04-2025_-_limpeza_lote_baldio_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3972/10_-_requerimento_-_07-04-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3973/022_-_requerimento_07-04-2025_-_rocar_estrada_cubatao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3974/023_-_requerimento_07-04-2025_-_maquinas_estradas_lavoura_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3975/024_-_requerimento_07-04-2025_-_cortar_arvore_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3976/81_-_requerimento_-_07-04-2025_-_bairro_coelhos_-_posses_-_manilha_estrada.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3977/82_-_requerimento_-_07-04-2025_-_bairro_paulino_-_bueiro_entupido.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3978/026_-_requerimento_07-04-2025_-_rocar_estrada_cubatao_-_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3979/027_-_requerimento_07-04-2025_-_lixeira_vintem_-_tino.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3980/028_-_requerimento_07-04-2025_-_manutencao_calcamento_alecrim.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3981/029_-_requerimento_07-04-2025_-_faixa_elevada_rua_principal_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3982/030_-_requerimento_07-04-2025_-_iluminacao_postes_alta_vile_ate_colegio.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3983/031_-_requerimento_07-04-2025_-_rua_prof_claudio_de_souza_bustamante.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3984/30_-_requerimento_07-04-2025_-_estrada_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3985/31_-_requerimento_07-04-2025_-_bueiro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3986/32_-_requerimento_07-04-2025_-_estrada_lagoa_-_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3987/16_-_requerimento_maquinario_para_os_produtores_rurais_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3988/83_-_requerimento_jerson_07-04-2025_-_quadra_coronel.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3989/17_-_requerimento_bairro_correas_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3990/18_-_requerimento_bairrovintem_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4006/84_-_requerimento_-_14-04-2025_-_estrada_angu_-_construir_lixeira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4007/85_-_requerimento_-_14-04-2025_-_estrada_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4008/011_-_requerimento_14-04-2025_-_passar_maquina_estrada_que_liga_cubatao_ao_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4009/86_-_requerimento_-_14-04-2025_-_trecho_estrada_morro_frio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4010/87_-_requerimento_-_14-04-2025_-_rua_em_frente_sinesio_-_rua_dona_maria_cibela.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4011/019_-_requerimento_14-04-2025_-_estrada_tamandua_-_vintem.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4012/07_-_requerimento_-_14-04-2025_-_iluminacao_solar_-_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4013/032_-_requerimento_14-04-2025_-_manutencao_estrada_-_atalho_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4014/033_-_requerimento_14-04-2025_-_abrigo_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4015/034_-_requerimento_14-04-2025_-_manutencao_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4016/88_-_requerimento_-_14-04-2025_-_melhorias_estrada_contendas_ao_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4017/89_-_requerimento_-_14-04-2025_-_melhoria_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4018/90_-_requerimento_-_14-04-2025_-_mudanca_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4019/035_-_requerimento_14-04-2025_-_estrada_pedrao_-_velosa.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4020/20_-_requerimento_secretaria_de_saude_-_contratos_prorrogados_2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4021/08_-_requerimento_14-04-2025_-_urgencia_especial_pl_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4028/91_-_requerimento_-_22-04-2025_-_furnas_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4029/93_-_requerimento_-_22-04-2025_-wi-fi_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4030/94_-_requerimento_-_22-04-2025_-_baixadao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4031/95_-_requerimento_-_22-04-2025_-_correias.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4032/96_-_requerimento_-_22-04-2025_-_campestre_estrada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4033/025_-_requerimento_22-04-2025_-__inicio_estrada_paulino_-_barra.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4034/026_-_requerimento_22-04-2025_-__estrada_principal_alecrim.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4035/027_-_requerimento_22-04-2025_-__contratacao_pediatra.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4036/92_-_requerimento_-_22-04-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4037/33_-_requerimento_22-04-2025_-_mato_-_lixeira_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4038/34_-_requerimento_22-04-2025_-_bueiro_-_estiva_-_associacao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4039/35_-_requerimento_22-04-2025_-_lagoa_-_esf_-_terra_e_mato_patio.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4040/36_-_requerimento_22-04-2025_-_lagoa_-_grade_bueiro_-_campo_futebol.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4041/37_-_requerimento_22-04-2025_-_estiva_-_associacao_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4042/38_-_requerimento_22-04-2025_-__boeiro_pedra_preta_ze_tiao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4043/39_-_requerimento_22-04-2025_-_mato_-_patio_-_esf_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4044/40_-_requerimento_22-04-2025_-_patrolar_estrada_estiva_-_cidade.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4045/41_-_requeimento_22-04-2025_-_lagoa_-_patrolar_-_estrada_de_dentro_do_bairro.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4046/42_-_requerimento_22-04-2025_-_manilhamento_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4066/013_-_requerimento_28-04-2025_-_buracos_rua_casemiro_osorio_loja_do_leandro.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4067/012_-_requerimento_28-04-2025_-_lixeira_inicio_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4068/97_-_requerimento_-_28-04-2025_-_psocologo.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4069/98_-_requerimento_-_28-04-2025_-_galeria_ex-_vereadores_jovens.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4070/15_-_requerimento_28-04-2025_-_rua_poeta_joao_carneiro.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4071/21_-_requerimento_iluminacao_correas.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4072/99_-_requerimento_-_28-04-2025_-_pedra_batista_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4073/100_-_requerimento_-_28-04-2025_-_informacao_veiculos_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4074/14_-__requerimento_28-04-2025_-__coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4075/036_-_requerimento_28-04-2025_-_repasse_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4076/037_-_requerimento_28-04-2025_-_rua_josino_tome.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4077/020_-_requerimento_28-04-2025_-_cascalhar_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4078/22_-_requerimento_28-04-2025_-_urgencia_especial_pl_20_e_21_-_2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4080/101_-_requerimento_-_05-05-2025_-_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4081/102_-_requerimento_-_05-05-2025_-_agua_da_copasa_para_moradores_apos_centro_de_tratamento_da_copasa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4082/103_-_requerimento_-_05-05-2025_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4083/09_-_requerimento_05-05-205_-_autorizacao_funcionamento_escola_coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4084/014_-_requerimento_05-05-2025_-_calcamento_em_frente_hpito.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4085/16_-_requerimento_05-05-2025_-_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4086/43_-_requerimento_05-05-2025_-_limpeza_beirada_ruas_pedrao.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4087/23_-_requerimento_05-05-2025_-_urgencia_especial_pl_19_-_2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4102/10_-_requerimento_12-05-2025_-_urgencia_especial_pl_25_-_2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4108/104_-_requerimento_-_12-05-2025_-_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4109/105_-_requerimento_-_12-05-2025_-_limpeza_no_loteamento_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4110/106_-_requerimento_-_12-05-2025_-_quebra-mola_e_faixa_elevada_rua_principal_de_acesso_ao_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4111/107_-_requerimento_-_12-05-2025_-_passeio_na_rua_professor_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4112/038_-_requerimento_12-05-2025_-_agua_bica.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4113/039_-_requerimento_12-05-2025_-_faixa_elevada_estrada_compestre.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4114/040_-_requerimento_12-05-2025_-_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4115/18_-_requerimento_paulino_12-05-2025_-_aguas_pluviais.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4116/17_-_requerimento_paulino_12-05-2025_-_bloquetes.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4117/028_-_requerimento_12-05-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4118/029_-_requerimento_-_12-05-2025_-_limeira_-_milo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4119/030_-_requerimento_12-05-2025_-_manutencao_toda_estrada_e_monte_de_terra_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4120/031_-_requerimento_12-05-2025_-_vazamento_de_agua_na_rua_paulo_valdemar.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4121/24_-_requerimento_retorno_do_coral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4122/44_-_requerimento_12-05-2025_-_pedrao_-_tiao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4123/45_-_requerimento_12-05-2025_-_academia_pedrao.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4139/108_-_requerimento_-_19-05-2025_-_limpeza_escola_posses_pedra_preta_-_sede_esf.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4140/109_-_requerimento_-_19-05-2025_-_reforma_abrigo_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4141/110_-_requerimento_-_19-05-2025_-_esgoto_vazando_na_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4142/041_-_requerimento_19-05-2025_-_esf_posses.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4143/042_-_requerimento_19-05-2025_-_rua_jose_sergio_rezende.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4144/021_-_requerimento_19-05-2025_-_manilhar_rua_maria_cibele_juncao_com_a__rua_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4145/022_-_requerimento_19-05-2025_-_lixeira_amado_afonso_-_beira_rodovia.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4146/015_-_requerimento_19-05-2025_-_casa_popular.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4147/016_-_requerimento_19-05-2025_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4148/017_-_requerimento_19-05-2025_-_radar_rodovia_mg_347_-_rocinha.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4149/018_-_requerimento_19-05-2025_-_rocar_estrada_cidade_ao_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4150/032_-_requerimento_19-05-2025_-_estrada_contendas_-_hilario_-_tiao_chagas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4151/033_-_requerimento_19-05-2025_-_estraba_liga_balaio_as_posses_-_mario_fernandes.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4152/034_-_requerimento_19-05-2025_-_pranchao_ponte_pitangueira_de_baixo_acesso_a_sja.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4164/111_-_requerimento_-_26-05-2025_-_rocar_mato_beirada_estrada_do_bairro_castelhano.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4165/112_-_requerimento_-_26-05-2025_-_pedido_informacoes_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4166/113_-_requerimento_-_26-05-2025_-_melhoria_requerimento_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4167/023_-_requerimento_26-05-2025_-_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4168/019_-_requerimento_26-05-2025_-_rocagem_mato_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4169/025_-_requerimento_26-05-2025_-_estrada_flores_ate_castelhano.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4170/024_-_requerimento_26-05-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4171/114_-_requerimento_-_26-05-2025_-_iluminacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4172/115_-_requerimento_-_26-05-2025_-_lixeira_terra_plenagem_espaco_na_beirada__da_rodovia_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4173/46_-_requerimento_26-05-2025_-_rede_de_esgoto_entupida_-_lado_da_escola.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4184/116_-_requerimento_-_02-06-2025_-_atalho_tamandua_vintem_-_monte_de_terra.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4185/035_-_requerimento_02-06-2025_-_reduzir_carga_horario_dos_motoristas_operador_de_maquina_e_pedreiro.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4186/036_-_requerimento_02-06-2025_-_abrir_uma_nova_rua_ligando_o_loteamento_nair_ao_loteamento_claudio.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4187/037_-_requerimento_02-06-2025_-_informacao_sobre_maquina_de_beneficiar_cafe.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4188/038_-_requerimento_02-06-2025_-_lixeira_perto_baiano_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4189/117_-_requerimento_-_02-06-2025_-_ponte_campestre.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4190/47_-_requerimento_academia_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4191/48_-_requerimento_estrada_bairro_lagoa_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4193/25_-_requerimento_bairro_correas_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4194/26_-_requerimento_secretaria_de_saude_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4196/11_-_requerimento_02-06-2025_-_urgencia_especial_pl_26_e_27_-_2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4210/19_-_requerimento__-_9-6-2025_-_radar_-_rezende_-_divisa.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4211/20_-_requerimento_-_9-6-2025_-_informacoes_atividades_cras_no_rezende.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4212/026_-_requerimento_09-06-2025_-_lixeira_-_pessoal_dos_machado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4213/039_-_requerimento_09-06-2025_-_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4214/040_-_requerimento_09-06-2025_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4215/49_-_requerimento_09-06-2025_-_arrumar_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4216/50_-_requerimento_09-06-2025_-__iluminacao_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4217/51_-_requerimento_arrumar_esgoto_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4218/27_-_requerimento_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4219/28_-_requerimento_bairro_pipa_e_pedrao__09-06-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4240/027_-_requerimento_16-06-2025_-_calcar_trecho_da_av._flavio_paiva.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4241/020_-_requerimento_-_16-06-2025_-_calcar_final_da_rua_afonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4242/041_-_requerimento_16-06-2025_-_estacionamento_entrada_para_tamandua.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4243/118_-_requerimento_-_16-06-2025_-_estacionamento_em_frente_mercado_purguinha.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4244/043_-_requerimento_16-06-2025_-_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4245/044_-_requerimento_16-06-2025_-_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4246/119_-_requerimento_-_16-06-2025_-_reitera_quando_sera_liberado_para_construcao_o_loteamento_nair.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4247/21_-_requerimento_16-06-2025_-__alta_ville.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4254/120_-_requerimento_-_23-06-2025_-_limpeza_corrego_rua_antonio_jose_de_souza_-_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4255/121_-_requerimento_-_23-06-2025_-_instituir_na_prefeitura_gratificacao_por_desempenho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4256/52_-_requerimento_16-06-2025_-_informacao_sobre_rodeio.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4257/53_-_requerimento_23-06-2025_-__pedra_preta_-_academia.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4258/54_-_requerimento_23-06-2025_-__estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4259/55_-_requerimento_23-06-2025_-__lixeira_serrinha.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4272/12_-_requerimento_30-06-2025_-_urgencia_especial_pl_32_e_33_-_2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4287/022_-_requerimento_-_04-08-2025_-_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4288/021_-_requerimento_-_04-08-2025_-_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4289/122_-_requerimento_-_04-08-2025_-_ponte_bela_bista.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4290/123_-_requerimento_-_04-08-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4291/124_-_requerimento_-_04-08-2025_-_esgoto_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4292/125_-_requerimento_-_04-08-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4293/126_-_requerimento_-_04-08-2025_-_limpeza_rua_nei_algusto_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4294/127_-_requerimento_-_04-08-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4295/56_-_requerimento_04-08-2025_-_manilha_bairro_serrinha.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4296/57_-_requerimento_04-08-2025_-_calcamento_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4297/58_-_requerimento_04-08-205_-_contrucao_de_boeiro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4298/59_-_requerimento_04-08-2025_-_estradas_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4299/60_-_requerimento_04-08-2025_-_estradas_castelhano.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4300/028_-_requeriment_04-08-2025_-_iluminacao_publica_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4301/29_-_requerimento_04-08-2025_-_manutencao_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4319/14_-_requerimento_11-08-2025_-_bebedouro_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4320/13_-_requerimento_11-08-2025_-_requerimento_para_colocar_em_funcionamento_gabinete_dentario_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4321/023_-_requerimento_-_11-08-2025_-_quebra-mola_rua_jose_da_costa_paica-_bairro_alta_vile.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4322/023_-_requerimento_-_11-08-2025_-_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4323/024_-_requerimento_-_08-08-2025_-_mudanca_ferias-premio_para_5_anos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4324/130_-_requerimento_08-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda_maria_silva_olindo.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4325/129_-_requerimento_08-08-2025_-_manutencao_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4326/128_-_requerimento_-_11-08-2025_-_calcamento_cruzamento_rua_casemiro_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4327/131_-_requerimento_11-08-2025_-_manilha_quebrada_curva_dos_vianas__bairro_anhumas.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4328/132_-_requerimento_11-08-2025_-_bueiro_rua_josefina_monti.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4329/23_-_requerimento_11-08-2025_-__redutor_velocidade_paulino.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4330/22_-_requerimento_11-08-2025_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4331/133_-_requerimento_11-08-2025_-_calcamento_proximo_ao_sicoob.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4332/61_-_requerimento_11-08-2025_-__estrada_pedrao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4333/62_-_requerimento_11-08-2025_-_estrada_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4334/63_-_requerimento_11-08-2025_-_estacao_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4335/64_-_requerimento_11-08-2025_-_poco_artesiano_lagoa.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4336/042_-_requerimento_11-08-2025_-_estrada_lavoura_marquinho_fernandes_-_zezinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4337/043_-_requerimento_11-08-2025_-_limpeza_corrego_avenida_claudio_rodritues_souza.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4338/044_-_requerimento_11-08-2025_-_conserto_pranchao_estrada_pitangueiras_perto_ubs.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4339/029_-_requeriment_11-08-2025_-_estrada_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4340/16_-_requerimento_11-08-2025_-_abrigo_tamandua.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4341/17_-_requerimento_11-08-2025_-_local_para_atendimento_esf_no_bairro_cubatao.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/15_-_requerimento_11-08-2025_-_urgencia_especial_pl_34_35_36_e_37.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/134_-_requerimento_18-08-2025_-_moscas_bairros_contendas_furnas_anhumas_e_rocinha.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/135_-_requerimento_18-08-2025_-_quebra-molas_rua_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/136_-_requerimento_-_18-08-2025_-__ponte_vintem.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/137_-_requerimento_-_18-08-2025_-__calcada_ruas_jose_da_costa_paiva_sergio_e_estevan.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/138_-_requerimento_-_18-08-2025_-__rocagem_mato_beirada_estrada_paulino.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/139_-_requerimento_-_18-08-2025_-_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/045_-_requerimento_18-08-2025_-_instalacao_de_um_bueiro_na_rua_juarez_silva_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/046_-_requerimento_18-08-2025_-_sinalizacoes_das_ruas_analise_a_viabilidade_de_se_instalar_uma_placa_na_rua_benjamin_constant_no_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/047_-_requerimento_18-08-2025_-__que_o_setor_responsavel_faca_manutencao_na_estrada_que_da_acesso_a_propriedade_do_rodrigo_filha_da_lourdes_no_bairro_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/65_-_requerimento_estrada_bairro_pipa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/66_-_requerimento_bairro_lagoa_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/67_-_requerimento_bairro_pedra_preta__-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4377/68_-_requerimento_serra_estiva_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/045_-_requerimento_18-08-2025_-_estrada_pitangueiras_-_3_paineiras_-_morro_da_grota_do_rosa.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/046_-_requerimento_18-08-2025_-_bueiro_estrada_pitangueiras_-_sao_jose_do_alegre.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/047_-_requerimento_18-08-2025_-_curva_dos_vianas_bueiro_aterro.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/048_-_requerimento_18-08-2025_-_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/049_-_requerimento_18-08-2025_-_limpeza_bueiro_e_sargeta_proximo_fazenda_rosiane.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/69_-_requerimento_sertaozinho_-_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/140_-_requerimento_-_25-08-2025_-_rebaixar_quebra-mola_estrada_campestre.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/141_-_requerimento_25-08-2025_-_manutencao_estrada_pitangueiras_-_ivanilda.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/030_-_requeriment_25-08-2025_-_iluminacao_publica_e_manutencao_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/142_-_requerimento_-_25-08-2024_-_bueiro_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/24_-_requerimento_25-08-2025_-_cemig_-_queda_de_energia.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/25_-_requerimento_25-08-2025_-_rua_jose_de_abreu_rezende_-_acougue.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/26_-_requerimento_25-08-2025_-_insalubridade_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/70_-_requerimento_prorrogacao_concurso_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/72_-_requerimento_estradas_bairro_belo_ramo_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/71_-_requerimento_estrada_bairro_estiva_-_laga_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/73_-_requerimento_pintura_quadra_estiva_-_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/050_-_requerimento_25-08-2025_-_passar_patrol_estrada_pitangueiras_-_onofre_fermino_cido_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/051_-_requerimento_25-08-2025_-_calcamento_avenida_claudio_de_souza_-_perto_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/145_-_requerimento_-_01-09-2025_-_adquirir_uma_carregadeira_articulada.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/144_-_requerimento_-_01-09-2025_-_reurb_-_regularizar_loteamento_irregulares.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/143_-_requerimento_-_01-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/025_-_requerimento_-_01-09-2025_-_atendimento_odontologico_alguns_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/026_-_requerimento_-_01-09-2025_-_calcar_trecho_da_avenida_flavio_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/27_-_requerimento_01-09-2025_-_rede_esgoto_rua_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/146_-_requerimento_-_01-09-2024_-_estrada_apos_o_posto_de_saude_lagoa_-_arvores.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/147_-_requerimento_-_01-09-2025_-_limpeza_na_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/048_-_requerimento_01-09-2025_-__calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/052_-_requerimento_01-09-2025_-_calcamento_paulino_-_correas.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/053_-_requerimento_01-09-2025_-_calcamento_bar_do_loro.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/054_-_requerimento_01-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/055_-_requerimento_01-09-2025_-_bloquetes_propriedade_eleizeu_no_bairro_pitangueiras_virador_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/74_-_requerimento__-_calcamento_rua_jose_belmiro_monti_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/75_-_requerimento__-_transformador_cemig_-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/76_-_requerimento__-_faixas_elevadas_e_faixas_de_pedestres_em_pontos_estrategicos_ao_lado_do_posto_candola-_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/148_-_requerimento_-_08-09-2025_-_contramao_rua_dona_inacia.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/156_-_requerimento_05-09-2025_-_urgencia_especial_pl_42_-_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/149_-_requerimento_-_08-09-2025_-_estrada_divisa_-_dito_albino_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/150_-_requerimento_-_08-09-2025_-_sertaozinho_-_calcamento_proximo_sandra.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/056_-_requerimento_08-09-2025_-_consultorio_odontologico_das_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/049_-_requerimento_08-09-2025_-__calcamento_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/77_-_requerimento__-_lampadas_queimadas_pedrao_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/78_-_requerimento__-_estrada_pipa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/28_-_requerimento_08-09-2025_-_diaria_viagem_pj.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/027_-_requerimento_-_15-09-2025_-_pranchao_ponte_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/152_-_requerimento_15-09-2025_-_passeio_rodovia_mario_santana.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/153_-_requerimento_15-09-2025_-_ponte_angu.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/155_-_requerimento_15-09-2025_-_rua_casemiro_osorio_-_desnivel_calcamento.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/154_-_requerimento_15-09-2025_-_rua_poeta_joao_carneiro_de_rezende_-_calcamento_no_ponto_onde_termina_o_asfalto.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/156_-_requerimento_15-09-2025_-_pintura_quebra_molas_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/028_-_requerimento_-_15-09-2025_-_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/029_-_requerimento_-_15-09-2025_-_rua_afonso__vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/29_-_requerimento_15-09-2025_-_pedagio_estudantes_pouso_alegre.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/157_-_requerimento_15-09-2025_-_construir_faixa_elevada_na_avenida_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/057_-_requerimento_15-09-2025_-_passar_maquina_dito_avelino.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/058_-_requerimento_15-09-2025_-_calcamento_cruzamento_dito_lopes.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/059_-_requerimento_15-09-2025_-_estribo_e_porta_caminhao_lixo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/060_-_requerimento_15-09-2025_-_ponte_pitangueiras_-_fazer_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/30_-_requerimento_15-09-2025_-_urgencia_especial_pl_47_-_2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/158_-_requerimento_22-09-2025_-_alta_vile_-_tampa_bueiro.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/160_-_requerimento_22-09-2025_-_rua_jose_de_oliveira_lopes_-_perto_grandao.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/159_-_requerimento_22-09-2025_-_calcamento_trecho_de_rua_predio_tonho_onorfo.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/161_-_requerimento_22-09-2025_-_passeio_no_trecho_que_esta_sendo_calcado_no_bairro_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/163_-_requerimento_-_22-09-2024_-_bueiro_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/162_-_requerimento_-_22-09-2025_-_bueiro_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/031_-_requeriment_22-09-2025_-_patrolamento_estrada_furnas_ze_nogueira.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/030_-_requerimento_-_22-09-2025_-_requerimento_estrada_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/031_-_requerimento_-_22-09-2025_-_estrada_pitangueiras_-_tres_paineiras_-_pedra.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/032_-_requerimento_-_22-09-2025_-_luminaria_paulino.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/79_-_requerimento__-_22-09-2025_-_tampa_bueiro_alta_ville.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/80_-_requerimento__-_22-09-2025_-_estrada_pedrao_-_horacilda.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/81_-_requerimento__-_22-09-2025_-_cascalho_estrada_lagoa.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/164_-_requerimento_-_06-10-2025_-_manilha_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/164_-_requerimento_-_06-10-2025_-_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/165_-_requerimento_-_06-10-2025_-_placa_obra_prefeitura_perto_atineia.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/166_-_requerimento_-_06-10-2025_-_limpeza_beirada_estrada_angu.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/167_-_requerimento_-_06-10-2025_-_lixeira_venda_do_tonhao.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/169_-_requerimento_-_06-10-2025_-_poste_av._claudio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/168_-_requerimento_-_06-10-2025_-_conserto_rodovia_mg347_-_furnas.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/18_-_requerimento_06-08-2025_-_placa_indicativa_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/171_-_requerimento_-_06-10-2025_-_manutencao_abrigo_rocinha.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/172_-_requerimento_-_06-10-2025_-_caixa_de_agua_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/033_-_requerimento_-_06-10-2025_-_bueiro_estrada_contendas_posses.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/034_-_requerimento_-_06-10-2025_-_estrada_pitangueiras_-_reapresentar.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/035_-_requerimento_-_06-10-2025_-_uniforme_para_os_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/82_-_requerimento_-_06-10-2025_-_bueiro_estrada_bairro_pedrao_-_moacir.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/173_-_requerimento_-_06-10-2025_-_informacoes_sobre_cumprimento_da_lei_de_pertubacao_templos_regiliosos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/061_-_requerimento_06-10-2025_-_aumento_carga_transformador_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/062_-_requerimento_06-10-2025_-_calcamento_em_frente_igreja_cristo_redentor.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/063_-_requerimento_06-10-2025_-_informacoes_sobre_a_aplicacao_do_recurso_calcamento_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/032_-_requeriment_13-10-2025_-_estrada_3_paineiras.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/033_-_requerimento_13-10-2025_-_entrada_mae_jarbinha.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/034_-_requerimento_13-10-2025_-_reforma_2_pontes_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/19_-_requerimento_13-10-2025_-_identificar_veiculos_da_prefeitura_-_adesivo.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/174_-_requerimento_-_10-10-2025_-_rampa_acesso_jardim.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/035_-_requerimento_13-10-2025_-_lixeira_floresta_paim.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/20_-_requerimento_13-10-2025_-__reajuste_real_vencimento_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/175_-_requerimento_-_13-10-2025_-_lagoa_limpeza_para_festa.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/83_-_requerimento_-_13-10-2025_-_bairro_pipa.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/84_-_requerimento_13-10-202_-_manutencao_de_rua_em_frente_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/85_-_requerimento_13-10-2025_-_bairro_lagoa_-_esgoto_-_adenilson_rosa.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/176_-_requerimento_-_13-10-2025_-_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/177_-_requerimento_-_13-10-2025_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/064_-_requerimento_13-10-2025_-_boca_de_lobo_entupida_-_em_frente_casa_dinho_da_contendas.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/065_-_requerimento_13-10-2025_-_manutencao_calcamento_proximo_a_farmacia_economize.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/30_-_requerimento_13-10-2025_-__lixo_caindo_caminhao.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/21_-_requerimento_13-10-2025_-__incendio_pedra_branca_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/036_-_requerimento_-_20-10-2025_-_poda_arvore_jesse_e_eliana_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/178_-_requerimento_-_20-10-2025_-_lixeira_em_frente_dionisio.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/179_-_requerimento_-_20-10-2025_-_placa_de_conta_mao_esquina_da_rua_paica_junior_proximo_camara.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/180_-_requerimento_-_20-10-2025_-_fechar_campinho_da_bica.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/181_-_requerimento_-_20-10-2025_-_esgoto_vazando_na_rua_jose_monti_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/182_-_requerimento_-_20-10-2025_-_grade_bueiro_entrada_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/183_-_requerimento_-_20-10-2025_-_demolir_velorio_e_extender_rua_jose_dos_santos_marques.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/86_-_requerimento_20-10-2025_-_manutencao_de_rua_bairro_pedrao_cecilia.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/87_-_requerimento_20-10-2025_-_cascalho_estrada_bairro_lagoa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/88_-_requerimento_20-10-2025_-_solicitando_medicao_do_terreno_da_prefeitura_localizado_no_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/89_-_requerimento_20-10-2025_-_manutencao_de_esgoto__lagoa_-_em_frente_escola.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/90_-_requerimento_20-10-2025_-_instalacao_de_lixeira_e_placa_de_pare_-_dionisio.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/036_-_requerimento_20-10-2025_-_der_-_terra_beirada_rodovia.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/190_-_requerimento_-_27-10-2025_-__pinturas_quebra-mola_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/191_-_requerimento_-_27-10-2025_-__tamandua_-_substituir_canos_por_manilha_-_nardo.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/91_-_requerimento_27-10-2025_-_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/92_-_requerimento_27-10-2025_-__bairro_pedrao_preta.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/93_-_requerimento_27-10-2025_-_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/94_-_requerimento_27-10-2025_-__bela_vista.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/95_-_requerimento_27-10-2025_-_indicacao_de_placas.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/066_-_requerimento_27-10-2025_-_reforma_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/067_-_requerimento_27-10-2025_-_calcamento_rocinha.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/052_-_requerimento_05-11-2025_-__lixeira_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/22_-_requerimento_05-11-2025_-_urgencia_especial_pl_58.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/038_-_requerimento_05-11-2025_-_acostamento_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/068_-_requerimento_05-11-2025_-_melhoria_acesso_estrada_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/069_-_requerimento_05-11-2025_-_melhoria_chegada_adilson_pola_nas_posses.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/037_-_requerimento_-_10-11-2025_-_beco_dos_vianas.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/96_-_requerimento_10-11-2025_-_estrada_pedrao_-_lagoa_-_benedito_nascimento.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/97_-_requerimento_10-11-2025_-__manilha_quebrada_-_bairro_pedrao_-_roberto_acir.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/193_-_requerimento_10-11-2025_-_estrada_pipa.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/194_-_requerimento_-_10-11-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/195_-_requerimento_-10-11-2025_-_ponte_da_usina_pedrao_que_caiu.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/98_-_requerimento_10-11-2025_-__informacoes_licitacao_lagoa_-_pl_136-2024.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/99_-_requerimento_10-11-2025_-_cesta_natal_aos_funcionarios_publicos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/100_-_requerimento10-11-2025_-_bairro_pipa_-_cascalho.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/196_-_requerimento_-17-11-2025_-_quebra-mola_e_faixa-elevada_-_joaquina_lopes.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/197_-_requerimento_-17-11-2025_-_bela_vista_-_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/198_-_requerimento_-17-11-2025_-_lagoa_-_curva_do_coracao.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/199_-_requerimento_-_17-11-2025_-_caixa_de_agua_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/038_-_requerimento_-_17-11-2025_-_estrada_pitangueiras_milo_monti.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/200_-_requerimento_-_17-11-2025_-_capina_mato_laterais_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/201_-_requerimento_-_17-11-2025_-_espaco_para_eventos.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/039_-_requerimento_17-11-2025_-_manutencao_serra_do_balaio.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/101_-_requerimento_24-11-2025_-__pintura_de_meios_fios_bairro_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/102_-_requerimento_24-11-2025_-__estrada_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/103_-_requerimento_24_-_11-_2025_-_manutencao_do_poco_artesiano_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/104_-_requerimento_24-11-2025_-_boeiro_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/105_-_requerimento_24-11-2025_-_limpeza_terra_na_esf_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/202_-_requerimento_-_17-11-2025_-_melhorias_trecho_cruzamento_da_sao_sebastiao_com_a_padre_marino.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/203_-_requerimento_-_24-11-2025_-_esgoto_acougue_marcos.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/204_-_requerimento_-_01-12-2025_-_sabara_academia.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/205_-_requerimento_-_01-12-2025_-_buraco_no_cruzamento_rua_pedro_monte_com_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/206_-_requerimento_-_01-12-2025_-calcamento_em_frente_posto_candola.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/207_-_requerimento_-_01-12-2025_-_igreja_e_prefeitura_informar_atividades_para_amissao_de_alvara_-_lei_da_pertubacao.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/208_-_requerimento_-_01-12-2025_-_estrada_estiva_-_antiga_cascalheira.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/039_-_requerimento_-_01-12-2025_-_estadio_monti.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/106_-_requerimento_01-12-2025_-_bairro_pedrao_-_limpeza_mato_praca.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/107_-_requerimento_01-12-2025_-_bueiro_pedra_preta_campinho.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/31_-_requerimento_-_limpeza_bairro_pedrao_-_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4761/209_-_requerimento_-_09-12-2025_-_estrada_pitangueiras_-_curva_cedendo_na_lateral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4762/32_-_requerimento_bairro_pitangueiras_09-12-2025.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4763/109_-_requerimento_bairro_lagoa__-_09-12-2025_-_academia.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4764/108_-_requerimento_09-12-2025_-_serra_estiva.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4765/041_-_requerimento_09-12-2025_-_estrada_rocinha_-_tiago_da_calha.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4766/040_-_requerimento_09-12-2025_-_lampadas_queimadas_entorno_praca_jose_gomes_siqueira.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4767/32_-_requerimento_09-12-25_-_venda_do_carmo_paulino.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4768/31_-_requerimento_09-12-25_-_poco_artesiano_paulino.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4769/070_-_requerimento_09-12-2025_-_virador_de_onibus_limeira.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4770/071_-_requerimento_09-12-2025_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4771/211_-_requerimento_-_09-12-2025_-_estacionamento_proximo_operario.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4772/210_-_requerimento_-_09-12-2025_-_toco_de_eucalipito_-_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4778/212_-_requerimento_-_15-12-2025_-_curva_do_roberto_-_posses.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4779/213_-_requerimento_-_15-12-2025_-_limpeza_sarjetas_bairro_coelho.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4780/214_-_requerimento_-_15-12-2025_-_bairro_posses_-_estrada_-_casa_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4781/215_-_requerimento_-_15-12-2025_-_ponte_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4782/216_-_requerimento_-_15-12-2025_-_terra_que_desceu_estrada_do_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4783/217_-_requerimento_-_15-12-2025_-_drenagem_de_agua_rodovia_beirando_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4784/110_-_requerimento_ao_bairro_lagoa_-_trave_gol_-_15_12_2025.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4785/111_-_requerimento_bairro_estiva_-_marta_-_15-12-25.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4786/112_-_requerimento_bairro_pedrao_-_esgoto_campo_futebol_-_15_12_2025.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4791/23_-_requerimento_22-12-2025_-_urgencia_especial_pl_65.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4793/040_-_requerimento_-_22-12-2025_-_quebra-molas_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4124/01_-_requerimento_vj_alice_-_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4125/01_-_requerimento_vj_arthur_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4126/01_-_requerimento_vj_bianca_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4127/01_-_requerimento_vj_joaquim_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4128/01_-_requerimento_vj_lucas_ribeiro_-_respeito_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4129/01_-_requerimento_vj_peterson_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4198/02_-_requerimento_vj_alice_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4199/02_-_requerimento_vj_joaquim_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4200/01_-_requerimento_vj_loany_-_lazer_para_criancas.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4201/02_-_requerimento_vj_loany_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4202/01_-_requerimento_vj_mariah_luiza_-_27-05-2025.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4203/02_-_requerimento_vj_peterson_-_27-05-2025_-_show_de_talentos.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4204/03_-_requerimento_vj_peterson_-_27-05-2025_-_rosa_azul_e_laranja.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4273/03_-_requerimento_vj_alice_-_24-06-2025_-_projeto_voz_jovem.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4274/02_-_requerimento_vj_arthur_-_24-06-2025_cafe_e_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4275/02_-_requerimento_vj_bianca_24-06-2025_lixeira_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4276/03_-_requerimento_vj_joaquim_24-06-2025_radar_paulino.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4277/04_-_requerimento_vj_joaquim_24-06-2025_-_posto_saude_paulino.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4278/05_-_requerimento_vj_joaquim_24-06-2025_-_limpeza_lixeira_paulino_entrada_correias.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/04_-_requerimento_vj_alice_-_26-08-2025_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/03_-_requerimento_vj_arthur_-_26-08-2025.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/06_-_requerimento_vj_joaquim_26-08-2025_-_abrigo_para_animais.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/07_-_requerimento_vj_joaquim_26-08-2025_-_juros.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/04_-_requerimento_vj_arthur_-_30-09-2025_-_agua_correas.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/08_-_requerimento_vj_joaquim_30-09-2025_-_esgoto_paulino.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/04_-_requerimento_vj_peterson_-_30-08-2025_-_cobrando_execucao_da_lei_do_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3721/01_-_mocao_pesar_-_joaquim_zoti.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3722/01_-_mocao_aplauso_e_congratulacao_-_festa_sao_sebastiao_-_desfile_de_cavaleiros_e_leilao_gado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3736/01_-_mocao_aplauso_21-01-2025_-_estudante_ana_carolina.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3737/02_-_mocao_de_aplauso_-_estudante_thais_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3785/01_-_mocao_pesar_-_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3786/01_-_mocao_27-01-2025_-_maze.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3817/02_-_mocao_aplauso_-_ejc.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3829/01_-_mocao_de_pesar_-_pastor_joel.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3855/01_-_mocao_pesar_-_francisco_regio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3956/02_-_mocao_pesar_luiz_gonzaga_fernandes.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3991/03_-_mocao_de_pesar_-_nelson_lino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3992/02_-_mocao_nelson_lino.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3993/03_-_mocao_pesar_-__giovana.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3994/04_-_mocao_pesar_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3995/05_-_mocao_pesar_-__maria_benedita_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4004/03_-_mocao_pesar_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4005/06_-_mocao_pesar_-__anesia.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4025/04_-_mocao_pesar_-_jose_raimundo_vicente.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4026/03_-_mocao_aplauso_e_congratulacao_-_geralda_-_paulino.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4027/02_-_mocao_aplauso_e_congratulacao_-_edna_-_pedra_preta_-_esf.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4088/06_-_mocao_pesar_-_zezinho_mecanico.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4089/05_-_mocao_pesar_-_paulo_cesar_gouveia.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4090/03_-_mocao_pesar_benedito_oliveira_gomes.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4104/07_-_mocao_aplauso_-_marcao_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4105/08_-_mocao_aplauso_-_corrida_-_11_de_maio.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4106/07_-_mocao_aplauso_-__vila_vicentina.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4107/04_-_mocao_fotos_de_pedralva_12-05-2025.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4153/08_-_mocao_aplauso_-_academia_studio_fitnes.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4163/04_-_mocao_de_pesar_-_sebastiao_lopes_fernandes.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4195/05_-_mocao_evento_dia_01-06-2025_encontro_made_in_brasil.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4220/05_-_mocao_de_aplauso_a_cavalgada_venda_tonhao.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4253/02_-_mocao_aplauso_-__corpus_christi.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4302/09_-_mocao_aplauso_-_fabio_-_competidor_de_rodeio.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4303/10_-_mocao_aplauso_-_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4304/03_-_mocao_apoio_-_nova_fabrica_-_josiani.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4305/06_-_mocao_de_aplauso_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4306/09_-_mocao_aplauso_-_eac.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4342/04_-_mocao_de_aplauso-_alunos_do_pj.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/05_-_mocao_de_aplauso-_profissionais_de_cultura_-_pj.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/07_-_mocao_de_aplauso_arraia_pedrao__-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/08_-_mocao_aplausos_venda_do_tonhao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/06_-_mocao_evento_copa_de_marcha_-_poeirao_-_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/07_-_mocao_evento_cavalgada_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/10_-_mocao_aplauso_-_semana_familia.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/11_-_mocao_aplauso_-_palestra_violencia.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/08_-_mocao_evento_escaladores_pedrao.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/09_-_mocao_aplausos_lagoa_-_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/10_-_mocao_aplausos_rodeio_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/11_-_mocao_aplausos_-_sindicato_rural_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/12_-_mocao_de_aplauso_a_comunidade_do_bairro_pedrao_06-10-2025.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/04_-_mocao_aplauso_e_agradecimento_combate_incendio_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/12_-_mocao_aplauso_-_aciso_v2.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/13_-_mocao_aplauso_-_rita_-_aposentou_-_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/14_-_mocao_aplauso_-maia_aparecida_-_aposentou.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/15_-_mocao_aplauso_-_jose_paulo_-_servidor_aposentado.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/16_-_mocao_aplauso_-_benedito_lopes_rangel.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/05_-_mocao_aplauso_-_jussara_coroline.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/11_-_mocao_aplauso_-_dnj.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/13_-_mocao_a_estiva_-_27-10-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/12_-_mocao_aplauso_-_edson_e_ana_clara.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/17_-_mocao_aplauso_-_governador_do_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/18_-_mocao_aplauso_-_policia_do_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/14_-_modelo_mocao_de_aplauso_-_mae_nagegante.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/15_-_modelo_mocao_de_aplauso__-_colegio_-_feitec.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4758/16_-_mocao_de_aplauso_-_ao_casal_thonhao_e_nhuga_-_09-12-2025.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4759/19_-_mocao_aplauso_-_secretaria_educacao_-_livro.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4760/20_-_mocao_aplauso_-_apresentacao_coronel_gaspar.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4197/01_-_mocao_vj_peterson_-_27-05-2025_-_jemg.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/02_-_mocao_de_apaluso_30-09-2025_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/02_-_mocao_vj_peterson_-_30-09-2025_-_pizza_frita.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4060/emenda_no_01_-_pl_015-2025_-_estagio_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4063/emenda_no_01_-_pl_020-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4099/emenda_no_01_-_pl_023-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4159/emenda_no_01_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_no_01_-_pl_26-2025_-_prazo_contrat._temp._medicos.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_no_01_-_pl_17-2025_-_ldo_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_no_02_-_pl_17-2025_-_ldo_-_metas_camara.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_no_01_-_pl_029-2025_-_alexandre_-_vaga_estacionamento_preferencial.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/emenda_no_01_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/emenda_no_02_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/emenda_no_01_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/emenda_no_02_-_pl_47_-_cljr.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/emenda_no_01_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/emenda_no_02_-_plc_8-2025_-_supressiva.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/emenda_no_03_plc_8-2025_-_redacao.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/emenda_1_ao_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/emenda_no_04_-_plc_8-2025_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/emenda_no_05_-_plc_8-2025_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/emenda_no_06_-_plc_8-2025_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_2_ao_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3723/2025_-_parecer_juridico_plc_01_-_2025_-_escolaridade_cargos_departamento_-_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3724/2025_-_parecer_juridico_pl_01-2025_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3725/2025_-_parecer_juridico_pl_02_-_2025_-_auxilio_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3726/2025_-_parecer_juridico_pl_03-2025_-_reajuste_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3768/2025_-_parecer_juridico_pl_04_-_2025_-_controle_de_moscas.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3818/parecer_01-2025_-_plc_02-2025_-_criacao_de_vaga_tecnico_educacao.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3819/parecer_02-2025_-_pl_05-2025_-_subvencao_entidades_sociais.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3820/parecer_03-2025_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3821/parecer_04-2025_-_pl_07-2025_-_revoga_artigo_da_lei_1679-16_ref._processo_escolha_diretor.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3822/parecer_05-2025_-_elo_01-2025_-_exercicio_de_cargo_de_secretario_por_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3891/parecer_08-2025_-_pl_08-2025_-_denomina_logradouro_publico_-_rua_benedito_alves_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3892/parecer_09-2025_-_pl_09-2025_-_denomina_logradouro_publico_-_rua_maria_ines_bustamante_braga.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3893/parecer_10-2025_-_plo_10-2025_-_denomina_logradouro_publico_-_rua_joaquim_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3894/parecer_11-2025_-_plo_11-2025_-_atendimento_prioritario_pacientes_de_hemodialise_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3913/parecer_13-2025_-_pre_01-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3937/parecer_14-2025_-_plo_12-2025_-_credito_suplementar_saude_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3938/parecer_15-2025_-_plo_13-2025_-_credito_especial_cimasp_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3958/parecer_16-2025_-_pl_14_-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_23-2025_-_plo_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_24-2025_-_plo_19_-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_25-2025_-_plo_21-2025_-_modificacao_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_26-2025_-_plo_20-2025_-_reajuste_auxilio_alimentacao_servidores_2.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_28-2025_-_plo_16-2025_-_revoga_lei_sobre_chacreamento_e_sitios_de_recreio.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4091/parecer_29-2025_-_plc_03-2025_-_criacao_cargo_profissional_de_apoio_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4092/parecer_31-2025_-_plo_22-2025_-_multa_administrativa_pertubacao_cultos.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4093/parecer_32-2025_-_plo_23-2025_-_criacao_de_gratificacao_de_coordenacao_a_motoristas.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4094/parecer_33-2025_-_plo_24-2025_-_faixa_nao_edificante.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4095/parecer_34-2025_-_proposta_emenda_lom_02-2025_-_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4103/parecer_35-2025_-_plo_25-2025_-_emprestimo_bdmg.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4154/parecer_36-2025_-_plo_17-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4176/parecer_39-2025_-_plo_26-2025_-_contratacao_temporaria_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4177/parecer_40-2025_-_plo_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4225/parecer_41-2025_-_pl_28-2025_substitutivo_-_incentivo_artistas_locais-assinado.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4226/parecer_42-2025_-_plo_29-2025_-_reserva_vagas_estacionamento_pcd_idosos_etc.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4227/parecer_43-2025_-_plo_30-2025_-_contratacao_temporaria_de_fonaudiologos.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4228/parecer_44-2025_-_plc_04-2025_-_reducao_jornada_de_trabalho_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4260/parecer_45-2025_-_plo_32-2025_-_auxilio_financeiro_pedrock.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4261/parecer_46-2025_-_plc_06-2025_-_criacao_vaga_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4262/parecer_47-2025_-_plc_05-2025_-_criacao_cargo_sup._hospitalar_e_gestor_qualidade.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4263/parecer_48-2025_-_plo_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4264/parecer_49-2025_-_plo_32-2025_-_credito_suplementar_-_superavit_e_tendencia_de_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4281/parecer_50-2025_-_plo_34-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/parecer_58-2025_-_plc_07-2025_-_criacao_vaga_farmaceutico_e_contrat._temporaria.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/parecer_55-2025_-_plo_35-2025_-_credito_suplementar_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/parecer_57-2025_-_plo_37-2025_-_credito_suplementar_obras_480_mil_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/parecer_52-2025_-_plj_01-2025_-_cria_programa_prefeito_mirim.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/parecer_53-2025_-_plj_02-2025_-_cria_o_dia_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/parecer_60-2025_-_pl_38-2025_-_denomina_rua_dr_alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/parecer_61-2025_-_pl_39-2025_-_denomina_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/parecer_62-2025_-_plo_40-2025_-_denomina_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/parecer_63-2025_-_plo_41-2025_-_utilidade_publica_assoc._cultural_e_assist._flapedra.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/parecer_64-2025_-_plo_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/parecer_66-2025_-_plo_46-2025_-_autoriz._protesto_extrajudicial_das_certidoes_de_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/parecer_65-2025_-_pre_02-2025_-_titulo_amigo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/parecer_69-2025_-_plo_47-2025_-_contribuicao_financeira_flapedra.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/parecer_67-2025_-_plo_45-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/parecer_70-2025_-_plo_44-2025_-_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/parecer_74-2025_-_plo_49-2025_-_credito_suplementar_saude_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/parecer_73-2025_-_plc_08-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/parecer_75-2025_-_pl_48-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/parecer_76-2025_-_plo_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/parecer_77-2025_-_pl_50-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/parecer_78-2025_-_pl_51-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/parecer_79-2025_-_pl_52-2025_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/parecer_80-2025_-_pl_53_-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/parecer_82-2025_-_plo_54-2025_-_credito_suplementar_-_superavit_excesso_e_anulacao.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/parecer_87-2025_-_plo_55-2025_-_veda_nomeacao_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/parecer_88-2025_-_pl_57-2025_-_credito_suplementar_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/parecer_89-2025_-_pl_56-2025_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/parecer_90-2025_-_plo_58-2025_-_contribuicao_financeira_grupo_afroblack.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/parecer_92-2025_-_plo_60-2025_-_credito_suplementar_-_anulacao_superavit_e_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/parecer_98-2025_-_substitutivo_ao_pl_59-2025_-_medidor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/parecer_99-2025_-_pl_62-2025_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/parecer_100-2025_-_plo_63-2025_-_credito_suplementar_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/parecer_96-2025_-_pl_61-2025_-_gratificacao_por_assiduidade_-_docencia.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/parecer_103-2025_-_pre_03-2025_-_alteracao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4748/parecer_102-2025_-_pre_04-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/parecer_104-2025_-_plc_09-2025_-_criacao_vaga_engenheiro.docx.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4773/parecer_106-2025_-_pl_65_-2025_-_credito_suplementar.docx.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4774/parecer_107-2025_-_plc_10-2025_-_criacao_vaga_engenheiro_e_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4787/parecer_107-2025_-_pl_66-2025_-alteracao_ldo.docx.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4794/parecer_108-2025_-_plc_11-2025_-_estrutura_esf_e_pacs.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3727/01_-_parecer_-_cljr_-_plc_01-2025_-_altera_escolaridade_diretor_de_departamento_secretaria_obras.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3728/02_-_parecer_-_cljr_-_pl_01-2025_-_reajuste_vencimentos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3729/03_-_parecer_-_cljr_-_pl_02-2025_-_fornecimento_gratuito_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3730/04_-_parecer_-_cljr_-_pl_03-2025_-_vencimento_servidores_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3823/05_-_parecer_-_cljr_-_pl_05-2025_-_subvencao_social.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3824/06_-_parecer_-_cljr_-_pl_06-2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3825/07_-_parecer_-_cljr_-_pl_07-2025_-_revoga_dispositivo_lei_1679_-_eleicao_diretores_escola.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3873/08_-_parecer_-_cljr_-_pl_08-2025_-_denomina_logradouro_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3874/09_-_parecer_-_cljr_-_pl_09-2025_-_denomina_logradouro_-_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3895/011_-_parecer_-_cljr_-_pl_011-2025_-_atendimento_prioritario_pacientes_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3896/012_-_parecer_-_cljr_-_plc_02-2025_-_cargo_de_tecnico_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3914/013_-_parecer_-_cljr_-_pr_01-2025_-_premio_mulher-cidada.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3939/014_-_parecer_-_cljr_-_pl_012-2025_-_credito_especial_-_491.71408_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3940/015_-_parecer_-_cljr_-_pl_013-2025_-_credito_especial_-_61.200_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3959/016_-_parecer_-_cljr_-_pl_014-2025_-_credito_suplementar_-_474.91328_-_restituicoes_trabalhistas_sentenca_judicial_e_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_pl_15-2025_-_estagios_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_pl_16-2025_-_chacaras.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_pl_19-2025_-_credito_suplementar_295.100_-_depart._agropecuario.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_pl_20-2025_-_aumento_valor_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_pl_21-2025_-_altera_lei_2070-2025_-_credito_especial_cimasp.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4096/parecer_pl_22-2025_-_multa_pertubar_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4097/parecer_-_cljr_-_pl_023-2025_-_gratificacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4098/parecer_pl_25-2025_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4132/025_-_parecer_-_cljr_-_pl_018-2025_-_hospital_de_gimirim.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4133/026_-_parecer_-_cljr_-_pl_024-2025_-_edificacao_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4157/027_-_parecer_-_cljr_-_subemenda_a_emenda_ao_pl_023-2025_-_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4158/028_-_parecer_-_cljr_-_pl_17-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4178/029_-_parecer_-_cljr_-_pl_26-2025_-_contratacao_temporaria_medicos.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4179/030_-_parecer_-_cljr_-_pl_27-2025_-_subvencao_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4229/parecer_emendas_pl_17-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4230/parecer_pl_28-2025_-_valorizacao_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4231/parecer_pl_29-2025_-_estacionamento_pessoas_especiais.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4232/parecer_pl_30-2025_-_contratacao_temporaia_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4265/parecer_pl_32-2025_-__pecrock.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4266/parecer_pl_33-2025_-_credito_suplementar_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4267/parecer_plc_5-2025_-_supervisor_hospitalar_e_gestor_de_qualidde.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4307/parecer_plc_4-2025_-_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4308/parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4309/parecer_pl_34-2025_-_credito_suplementar_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4310/parecer_pl_35-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4311/parecer_pl_36_-_2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4312/parecer_pl_37-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/parecer_plc_7-2025_-_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/parecer_pl_38-2025_-_rua_dr._alisson_angelo_abreu.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/parecer_pl_39-2025_-_rua_maria_eunice_rezende_abreu.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/parecer_pl_40-2025_-_rua_antonio_custodio_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/parecer_pl_42-2025_-_auxilio_alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/parecer_pl_46-2025_-_cobranca_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/parecer_pr_2-2025_-_titulo_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/parecer_emenda_pl_46-2025_-_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/parecer_pl_49-2025_-_credito_suplementar_saude.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/parecer_plc_8-2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/parecer_pl_43-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/parecer_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/parecer_pl_50-2025_-_nome_rua__marco_lisboa.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/parecer_pl_51-2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/parecer_pl_52_-_2025_-_rua_joffre.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/parecer_pl_53-2025_-_credito_suplementar_saude_357.800.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/parecer_pl_54-2025_-_credito_suplementar_educacao_-_260.00000.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/parecer_pl_55-2025_-_veda_nomeacao_cargo_publico_condenados_por_crimes.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/parecer_pl_56-2025_-_denominacao_ubs_vintem_e_centro.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/parecer_pl_57-2025_-_credito_suplementar_-_calcamento_e_praca_rua_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/parecer_pl_58-2025_-_contribuicao_financeira_festival_afro.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/parecer_emendas_4_5_e_6_-_plc_8-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/parecer_pl_60-2025_-_credito_suplementar_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/parecer_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/parecer_pl_59-2025_-_dispositivo_medir_glicose.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/parecer_plc_9-2025_-_cargo_de_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4751/parecer_pl_61-2025_-_gratificaca_assiduidade_docencia.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4752/parecer_pr_3-2025_-_veda_reeleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4753/parecer_pr_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4775/parecer_pl_65-2025_-_credito_suplementar_938.79355.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4788/parecer_pl_66-2025_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3731/01_-_parecer_cfoff_-_pl_01-2025_-_revisao_geral_-_camara.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3732/02_-_parecer_cfoff_-_pl_02_-_2025_-_programa_fornecimento_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3769/03_-_parecer_cfoff_-_pl_03_-_2025_-_revisao_geral_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3826/04_-_parecer_cfoff_-_pl_05_-_2025_-_subvencao_entidades.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3828/05_-_parecer_cfoff_-_pl_06_-_2025_-_contribuicao_sampe.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3915/06_-_parecer_cfoff_-_pr_01_-_2025_-_homenagem_mulheres.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3941/07_-_parecer_cfoff_-_pl_12_-_2025_-_credito_especial_-_santa_casa_-_491.71408.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3942/08_-_parecer_cfoff_-_pl_13_-_2025_-_credito_especial_-_cimasp_-_61.20000.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3996/09_-_parecer_cfoff_-_pl_13_-_2025_-_credito_suplementar_-_474.91328.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4061/10_-_parecer_cfoff_-_pl_20_-_2025_-_aumento_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4062/11_-_parecer_cfoff_-_pl_21_-_2025_-_altera_lei_credito_suplementar_-_cimasp.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4100/12_-_parecer_cfoff_-_pl_19_-_2025_-__credito_suplementar_295.100_-_implementos_agricola_e_equipamentos_creche.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4101/13_-_parecer_cfoff_-_pl_25_-_2025_-__bdmg.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4134/15_-_parecer_cfoff_-_pl_022-2025_-_pertubacao_culto_religioso.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4135/14_-_parecer_cfoff_-_pl_23_-_2025_-__gratificacao.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4160/16_-_parecer_cfoff_-_pl_018-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4181/17_-_parecer_cfoff_-_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4182/18_-_parecer_cfoff_-_pl_027-2025_-_sub_apae_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4206/19_-_parecer_cfoff_-_pl_017-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4234/20_-_parecer_cfoff_-_pl_028-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4269/22_-_parecer_cfoff_-_pl_032-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4271/23_-_parecer_cfoff_-_pl_033-2025_-_credito_1.243.000.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4282/24_-_parecer_cfoff_-_prestacao_de_contas_-_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4313/25_-_parecer_cfoff_-_pl_034-2025_-_credito_bdmg_1.600.000.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4314/26_-_parecer_cfoff_-_pl_035-2025_-_credito_suplementar_1.136.82768.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4315/27_-_parecer_cfoff_-_pl_036-2025_-_credito_suplementar_396.700.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4316/28_-_parecer_cfoff_-_pl_037-2025_-_credito_especial_480.000.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/29_-_parecer_cfoff_-_plc_07-2025_-_cria_cargo_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/30_-_parecer_cfoff_-_pl_42-2025_-_auxilio-alimentacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/31_-_parecer_cfoff_-_pl_46-2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/32_-_parecer_cfoff_-_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/33_-_parecer_cfoff_-_pl_49-2025_-_credito_suplementar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/34_-_parecer_cfoff_-_pl_53-2025_-_credito_suplementar_saude_-_veiculo_e_esf.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/35_-_parecer_cfoff_-_pl_54-2025_-_credito_suplementar_260.000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/36_-_parecer_cfoff_-_plc_8-2025_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/37_-_parecer_cfoff_-_pl_57-2025_-_credito_suplementar_rua_e_praca_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/38_-_parecer_cfoff_-_pl_58-2025_-_festa_afro.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/39_-_parecer_cfoff_-_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/40_-_parecer_cfoff_-_pl_60-2025_-_credito_suplementar_1.239.000.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/41_-_parecer_cfoff_-_pl_43-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/42_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/43_-_parecer_cfoff_-_pl_63-2025_-_credito_suplementar_180.000.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4789/45_-_parecer_cfoff_-_pl_66-2025_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4790/44_-_parecer_cfoff_-_pl_61-2025_-_gratificacao_assiduidade_professores.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4792/46_-_parecer_cfoff_-_pl_65-2025_-_credito_suplementar_938.79355.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3733/01_-_parecer_plc_01-2025_-_alteracao_escolaridade_-_diretor_de_departamento_-_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3876/02_-_parecer_pl_08-2025_-_nome_de_rua_-_benedito_alves.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3877/03_-_parecer_pl_09-2025_-_nome_de_rua_-_maria_ines_bustamante.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3878/04_-_parecer_pl_010-2025_-_nome_de_rua_-_joaquim_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4058/05_-_parecer_pl_015-2025_-_estagio_de_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4059/06_-_parecer_pl_016-2025_-_revoga_lei_chacramento.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4136/07_-_parecer_pl_022-2025_-_multa_pertubacao_templo_religioso.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4137/08_-_parecer_pl_023-2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4138/09_-_parecer_pl_024-2025_-_faixa_edificavel_rodovia.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4183/10_-_parecer_pl_026-2025_-_contratacao_medicos.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4236/11_-_parecer_pl_30-2025_-_contratacao_tempo_determinado_fono.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4317/12_-_parecer_plc_04-2025_-_reducao_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/13_-_parecer_plc_07-2025_-_cria_vaga_de_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/14_-_parecer_pl_38-2025_-_rua_alisson.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/15_-_parecer_pl_39-2025_-_rua_eunice.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/16_-_parecer_pl_40-2025_-_rua_custodiao.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/17_-_parecer_pl_41-2025_-_utilidade_publica_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/18_-_parecer_pr_2-2025_-_titulo_de_amigo.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/20_-_parecer_pl_46_-_2025_-_protesto_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/21_-_parecer_plc_8_-_2025_-_codigo_de_edificacao.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/22_-_parecer_pl_50_-_2025_-_rua_marcos_lisboa.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/23_-_parecer_pl_51_-_2025_-_rua_nelson_rocha.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/24_-_parecer_pl_52_-_2025_-_rua_joffre_mohallem.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/25_-_parecer_pl_56_-_2025_-_denominacao_ubs_vintem_e_centro.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/26_-_parecer_pl_57_-_2025_-_credito_suplementar_-_rua_e_praca_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/27_-_parecer_emenda_4_plc_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/28_-_parecer_emenda_5_plc_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/29_-_parecer_pl_55_-_2025_-_vedacao_contraacao_de_pessoa_condenada.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/30_-_parecer_pl_44_-_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/31_-_parecer_pl_62_-_2025_-_nome_rua_vianas.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/32_-_parecer_pl_43_-_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3734/01_-_parecer_pl_02-2025_-_doacao_de_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3850/02_-_parecer_pl_07-2025_-_alteracao_lei_escolha_diretor_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3899/03_-_parecer_pl_011-2025_-_atendimento_prioritario_pacientes_de_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3916/04_-_parecer_pr_1-2025_-_premio_mulher_cidada.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4161/05_-_parecer_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4162/06_-_parecer_a_emenda_no_1_ao_pl_18-2025_-_hospital_gimirim.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4237/07_-_parecer_pl_28-2025_-_valorizacao_artistas.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4238/08_-_parecer_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4239/09_-_parecer_a_emenda_no_1_ao_pl_29-2025_-_vaga_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4270/10_-_parecer_pl_32-2025_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4318/11_-_parecer_pl_31-2025_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/12_-_parecer_pl_47-2025_-_contribuicao_flapedra.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/13_-_parecer_pl_49-2025_-credito_suplentar_saude_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/14_-_parecer_pl_58-2025_-_festa_afro.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/15_-_parecer_pl_44-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4756/18_-_parecer_pr_3-2025_-_reeleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4757/18_-_parecer_pr_4-2025_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3897/parecer_comissao_especial_emenda_lom_01-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/3898/parecer_comissao_especial_emenda_lom_01-2025_-_lf.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_comissao_especial_emenda_lom_02-2025_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4205/edital_ap.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/edital_-_ap_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/edital_-_loa_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4155/prestacao_de_contas_do_executivo_municipal_-_2023.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4156/subemenda_a_emenda_01_ao_plo_23-2025_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/01_-_emenda_impositiva_individual_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/02_-_emenda_impositiva_individual_-_carlinho.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/03_-_emenda_impositiva_individual_-_david.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/04_-_emenda_impositiva_individual_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/05_-_emenda_impositiva_individual_-_jerson.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/06_-_emenda_impositiva_individual_-_jose_paulo.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/07_-_emenda_impositiva_individual_-_ketrym.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/08_-_emenda_impositiva_individual_-_luiz_felipe.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/09-_emenda_impositiva_individual_-_nei.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/10_-_emenda_impositiva_de_bancada_-_psd.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/11_-_emenda_impositiva_de_bancada_-_uniao.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/12_-_emenda_impositiva_de_bancada_-_pt.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/13_-_emenda_impositiva_de_bancada_-_pp.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1068"/>
+  <dimension ref="A1:H1109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="191.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="235.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="234.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -13915,26115 +14353,27178 @@
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>182</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H65" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>279</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>280</v>
       </c>
       <c r="D66" t="s">
-        <v>280</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>23</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="F66" t="s">
+      <c r="H66" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>283</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>284</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>23</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="B67" t="s">
-[...11 lines deleted...]
-      <c r="F67" t="s">
+      <c r="H67" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
+        <v>288</v>
+      </c>
+      <c r="E68" t="s">
+        <v>289</v>
+      </c>
+      <c r="F68" t="s">
         <v>290</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>17</v>
       </c>
       <c r="D69" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="E69" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="F69" t="s">
-        <v>23</v>
+        <v>294</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H69" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>297</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E70" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F70" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H70" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D71" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E71" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F71" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H71" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D72" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E72" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F72" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H72" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D73" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E73" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F73" t="s">
         <v>23</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H73" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D74" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E74" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F74" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H74" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D75" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E75" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F75" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="H75" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D76" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E76" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F76" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H76" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D77" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="E77" t="s">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="F77" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H77" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>322</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D78" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="E78" t="s">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="F78" t="s">
+        <v>23</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>52</v>
+      </c>
+      <c r="D79" t="s">
+        <v>298</v>
+      </c>
+      <c r="E79" t="s">
+        <v>299</v>
+      </c>
+      <c r="F79" t="s">
+        <v>23</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B79" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H79" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="D80" t="s">
-        <v>327</v>
+        <v>298</v>
       </c>
       <c r="E80" t="s">
+        <v>299</v>
+      </c>
+      <c r="F80" t="s">
+        <v>23</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="F80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H80" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="E81" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F81" t="s">
-        <v>182</v>
+        <v>23</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="H81" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>335</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>17</v>
+      </c>
+      <c r="D82" t="s">
+        <v>331</v>
+      </c>
+      <c r="E82" t="s">
+        <v>332</v>
+      </c>
+      <c r="F82" t="s">
+        <v>336</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H82" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
+        <v>340</v>
+      </c>
+      <c r="E83" t="s">
+        <v>341</v>
+      </c>
+      <c r="F83" t="s">
         <v>342</v>
       </c>
-      <c r="E83" t="s">
+      <c r="G83" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="F83" t="s">
+      <c r="H83" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>17</v>
       </c>
       <c r="D84" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E84" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="F84" t="s">
-        <v>344</v>
+        <v>57</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="H84" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>22</v>
       </c>
       <c r="D85" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E85" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="F85" t="s">
-        <v>351</v>
+        <v>182</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="H85" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>27</v>
       </c>
       <c r="D86" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E86" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="F86" t="s">
-        <v>344</v>
+        <v>132</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="H86" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>355</v>
+      </c>
+      <c r="E87" t="s">
+        <v>356</v>
+      </c>
+      <c r="F87" t="s">
         <v>357</v>
-      </c>
-[...13 lines deleted...]
-        <v>344</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H87" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>360</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="E88" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="F88" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>361</v>
       </c>
       <c r="H88" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>363</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D89" t="s">
+        <v>355</v>
+      </c>
+      <c r="E89" t="s">
+        <v>356</v>
+      </c>
+      <c r="F89" t="s">
         <v>364</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>367</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>27</v>
+      </c>
+      <c r="D90" t="s">
+        <v>355</v>
+      </c>
+      <c r="E90" t="s">
+        <v>356</v>
+      </c>
+      <c r="F90" t="s">
+        <v>357</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="B90" t="s">
-[...14 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>370</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>31</v>
+      </c>
+      <c r="D91" t="s">
+        <v>355</v>
+      </c>
+      <c r="E91" t="s">
+        <v>356</v>
+      </c>
+      <c r="F91" t="s">
+        <v>357</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B91" t="s">
-[...14 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>373</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>35</v>
+      </c>
+      <c r="D92" t="s">
+        <v>355</v>
+      </c>
+      <c r="E92" t="s">
+        <v>356</v>
+      </c>
+      <c r="F92" t="s">
+        <v>357</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="B92" t="s">
-[...5 lines deleted...]
-      <c r="D92" t="s">
+      <c r="H92" t="s">
         <v>375</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>376</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>10</v>
+      </c>
+      <c r="D93" t="s">
+        <v>377</v>
+      </c>
+      <c r="E93" t="s">
+        <v>378</v>
+      </c>
+      <c r="F93" t="s">
+        <v>110</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B93" t="s">
-[...14 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>381</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>17</v>
+      </c>
+      <c r="D94" t="s">
+        <v>377</v>
+      </c>
+      <c r="E94" t="s">
+        <v>378</v>
+      </c>
+      <c r="F94" t="s">
+        <v>127</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B94" t="s">
-[...14 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>384</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>22</v>
+      </c>
+      <c r="D95" t="s">
+        <v>377</v>
+      </c>
+      <c r="E95" t="s">
+        <v>378</v>
+      </c>
+      <c r="F95" t="s">
+        <v>182</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="B95" t="s">
-[...14 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E96" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F96" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H96" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D97" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E97" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F97" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H97" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D98" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E98" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F98" t="s">
         <v>44</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H98" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="D99" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E99" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F99" t="s">
         <v>44</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H99" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="D100" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E100" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F100" t="s">
         <v>44</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H100" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="D101" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E101" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F101" t="s">
         <v>44</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H101" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D102" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E102" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F102" t="s">
         <v>44</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H102" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="D103" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E103" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F103" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H103" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D104" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E104" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F104" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H104" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="D105" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E105" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F105" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H105" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="D106" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E106" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F106" t="s">
         <v>44</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H106" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="D107" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E107" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F107" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H107" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D108" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E108" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F108" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H108" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D109" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E109" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F109" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H109" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="D110" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E110" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H110" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="D111" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E111" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F111" t="s">
         <v>44</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H111" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="D112" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E112" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F112" t="s">
         <v>44</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H112" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="D113" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E113" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F113" t="s">
         <v>44</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H113" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="D114" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E114" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F114" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H114" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="D115" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E115" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F115" t="s">
         <v>44</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H115" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="D116" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E116" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F116" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H116" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="D117" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E117" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F117" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H117" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="D118" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E118" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F118" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H118" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="D119" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E119" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F119" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H119" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>131</v>
+        <v>114</v>
       </c>
       <c r="D120" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E120" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F120" t="s">
-        <v>268</v>
+        <v>18</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H120" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="D121" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E121" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F121" t="s">
         <v>18</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H121" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="D122" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E122" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F122" t="s">
-        <v>18</v>
+        <v>268</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H122" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="D123" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E123" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F123" t="s">
-        <v>329</v>
+        <v>268</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H123" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="D124" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E124" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F124" t="s">
-        <v>329</v>
+        <v>268</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H124" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="D125" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E125" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F125" t="s">
-        <v>329</v>
+        <v>18</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H125" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="D126" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E126" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F126" t="s">
-        <v>329</v>
+        <v>18</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H126" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="D127" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E127" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F127" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H127" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
       <c r="D128" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E128" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F128" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H128" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="D129" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E129" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F129" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H129" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="D130" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E130" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F130" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H130" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="D131" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E131" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F131" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H131" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="D132" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E132" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F132" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H132" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>186</v>
+        <v>168</v>
       </c>
       <c r="D133" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E133" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H133" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="D134" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E134" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F134" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H134" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="D135" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E135" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F135" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H135" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>199</v>
+        <v>181</v>
       </c>
       <c r="D136" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E136" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F136" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H136" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="D137" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E137" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F137" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H137" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="D138" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E138" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F138" t="s">
         <v>44</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H138" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="D139" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E139" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F139" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H139" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="D140" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E140" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H140" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="D141" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E141" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H141" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="D142" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E142" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F142" t="s">
         <v>44</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H142" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="D143" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E143" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F143" t="s">
         <v>44</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H143" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="D144" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E144" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F144" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H144" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="D145" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E145" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F145" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H145" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="D146" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E146" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F146" t="s">
         <v>44</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H146" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="D147" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E147" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F147" t="s">
         <v>44</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H147" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="D148" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E148" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F148" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H148" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="D149" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E149" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F149" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H149" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="D150" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E150" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F150" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H150" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="D151" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E151" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F151" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H151" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="D152" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E152" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F152" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H152" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="D153" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E153" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F153" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H153" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="D154" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E154" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F154" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H154" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="D155" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E155" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F155" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H155" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>569</v>
+        <v>263</v>
       </c>
       <c r="D156" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E156" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F156" t="s">
-        <v>18</v>
+        <v>342</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H156" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>572</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
+        <v>267</v>
+      </c>
+      <c r="D157" t="s">
+        <v>388</v>
+      </c>
+      <c r="E157" t="s">
+        <v>389</v>
+      </c>
+      <c r="F157" t="s">
+        <v>342</v>
+      </c>
+      <c r="G157" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="D157" t="s">
-[...8 lines deleted...]
-      <c r="G157" s="1" t="s">
+      <c r="H157" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>575</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>272</v>
+      </c>
+      <c r="D158" t="s">
+        <v>388</v>
+      </c>
+      <c r="E158" t="s">
+        <v>389</v>
+      </c>
+      <c r="F158" t="s">
+        <v>342</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="H158" t="s">
         <v>577</v>
-      </c>
-[...13 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>582</v>
+        <v>276</v>
       </c>
       <c r="D159" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E159" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F159" t="s">
-        <v>578</v>
+        <v>342</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="H159" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>586</v>
+        <v>280</v>
       </c>
       <c r="D160" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E160" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F160" t="s">
-        <v>578</v>
+        <v>18</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="H160" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>590</v>
+        <v>284</v>
       </c>
       <c r="D161" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E161" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F161" t="s">
-        <v>578</v>
+        <v>13</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="H161" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="D162" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E162" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F162" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="H162" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="D163" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E163" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F163" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="H163" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="D164" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E164" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F164" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="H164" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="D165" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E165" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F165" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="H165" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="D166" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E166" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>589</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="H166" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="D167" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E167" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F167" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="H167" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="D168" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E168" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F168" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="H168" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="D169" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E169" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F169" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="H169" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="D170" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E170" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F170" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="H170" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="D171" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E171" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F171" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="H171" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="D172" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E172" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F172" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="H172" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="D173" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E173" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F173" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="H173" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="D174" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E174" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="H174" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="D175" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E175" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F175" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="H175" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="D176" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E176" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F176" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="H176" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="D177" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E177" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F177" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="H177" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="D178" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E178" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F178" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="H178" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="D179" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E179" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F179" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="H179" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="D180" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E180" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F180" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="H180" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="D181" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E181" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F181" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="H181" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="D182" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E182" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F182" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="H182" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="D183" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E183" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F183" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="H183" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="D184" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E184" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>342</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="H184" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="D185" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E185" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F185" t="s">
-        <v>268</v>
+        <v>342</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="H185" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="D186" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E186" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F186" t="s">
-        <v>268</v>
+        <v>342</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="H186" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="D187" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E187" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F187" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="H187" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="D188" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E188" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F188" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="H188" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="D189" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E189" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F189" t="s">
-        <v>18</v>
+        <v>268</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="H189" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="D190" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E190" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F190" t="s">
-        <v>13</v>
+        <v>268</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="H190" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="D191" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E191" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F191" t="s">
         <v>44</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="H191" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="D192" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E192" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F192" t="s">
         <v>44</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="H192" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="D193" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E193" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F193" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="H193" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="D194" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E194" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F194" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="H194" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="D195" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E195" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F195" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="H195" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="D196" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E196" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F196" t="s">
         <v>44</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="H196" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="D197" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E197" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F197" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="H197" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="D198" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E198" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F198" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="H198" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="D199" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E199" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F199" t="s">
-        <v>182</v>
+        <v>342</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="H199" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="D200" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E200" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="H200" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="D201" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E201" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F201" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="H201" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="D202" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E202" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F202" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="H202" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="D203" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E203" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F203" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="H203" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="D204" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E204" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F204" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="H204" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="D205" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E205" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="H205" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="D206" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E206" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F206" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="H206" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="D207" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E207" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F207" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="H207" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D208" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E208" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F208" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="H208" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="D209" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E209" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F209" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="H209" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="D210" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E210" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F210" t="s">
         <v>44</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="H210" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="D211" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E211" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F211" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="H211" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>793</v>
+        <v>788</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="D212" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E212" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F212" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="H212" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="D213" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E213" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F213" t="s">
         <v>44</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="H213" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="D214" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E214" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F214" t="s">
         <v>44</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="H214" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="D215" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E215" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F215" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="H215" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="D216" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E216" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F216" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="H216" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="D217" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E217" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F217" t="s">
         <v>44</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="H217" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="D218" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E218" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F218" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="H218" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
       <c r="D219" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E219" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F219" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="H219" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="D220" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E220" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F220" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="H220" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="D221" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E221" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F221" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="H221" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="D222" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E222" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F222" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="H222" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="D223" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E223" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F223" t="s">
-        <v>182</v>
+        <v>342</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="H223" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="D224" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E224" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F224" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="H224" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="D225" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E225" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F225" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="H225" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="D226" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E226" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F226" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="H226" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="D227" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E227" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F227" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="H227" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="D228" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E228" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F228" t="s">
-        <v>18</v>
+        <v>182</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="H228" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="D229" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E229" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F229" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="H229" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="D230" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E230" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F230" t="s">
         <v>44</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="H230" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="D231" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E231" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F231" t="s">
         <v>44</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="H231" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="D232" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E232" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F232" t="s">
-        <v>329</v>
+        <v>18</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="H232" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="D233" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E233" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F233" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="H233" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="D234" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E234" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F234" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="H234" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="D235" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E235" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F235" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="H235" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="D236" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E236" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F236" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="H236" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="D237" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E237" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F237" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="H237" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="D238" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E238" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F238" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="H238" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="D239" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E239" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F239" t="s">
         <v>57</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="H239" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="D240" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E240" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F240" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="H240" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="D241" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E241" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F241" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="H241" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="D242" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E242" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F242" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="H242" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="D243" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E243" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F243" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="H243" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="D244" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E244" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F244" t="s">
-        <v>578</v>
+        <v>132</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="H244" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="D245" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E245" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F245" t="s">
-        <v>578</v>
+        <v>13</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="H245" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="D246" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E246" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F246" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="H246" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="D247" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E247" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F247" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="H247" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="D248" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E248" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F248" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="H248" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="D249" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E249" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F249" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="H249" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="D250" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E250" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F250" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="H250" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="D251" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E251" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F251" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="H251" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="D252" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E252" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F252" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="H252" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="D253" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E253" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F253" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="H253" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="D254" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E254" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F254" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="H254" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="D255" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E255" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F255" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="H255" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="D256" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E256" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="H256" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="D257" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E257" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="H257" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="D258" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E258" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F258" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="H258" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="D259" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E259" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="H259" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="D260" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E260" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F260" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="H260" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="D261" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E261" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F261" t="s">
-        <v>991</v>
+        <v>13</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="H261" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="D262" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E262" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F262" t="s">
+        <v>57</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="H262" t="s">
         <v>991</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>999</v>
+        <v>993</v>
       </c>
       <c r="D263" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E263" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F263" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
       <c r="H263" t="s">
-        <v>1001</v>
+        <v>995</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1002</v>
+        <v>996</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1003</v>
+        <v>997</v>
       </c>
       <c r="D264" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E264" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F264" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="H264" t="s">
-        <v>1005</v>
+        <v>999</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1006</v>
+        <v>1000</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="D265" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E265" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F265" t="s">
-        <v>57</v>
+        <v>1002</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="H265" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
       <c r="D266" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E266" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F266" t="s">
-        <v>44</v>
+        <v>1002</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="H266" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1015</v>
+        <v>1010</v>
       </c>
       <c r="D267" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E267" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F267" t="s">
         <v>44</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1016</v>
+        <v>1011</v>
       </c>
       <c r="H267" t="s">
-        <v>1017</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1018</v>
+        <v>1013</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1019</v>
+        <v>1014</v>
       </c>
       <c r="D268" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E268" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F268" t="s">
         <v>44</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="H268" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="D269" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E269" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F269" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="H269" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="D270" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E270" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F270" t="s">
-        <v>991</v>
+        <v>44</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="H270" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="D271" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E271" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F271" t="s">
-        <v>991</v>
+        <v>44</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="H271" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1034</v>
+        <v>1029</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1035</v>
+        <v>1030</v>
       </c>
       <c r="D272" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E272" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F272" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="H272" t="s">
-        <v>1037</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1038</v>
+        <v>1033</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="D273" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E273" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F273" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="H273" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="D274" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E274" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F274" t="s">
-        <v>182</v>
+        <v>1002</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="H274" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="D275" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E275" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F275" t="s">
-        <v>182</v>
+        <v>1002</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
       <c r="H275" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="D276" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E276" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F276" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="H276" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="D277" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E277" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F277" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="H277" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="D278" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E278" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F278" t="s">
-        <v>329</v>
+        <v>182</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
       <c r="H278" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="D279" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E279" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F279" t="s">
-        <v>329</v>
+        <v>182</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="H279" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1066</v>
+        <v>1061</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="D280" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E280" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F280" t="s">
-        <v>329</v>
+        <v>182</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
       <c r="H280" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
       <c r="D281" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E281" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F281" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="H281" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="D282" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E282" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F282" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="H282" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="D283" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E283" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F283" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="H283" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="D284" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E284" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F284" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="H284" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="D285" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E285" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F285" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="H285" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1091</v>
+        <v>1086</v>
       </c>
       <c r="D286" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E286" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F286" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="H286" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="D287" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E287" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F287" t="s">
-        <v>578</v>
+        <v>342</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="H287" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="D288" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E288" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F288" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="H288" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="D289" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E289" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F289" t="s">
         <v>44</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="H289" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="D290" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E290" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F290" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="H290" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="D291" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E291" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F291" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="H291" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="D292" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E292" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F292" t="s">
-        <v>1116</v>
+        <v>589</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="H292" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="D293" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E293" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F293" t="s">
+        <v>44</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H293" t="s">
         <v>1116</v>
-      </c>
-[...4 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1124</v>
+        <v>1118</v>
       </c>
       <c r="D294" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E294" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F294" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="H294" t="s">
-        <v>1126</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1127</v>
+        <v>1121</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
       <c r="D295" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E295" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F295" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1129</v>
+        <v>1123</v>
       </c>
       <c r="H295" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="D296" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E296" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F296" t="s">
-        <v>44</v>
+        <v>1127</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="H296" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1135</v>
+        <v>1130</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1136</v>
+        <v>1131</v>
       </c>
       <c r="D297" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E297" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F297" t="s">
-        <v>44</v>
+        <v>1127</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
       <c r="H297" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1140</v>
+        <v>1135</v>
       </c>
       <c r="D298" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E298" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F298" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1141</v>
+        <v>1136</v>
       </c>
       <c r="H298" t="s">
-        <v>1142</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1143</v>
+        <v>1138</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1144</v>
+        <v>1139</v>
       </c>
       <c r="D299" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E299" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F299" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="H299" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1147</v>
+        <v>1142</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
       <c r="D300" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E300" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F300" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1149</v>
+        <v>1144</v>
       </c>
       <c r="H300" t="s">
-        <v>1150</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1151</v>
+        <v>1146</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
       <c r="D301" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E301" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F301" t="s">
         <v>44</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1153</v>
+        <v>1148</v>
       </c>
       <c r="H301" t="s">
-        <v>1154</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1156</v>
+        <v>1151</v>
       </c>
       <c r="D302" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E302" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F302" t="s">
         <v>44</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
       <c r="H302" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="D303" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E303" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F303" t="s">
-        <v>1161</v>
+        <v>18</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1162</v>
+        <v>1156</v>
       </c>
       <c r="H303" t="s">
-        <v>1163</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1164</v>
+        <v>1158</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1165</v>
+        <v>1159</v>
       </c>
       <c r="D304" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E304" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1166</v>
+        <v>1160</v>
       </c>
       <c r="H304" t="s">
-        <v>1167</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1168</v>
+        <v>1162</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1169</v>
+        <v>1163</v>
       </c>
       <c r="D305" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E305" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1170</v>
+        <v>1164</v>
       </c>
       <c r="H305" t="s">
-        <v>1171</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1172</v>
+        <v>1166</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1173</v>
+        <v>1167</v>
       </c>
       <c r="D306" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E306" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F306" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1174</v>
+        <v>1168</v>
       </c>
       <c r="H306" t="s">
-        <v>1175</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1176</v>
+        <v>1170</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1177</v>
+        <v>1171</v>
       </c>
       <c r="D307" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E307" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F307" t="s">
-        <v>268</v>
+        <v>1172</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1178</v>
+        <v>1173</v>
       </c>
       <c r="H307" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="D308" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E308" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F308" t="s">
-        <v>578</v>
+        <v>13</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="H308" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1184</v>
+        <v>1179</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="D309" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E309" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F309" t="s">
-        <v>578</v>
+        <v>13</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="H309" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1189</v>
+        <v>1184</v>
       </c>
       <c r="D310" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E310" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F310" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="H310" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="D311" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E311" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F311" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="H311" t="s">
-        <v>856</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="D312" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E312" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F312" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="H312" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="D313" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E313" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F313" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="H313" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="D314" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E314" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F314" t="s">
-        <v>329</v>
+        <v>589</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="H314" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="D315" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E315" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F315" t="s">
-        <v>1209</v>
+        <v>44</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="H315" t="s">
-        <v>1211</v>
+        <v>867</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="D316" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E316" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F316" t="s">
-        <v>1214</v>
+        <v>44</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="H316" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="D317" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E317" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F317" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
       <c r="H317" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1221</v>
+        <v>1214</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1222</v>
+        <v>1215</v>
       </c>
       <c r="D318" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E318" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F318" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="H318" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1225</v>
+        <v>1218</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1226</v>
+        <v>1219</v>
       </c>
       <c r="D319" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E319" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F319" t="s">
-        <v>57</v>
+        <v>1220</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="H319" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="D320" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E320" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F320" t="s">
-        <v>57</v>
+        <v>1225</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="H320" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="D321" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E321" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F321" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="H321" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1237</v>
+        <v>1232</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1238</v>
+        <v>1233</v>
       </c>
       <c r="D322" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E322" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F322" t="s">
-        <v>182</v>
+        <v>342</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="H322" t="s">
-        <v>1240</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="D323" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E323" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F323" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="H323" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="D324" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E324" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F324" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="H324" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="D325" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E325" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F325" t="s">
-        <v>1116</v>
+        <v>57</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="H325" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1253</v>
+        <v>1248</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
       <c r="D326" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E326" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F326" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1255</v>
+        <v>1250</v>
       </c>
       <c r="H326" t="s">
-        <v>1256</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1257</v>
+        <v>1252</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1258</v>
+        <v>1253</v>
       </c>
       <c r="D327" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E327" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F327" t="s">
-        <v>1259</v>
+        <v>44</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1260</v>
+        <v>1254</v>
       </c>
       <c r="H327" t="s">
-        <v>1261</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1262</v>
+        <v>1256</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="D328" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E328" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F328" t="s">
-        <v>268</v>
+        <v>182</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="H328" t="s">
-        <v>1041</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1266</v>
+        <v>1261</v>
       </c>
       <c r="D329" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E329" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F329" t="s">
-        <v>44</v>
+        <v>1127</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="H329" t="s">
-        <v>1268</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1269</v>
+        <v>1264</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1270</v>
+        <v>1265</v>
       </c>
       <c r="D330" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E330" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F330" t="s">
         <v>44</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1271</v>
+        <v>1266</v>
       </c>
       <c r="H330" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="D331" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E331" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F331" t="s">
-        <v>13</v>
+        <v>1270</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1275</v>
+        <v>1271</v>
       </c>
       <c r="H331" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
       <c r="D332" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E332" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F332" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1279</v>
+        <v>1275</v>
       </c>
       <c r="H332" t="s">
-        <v>1280</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="D333" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E333" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F333" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="H333" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1285</v>
+        <v>1280</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1286</v>
+        <v>1281</v>
       </c>
       <c r="D334" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E334" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F334" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
       <c r="H334" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1289</v>
+        <v>1284</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="D335" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E335" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F335" t="s">
-        <v>329</v>
+        <v>13</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1291</v>
+        <v>1286</v>
       </c>
       <c r="H335" t="s">
-        <v>1292</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1293</v>
+        <v>1288</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1294</v>
+        <v>1289</v>
       </c>
       <c r="D336" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E336" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F336" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="H336" t="s">
-        <v>1296</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="D337" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E337" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F337" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="H337" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
       <c r="D338" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E338" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F338" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="H338" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="D339" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E339" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F339" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="H339" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="D340" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E340" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F340" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="H340" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="D341" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E341" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F341" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="H341" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="D342" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E342" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F342" t="s">
         <v>44</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="H342" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="D343" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E343" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F343" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="H343" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="D344" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E344" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F344" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="H344" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="D345" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E345" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F345" t="s">
-        <v>1259</v>
+        <v>132</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="H345" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="D346" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E346" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F346" t="s">
         <v>44</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="H346" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="D347" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E347" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F347" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="H347" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="D348" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E348" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F348" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="H348" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="D349" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E349" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F349" t="s">
-        <v>578</v>
+        <v>1270</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="H349" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="D350" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E350" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F350" t="s">
         <v>44</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="H350" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="D351" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E351" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F351" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="H351" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1357</v>
+        <v>1352</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
       <c r="D352" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E352" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F352" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="H352" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="D353" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E353" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F353" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="H353" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
       <c r="D354" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E354" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F354" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="H354" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
       <c r="D355" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E355" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F355" t="s">
         <v>57</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="H355" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
       <c r="D356" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E356" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F356" t="s">
         <v>57</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
       <c r="H356" t="s">
-        <v>1376</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="D357" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E357" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F357" t="s">
         <v>57</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="H357" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1382</v>
+        <v>1377</v>
       </c>
       <c r="D358" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E358" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F358" t="s">
         <v>57</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1383</v>
+        <v>1378</v>
       </c>
       <c r="H358" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="D359" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E359" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F359" t="s">
         <v>57</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
       <c r="H359" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="D360" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E360" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F360" t="s">
         <v>57</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
       <c r="H360" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="D361" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E361" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F361" t="s">
-        <v>268</v>
+        <v>57</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="H361" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="D362" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E362" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F362" t="s">
-        <v>268</v>
+        <v>57</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="H362" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1402</v>
+        <v>1397</v>
       </c>
       <c r="D363" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E363" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F363" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="H363" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="D364" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E364" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F364" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="H364" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="D365" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E365" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F365" t="s">
-        <v>18</v>
+        <v>268</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="H365" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="D366" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E366" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F366" t="s">
-        <v>182</v>
+        <v>268</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="H366" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="D367" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E367" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F367" t="s">
         <v>44</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
       <c r="H367" t="s">
-        <v>1420</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1421</v>
+        <v>1416</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="D368" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E368" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F368" t="s">
         <v>44</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="H368" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1425</v>
+        <v>1420</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1426</v>
+        <v>1421</v>
       </c>
       <c r="D369" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E369" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F369" t="s">
         <v>18</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1427</v>
+        <v>1422</v>
       </c>
       <c r="H369" t="s">
-        <v>1428</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
       <c r="D370" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E370" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F370" t="s">
-        <v>329</v>
+        <v>182</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1431</v>
+        <v>1426</v>
       </c>
       <c r="H370" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1433</v>
+        <v>1428</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="D371" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E371" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F371" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="H371" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1437</v>
+        <v>1432</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="D372" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E372" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
       <c r="H372" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="D373" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E373" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F373" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
       <c r="H373" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1446</v>
+        <v>1441</v>
       </c>
       <c r="D374" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E374" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F374" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="H374" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1450</v>
+        <v>1445</v>
       </c>
       <c r="D375" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E375" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F375" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1451</v>
+        <v>1446</v>
       </c>
       <c r="H375" t="s">
-        <v>1452</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
       <c r="D376" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E376" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F376" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
       <c r="H376" t="s">
-        <v>1456</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1457</v>
+        <v>1452</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1458</v>
+        <v>1453</v>
       </c>
       <c r="D377" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E377" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F377" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
       <c r="H377" t="s">
-        <v>1460</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="D378" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E378" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F378" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="H378" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="D379" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E379" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F379" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="H379" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="D380" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E380" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F380" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
       <c r="H380" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1474</v>
+        <v>1469</v>
       </c>
       <c r="D381" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E381" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F381" t="s">
-        <v>182</v>
+        <v>132</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="H381" t="s">
-        <v>1476</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1477</v>
+        <v>1472</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1478</v>
+        <v>1473</v>
       </c>
       <c r="D382" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E382" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F382" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="H382" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1482</v>
+        <v>1477</v>
       </c>
       <c r="D383" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E383" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F383" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
       <c r="H383" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="D384" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E384" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F384" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="H384" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1489</v>
+        <v>1484</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1490</v>
+        <v>1485</v>
       </c>
       <c r="D385" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E385" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F385" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="H385" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1493</v>
+        <v>1488</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1494</v>
+        <v>1489</v>
       </c>
       <c r="D386" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E386" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F386" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
       <c r="H386" t="s">
-        <v>1496</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1497</v>
+        <v>1492</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
       <c r="D387" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E387" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F387" t="s">
-        <v>1499</v>
+        <v>44</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1500</v>
+        <v>1494</v>
       </c>
       <c r="H387" t="s">
-        <v>1501</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1502</v>
+        <v>1496</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1503</v>
+        <v>1497</v>
       </c>
       <c r="D388" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E388" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F388" t="s">
-        <v>1504</v>
+        <v>44</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1505</v>
+        <v>1498</v>
       </c>
       <c r="H388" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1508</v>
+        <v>1501</v>
       </c>
       <c r="D389" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E389" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F389" t="s">
-        <v>169</v>
+        <v>44</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1509</v>
+        <v>1502</v>
       </c>
       <c r="H389" t="s">
-        <v>1510</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="D390" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E390" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F390" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1513</v>
+        <v>1506</v>
       </c>
       <c r="H390" t="s">
-        <v>1514</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
       <c r="D391" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E391" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F391" t="s">
-        <v>18</v>
+        <v>1510</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="H391" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="D392" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E392" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F392" t="s">
-        <v>991</v>
+        <v>1515</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1521</v>
+        <v>1516</v>
       </c>
       <c r="H392" t="s">
-        <v>1029</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
       <c r="D393" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E393" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F393" t="s">
-        <v>991</v>
+        <v>169</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
       <c r="H393" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="D394" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E394" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F394" t="s">
-        <v>991</v>
+        <v>18</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="H394" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="D395" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E395" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F395" t="s">
-        <v>991</v>
+        <v>18</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="H395" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="D396" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E396" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F396" t="s">
-        <v>182</v>
+        <v>1002</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1536</v>
+        <v>1532</v>
       </c>
       <c r="H396" t="s">
-        <v>1537</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1538</v>
+        <v>1533</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1539</v>
+        <v>1534</v>
       </c>
       <c r="D397" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E397" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F397" t="s">
-        <v>57</v>
+        <v>1002</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1540</v>
+        <v>1535</v>
       </c>
       <c r="H397" t="s">
-        <v>1541</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1542</v>
+        <v>1537</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1543</v>
+        <v>1538</v>
       </c>
       <c r="D398" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E398" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F398" t="s">
-        <v>57</v>
+        <v>1002</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1544</v>
+        <v>1539</v>
       </c>
       <c r="H398" t="s">
-        <v>1545</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="D399" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E399" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F399" t="s">
-        <v>44</v>
+        <v>1002</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
       <c r="H399" t="s">
-        <v>1549</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1550</v>
+        <v>1545</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1551</v>
+        <v>1546</v>
       </c>
       <c r="D400" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E400" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F400" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1552</v>
+        <v>1547</v>
       </c>
       <c r="H400" t="s">
-        <v>1553</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1554</v>
+        <v>1549</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="D401" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E401" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F401" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
       <c r="H401" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
       <c r="D402" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E402" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F402" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1560</v>
+        <v>1555</v>
       </c>
       <c r="H402" t="s">
-        <v>1561</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1562</v>
+        <v>1557</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1563</v>
+        <v>1558</v>
       </c>
       <c r="D403" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E403" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F403" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1564</v>
+        <v>1559</v>
       </c>
       <c r="H403" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="D404" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E404" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F404" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="H404" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="D405" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E405" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F405" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1572</v>
+        <v>1567</v>
       </c>
       <c r="H405" t="s">
-        <v>1573</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1574</v>
+        <v>1569</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1575</v>
+        <v>1570</v>
       </c>
       <c r="D406" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E406" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F406" t="s">
-        <v>268</v>
+        <v>342</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1576</v>
+        <v>1571</v>
       </c>
       <c r="H406" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="D407" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E407" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F407" t="s">
-        <v>268</v>
+        <v>342</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1580</v>
+        <v>1575</v>
       </c>
       <c r="H407" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="D408" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E408" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F408" t="s">
-        <v>268</v>
+        <v>13</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1584</v>
+        <v>1579</v>
       </c>
       <c r="H408" t="s">
-        <v>1585</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1586</v>
+        <v>1581</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1587</v>
+        <v>1582</v>
       </c>
       <c r="D409" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E409" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F409" t="s">
-        <v>268</v>
+        <v>13</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1588</v>
+        <v>1583</v>
       </c>
       <c r="H409" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1591</v>
+        <v>1586</v>
       </c>
       <c r="D410" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E410" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F410" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1592</v>
+        <v>1587</v>
       </c>
       <c r="H410" t="s">
-        <v>1593</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1595</v>
+        <v>1590</v>
       </c>
       <c r="D411" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E411" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F411" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1596</v>
+        <v>1591</v>
       </c>
       <c r="H411" t="s">
-        <v>1597</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1599</v>
+        <v>1594</v>
       </c>
       <c r="D412" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E412" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F412" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
       <c r="H412" t="s">
-        <v>1601</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1602</v>
+        <v>1597</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1603</v>
+        <v>1598</v>
       </c>
       <c r="D413" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E413" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F413" t="s">
-        <v>1604</v>
+        <v>268</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1605</v>
+        <v>1599</v>
       </c>
       <c r="H413" t="s">
-        <v>1606</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1608</v>
+        <v>1602</v>
       </c>
       <c r="D414" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E414" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F414" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1609</v>
+        <v>1603</v>
       </c>
       <c r="H414" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1611</v>
+        <v>1605</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1612</v>
+        <v>1606</v>
       </c>
       <c r="D415" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E415" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F415" t="s">
-        <v>1613</v>
+        <v>589</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="H415" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1616</v>
+        <v>1609</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1617</v>
+        <v>1610</v>
       </c>
       <c r="D416" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E416" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F416" t="s">
-        <v>13</v>
+        <v>589</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1618</v>
+        <v>1611</v>
       </c>
       <c r="H416" t="s">
-        <v>1619</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1620</v>
+        <v>1613</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1621</v>
+        <v>1614</v>
       </c>
       <c r="D417" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E417" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F417" t="s">
-        <v>268</v>
+        <v>1615</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1622</v>
+        <v>1616</v>
       </c>
       <c r="H417" t="s">
-        <v>1623</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1624</v>
+        <v>1618</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1625</v>
+        <v>1619</v>
       </c>
       <c r="D418" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E418" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F418" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1626</v>
+        <v>1620</v>
       </c>
       <c r="H418" t="s">
-        <v>1627</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1628</v>
+        <v>1622</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1629</v>
+        <v>1623</v>
       </c>
       <c r="D419" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E419" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F419" t="s">
-        <v>13</v>
+        <v>1624</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="H419" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="D420" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E420" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F420" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1634</v>
+        <v>1629</v>
       </c>
       <c r="H420" t="s">
-        <v>1635</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1636</v>
+        <v>1631</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
       <c r="D421" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E421" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F421" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1638</v>
+        <v>1633</v>
       </c>
       <c r="H421" t="s">
-        <v>1639</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1640</v>
+        <v>1635</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1641</v>
+        <v>1636</v>
       </c>
       <c r="D422" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E422" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F422" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1642</v>
+        <v>1637</v>
       </c>
       <c r="H422" t="s">
-        <v>1643</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1644</v>
+        <v>1639</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1645</v>
+        <v>1640</v>
       </c>
       <c r="D423" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E423" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F423" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1646</v>
+        <v>1641</v>
       </c>
       <c r="H423" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="D424" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E424" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F424" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1650</v>
+        <v>1645</v>
       </c>
       <c r="H424" t="s">
-        <v>1651</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1652</v>
+        <v>1647</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1653</v>
+        <v>1648</v>
       </c>
       <c r="D425" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E425" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F425" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1654</v>
+        <v>1649</v>
       </c>
       <c r="H425" t="s">
-        <v>1655</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1656</v>
+        <v>1651</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1657</v>
+        <v>1652</v>
       </c>
       <c r="D426" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E426" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F426" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="H426" t="s">
-        <v>1659</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1660</v>
+        <v>1655</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1661</v>
+        <v>1656</v>
       </c>
       <c r="D427" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E427" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F427" t="s">
-        <v>578</v>
+        <v>44</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1662</v>
+        <v>1657</v>
       </c>
       <c r="H427" t="s">
-        <v>1663</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1664</v>
+        <v>1659</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="D428" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E428" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F428" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1666</v>
+        <v>1661</v>
       </c>
       <c r="H428" t="s">
-        <v>1667</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1668</v>
+        <v>1663</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1669</v>
+        <v>1664</v>
       </c>
       <c r="D429" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E429" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F429" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1670</v>
+        <v>1665</v>
       </c>
       <c r="H429" t="s">
-        <v>1671</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1672</v>
+        <v>1667</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1673</v>
+        <v>1668</v>
       </c>
       <c r="D430" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E430" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F430" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1674</v>
+        <v>1669</v>
       </c>
       <c r="H430" t="s">
-        <v>1675</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1677</v>
+        <v>1672</v>
       </c>
       <c r="D431" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E431" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F431" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1678</v>
+        <v>1673</v>
       </c>
       <c r="H431" t="s">
-        <v>1679</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1680</v>
+        <v>1675</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1681</v>
+        <v>1676</v>
       </c>
       <c r="D432" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E432" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F432" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1682</v>
+        <v>1677</v>
       </c>
       <c r="H432" t="s">
-        <v>1683</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1684</v>
+        <v>1679</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1685</v>
+        <v>1680</v>
       </c>
       <c r="D433" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E433" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F433" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1686</v>
+        <v>1681</v>
       </c>
       <c r="H433" t="s">
-        <v>1687</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1688</v>
+        <v>1683</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="D434" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E434" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F434" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="H434" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1693</v>
+        <v>1688</v>
       </c>
       <c r="D435" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E435" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F435" t="s">
-        <v>18</v>
+        <v>182</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1694</v>
+        <v>1689</v>
       </c>
       <c r="H435" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1696</v>
+        <v>1691</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1697</v>
+        <v>1692</v>
       </c>
       <c r="D436" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E436" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F436" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1698</v>
+        <v>1693</v>
       </c>
       <c r="H436" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="D437" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E437" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F437" t="s">
-        <v>578</v>
+        <v>132</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="H437" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
       <c r="D438" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E438" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F438" t="s">
-        <v>578</v>
+        <v>18</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="H438" t="s">
-        <v>1707</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1709</v>
+        <v>1704</v>
       </c>
       <c r="D439" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E439" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F439" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1710</v>
+        <v>1705</v>
       </c>
       <c r="H439" t="s">
-        <v>1711</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1712</v>
+        <v>1707</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1713</v>
+        <v>1708</v>
       </c>
       <c r="D440" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E440" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F440" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1714</v>
+        <v>1709</v>
       </c>
       <c r="H440" t="s">
-        <v>1715</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1716</v>
+        <v>1711</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1717</v>
+        <v>1712</v>
       </c>
       <c r="D441" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E441" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F441" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1718</v>
+        <v>1713</v>
       </c>
       <c r="H441" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1720</v>
+        <v>1715</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1721</v>
+        <v>1716</v>
       </c>
       <c r="D442" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E442" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F442" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1722</v>
+        <v>1717</v>
       </c>
       <c r="H442" t="s">
-        <v>1723</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1724</v>
+        <v>1719</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1725</v>
+        <v>1720</v>
       </c>
       <c r="D443" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E443" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F443" t="s">
-        <v>1116</v>
+        <v>57</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1726</v>
+        <v>1721</v>
       </c>
       <c r="H443" t="s">
-        <v>1727</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1728</v>
+        <v>1723</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1729</v>
+        <v>1724</v>
       </c>
       <c r="D444" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E444" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F444" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1730</v>
+        <v>1725</v>
       </c>
       <c r="H444" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1732</v>
+        <v>1727</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1733</v>
+        <v>1728</v>
       </c>
       <c r="D445" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E445" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F445" t="s">
-        <v>268</v>
+        <v>57</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1734</v>
+        <v>1729</v>
       </c>
       <c r="H445" t="s">
-        <v>1735</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1736</v>
+        <v>1731</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1737</v>
+        <v>1732</v>
       </c>
       <c r="D446" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E446" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F446" t="s">
-        <v>578</v>
+        <v>182</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1738</v>
+        <v>1733</v>
       </c>
       <c r="H446" t="s">
-        <v>1739</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="D447" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E447" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F447" t="s">
-        <v>44</v>
+        <v>1127</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1742</v>
+        <v>1737</v>
       </c>
       <c r="H447" t="s">
-        <v>1743</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1744</v>
+        <v>1739</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1745</v>
+        <v>1740</v>
       </c>
       <c r="D448" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E448" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F448" t="s">
-        <v>329</v>
+        <v>13</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1746</v>
+        <v>1741</v>
       </c>
       <c r="H448" t="s">
-        <v>1747</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1748</v>
+        <v>1743</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1749</v>
+        <v>1744</v>
       </c>
       <c r="D449" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E449" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F449" t="s">
-        <v>329</v>
+        <v>268</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1750</v>
+        <v>1745</v>
       </c>
       <c r="H449" t="s">
-        <v>1751</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
       <c r="D450" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E450" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F450" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="H450" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1756</v>
+        <v>1751</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1757</v>
+        <v>1752</v>
       </c>
       <c r="D451" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E451" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F451" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1758</v>
+        <v>1753</v>
       </c>
       <c r="H451" t="s">
-        <v>1759</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1760</v>
+        <v>1755</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1761</v>
+        <v>1756</v>
       </c>
       <c r="D452" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E452" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F452" t="s">
-        <v>1161</v>
+        <v>342</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1762</v>
+        <v>1757</v>
       </c>
       <c r="H452" t="s">
-        <v>1763</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1764</v>
+        <v>1759</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1765</v>
+        <v>1760</v>
       </c>
       <c r="D453" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E453" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F453" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1766</v>
+        <v>1761</v>
       </c>
       <c r="H453" t="s">
-        <v>1767</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1768</v>
+        <v>1763</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1769</v>
+        <v>1764</v>
       </c>
       <c r="D454" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E454" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F454" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
       <c r="H454" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1772</v>
+        <v>1767</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1773</v>
+        <v>1768</v>
       </c>
       <c r="D455" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E455" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F455" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1774</v>
+        <v>1769</v>
       </c>
       <c r="H455" t="s">
-        <v>1775</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1776</v>
+        <v>1771</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="D456" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E456" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F456" t="s">
-        <v>57</v>
+        <v>1172</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1778</v>
+        <v>1773</v>
       </c>
       <c r="H456" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="D457" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E457" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F457" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
       <c r="H457" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1784</v>
+        <v>1779</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1785</v>
+        <v>1780</v>
       </c>
       <c r="D458" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E458" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F458" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1786</v>
+        <v>1781</v>
       </c>
       <c r="H458" t="s">
-        <v>1787</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1788</v>
+        <v>1783</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1789</v>
+        <v>1784</v>
       </c>
       <c r="D459" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E459" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F459" t="s">
-        <v>268</v>
+        <v>57</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1790</v>
+        <v>1785</v>
       </c>
       <c r="H459" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1793</v>
+        <v>1788</v>
       </c>
       <c r="D460" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E460" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F460" t="s">
-        <v>268</v>
+        <v>57</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1794</v>
+        <v>1789</v>
       </c>
       <c r="H460" t="s">
-        <v>1795</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1796</v>
+        <v>1791</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1797</v>
+        <v>1792</v>
       </c>
       <c r="D461" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E461" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F461" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1798</v>
+        <v>1793</v>
       </c>
       <c r="H461" t="s">
-        <v>1799</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1800</v>
+        <v>1795</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1801</v>
+        <v>1796</v>
       </c>
       <c r="D462" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E462" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F462" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1802</v>
+        <v>1797</v>
       </c>
       <c r="H462" t="s">
-        <v>1803</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1804</v>
+        <v>1799</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1805</v>
+        <v>1800</v>
       </c>
       <c r="D463" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E463" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F463" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1806</v>
+        <v>1801</v>
       </c>
       <c r="H463" t="s">
-        <v>1807</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1808</v>
+        <v>1803</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1809</v>
+        <v>1804</v>
       </c>
       <c r="D464" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E464" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F464" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1810</v>
+        <v>1805</v>
       </c>
       <c r="H464" t="s">
-        <v>1811</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1812</v>
+        <v>1807</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1813</v>
+        <v>1808</v>
       </c>
       <c r="D465" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E465" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F465" t="s">
         <v>44</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1814</v>
+        <v>1809</v>
       </c>
       <c r="H465" t="s">
-        <v>1815</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1816</v>
+        <v>1811</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1817</v>
+        <v>1812</v>
       </c>
       <c r="D466" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E466" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F466" t="s">
         <v>44</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1818</v>
+        <v>1813</v>
       </c>
       <c r="H466" t="s">
-        <v>1819</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1820</v>
+        <v>1815</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1821</v>
+        <v>1816</v>
       </c>
       <c r="D467" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E467" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F467" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1822</v>
+        <v>1817</v>
       </c>
       <c r="H467" t="s">
-        <v>1823</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1824</v>
+        <v>1819</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1825</v>
+        <v>1820</v>
       </c>
       <c r="D468" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E468" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F468" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="H468" t="s">
-        <v>1827</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1828</v>
+        <v>1823</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1829</v>
+        <v>1824</v>
       </c>
       <c r="D469" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E469" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F469" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1830</v>
+        <v>1825</v>
       </c>
       <c r="H469" t="s">
-        <v>1831</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1832</v>
+        <v>1827</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1833</v>
+        <v>1828</v>
       </c>
       <c r="D470" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E470" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F470" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1834</v>
+        <v>1829</v>
       </c>
       <c r="H470" t="s">
-        <v>1835</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1836</v>
+        <v>1831</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1837</v>
+        <v>1832</v>
       </c>
       <c r="D471" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E471" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F471" t="s">
         <v>57</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1838</v>
+        <v>1833</v>
       </c>
       <c r="H471" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1841</v>
+        <v>1836</v>
       </c>
       <c r="D472" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E472" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F472" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1842</v>
+        <v>1837</v>
       </c>
       <c r="H472" t="s">
-        <v>1843</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1844</v>
+        <v>1839</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1845</v>
+        <v>1840</v>
       </c>
       <c r="D473" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E473" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F473" t="s">
-        <v>1846</v>
+        <v>57</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1847</v>
+        <v>1841</v>
       </c>
       <c r="H473" t="s">
-        <v>1848</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1849</v>
+        <v>1843</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1850</v>
+        <v>1844</v>
       </c>
       <c r="D474" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E474" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F474" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1851</v>
+        <v>1845</v>
       </c>
       <c r="H474" t="s">
-        <v>1852</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1854</v>
+        <v>1848</v>
       </c>
       <c r="D475" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E475" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F475" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1855</v>
+        <v>1849</v>
       </c>
       <c r="H475" t="s">
-        <v>1856</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
       <c r="D476" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E476" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F476" t="s">
-        <v>268</v>
+        <v>13</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1859</v>
+        <v>1853</v>
       </c>
       <c r="H476" t="s">
-        <v>1860</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1861</v>
+        <v>1855</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1862</v>
+        <v>1856</v>
       </c>
       <c r="D477" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E477" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F477" t="s">
-        <v>268</v>
+        <v>1857</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1863</v>
+        <v>1858</v>
       </c>
       <c r="H477" t="s">
-        <v>1864</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1865</v>
+        <v>1860</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1866</v>
+        <v>1861</v>
       </c>
       <c r="D478" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E478" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F478" t="s">
-        <v>268</v>
+        <v>132</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1867</v>
+        <v>1862</v>
       </c>
       <c r="H478" t="s">
-        <v>1868</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1869</v>
+        <v>1864</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="D479" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E479" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F479" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1871</v>
+        <v>1866</v>
       </c>
       <c r="H479" t="s">
-        <v>1872</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1873</v>
+        <v>1868</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1874</v>
+        <v>1869</v>
       </c>
       <c r="D480" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E480" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F480" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1875</v>
+        <v>1870</v>
       </c>
       <c r="H480" t="s">
-        <v>1876</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1877</v>
+        <v>1872</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="D481" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E481" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F481" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
       <c r="H481" t="s">
-        <v>1880</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1881</v>
+        <v>1876</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="D482" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E482" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F482" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
       <c r="H482" t="s">
-        <v>1884</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1885</v>
+        <v>1880</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1886</v>
+        <v>1881</v>
       </c>
       <c r="D483" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E483" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F483" t="s">
-        <v>1259</v>
+        <v>44</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1887</v>
+        <v>1882</v>
       </c>
       <c r="H483" t="s">
-        <v>1888</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1889</v>
+        <v>1884</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1890</v>
+        <v>1885</v>
       </c>
       <c r="D484" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E484" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F484" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1891</v>
+        <v>1886</v>
       </c>
       <c r="H484" t="s">
-        <v>1892</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1893</v>
+        <v>1888</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1894</v>
+        <v>1889</v>
       </c>
       <c r="D485" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E485" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F485" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1895</v>
+        <v>1890</v>
       </c>
       <c r="H485" t="s">
-        <v>1896</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1897</v>
+        <v>1892</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1898</v>
+        <v>1893</v>
       </c>
       <c r="D486" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E486" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F486" t="s">
         <v>44</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1899</v>
+        <v>1894</v>
       </c>
       <c r="H486" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1901</v>
+        <v>1896</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1902</v>
+        <v>1897</v>
       </c>
       <c r="D487" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E487" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F487" t="s">
-        <v>57</v>
+        <v>1270</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
       <c r="H487" t="s">
-        <v>1904</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1905</v>
+        <v>1900</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1906</v>
+        <v>1901</v>
       </c>
       <c r="D488" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E488" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F488" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1907</v>
+        <v>1902</v>
       </c>
       <c r="H488" t="s">
-        <v>1908</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="D489" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E489" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F489" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1911</v>
+        <v>1906</v>
       </c>
       <c r="H489" t="s">
-        <v>1912</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1913</v>
+        <v>1908</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1914</v>
+        <v>1909</v>
       </c>
       <c r="D490" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E490" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F490" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1915</v>
+        <v>1910</v>
       </c>
       <c r="H490" t="s">
-        <v>1916</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1917</v>
+        <v>1912</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1918</v>
+        <v>1913</v>
       </c>
       <c r="D491" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E491" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F491" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1919</v>
+        <v>1914</v>
       </c>
       <c r="H491" t="s">
-        <v>1920</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1921</v>
+        <v>1916</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1922</v>
+        <v>1917</v>
       </c>
       <c r="D492" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E492" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F492" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1923</v>
+        <v>1918</v>
       </c>
       <c r="H492" t="s">
-        <v>1924</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1925</v>
+        <v>1920</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1926</v>
+        <v>1921</v>
       </c>
       <c r="D493" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E493" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F493" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1927</v>
+        <v>1922</v>
       </c>
       <c r="H493" t="s">
-        <v>1928</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1929</v>
+        <v>1924</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="D494" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E494" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F494" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1931</v>
+        <v>1926</v>
       </c>
       <c r="H494" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
       <c r="D495" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E495" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F495" t="s">
-        <v>132</v>
+        <v>589</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1935</v>
+        <v>1930</v>
       </c>
       <c r="H495" t="s">
-        <v>1936</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1937</v>
+        <v>1932</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1938</v>
+        <v>1933</v>
       </c>
       <c r="D496" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E496" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F496" t="s">
-        <v>132</v>
+        <v>589</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1939</v>
+        <v>1934</v>
       </c>
       <c r="H496" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1942</v>
+        <v>1937</v>
       </c>
       <c r="D497" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E497" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F497" t="s">
-        <v>132</v>
+        <v>589</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1943</v>
+        <v>1938</v>
       </c>
       <c r="H497" t="s">
-        <v>1944</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1945</v>
+        <v>1940</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="D498" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E498" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F498" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="H498" t="s">
-        <v>1948</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1949</v>
+        <v>1944</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1950</v>
+        <v>1945</v>
       </c>
       <c r="D499" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E499" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F499" t="s">
-        <v>1951</v>
+        <v>132</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1952</v>
+        <v>1946</v>
       </c>
       <c r="H499" t="s">
-        <v>1953</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1954</v>
+        <v>1948</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1955</v>
+        <v>1949</v>
       </c>
       <c r="D500" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E500" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F500" t="s">
+        <v>132</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H500" t="s">
         <v>1951</v>
-      </c>
-[...4 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1958</v>
+        <v>1952</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1959</v>
+        <v>1953</v>
       </c>
       <c r="D501" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E501" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F501" t="s">
-        <v>1951</v>
+        <v>132</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1960</v>
+        <v>1954</v>
       </c>
       <c r="H501" t="s">
-        <v>1961</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1962</v>
+        <v>1956</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1963</v>
+        <v>1957</v>
       </c>
       <c r="D502" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E502" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F502" t="s">
-        <v>1951</v>
+        <v>44</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1964</v>
+        <v>1958</v>
       </c>
       <c r="H502" t="s">
-        <v>1965</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1966</v>
+        <v>1960</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1967</v>
+        <v>1961</v>
       </c>
       <c r="D503" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E503" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F503" t="s">
-        <v>1968</v>
+        <v>1962</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1969</v>
+        <v>1963</v>
       </c>
       <c r="H503" t="s">
-        <v>1970</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1971</v>
+        <v>1965</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1972</v>
+        <v>1966</v>
       </c>
       <c r="D504" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E504" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F504" t="s">
-        <v>329</v>
+        <v>1962</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1973</v>
+        <v>1967</v>
       </c>
       <c r="H504" t="s">
-        <v>1974</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1975</v>
+        <v>1969</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1976</v>
+        <v>1970</v>
       </c>
       <c r="D505" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E505" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F505" t="s">
-        <v>329</v>
+        <v>1962</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1977</v>
+        <v>1971</v>
       </c>
       <c r="H505" t="s">
-        <v>1978</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1979</v>
+        <v>1973</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1980</v>
+        <v>1974</v>
       </c>
       <c r="D506" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E506" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F506" t="s">
-        <v>329</v>
+        <v>1962</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="H506" t="s">
-        <v>1982</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1983</v>
+        <v>1977</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1984</v>
+        <v>1978</v>
       </c>
       <c r="D507" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E507" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F507" t="s">
-        <v>57</v>
+        <v>1979</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1985</v>
+        <v>1980</v>
       </c>
       <c r="H507" t="s">
-        <v>1986</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1987</v>
+        <v>1982</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1988</v>
+        <v>1983</v>
       </c>
       <c r="D508" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E508" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F508" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="H508" t="s">
-        <v>1990</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1991</v>
+        <v>1986</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1992</v>
+        <v>1987</v>
       </c>
       <c r="D509" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E509" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F509" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="H509" t="s">
-        <v>1994</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="D510" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E510" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F510" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="H510" t="s">
-        <v>1998</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="D511" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E511" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F511" t="s">
-        <v>991</v>
+        <v>57</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="H511" t="s">
-        <v>2002</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="D512" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E512" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F512" t="s">
-        <v>991</v>
+        <v>57</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="H512" t="s">
-        <v>2006</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="D513" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E513" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F513" t="s">
-        <v>991</v>
+        <v>57</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="H513" t="s">
-        <v>2010</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="D514" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E514" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F514" t="s">
-        <v>991</v>
+        <v>57</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="H514" t="s">
-        <v>2014</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="D515" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E515" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F515" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="H515" t="s">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="D516" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E516" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F516" t="s">
-        <v>2021</v>
+        <v>1002</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="H516" t="s">
-        <v>2023</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="D517" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E517" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F517" t="s">
-        <v>1951</v>
+        <v>1002</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>2026</v>
+        <v>2020</v>
       </c>
       <c r="H517" t="s">
-        <v>2027</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>2028</v>
+        <v>2022</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>2029</v>
+        <v>2023</v>
       </c>
       <c r="D518" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E518" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F518" t="s">
-        <v>44</v>
+        <v>1002</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>2030</v>
+        <v>2024</v>
       </c>
       <c r="H518" t="s">
-        <v>2031</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>2032</v>
+        <v>2026</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>2033</v>
+        <v>2027</v>
       </c>
       <c r="D519" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E519" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F519" t="s">
-        <v>13</v>
+        <v>1002</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>2034</v>
+        <v>2028</v>
       </c>
       <c r="H519" t="s">
-        <v>2035</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2036</v>
+        <v>2030</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>2037</v>
+        <v>2031</v>
       </c>
       <c r="D520" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E520" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F520" t="s">
-        <v>1951</v>
+        <v>2032</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2038</v>
+        <v>2033</v>
       </c>
       <c r="H520" t="s">
-        <v>2039</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2040</v>
+        <v>2035</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>2041</v>
+        <v>2036</v>
       </c>
       <c r="D521" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E521" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F521" t="s">
-        <v>18</v>
+        <v>1962</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2042</v>
+        <v>2037</v>
       </c>
       <c r="H521" t="s">
-        <v>2043</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2044</v>
+        <v>2039</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>2045</v>
+        <v>2040</v>
       </c>
       <c r="D522" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E522" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F522" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2046</v>
+        <v>2041</v>
       </c>
       <c r="H522" t="s">
-        <v>2047</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2048</v>
+        <v>2043</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>2049</v>
+        <v>2044</v>
       </c>
       <c r="D523" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E523" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F523" t="s">
-        <v>2050</v>
+        <v>13</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2051</v>
+        <v>2045</v>
       </c>
       <c r="H523" t="s">
-        <v>2052</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2053</v>
+        <v>2047</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>2054</v>
+        <v>2048</v>
       </c>
       <c r="D524" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E524" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F524" t="s">
-        <v>57</v>
+        <v>1962</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2055</v>
+        <v>2049</v>
       </c>
       <c r="H524" t="s">
-        <v>2056</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2057</v>
+        <v>2051</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>2058</v>
+        <v>2052</v>
       </c>
       <c r="D525" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E525" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F525" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2059</v>
+        <v>2053</v>
       </c>
       <c r="H525" t="s">
-        <v>2060</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2061</v>
+        <v>2055</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>2062</v>
+        <v>2056</v>
       </c>
       <c r="D526" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E526" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F526" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2063</v>
+        <v>2057</v>
       </c>
       <c r="H526" t="s">
-        <v>2064</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2065</v>
+        <v>2059</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2066</v>
+        <v>2060</v>
       </c>
       <c r="D527" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E527" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F527" t="s">
-        <v>57</v>
+        <v>2061</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2067</v>
+        <v>2062</v>
       </c>
       <c r="H527" t="s">
-        <v>2068</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2069</v>
+        <v>2064</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>2070</v>
+        <v>2065</v>
       </c>
       <c r="D528" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E528" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F528" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2071</v>
+        <v>2066</v>
       </c>
       <c r="H528" t="s">
-        <v>2072</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2073</v>
+        <v>2068</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>2074</v>
+        <v>2069</v>
       </c>
       <c r="D529" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E529" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F529" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2075</v>
+        <v>2070</v>
       </c>
       <c r="H529" t="s">
-        <v>2076</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2077</v>
+        <v>2072</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>2078</v>
+        <v>2073</v>
       </c>
       <c r="D530" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E530" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F530" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2079</v>
+        <v>2074</v>
       </c>
       <c r="H530" t="s">
-        <v>2080</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>2082</v>
+        <v>2077</v>
       </c>
       <c r="D531" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E531" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F531" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2083</v>
+        <v>2078</v>
       </c>
       <c r="H531" t="s">
-        <v>2084</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2085</v>
+        <v>2080</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>2086</v>
+        <v>2081</v>
       </c>
       <c r="D532" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E532" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F532" t="s">
-        <v>1951</v>
+        <v>589</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2087</v>
+        <v>2082</v>
       </c>
       <c r="H532" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>2090</v>
+        <v>2085</v>
       </c>
       <c r="D533" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E533" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F533" t="s">
-        <v>268</v>
+        <v>589</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2091</v>
+        <v>2086</v>
       </c>
       <c r="H533" t="s">
-        <v>2092</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2093</v>
+        <v>2088</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>2094</v>
+        <v>2089</v>
       </c>
       <c r="D534" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E534" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F534" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2095</v>
+        <v>2090</v>
       </c>
       <c r="H534" t="s">
-        <v>2096</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2097</v>
+        <v>2092</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2098</v>
+        <v>2093</v>
       </c>
       <c r="D535" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E535" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F535" t="s">
-        <v>2099</v>
+        <v>1962</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2100</v>
+        <v>2094</v>
       </c>
       <c r="H535" t="s">
-        <v>2101</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2102</v>
+        <v>2096</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2103</v>
+        <v>2097</v>
       </c>
       <c r="D536" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E536" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F536" t="s">
-        <v>44</v>
+        <v>1962</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2104</v>
+        <v>2098</v>
       </c>
       <c r="H536" t="s">
-        <v>2105</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2106</v>
+        <v>2100</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2107</v>
+        <v>2101</v>
       </c>
       <c r="D537" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E537" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F537" t="s">
-        <v>1951</v>
+        <v>268</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2108</v>
+        <v>2102</v>
       </c>
       <c r="H537" t="s">
-        <v>2109</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2110</v>
+        <v>2104</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2111</v>
+        <v>2105</v>
       </c>
       <c r="D538" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E538" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F538" t="s">
-        <v>2112</v>
+        <v>268</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2113</v>
+        <v>2106</v>
       </c>
       <c r="H538" t="s">
-        <v>2114</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2115</v>
+        <v>2108</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2116</v>
+        <v>2109</v>
       </c>
       <c r="D539" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E539" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F539" t="s">
-        <v>2117</v>
+        <v>2110</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2118</v>
+        <v>2111</v>
       </c>
       <c r="H539" t="s">
-        <v>2119</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2120</v>
+        <v>2113</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2121</v>
+        <v>2114</v>
       </c>
       <c r="D540" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E540" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F540" t="s">
-        <v>2117</v>
+        <v>44</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2122</v>
+        <v>2115</v>
       </c>
       <c r="H540" t="s">
-        <v>2123</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2124</v>
+        <v>2117</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2125</v>
+        <v>2118</v>
       </c>
       <c r="D541" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E541" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F541" t="s">
-        <v>2117</v>
+        <v>1962</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2126</v>
+        <v>2119</v>
       </c>
       <c r="H541" t="s">
-        <v>2127</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2128</v>
+        <v>2121</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2129</v>
+        <v>2122</v>
       </c>
       <c r="D542" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E542" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F542" t="s">
-        <v>2130</v>
+        <v>2123</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2131</v>
+        <v>2124</v>
       </c>
       <c r="H542" t="s">
-        <v>2132</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2133</v>
+        <v>2126</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2134</v>
+        <v>2127</v>
       </c>
       <c r="D543" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E543" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F543" t="s">
-        <v>57</v>
+        <v>2128</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2135</v>
+        <v>2129</v>
       </c>
       <c r="H543" t="s">
-        <v>2136</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2137</v>
+        <v>2131</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2138</v>
+        <v>2132</v>
       </c>
       <c r="D544" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E544" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F544" t="s">
-        <v>57</v>
+        <v>2128</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2139</v>
+        <v>2133</v>
       </c>
       <c r="H544" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2141</v>
+        <v>2135</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2142</v>
+        <v>2136</v>
       </c>
       <c r="D545" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E545" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F545" t="s">
-        <v>57</v>
+        <v>2128</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2143</v>
+        <v>2137</v>
       </c>
       <c r="H545" t="s">
-        <v>2144</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2145</v>
+        <v>2139</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2146</v>
+        <v>2140</v>
       </c>
       <c r="D546" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E546" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F546" t="s">
-        <v>1951</v>
+        <v>2141</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2147</v>
+        <v>2142</v>
       </c>
       <c r="H546" t="s">
-        <v>2148</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2149</v>
+        <v>2144</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2150</v>
+        <v>2145</v>
       </c>
       <c r="D547" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E547" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F547" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2151</v>
+        <v>2146</v>
       </c>
       <c r="H547" t="s">
-        <v>2152</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2153</v>
+        <v>2148</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2154</v>
+        <v>2149</v>
       </c>
       <c r="D548" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E548" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F548" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2155</v>
+        <v>2150</v>
       </c>
       <c r="H548" t="s">
-        <v>2156</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2158</v>
+        <v>2153</v>
       </c>
       <c r="D549" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E549" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F549" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2159</v>
+        <v>2154</v>
       </c>
       <c r="H549" t="s">
-        <v>2160</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2161</v>
+        <v>2156</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2162</v>
+        <v>2157</v>
       </c>
       <c r="D550" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E550" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F550" t="s">
-        <v>578</v>
+        <v>1962</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2163</v>
+        <v>2158</v>
       </c>
       <c r="H550" t="s">
-        <v>2164</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2165</v>
+        <v>2160</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2166</v>
+        <v>2161</v>
       </c>
       <c r="D551" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E551" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F551" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2167</v>
+        <v>2162</v>
       </c>
       <c r="H551" t="s">
-        <v>2168</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2169</v>
+        <v>2164</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2170</v>
+        <v>2165</v>
       </c>
       <c r="D552" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E552" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F552" t="s">
-        <v>57</v>
+        <v>1962</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2171</v>
+        <v>2166</v>
       </c>
       <c r="H552" t="s">
-        <v>2172</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2173</v>
+        <v>2168</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2174</v>
+        <v>2169</v>
       </c>
       <c r="D553" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E553" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F553" t="s">
-        <v>57</v>
+        <v>1962</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2175</v>
+        <v>2170</v>
       </c>
       <c r="H553" t="s">
-        <v>2176</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2177</v>
+        <v>2172</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2178</v>
+        <v>2173</v>
       </c>
       <c r="D554" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E554" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F554" t="s">
-        <v>2179</v>
+        <v>589</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2180</v>
+        <v>2174</v>
       </c>
       <c r="H554" t="s">
-        <v>2181</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2182</v>
+        <v>2176</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2183</v>
+        <v>2177</v>
       </c>
       <c r="D555" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E555" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F555" t="s">
-        <v>2184</v>
+        <v>342</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2185</v>
+        <v>2178</v>
       </c>
       <c r="H555" t="s">
-        <v>2186</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2187</v>
+        <v>2180</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2188</v>
+        <v>2181</v>
       </c>
       <c r="D556" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E556" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F556" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2189</v>
+        <v>2182</v>
       </c>
       <c r="H556" t="s">
-        <v>2190</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2191</v>
+        <v>2184</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2192</v>
+        <v>2185</v>
       </c>
       <c r="D557" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E557" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F557" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2193</v>
+        <v>2186</v>
       </c>
       <c r="H557" t="s">
-        <v>2194</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2195</v>
+        <v>2188</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2196</v>
+        <v>2189</v>
       </c>
       <c r="D558" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E558" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F558" t="s">
-        <v>1951</v>
+        <v>2190</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2197</v>
+        <v>2191</v>
       </c>
       <c r="H558" t="s">
-        <v>2198</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2199</v>
+        <v>2193</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2200</v>
+        <v>2194</v>
       </c>
       <c r="D559" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E559" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F559" t="s">
-        <v>1951</v>
+        <v>2195</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2201</v>
+        <v>2196</v>
       </c>
       <c r="H559" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2203</v>
+        <v>2198</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2204</v>
+        <v>2199</v>
       </c>
       <c r="D560" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E560" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F560" t="s">
-        <v>44</v>
+        <v>1962</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2205</v>
+        <v>2200</v>
       </c>
       <c r="H560" t="s">
-        <v>2206</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2207</v>
+        <v>2202</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2208</v>
+        <v>2203</v>
       </c>
       <c r="D561" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E561" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F561" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2209</v>
+        <v>2204</v>
       </c>
       <c r="H561" t="s">
-        <v>2210</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2211</v>
+        <v>2206</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2212</v>
+        <v>2207</v>
       </c>
       <c r="D562" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E562" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F562" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2213</v>
+        <v>2208</v>
       </c>
       <c r="H562" t="s">
-        <v>2214</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2216</v>
+        <v>2211</v>
       </c>
       <c r="D563" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E563" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F563" t="s">
-        <v>18</v>
+        <v>1962</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2217</v>
+        <v>2212</v>
       </c>
       <c r="H563" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2219</v>
+        <v>2214</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2220</v>
+        <v>2215</v>
       </c>
       <c r="D564" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E564" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F564" t="s">
-        <v>2221</v>
+        <v>44</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2222</v>
+        <v>2216</v>
       </c>
       <c r="H564" t="s">
-        <v>2223</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2224</v>
+        <v>2218</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2225</v>
+        <v>2219</v>
       </c>
       <c r="D565" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E565" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F565" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2226</v>
+        <v>2220</v>
       </c>
       <c r="H565" t="s">
-        <v>2227</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2228</v>
+        <v>2222</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2229</v>
+        <v>2223</v>
       </c>
       <c r="D566" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E566" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F566" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2230</v>
+        <v>2224</v>
       </c>
       <c r="H566" t="s">
-        <v>2231</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2232</v>
+        <v>2226</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2233</v>
+        <v>2227</v>
       </c>
       <c r="D567" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E567" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F567" t="s">
-        <v>578</v>
+        <v>18</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2234</v>
+        <v>2228</v>
       </c>
       <c r="H567" t="s">
-        <v>2235</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2236</v>
+        <v>2230</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2237</v>
+        <v>2231</v>
       </c>
       <c r="D568" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E568" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F568" t="s">
-        <v>991</v>
+        <v>2232</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2238</v>
+        <v>2233</v>
       </c>
       <c r="H568" t="s">
-        <v>2239</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2240</v>
+        <v>2235</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2241</v>
+        <v>2236</v>
       </c>
       <c r="D569" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E569" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F569" t="s">
-        <v>182</v>
+        <v>589</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2242</v>
+        <v>2237</v>
       </c>
       <c r="H569" t="s">
-        <v>2243</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2244</v>
+        <v>2239</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2245</v>
+        <v>2240</v>
       </c>
       <c r="D570" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E570" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F570" t="s">
-        <v>1951</v>
+        <v>589</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2246</v>
+        <v>2241</v>
       </c>
       <c r="H570" t="s">
-        <v>2247</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2248</v>
+        <v>2243</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2249</v>
+        <v>2244</v>
       </c>
       <c r="D571" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E571" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F571" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2250</v>
+        <v>2245</v>
       </c>
       <c r="H571" t="s">
-        <v>2251</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2252</v>
+        <v>2247</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2253</v>
+        <v>2248</v>
       </c>
       <c r="D572" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E572" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F572" t="s">
-        <v>44</v>
+        <v>1002</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2254</v>
+        <v>2249</v>
       </c>
       <c r="H572" t="s">
-        <v>2255</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2256</v>
+        <v>2251</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2257</v>
+        <v>2252</v>
       </c>
       <c r="D573" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E573" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F573" t="s">
-        <v>2258</v>
+        <v>182</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2259</v>
+        <v>2253</v>
       </c>
       <c r="H573" t="s">
-        <v>2260</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2261</v>
+        <v>2255</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>2262</v>
+        <v>2256</v>
       </c>
       <c r="D574" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E574" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F574" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2263</v>
+        <v>2257</v>
       </c>
       <c r="H574" t="s">
-        <v>2264</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2265</v>
+        <v>2259</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2266</v>
+        <v>2260</v>
       </c>
       <c r="D575" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E575" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F575" t="s">
-        <v>1951</v>
+        <v>44</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2267</v>
+        <v>2261</v>
       </c>
       <c r="H575" t="s">
-        <v>2268</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2269</v>
+        <v>2263</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2270</v>
+        <v>2264</v>
       </c>
       <c r="D576" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E576" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F576" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2271</v>
+        <v>2265</v>
       </c>
       <c r="H576" t="s">
-        <v>2272</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2273</v>
+        <v>2267</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2274</v>
+        <v>2268</v>
       </c>
       <c r="D577" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E577" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F577" t="s">
-        <v>268</v>
+        <v>2269</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2275</v>
+        <v>2270</v>
       </c>
       <c r="H577" t="s">
-        <v>2276</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2277</v>
+        <v>2272</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
       <c r="D578" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E578" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F578" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="H578" t="s">
-        <v>2280</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2281</v>
+        <v>2276</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2282</v>
+        <v>2277</v>
       </c>
       <c r="D579" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E579" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F579" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2283</v>
+        <v>2278</v>
       </c>
       <c r="H579" t="s">
-        <v>2284</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2285</v>
+        <v>2280</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2286</v>
+        <v>2281</v>
       </c>
       <c r="D580" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E580" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F580" t="s">
-        <v>2287</v>
+        <v>13</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2288</v>
+        <v>2282</v>
       </c>
       <c r="H580" t="s">
-        <v>2289</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2290</v>
+        <v>2284</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>2291</v>
+        <v>2285</v>
       </c>
       <c r="D581" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E581" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F581" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2292</v>
+        <v>2286</v>
       </c>
       <c r="H581" t="s">
-        <v>2293</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2294</v>
+        <v>2288</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2295</v>
+        <v>2289</v>
       </c>
       <c r="D582" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E582" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F582" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2296</v>
+        <v>2290</v>
       </c>
       <c r="H582" t="s">
-        <v>2297</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2298</v>
+        <v>2292</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2299</v>
+        <v>2293</v>
       </c>
       <c r="D583" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E583" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F583" t="s">
-        <v>2300</v>
+        <v>268</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2301</v>
+        <v>2294</v>
       </c>
       <c r="H583" t="s">
-        <v>2302</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2303</v>
+        <v>2296</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2304</v>
+        <v>2297</v>
       </c>
       <c r="D584" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E584" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F584" t="s">
-        <v>1951</v>
+        <v>2298</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2305</v>
+        <v>2299</v>
       </c>
       <c r="H584" t="s">
-        <v>2306</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2307</v>
+        <v>2301</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>2308</v>
+        <v>2302</v>
       </c>
       <c r="D585" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E585" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F585" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2309</v>
+        <v>2303</v>
       </c>
       <c r="H585" t="s">
-        <v>2310</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2311</v>
+        <v>2305</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="D586" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E586" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F586" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
       <c r="H586" t="s">
-        <v>2314</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2315</v>
+        <v>2309</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2316</v>
+        <v>2310</v>
       </c>
       <c r="D587" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E587" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F587" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2317</v>
+        <v>2312</v>
       </c>
       <c r="H587" t="s">
-        <v>2318</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2319</v>
+        <v>2314</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2320</v>
+        <v>2315</v>
       </c>
       <c r="D588" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E588" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F588" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2321</v>
+        <v>2316</v>
       </c>
       <c r="H588" t="s">
-        <v>2322</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2324</v>
+        <v>2319</v>
       </c>
       <c r="D589" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E589" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F589" t="s">
-        <v>2325</v>
+        <v>1962</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2326</v>
+        <v>2320</v>
       </c>
       <c r="H589" t="s">
-        <v>2327</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2328</v>
+        <v>2322</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>2329</v>
+        <v>2323</v>
       </c>
       <c r="D590" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E590" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F590" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2330</v>
+        <v>2324</v>
       </c>
       <c r="H590" t="s">
-        <v>2331</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2332</v>
+        <v>2326</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2333</v>
+        <v>2327</v>
       </c>
       <c r="D591" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E591" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F591" t="s">
-        <v>1951</v>
+        <v>2311</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2334</v>
+        <v>2328</v>
       </c>
       <c r="H591" t="s">
-        <v>2335</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2336</v>
+        <v>2330</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2337</v>
+        <v>2331</v>
       </c>
       <c r="D592" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E592" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F592" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2338</v>
+        <v>2332</v>
       </c>
       <c r="H592" t="s">
-        <v>2339</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2340</v>
+        <v>2334</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2341</v>
+        <v>2335</v>
       </c>
       <c r="D593" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E593" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F593" t="s">
-        <v>268</v>
+        <v>2336</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2342</v>
+        <v>2337</v>
       </c>
       <c r="H593" t="s">
-        <v>2343</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2344</v>
+        <v>2339</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2345</v>
+        <v>2340</v>
       </c>
       <c r="D594" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E594" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F594" t="s">
-        <v>268</v>
+        <v>132</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2346</v>
+        <v>2341</v>
       </c>
       <c r="H594" t="s">
-        <v>2347</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2348</v>
+        <v>2343</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2349</v>
+        <v>2344</v>
       </c>
       <c r="D595" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E595" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F595" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2350</v>
+        <v>2345</v>
       </c>
       <c r="H595" t="s">
-        <v>2351</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2352</v>
+        <v>2347</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2353</v>
+        <v>2348</v>
       </c>
       <c r="D596" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E596" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F596" t="s">
-        <v>57</v>
+        <v>1962</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2354</v>
+        <v>2349</v>
       </c>
       <c r="H596" t="s">
-        <v>2355</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2356</v>
+        <v>2351</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2357</v>
+        <v>2352</v>
       </c>
       <c r="D597" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E597" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F597" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2358</v>
+        <v>2353</v>
       </c>
       <c r="H597" t="s">
-        <v>2359</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2360</v>
+        <v>2355</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2361</v>
+        <v>2356</v>
       </c>
       <c r="D598" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E598" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F598" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2362</v>
+        <v>2357</v>
       </c>
       <c r="H598" t="s">
-        <v>2363</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2364</v>
+        <v>2359</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2365</v>
+        <v>2360</v>
       </c>
       <c r="D599" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E599" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F599" t="s">
-        <v>578</v>
+        <v>268</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2366</v>
+        <v>2361</v>
       </c>
       <c r="H599" t="s">
-        <v>2367</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2368</v>
+        <v>2363</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2369</v>
+        <v>2364</v>
       </c>
       <c r="D600" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E600" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F600" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2370</v>
+        <v>2365</v>
       </c>
       <c r="H600" t="s">
-        <v>2371</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2372</v>
+        <v>2367</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2373</v>
+        <v>2368</v>
       </c>
       <c r="D601" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E601" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F601" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2374</v>
+        <v>2369</v>
       </c>
       <c r="H601" t="s">
-        <v>2375</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2376</v>
+        <v>2371</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2377</v>
+        <v>2372</v>
       </c>
       <c r="D602" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E602" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F602" t="s">
-        <v>13</v>
+        <v>589</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2378</v>
+        <v>2373</v>
       </c>
       <c r="H602" t="s">
-        <v>2379</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2380</v>
+        <v>2375</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2381</v>
+        <v>2376</v>
       </c>
       <c r="D603" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E603" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F603" t="s">
-        <v>13</v>
+        <v>589</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2382</v>
+        <v>2377</v>
       </c>
       <c r="H603" t="s">
-        <v>2383</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2384</v>
+        <v>2379</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2385</v>
+        <v>2380</v>
       </c>
       <c r="D604" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E604" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F604" t="s">
-        <v>132</v>
+        <v>589</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2386</v>
+        <v>2381</v>
       </c>
       <c r="H604" t="s">
-        <v>2387</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2388</v>
+        <v>2383</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2389</v>
+        <v>2384</v>
       </c>
       <c r="D605" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E605" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F605" t="s">
-        <v>1951</v>
+        <v>13</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2390</v>
+        <v>2385</v>
       </c>
       <c r="H605" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2392</v>
+        <v>2387</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
       <c r="D606" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E606" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F606" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2394</v>
+        <v>2389</v>
       </c>
       <c r="H606" t="s">
-        <v>2395</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2396</v>
+        <v>2391</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2397</v>
+        <v>2392</v>
       </c>
       <c r="D607" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E607" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F607" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2398</v>
+        <v>2393</v>
       </c>
       <c r="H607" t="s">
-        <v>2399</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2400</v>
+        <v>2395</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>2401</v>
+        <v>2396</v>
       </c>
       <c r="D608" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E608" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F608" t="s">
-        <v>2325</v>
+        <v>132</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2402</v>
+        <v>2397</v>
       </c>
       <c r="H608" t="s">
-        <v>2403</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2404</v>
+        <v>2399</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>2405</v>
+        <v>2400</v>
       </c>
       <c r="D609" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E609" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F609" t="s">
-        <v>57</v>
+        <v>1962</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2406</v>
+        <v>2401</v>
       </c>
       <c r="H609" t="s">
-        <v>2407</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2408</v>
+        <v>2403</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2409</v>
+        <v>2404</v>
       </c>
       <c r="D610" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E610" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F610" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2410</v>
+        <v>2405</v>
       </c>
       <c r="H610" t="s">
-        <v>2411</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2412</v>
+        <v>2407</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>2413</v>
+        <v>2408</v>
       </c>
       <c r="D611" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E611" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F611" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2414</v>
+        <v>2409</v>
       </c>
       <c r="H611" t="s">
-        <v>2415</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2416</v>
+        <v>2411</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2417</v>
+        <v>2412</v>
       </c>
       <c r="D612" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E612" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F612" t="s">
-        <v>1259</v>
+        <v>2336</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2418</v>
+        <v>2413</v>
       </c>
       <c r="H612" t="s">
-        <v>2419</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2420</v>
+        <v>2415</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>2421</v>
+        <v>2416</v>
       </c>
       <c r="D613" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E613" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F613" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2422</v>
+        <v>2417</v>
       </c>
       <c r="H613" t="s">
-        <v>2423</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2424</v>
+        <v>2419</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>2425</v>
+        <v>2420</v>
       </c>
       <c r="D614" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E614" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F614" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2426</v>
+        <v>2421</v>
       </c>
       <c r="H614" t="s">
-        <v>2427</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2428</v>
+        <v>2423</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="D615" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E615" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F615" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="H615" t="s">
-        <v>2431</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2432</v>
+        <v>2427</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2433</v>
+        <v>2428</v>
       </c>
       <c r="D616" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E616" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F616" t="s">
-        <v>18</v>
+        <v>1270</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2434</v>
+        <v>2429</v>
       </c>
       <c r="H616" t="s">
-        <v>2435</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2436</v>
+        <v>2431</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2437</v>
+        <v>2432</v>
       </c>
       <c r="D617" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E617" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F617" t="s">
-        <v>132</v>
+        <v>1962</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2438</v>
+        <v>2433</v>
       </c>
       <c r="H617" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2441</v>
+        <v>2436</v>
       </c>
       <c r="D618" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E618" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F618" t="s">
-        <v>268</v>
+        <v>589</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2442</v>
+        <v>2437</v>
       </c>
       <c r="H618" t="s">
-        <v>2443</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2444</v>
+        <v>2439</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
       <c r="D619" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E619" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F619" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="H619" t="s">
-        <v>2447</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2448</v>
+        <v>2443</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2449</v>
+        <v>2444</v>
       </c>
       <c r="D620" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E620" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F620" t="s">
-        <v>1968</v>
+        <v>18</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2450</v>
+        <v>2445</v>
       </c>
       <c r="H620" t="s">
-        <v>2451</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2453</v>
+        <v>2448</v>
       </c>
       <c r="D621" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E621" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F621" t="s">
-        <v>1968</v>
+        <v>132</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2454</v>
+        <v>2449</v>
       </c>
       <c r="H621" t="s">
-        <v>2455</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2456</v>
+        <v>2451</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>2457</v>
+        <v>2452</v>
       </c>
       <c r="D622" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E622" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F622" t="s">
-        <v>1968</v>
+        <v>268</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="H622" t="s">
-        <v>2459</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2460</v>
+        <v>2455</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2461</v>
+        <v>2456</v>
       </c>
       <c r="D623" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E623" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F623" t="s">
-        <v>1968</v>
+        <v>44</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
       <c r="H623" t="s">
-        <v>2463</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2465</v>
+        <v>2460</v>
       </c>
       <c r="D624" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E624" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F624" t="s">
-        <v>1968</v>
+        <v>1979</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2466</v>
+        <v>2461</v>
       </c>
       <c r="H624" t="s">
-        <v>2467</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2468</v>
+        <v>2463</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2469</v>
+        <v>2464</v>
       </c>
       <c r="D625" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E625" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F625" t="s">
-        <v>57</v>
+        <v>1979</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2470</v>
+        <v>2465</v>
       </c>
       <c r="H625" t="s">
-        <v>2471</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2472</v>
+        <v>2467</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2473</v>
+        <v>2468</v>
       </c>
       <c r="D626" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E626" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F626" t="s">
-        <v>57</v>
+        <v>1979</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2474</v>
+        <v>2469</v>
       </c>
       <c r="H626" t="s">
-        <v>2475</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2476</v>
+        <v>2471</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2477</v>
+        <v>2472</v>
       </c>
       <c r="D627" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E627" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F627" t="s">
-        <v>57</v>
+        <v>1979</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2478</v>
+        <v>2473</v>
       </c>
       <c r="H627" t="s">
-        <v>2479</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2480</v>
+        <v>2475</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2481</v>
+        <v>2476</v>
       </c>
       <c r="D628" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E628" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F628" t="s">
-        <v>57</v>
+        <v>1979</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2482</v>
+        <v>2477</v>
       </c>
       <c r="H628" t="s">
-        <v>2483</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2484</v>
+        <v>2479</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2485</v>
+        <v>2480</v>
       </c>
       <c r="D629" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E629" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F629" t="s">
         <v>57</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2486</v>
+        <v>2481</v>
       </c>
       <c r="H629" t="s">
-        <v>2487</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2488</v>
+        <v>2483</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>2489</v>
+        <v>2484</v>
       </c>
       <c r="D630" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E630" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F630" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2490</v>
+        <v>2485</v>
       </c>
       <c r="H630" t="s">
-        <v>2491</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2492</v>
+        <v>2487</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2493</v>
+        <v>2488</v>
       </c>
       <c r="D631" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E631" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F631" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2494</v>
+        <v>2489</v>
       </c>
       <c r="H631" t="s">
-        <v>2495</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2496</v>
+        <v>2491</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>2497</v>
+        <v>2492</v>
       </c>
       <c r="D632" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E632" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F632" t="s">
-        <v>2498</v>
+        <v>57</v>
       </c>
       <c r="G632" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H632" t="s">
         <v>2494</v>
-      </c>
-[...1 lines deleted...]
-        <v>2499</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2500</v>
+        <v>2495</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2501</v>
+        <v>2496</v>
       </c>
       <c r="D633" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E633" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F633" t="s">
+        <v>57</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H633" t="s">
         <v>2498</v>
-      </c>
-[...4 lines deleted...]
-        <v>2502</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
       <c r="D634" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E634" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F634" t="s">
-        <v>2505</v>
+        <v>13</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="H634" t="s">
-        <v>2506</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2507</v>
+        <v>2503</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>2508</v>
+        <v>2504</v>
       </c>
       <c r="D635" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E635" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F635" t="s">
+        <v>44</v>
+      </c>
+      <c r="G635" s="1" t="s">
         <v>2505</v>
       </c>
-      <c r="G635" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H635" t="s">
-        <v>2509</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D636" t="s">
+        <v>388</v>
+      </c>
+      <c r="E636" t="s">
+        <v>389</v>
+      </c>
+      <c r="F636" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H636" t="s">
         <v>2510</v>
-      </c>
-[...19 lines deleted...]
-        <v>2513</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2514</v>
+        <v>2511</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2515</v>
+        <v>2512</v>
       </c>
       <c r="D637" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E637" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F637" t="s">
-        <v>13</v>
+        <v>2509</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2494</v>
+        <v>2505</v>
       </c>
       <c r="H637" t="s">
-        <v>2516</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D638" t="s">
+        <v>388</v>
+      </c>
+      <c r="E638" t="s">
+        <v>389</v>
+      </c>
+      <c r="F638" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H638" t="s">
         <v>2517</v>
-      </c>
-[...19 lines deleted...]
-        <v>2520</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2521</v>
+        <v>2518</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2522</v>
+        <v>2519</v>
       </c>
       <c r="D639" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E639" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F639" t="s">
-        <v>1161</v>
+        <v>2516</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2523</v>
+        <v>2505</v>
       </c>
       <c r="H639" t="s">
-        <v>2524</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2525</v>
+        <v>2521</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2526</v>
+        <v>2522</v>
       </c>
       <c r="D640" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E640" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F640" t="s">
-        <v>2498</v>
+        <v>2523</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2527</v>
+        <v>2505</v>
       </c>
       <c r="H640" t="s">
-        <v>2528</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2529</v>
+        <v>2525</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2530</v>
+        <v>2526</v>
       </c>
       <c r="D641" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E641" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F641" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2531</v>
+        <v>2505</v>
       </c>
       <c r="H641" t="s">
-        <v>2532</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2533</v>
+        <v>2528</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2534</v>
+        <v>2529</v>
       </c>
       <c r="D642" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E642" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F642" t="s">
-        <v>57</v>
+        <v>2530</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2535</v>
+        <v>2505</v>
       </c>
       <c r="H642" t="s">
-        <v>2536</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2537</v>
+        <v>2532</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="D643" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E643" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F643" t="s">
-        <v>57</v>
+        <v>1172</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="H643" t="s">
-        <v>2540</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2541</v>
+        <v>2536</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2542</v>
+        <v>2537</v>
       </c>
       <c r="D644" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E644" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F644" t="s">
-        <v>57</v>
+        <v>2509</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2543</v>
+        <v>2538</v>
       </c>
       <c r="H644" t="s">
-        <v>2544</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2545</v>
+        <v>2540</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2546</v>
+        <v>2541</v>
       </c>
       <c r="D645" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E645" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F645" t="s">
         <v>57</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2547</v>
+        <v>2542</v>
       </c>
       <c r="H645" t="s">
-        <v>2548</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2549</v>
+        <v>2544</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2550</v>
+        <v>2545</v>
       </c>
       <c r="D646" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E646" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F646" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2551</v>
+        <v>2546</v>
       </c>
       <c r="H646" t="s">
-        <v>2552</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2553</v>
+        <v>2548</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2554</v>
+        <v>2549</v>
       </c>
       <c r="D647" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E647" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F647" t="s">
-        <v>578</v>
+        <v>57</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2555</v>
+        <v>2550</v>
       </c>
       <c r="H647" t="s">
-        <v>2556</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2557</v>
+        <v>2552</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2558</v>
+        <v>2553</v>
       </c>
       <c r="D648" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E648" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F648" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2559</v>
+        <v>2554</v>
       </c>
       <c r="H648" t="s">
-        <v>2560</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2561</v>
+        <v>2556</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2562</v>
+        <v>2557</v>
       </c>
       <c r="D649" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E649" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F649" t="s">
-        <v>2563</v>
+        <v>57</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2564</v>
+        <v>2558</v>
       </c>
       <c r="H649" t="s">
-        <v>2565</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2566</v>
+        <v>2560</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2567</v>
+        <v>2561</v>
       </c>
       <c r="D650" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E650" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F650" t="s">
-        <v>13</v>
+        <v>589</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2568</v>
+        <v>2562</v>
       </c>
       <c r="H650" t="s">
-        <v>2569</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2570</v>
+        <v>2564</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2571</v>
+        <v>2565</v>
       </c>
       <c r="D651" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E651" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F651" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2572</v>
+        <v>2566</v>
       </c>
       <c r="H651" t="s">
-        <v>2573</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2574</v>
+        <v>2568</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2575</v>
+        <v>2569</v>
       </c>
       <c r="D652" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E652" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F652" t="s">
-        <v>578</v>
+        <v>342</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2576</v>
+        <v>2570</v>
       </c>
       <c r="H652" t="s">
-        <v>2577</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2578</v>
+        <v>2572</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2579</v>
+        <v>2573</v>
       </c>
       <c r="D653" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E653" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F653" t="s">
-        <v>268</v>
+        <v>2574</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2580</v>
+        <v>2575</v>
       </c>
       <c r="H653" t="s">
-        <v>2581</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2582</v>
+        <v>2577</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2583</v>
+        <v>2578</v>
       </c>
       <c r="D654" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E654" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F654" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2584</v>
+        <v>2579</v>
       </c>
       <c r="H654" t="s">
-        <v>2585</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2586</v>
+        <v>2581</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2587</v>
+        <v>2582</v>
       </c>
       <c r="D655" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E655" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F655" t="s">
-        <v>57</v>
+        <v>589</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2588</v>
+        <v>2583</v>
       </c>
       <c r="H655" t="s">
-        <v>2589</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2590</v>
+        <v>2585</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2591</v>
+        <v>2586</v>
       </c>
       <c r="D656" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E656" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F656" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2494</v>
+        <v>2587</v>
       </c>
       <c r="H656" t="s">
-        <v>2592</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="D657" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E657" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F657" t="s">
-        <v>44</v>
+        <v>268</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2595</v>
+        <v>2591</v>
       </c>
       <c r="H657" t="s">
-        <v>2596</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2597</v>
+        <v>2593</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2598</v>
+        <v>2594</v>
       </c>
       <c r="D658" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E658" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F658" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2599</v>
+        <v>2595</v>
       </c>
       <c r="H658" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
       <c r="D659" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E659" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F659" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2603</v>
+        <v>2599</v>
       </c>
       <c r="H659" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>2606</v>
+        <v>2602</v>
       </c>
       <c r="D660" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E660" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F660" t="s">
-        <v>2607</v>
+        <v>44</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2608</v>
+        <v>2505</v>
       </c>
       <c r="H660" t="s">
-        <v>2609</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2610</v>
+        <v>2604</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>2611</v>
+        <v>2605</v>
       </c>
       <c r="D661" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E661" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F661" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2612</v>
+        <v>2606</v>
       </c>
       <c r="H661" t="s">
-        <v>2613</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2614</v>
+        <v>2608</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>2615</v>
+        <v>2609</v>
       </c>
       <c r="D662" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E662" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F662" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2616</v>
+        <v>2610</v>
       </c>
       <c r="H662" t="s">
-        <v>2617</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2618</v>
+        <v>2612</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>2619</v>
+        <v>2613</v>
       </c>
       <c r="D663" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E663" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F663" t="s">
-        <v>1951</v>
+        <v>44</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2620</v>
+        <v>2614</v>
       </c>
       <c r="H663" t="s">
-        <v>2621</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2622</v>
+        <v>2616</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2623</v>
+        <v>2617</v>
       </c>
       <c r="D664" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E664" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F664" t="s">
-        <v>44</v>
+        <v>2618</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2624</v>
+        <v>2619</v>
       </c>
       <c r="H664" t="s">
-        <v>2625</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2626</v>
+        <v>2621</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2627</v>
+        <v>2622</v>
       </c>
       <c r="D665" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E665" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F665" t="s">
-        <v>2512</v>
+        <v>57</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2628</v>
+        <v>2623</v>
       </c>
       <c r="H665" t="s">
-        <v>2629</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2630</v>
+        <v>2625</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2631</v>
+        <v>2626</v>
       </c>
       <c r="D666" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E666" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F666" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2632</v>
+        <v>2627</v>
       </c>
       <c r="H666" t="s">
-        <v>2339</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2633</v>
+        <v>2629</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2634</v>
+        <v>2630</v>
       </c>
       <c r="D667" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E667" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F667" t="s">
-        <v>268</v>
+        <v>1962</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="H667" t="s">
-        <v>2636</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2637</v>
+        <v>2633</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>2638</v>
+        <v>2634</v>
       </c>
       <c r="D668" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E668" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F668" t="s">
-        <v>1968</v>
+        <v>44</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2639</v>
+        <v>2635</v>
       </c>
       <c r="H668" t="s">
-        <v>2640</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2641</v>
+        <v>2637</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2642</v>
+        <v>2638</v>
       </c>
       <c r="D669" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E669" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F669" t="s">
-        <v>44</v>
+        <v>2523</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2643</v>
+        <v>2639</v>
       </c>
       <c r="H669" t="s">
-        <v>2644</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2645</v>
+        <v>2641</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>2646</v>
+        <v>2642</v>
       </c>
       <c r="D670" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E670" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F670" t="s">
-        <v>13</v>
+        <v>1962</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2647</v>
+        <v>2643</v>
       </c>
       <c r="H670" t="s">
-        <v>2648</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2649</v>
+        <v>2644</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2650</v>
+        <v>2645</v>
       </c>
       <c r="D671" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E671" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F671" t="s">
-        <v>57</v>
+        <v>268</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2651</v>
+        <v>2646</v>
       </c>
       <c r="H671" t="s">
-        <v>2652</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2653</v>
+        <v>2648</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>2654</v>
+        <v>2649</v>
       </c>
       <c r="D672" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E672" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F672" t="s">
-        <v>57</v>
+        <v>1979</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2655</v>
+        <v>2650</v>
       </c>
       <c r="H672" t="s">
-        <v>2656</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2657</v>
+        <v>2652</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2658</v>
+        <v>2653</v>
       </c>
       <c r="D673" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E673" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F673" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2659</v>
+        <v>2654</v>
       </c>
       <c r="H673" t="s">
-        <v>2660</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2661</v>
+        <v>2656</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>2662</v>
+        <v>2657</v>
       </c>
       <c r="D674" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E674" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F674" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2663</v>
+        <v>2658</v>
       </c>
       <c r="H674" t="s">
-        <v>2664</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2665</v>
+        <v>2660</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>2666</v>
+        <v>2661</v>
       </c>
       <c r="D675" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E675" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F675" t="s">
         <v>57</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2667</v>
+        <v>2662</v>
       </c>
       <c r="H675" t="s">
-        <v>2668</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2669</v>
+        <v>2664</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>2670</v>
+        <v>2665</v>
       </c>
       <c r="D676" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E676" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F676" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
       <c r="H676" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2673</v>
+        <v>2668</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>2674</v>
+        <v>2669</v>
       </c>
       <c r="D677" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E677" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F677" t="s">
-        <v>2675</v>
+        <v>57</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2676</v>
+        <v>2670</v>
       </c>
       <c r="H677" t="s">
-        <v>2677</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2678</v>
+        <v>2672</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>2679</v>
+        <v>2673</v>
       </c>
       <c r="D678" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E678" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F678" t="s">
-        <v>1951</v>
+        <v>57</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2680</v>
+        <v>2674</v>
       </c>
       <c r="H678" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
       <c r="D679" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E679" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F679" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2684</v>
+        <v>2678</v>
       </c>
       <c r="H679" t="s">
-        <v>2685</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2686</v>
+        <v>2680</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2687</v>
+        <v>2681</v>
       </c>
       <c r="D680" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E680" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F680" t="s">
-        <v>1161</v>
+        <v>44</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2688</v>
+        <v>2682</v>
       </c>
       <c r="H680" t="s">
-        <v>2689</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2690</v>
+        <v>2684</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>2691</v>
+        <v>2685</v>
       </c>
       <c r="D681" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E681" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F681" t="s">
-        <v>44</v>
+        <v>2686</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2692</v>
+        <v>2687</v>
       </c>
       <c r="H681" t="s">
-        <v>2693</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2694</v>
+        <v>2689</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>2695</v>
+        <v>2690</v>
       </c>
       <c r="D682" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E682" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F682" t="s">
-        <v>44</v>
+        <v>1962</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2696</v>
+        <v>2691</v>
       </c>
       <c r="H682" t="s">
-        <v>2697</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2698</v>
+        <v>2693</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>2699</v>
+        <v>2694</v>
       </c>
       <c r="D683" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E683" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F683" t="s">
-        <v>268</v>
+        <v>44</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2700</v>
+        <v>2695</v>
       </c>
       <c r="H683" t="s">
-        <v>2701</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2702</v>
+        <v>2697</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>2703</v>
+        <v>2698</v>
       </c>
       <c r="D684" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E684" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F684" t="s">
-        <v>57</v>
+        <v>1172</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2704</v>
+        <v>2699</v>
       </c>
       <c r="H684" t="s">
-        <v>2705</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2706</v>
+        <v>2701</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>2707</v>
+        <v>2702</v>
       </c>
       <c r="D685" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E685" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F685" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2708</v>
+        <v>2703</v>
       </c>
       <c r="H685" t="s">
-        <v>2709</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2710</v>
+        <v>2705</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>2711</v>
+        <v>2706</v>
       </c>
       <c r="D686" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E686" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="F686" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2712</v>
+        <v>2707</v>
       </c>
       <c r="H686" t="s">
-        <v>2713</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2714</v>
+        <v>2709</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>10</v>
+        <v>2710</v>
       </c>
       <c r="D687" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E687" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F687" t="s">
-        <v>2716</v>
+        <v>268</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2717</v>
+        <v>2711</v>
       </c>
       <c r="H687" t="s">
-        <v>2718</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2719</v>
+        <v>2713</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>17</v>
+        <v>2714</v>
       </c>
       <c r="D688" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E688" t="s">
+        <v>389</v>
+      </c>
+      <c r="F688" t="s">
+        <v>57</v>
+      </c>
+      <c r="G688" s="1" t="s">
         <v>2715</v>
       </c>
-      <c r="F688" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H688" t="s">
-        <v>2722</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2723</v>
+        <v>2717</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>22</v>
+        <v>2718</v>
       </c>
       <c r="D689" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E689" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F689" t="s">
-        <v>2724</v>
+        <v>57</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2725</v>
+        <v>2719</v>
       </c>
       <c r="H689" t="s">
-        <v>2726</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2727</v>
+        <v>2721</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>27</v>
+        <v>2722</v>
       </c>
       <c r="D690" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E690" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F690" t="s">
-        <v>2728</v>
+        <v>182</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2729</v>
+        <v>2723</v>
       </c>
       <c r="H690" t="s">
-        <v>2730</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2731</v>
+        <v>2725</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>31</v>
+        <v>2726</v>
       </c>
       <c r="D691" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E691" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F691" t="s">
-        <v>2732</v>
+        <v>44</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2733</v>
+        <v>2727</v>
       </c>
       <c r="H691" t="s">
-        <v>2734</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2735</v>
+        <v>2729</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>35</v>
+        <v>2730</v>
       </c>
       <c r="D692" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E692" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F692" t="s">
-        <v>282</v>
+        <v>182</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2736</v>
+        <v>2731</v>
       </c>
       <c r="H692" t="s">
-        <v>2737</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2738</v>
+        <v>2733</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>39</v>
+        <v>2734</v>
       </c>
       <c r="D693" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E693" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F693" t="s">
-        <v>2716</v>
+        <v>57</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="H693" t="s">
-        <v>2740</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2741</v>
+        <v>2737</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>43</v>
+        <v>2738</v>
       </c>
       <c r="D694" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E694" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F694" t="s">
-        <v>2728</v>
+        <v>57</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2742</v>
+        <v>2739</v>
       </c>
       <c r="H694" t="s">
-        <v>2743</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2742</v>
+      </c>
+      <c r="D695" t="s">
+        <v>388</v>
+      </c>
+      <c r="E695" t="s">
+        <v>389</v>
+      </c>
+      <c r="F695" t="s">
+        <v>13</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="H695" t="s">
         <v>2744</v>
-      </c>
-[...19 lines deleted...]
-        <v>2747</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2746</v>
+      </c>
+      <c r="D696" t="s">
+        <v>388</v>
+      </c>
+      <c r="E696" t="s">
+        <v>389</v>
+      </c>
+      <c r="F696" t="s">
+        <v>13</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H696" t="s">
         <v>2748</v>
-      </c>
-[...19 lines deleted...]
-        <v>2750</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2750</v>
+      </c>
+      <c r="D697" t="s">
+        <v>388</v>
+      </c>
+      <c r="E697" t="s">
+        <v>389</v>
+      </c>
+      <c r="F697" t="s">
+        <v>18</v>
+      </c>
+      <c r="G697" s="1" t="s">
         <v>2751</v>
       </c>
-      <c r="B697" t="s">
-[...11 lines deleted...]
-      <c r="F697" t="s">
+      <c r="H697" t="s">
         <v>2752</v>
-      </c>
-[...4 lines deleted...]
-        <v>2754</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>2754</v>
+      </c>
+      <c r="D698" t="s">
+        <v>388</v>
+      </c>
+      <c r="E698" t="s">
+        <v>389</v>
+      </c>
+      <c r="F698" t="s">
+        <v>18</v>
+      </c>
+      <c r="G698" s="1" t="s">
         <v>2755</v>
       </c>
-      <c r="B698" t="s">
-[...14 lines deleted...]
-      <c r="G698" s="1" t="s">
+      <c r="H698" t="s">
         <v>2756</v>
-      </c>
-[...1 lines deleted...]
-        <v>2757</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
         <v>2758</v>
       </c>
-      <c r="B699" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D699" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E699" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F699" t="s">
-        <v>282</v>
+        <v>589</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>2759</v>
       </c>
       <c r="H699" t="s">
         <v>2760</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>2761</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>69</v>
+        <v>2762</v>
       </c>
       <c r="D700" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E700" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F700" t="s">
-        <v>2716</v>
+        <v>589</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="H700" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>73</v>
+        <v>2766</v>
       </c>
       <c r="D701" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E701" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F701" t="s">
-        <v>2720</v>
+        <v>44</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2765</v>
+        <v>2767</v>
       </c>
       <c r="H701" t="s">
-        <v>2766</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2767</v>
+        <v>2769</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>77</v>
+        <v>2770</v>
       </c>
       <c r="D702" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E702" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F702" t="s">
-        <v>2724</v>
+        <v>1962</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
       <c r="H702" t="s">
-        <v>2769</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2770</v>
+        <v>2773</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>81</v>
+        <v>2774</v>
       </c>
       <c r="D703" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E703" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F703" t="s">
-        <v>2728</v>
+        <v>44</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="H703" t="s">
-        <v>2772</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2773</v>
+        <v>2777</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>85</v>
+        <v>2778</v>
       </c>
       <c r="D704" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E704" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F704" t="s">
-        <v>2728</v>
+        <v>2509</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2774</v>
+        <v>2779</v>
       </c>
       <c r="H704" t="s">
-        <v>2775</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2776</v>
+        <v>2781</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>89</v>
+        <v>2782</v>
       </c>
       <c r="D705" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E705" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F705" t="s">
-        <v>2728</v>
+        <v>2783</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2777</v>
+        <v>2784</v>
       </c>
       <c r="H705" t="s">
-        <v>2778</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2779</v>
+        <v>2786</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>93</v>
+        <v>2787</v>
       </c>
       <c r="D706" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E706" t="s">
-        <v>2715</v>
-[...2 lines deleted...]
-        <v>2716</v>
+        <v>389</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2780</v>
+        <v>2788</v>
       </c>
       <c r="H706" t="s">
-        <v>2781</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2782</v>
+        <v>2790</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>97</v>
+        <v>2791</v>
       </c>
       <c r="D707" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E707" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F707" t="s">
-        <v>2720</v>
+        <v>44</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2783</v>
+        <v>2792</v>
       </c>
       <c r="H707" t="s">
-        <v>2784</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2785</v>
+        <v>2794</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>101</v>
+        <v>2795</v>
       </c>
       <c r="D708" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E708" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F708" t="s">
-        <v>2728</v>
+        <v>44</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2786</v>
+        <v>2796</v>
       </c>
       <c r="H708" t="s">
-        <v>2787</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2788</v>
+        <v>2798</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>105</v>
+        <v>2799</v>
       </c>
       <c r="D709" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E709" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F709" t="s">
-        <v>2728</v>
+        <v>57</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2789</v>
+        <v>2800</v>
       </c>
       <c r="H709" t="s">
-        <v>2790</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2791</v>
+        <v>2802</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>109</v>
+        <v>2803</v>
       </c>
       <c r="D710" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E710" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F710" t="s">
-        <v>2720</v>
+        <v>57</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2792</v>
+        <v>2804</v>
       </c>
       <c r="H710" t="s">
-        <v>2793</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>114</v>
+        <v>2807</v>
       </c>
       <c r="D711" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E711" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F711" t="s">
-        <v>2728</v>
+        <v>57</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2795</v>
+        <v>2808</v>
       </c>
       <c r="H711" t="s">
-        <v>2796</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2797</v>
+        <v>2810</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>118</v>
+        <v>2811</v>
       </c>
       <c r="D712" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E712" t="s">
-        <v>2715</v>
+        <v>389</v>
       </c>
       <c r="F712" t="s">
-        <v>282</v>
+        <v>132</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2798</v>
+        <v>2812</v>
       </c>
       <c r="H712" t="s">
-        <v>2799</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2800</v>
+        <v>2814</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>10</v>
+        <v>2815</v>
       </c>
       <c r="D713" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E713" t="s">
-        <v>2802</v>
+        <v>389</v>
       </c>
       <c r="F713" t="s">
-        <v>329</v>
+        <v>268</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2803</v>
+        <v>2816</v>
       </c>
       <c r="H713" t="s">
-        <v>2804</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2805</v>
+        <v>2818</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D714" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E714" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F714" t="s">
-        <v>57</v>
+        <v>2820</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2806</v>
+        <v>2821</v>
       </c>
       <c r="H714" t="s">
-        <v>2807</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2808</v>
+        <v>2823</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D715" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E715" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F715" t="s">
-        <v>18</v>
+        <v>2824</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2809</v>
+        <v>2825</v>
       </c>
       <c r="H715" t="s">
-        <v>2810</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2811</v>
+        <v>2827</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D716" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E716" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F716" t="s">
-        <v>18</v>
+        <v>2828</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2812</v>
+        <v>2829</v>
       </c>
       <c r="H716" t="s">
-        <v>2813</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D717" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E717" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F717" t="s">
-        <v>44</v>
+        <v>2832</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2815</v>
+        <v>2833</v>
       </c>
       <c r="H717" t="s">
-        <v>2816</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2817</v>
+        <v>2835</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D718" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E718" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F718" t="s">
-        <v>182</v>
+        <v>2836</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2818</v>
+        <v>2837</v>
       </c>
       <c r="H718" t="s">
-        <v>2819</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2820</v>
+        <v>2839</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D719" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E719" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F719" t="s">
-        <v>329</v>
+        <v>290</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2821</v>
+        <v>2840</v>
       </c>
       <c r="H719" t="s">
-        <v>2822</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2823</v>
+        <v>2842</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D720" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E720" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F720" t="s">
-        <v>13</v>
+        <v>2820</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2824</v>
+        <v>2843</v>
       </c>
       <c r="H720" t="s">
-        <v>2825</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2826</v>
+        <v>2845</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D721" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E721" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F721" t="s">
-        <v>132</v>
+        <v>2832</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2827</v>
+        <v>2846</v>
       </c>
       <c r="H721" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2829</v>
+        <v>2848</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D722" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E722" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F722" t="s">
-        <v>182</v>
+        <v>2849</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2830</v>
+        <v>2850</v>
       </c>
       <c r="H722" t="s">
-        <v>2831</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2832</v>
+        <v>2852</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D723" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E723" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F723" t="s">
-        <v>18</v>
+        <v>2849</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2833</v>
+        <v>2853</v>
       </c>
       <c r="H723" t="s">
-        <v>2834</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2835</v>
+        <v>2855</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D724" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E724" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F724" t="s">
-        <v>44</v>
+        <v>2856</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
       <c r="H724" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2838</v>
+        <v>2859</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D725" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E725" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F725" t="s">
-        <v>329</v>
+        <v>290</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2839</v>
+        <v>2860</v>
       </c>
       <c r="H725" t="s">
-        <v>2840</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D726" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E726" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F726" t="s">
-        <v>329</v>
+        <v>290</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="H726" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2844</v>
+        <v>2865</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D727" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E727" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F727" t="s">
-        <v>329</v>
+        <v>2820</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="H727" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2847</v>
+        <v>2868</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D728" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E728" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F728" t="s">
-        <v>44</v>
+        <v>2824</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2848</v>
+        <v>2869</v>
       </c>
       <c r="H728" t="s">
-        <v>2849</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2850</v>
+        <v>2871</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D729" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E729" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F729" t="s">
-        <v>329</v>
+        <v>2828</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2851</v>
+        <v>2872</v>
       </c>
       <c r="H729" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2853</v>
+        <v>2874</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D730" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E730" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F730" t="s">
-        <v>44</v>
+        <v>2832</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2854</v>
+        <v>2875</v>
       </c>
       <c r="H730" t="s">
-        <v>2855</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2856</v>
+        <v>2877</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D731" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E731" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F731" t="s">
-        <v>57</v>
+        <v>2832</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2857</v>
+        <v>2878</v>
       </c>
       <c r="H731" t="s">
-        <v>2858</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2859</v>
+        <v>2880</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D732" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E732" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F732" t="s">
-        <v>57</v>
+        <v>2832</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2860</v>
+        <v>2881</v>
       </c>
       <c r="H732" t="s">
-        <v>2861</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2862</v>
+        <v>2883</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D733" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E733" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F733" t="s">
-        <v>44</v>
+        <v>2820</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2863</v>
+        <v>2884</v>
       </c>
       <c r="H733" t="s">
-        <v>2864</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2865</v>
+        <v>2886</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D734" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E734" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F734" t="s">
-        <v>44</v>
+        <v>2824</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2866</v>
+        <v>2887</v>
       </c>
       <c r="H734" t="s">
-        <v>2867</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2868</v>
+        <v>2889</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D735" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E735" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F735" t="s">
-        <v>182</v>
+        <v>2832</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2869</v>
+        <v>2890</v>
       </c>
       <c r="H735" t="s">
-        <v>2870</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2871</v>
+        <v>2892</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D736" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E736" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F736" t="s">
-        <v>44</v>
+        <v>2832</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2872</v>
+        <v>2893</v>
       </c>
       <c r="H736" t="s">
-        <v>2873</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2874</v>
+        <v>2895</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D737" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E737" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F737" t="s">
-        <v>44</v>
+        <v>2824</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2875</v>
+        <v>2896</v>
       </c>
       <c r="H737" t="s">
-        <v>2876</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2877</v>
+        <v>2898</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D738" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E738" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F738" t="s">
-        <v>329</v>
+        <v>2832</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2878</v>
+        <v>2899</v>
       </c>
       <c r="H738" t="s">
-        <v>2879</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2880</v>
+        <v>2901</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D739" t="s">
-        <v>2801</v>
+        <v>388</v>
       </c>
       <c r="E739" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F739" t="s">
-        <v>182</v>
+        <v>290</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2881</v>
+        <v>2902</v>
       </c>
       <c r="H739" t="s">
-        <v>2882</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2883</v>
+        <v>2904</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="D740" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E740" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F740" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2884</v>
+        <v>2907</v>
       </c>
       <c r="H740" t="s">
-        <v>2885</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2886</v>
+        <v>2909</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>131</v>
+        <v>17</v>
       </c>
       <c r="D741" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E741" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F741" t="s">
         <v>57</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2887</v>
+        <v>2910</v>
       </c>
       <c r="H741" t="s">
-        <v>2888</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2889</v>
+        <v>2912</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
       <c r="D742" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E742" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F742" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2890</v>
+        <v>2913</v>
       </c>
       <c r="H742" t="s">
-        <v>2891</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2892</v>
+        <v>2915</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="D743" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E743" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F743" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2893</v>
+        <v>2916</v>
       </c>
       <c r="H743" t="s">
-        <v>2894</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2895</v>
+        <v>2918</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>144</v>
+        <v>31</v>
       </c>
       <c r="D744" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E744" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F744" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2896</v>
+        <v>2919</v>
       </c>
       <c r="H744" t="s">
-        <v>2897</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2898</v>
+        <v>2921</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="D745" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E745" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F745" t="s">
-        <v>1161</v>
+        <v>182</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2899</v>
+        <v>2922</v>
       </c>
       <c r="H745" t="s">
-        <v>2900</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2901</v>
+        <v>2924</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="D746" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E746" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F746" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2902</v>
+        <v>2925</v>
       </c>
       <c r="H746" t="s">
-        <v>2903</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2904</v>
+        <v>2927</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="D747" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E747" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F747" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2905</v>
+        <v>2928</v>
       </c>
       <c r="H747" t="s">
-        <v>2906</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2907</v>
+        <v>2930</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="D748" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E748" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F748" t="s">
-        <v>2908</v>
+        <v>132</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2909</v>
+        <v>2931</v>
       </c>
       <c r="H748" t="s">
-        <v>2910</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2911</v>
+        <v>2933</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="D749" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E749" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F749" t="s">
-        <v>329</v>
+        <v>182</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2912</v>
+        <v>2934</v>
       </c>
       <c r="H749" t="s">
-        <v>2913</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2914</v>
+        <v>2936</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>168</v>
+        <v>56</v>
       </c>
       <c r="D750" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E750" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F750" t="s">
         <v>18</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2915</v>
+        <v>2937</v>
       </c>
       <c r="H750" t="s">
-        <v>2916</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2917</v>
+        <v>2939</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>173</v>
+        <v>61</v>
       </c>
       <c r="D751" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E751" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F751" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2918</v>
+        <v>2940</v>
       </c>
       <c r="H751" t="s">
-        <v>2919</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2920</v>
+        <v>2942</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>177</v>
+        <v>65</v>
       </c>
       <c r="D752" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E752" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F752" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2921</v>
+        <v>2943</v>
       </c>
       <c r="H752" t="s">
-        <v>2922</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2923</v>
+        <v>2945</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="D753" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E753" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F753" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2924</v>
+        <v>2946</v>
       </c>
       <c r="H753" t="s">
-        <v>2925</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2926</v>
+        <v>2948</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>186</v>
+        <v>73</v>
       </c>
       <c r="D754" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E754" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F754" t="s">
-        <v>182</v>
+        <v>342</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2927</v>
+        <v>2949</v>
       </c>
       <c r="H754" t="s">
-        <v>2928</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2929</v>
+        <v>2951</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>191</v>
+        <v>77</v>
       </c>
       <c r="D755" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E755" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F755" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2930</v>
+        <v>2952</v>
       </c>
       <c r="H755" t="s">
-        <v>2931</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2932</v>
+        <v>2954</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>195</v>
+        <v>81</v>
       </c>
       <c r="D756" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E756" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F756" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2933</v>
+        <v>2955</v>
       </c>
       <c r="H756" t="s">
-        <v>2934</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2935</v>
+        <v>2957</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>199</v>
+        <v>85</v>
       </c>
       <c r="D757" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E757" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F757" t="s">
-        <v>2936</v>
+        <v>44</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2937</v>
+        <v>2958</v>
       </c>
       <c r="H757" t="s">
-        <v>2938</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2939</v>
+        <v>2960</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D758" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E758" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F758" t="s">
-        <v>182</v>
+        <v>57</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2940</v>
+        <v>2961</v>
       </c>
       <c r="H758" t="s">
-        <v>2941</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2942</v>
+        <v>2963</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D759" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E759" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F759" t="s">
         <v>57</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2943</v>
+        <v>2964</v>
       </c>
       <c r="H759" t="s">
-        <v>2944</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2945</v>
+        <v>2966</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D760" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E760" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F760" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2946</v>
+        <v>2967</v>
       </c>
       <c r="H760" t="s">
-        <v>2947</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2948</v>
+        <v>2969</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D761" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E761" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F761" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2949</v>
+        <v>2970</v>
       </c>
       <c r="H761" t="s">
-        <v>2950</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2951</v>
+        <v>2972</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D762" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E762" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F762" t="s">
-        <v>2952</v>
+        <v>182</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2953</v>
+        <v>2973</v>
       </c>
       <c r="H762" t="s">
-        <v>2954</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2955</v>
+        <v>2975</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>223</v>
+        <v>109</v>
       </c>
       <c r="D763" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E763" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F763" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2956</v>
+        <v>2976</v>
       </c>
       <c r="H763" t="s">
-        <v>2957</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2958</v>
+        <v>2978</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>227</v>
+        <v>114</v>
       </c>
       <c r="D764" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E764" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F764" t="s">
         <v>44</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2959</v>
+        <v>2979</v>
       </c>
       <c r="H764" t="s">
-        <v>2960</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2961</v>
+        <v>2981</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>231</v>
+        <v>118</v>
       </c>
       <c r="D765" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E765" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F765" t="s">
-        <v>1161</v>
+        <v>342</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2962</v>
+        <v>2982</v>
       </c>
       <c r="H765" t="s">
-        <v>2963</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2964</v>
+        <v>2984</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>235</v>
+        <v>122</v>
       </c>
       <c r="D766" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E766" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F766" t="s">
-        <v>1161</v>
+        <v>182</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2965</v>
+        <v>2985</v>
       </c>
       <c r="H766" t="s">
-        <v>2966</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2967</v>
+        <v>2987</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>239</v>
+        <v>126</v>
       </c>
       <c r="D767" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E767" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F767" t="s">
-        <v>1161</v>
+        <v>342</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2968</v>
+        <v>2988</v>
       </c>
       <c r="H767" t="s">
-        <v>2969</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2970</v>
+        <v>2990</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>243</v>
+        <v>131</v>
       </c>
       <c r="D768" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E768" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F768" t="s">
-        <v>1161</v>
+        <v>57</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2971</v>
+        <v>2991</v>
       </c>
       <c r="H768" t="s">
-        <v>2972</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2973</v>
+        <v>2993</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>247</v>
+        <v>136</v>
       </c>
       <c r="D769" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E769" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F769" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2974</v>
+        <v>2994</v>
       </c>
       <c r="H769" t="s">
-        <v>2975</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2976</v>
+        <v>2996</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>251</v>
+        <v>140</v>
       </c>
       <c r="D770" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E770" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F770" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2977</v>
+        <v>2997</v>
       </c>
       <c r="H770" t="s">
-        <v>2978</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2979</v>
+        <v>2999</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>255</v>
+        <v>144</v>
       </c>
       <c r="D771" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E771" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F771" t="s">
-        <v>2980</v>
+        <v>132</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2981</v>
+        <v>3000</v>
       </c>
       <c r="H771" t="s">
-        <v>2982</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2983</v>
+        <v>3002</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>259</v>
+        <v>148</v>
       </c>
       <c r="D772" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E772" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F772" t="s">
-        <v>329</v>
+        <v>1172</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2984</v>
+        <v>3003</v>
       </c>
       <c r="H772" t="s">
-        <v>2985</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2986</v>
+        <v>3005</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>263</v>
+        <v>152</v>
       </c>
       <c r="D773" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E773" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F773" t="s">
         <v>44</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2987</v>
+        <v>3006</v>
       </c>
       <c r="H773" t="s">
-        <v>2988</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2989</v>
+        <v>3008</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>267</v>
+        <v>156</v>
       </c>
       <c r="D774" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E774" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F774" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2990</v>
+        <v>3009</v>
       </c>
       <c r="H774" t="s">
-        <v>2991</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2992</v>
+        <v>3011</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>272</v>
+        <v>160</v>
       </c>
       <c r="D775" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E775" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F775" t="s">
-        <v>57</v>
+        <v>3012</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2993</v>
+        <v>3013</v>
       </c>
       <c r="H775" t="s">
-        <v>2994</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2995</v>
+        <v>3015</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>276</v>
+        <v>164</v>
       </c>
       <c r="D776" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E776" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F776" t="s">
-        <v>57</v>
+        <v>342</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2996</v>
+        <v>3016</v>
       </c>
       <c r="H776" t="s">
-        <v>2997</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2998</v>
+        <v>3018</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>569</v>
+        <v>168</v>
       </c>
       <c r="D777" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E777" t="s">
-        <v>2802</v>
+        <v>2906</v>
       </c>
       <c r="F777" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2494</v>
+        <v>3019</v>
       </c>
       <c r="H777" t="s">
-        <v>2999</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>3000</v>
+        <v>3021</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="D778" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E778" t="s">
-        <v>3001</v>
+        <v>2906</v>
       </c>
       <c r="F778" t="s">
-        <v>282</v>
+        <v>18</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>3002</v>
+        <v>3022</v>
       </c>
       <c r="H778" t="s">
-        <v>3003</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>3004</v>
+        <v>3024</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="D779" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E779" t="s">
-        <v>3001</v>
+        <v>2906</v>
       </c>
       <c r="F779" t="s">
-        <v>2724</v>
+        <v>57</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>3005</v>
+        <v>3025</v>
       </c>
       <c r="H779" t="s">
-        <v>3006</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>3007</v>
+        <v>3027</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>22</v>
+        <v>181</v>
       </c>
       <c r="D780" t="s">
-        <v>2801</v>
+        <v>2905</v>
       </c>
       <c r="E780" t="s">
-        <v>3001</v>
+        <v>2906</v>
       </c>
       <c r="F780" t="s">
-        <v>282</v>
+        <v>57</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>3008</v>
+        <v>3028</v>
       </c>
       <c r="H780" t="s">
-        <v>3009</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>3010</v>
+        <v>3030</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>10</v>
+        <v>186</v>
       </c>
       <c r="D781" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E781" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F781" t="s">
-        <v>3013</v>
+        <v>182</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>3014</v>
+        <v>3031</v>
       </c>
       <c r="H781" t="s">
-        <v>3015</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>3016</v>
+        <v>3033</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="D782" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E782" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F782" t="s">
-        <v>351</v>
+        <v>182</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>3017</v>
+        <v>3034</v>
       </c>
       <c r="H782" t="s">
-        <v>3018</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>3019</v>
+        <v>3036</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="D783" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E783" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F783" t="s">
-        <v>3013</v>
+        <v>342</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>3020</v>
+        <v>3037</v>
       </c>
       <c r="H783" t="s">
-        <v>3021</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>3022</v>
+        <v>3039</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="D784" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E784" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F784" t="s">
-        <v>351</v>
+        <v>3040</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>3023</v>
+        <v>3041</v>
       </c>
       <c r="H784" t="s">
-        <v>3024</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>3025</v>
+        <v>3043</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>31</v>
+        <v>203</v>
       </c>
       <c r="D785" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E785" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F785" t="s">
-        <v>3013</v>
+        <v>182</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>3026</v>
+        <v>3044</v>
       </c>
       <c r="H785" t="s">
-        <v>3027</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>3028</v>
+        <v>3046</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>35</v>
+        <v>207</v>
       </c>
       <c r="D786" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E786" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F786" t="s">
-        <v>351</v>
+        <v>57</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>3029</v>
+        <v>3047</v>
       </c>
       <c r="H786" t="s">
-        <v>3030</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>3031</v>
+        <v>3049</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="D787" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E787" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F787" t="s">
-        <v>351</v>
+        <v>57</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>3032</v>
+        <v>3050</v>
       </c>
       <c r="H787" t="s">
-        <v>3033</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>3034</v>
+        <v>3052</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>43</v>
+        <v>215</v>
       </c>
       <c r="D788" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E788" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F788" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>3035</v>
+        <v>3053</v>
       </c>
       <c r="H788" t="s">
-        <v>3036</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>3037</v>
+        <v>3055</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>48</v>
+        <v>219</v>
       </c>
       <c r="D789" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E789" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F789" t="s">
-        <v>351</v>
+        <v>3056</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>3038</v>
+        <v>3057</v>
       </c>
       <c r="H789" t="s">
-        <v>3039</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>3040</v>
+        <v>3059</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>52</v>
+        <v>223</v>
       </c>
       <c r="D790" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E790" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F790" t="s">
-        <v>351</v>
+        <v>132</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>3041</v>
+        <v>3060</v>
       </c>
       <c r="H790" t="s">
-        <v>3039</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>3042</v>
+        <v>3062</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>56</v>
+        <v>227</v>
       </c>
       <c r="D791" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E791" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F791" t="s">
-        <v>351</v>
+        <v>44</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>3043</v>
+        <v>3063</v>
       </c>
       <c r="H791" t="s">
-        <v>3044</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>3045</v>
+        <v>3065</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>61</v>
+        <v>231</v>
       </c>
       <c r="D792" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E792" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F792" t="s">
-        <v>351</v>
+        <v>1172</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>3046</v>
+        <v>3066</v>
       </c>
       <c r="H792" t="s">
-        <v>3047</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>3048</v>
+        <v>3068</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>65</v>
+        <v>235</v>
       </c>
       <c r="D793" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E793" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F793" t="s">
-        <v>3013</v>
+        <v>1172</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>3049</v>
+        <v>3069</v>
       </c>
       <c r="H793" t="s">
-        <v>3050</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>3051</v>
+        <v>3071</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>69</v>
+        <v>239</v>
       </c>
       <c r="D794" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E794" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F794" t="s">
-        <v>3013</v>
+        <v>1172</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>3052</v>
+        <v>3072</v>
       </c>
       <c r="H794" t="s">
-        <v>3053</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>3054</v>
+        <v>3074</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>73</v>
+        <v>243</v>
       </c>
       <c r="D795" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E795" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F795" t="s">
-        <v>3013</v>
+        <v>1172</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>3055</v>
+        <v>3075</v>
       </c>
       <c r="H795" t="s">
-        <v>3056</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>3057</v>
+        <v>3077</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>77</v>
+        <v>247</v>
       </c>
       <c r="D796" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E796" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F796" t="s">
-        <v>3013</v>
+        <v>132</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>3058</v>
+        <v>3078</v>
       </c>
       <c r="H796" t="s">
-        <v>3059</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>3060</v>
+        <v>3080</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>81</v>
+        <v>251</v>
       </c>
       <c r="D797" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E797" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F797" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>3061</v>
+        <v>3081</v>
       </c>
       <c r="H797" t="s">
-        <v>3062</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>3063</v>
+        <v>3083</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>85</v>
+        <v>255</v>
       </c>
       <c r="D798" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E798" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F798" t="s">
-        <v>351</v>
+        <v>3084</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>3064</v>
+        <v>3085</v>
       </c>
       <c r="H798" t="s">
-        <v>3065</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>3066</v>
+        <v>3087</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>89</v>
+        <v>259</v>
       </c>
       <c r="D799" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E799" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F799" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>3067</v>
+        <v>3088</v>
       </c>
       <c r="H799" t="s">
-        <v>3068</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>3069</v>
+        <v>3090</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>93</v>
+        <v>263</v>
       </c>
       <c r="D800" t="s">
-        <v>3011</v>
+        <v>2905</v>
       </c>
       <c r="E800" t="s">
-        <v>3012</v>
+        <v>2906</v>
       </c>
       <c r="F800" t="s">
-        <v>351</v>
+        <v>44</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>3070</v>
+        <v>3091</v>
       </c>
       <c r="H800" t="s">
-        <v>3071</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>3072</v>
+        <v>3093</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>10</v>
+        <v>267</v>
       </c>
       <c r="D801" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E801" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F801" t="s">
-        <v>3075</v>
+        <v>44</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>3076</v>
+        <v>3094</v>
       </c>
       <c r="H801" t="s">
-        <v>3077</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>3078</v>
+        <v>3096</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>17</v>
+        <v>272</v>
       </c>
       <c r="D802" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E802" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F802" t="s">
-        <v>3075</v>
+        <v>57</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>3079</v>
+        <v>3097</v>
       </c>
       <c r="H802" t="s">
-        <v>3080</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>3081</v>
+        <v>3099</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>22</v>
+        <v>276</v>
       </c>
       <c r="D803" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E803" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F803" t="s">
-        <v>3075</v>
+        <v>57</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>3082</v>
+        <v>3100</v>
       </c>
       <c r="H803" t="s">
-        <v>3083</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>3084</v>
+        <v>3102</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>27</v>
+        <v>280</v>
       </c>
       <c r="D804" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E804" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F804" t="s">
-        <v>3075</v>
+        <v>182</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>3085</v>
+        <v>2505</v>
       </c>
       <c r="H804" t="s">
-        <v>3086</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>3087</v>
+        <v>3104</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>31</v>
+        <v>284</v>
       </c>
       <c r="D805" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E805" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F805" t="s">
-        <v>3075</v>
+        <v>57</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>3088</v>
+        <v>3105</v>
       </c>
       <c r="H805" t="s">
-        <v>3089</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>3090</v>
+        <v>3107</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>35</v>
+        <v>588</v>
       </c>
       <c r="D806" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E806" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F806" t="s">
-        <v>3091</v>
+        <v>1962</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>3092</v>
+        <v>3108</v>
       </c>
       <c r="H806" t="s">
-        <v>3093</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>3094</v>
+        <v>3110</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>39</v>
+        <v>593</v>
       </c>
       <c r="D807" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E807" t="s">
-        <v>3074</v>
+        <v>2906</v>
       </c>
       <c r="F807" t="s">
-        <v>3091</v>
+        <v>44</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>3095</v>
+        <v>3111</v>
       </c>
       <c r="H807" t="s">
-        <v>3096</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>3097</v>
+        <v>3113</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D808" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E808" t="s">
-        <v>3074</v>
+        <v>3114</v>
       </c>
       <c r="F808" t="s">
-        <v>3091</v>
+        <v>290</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>3098</v>
+        <v>3115</v>
       </c>
       <c r="H808" t="s">
-        <v>3099</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>3100</v>
+        <v>3117</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D809" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E809" t="s">
-        <v>3074</v>
+        <v>3114</v>
       </c>
       <c r="F809" t="s">
-        <v>3091</v>
+        <v>2828</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>3101</v>
+        <v>3118</v>
       </c>
       <c r="H809" t="s">
-        <v>3102</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>3103</v>
+        <v>3120</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="D810" t="s">
-        <v>3073</v>
+        <v>2905</v>
       </c>
       <c r="E810" t="s">
-        <v>3074</v>
+        <v>3114</v>
       </c>
       <c r="F810" t="s">
-        <v>3091</v>
+        <v>290</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>3104</v>
+        <v>3121</v>
       </c>
       <c r="H810" t="s">
-        <v>3105</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>3106</v>
+        <v>3123</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D811" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E811" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F811" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>3107</v>
+        <v>3127</v>
       </c>
       <c r="H811" t="s">
-        <v>3108</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>3109</v>
+        <v>3129</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D812" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E812" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F812" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>3110</v>
+        <v>3130</v>
       </c>
       <c r="H812" t="s">
-        <v>3111</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>3112</v>
+        <v>3132</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="D813" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E813" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F813" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>3113</v>
+        <v>3133</v>
       </c>
       <c r="H813" t="s">
-        <v>3114</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>3115</v>
+        <v>3135</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="D814" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E814" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F814" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>3116</v>
+        <v>3136</v>
       </c>
       <c r="H814" t="s">
-        <v>3117</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>3118</v>
+        <v>3138</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="D815" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E815" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F815" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3119</v>
+        <v>3139</v>
       </c>
       <c r="H815" t="s">
-        <v>3120</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3121</v>
+        <v>3141</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="D816" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E816" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F816" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3122</v>
+        <v>3142</v>
       </c>
       <c r="H816" t="s">
-        <v>3123</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>39</v>
+      </c>
+      <c r="D817" t="s">
         <v>3124</v>
       </c>
-      <c r="B817" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E817" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F817" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3125</v>
+        <v>3145</v>
       </c>
       <c r="H817" t="s">
-        <v>3126</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3127</v>
+        <v>3147</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="D818" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E818" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F818" t="s">
-        <v>3091</v>
+        <v>18</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>3128</v>
+        <v>3148</v>
       </c>
       <c r="H818" t="s">
-        <v>3129</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3130</v>
+        <v>3150</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="D819" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E819" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F819" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3131</v>
+        <v>3151</v>
       </c>
       <c r="H819" t="s">
-        <v>3132</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3133</v>
+        <v>3153</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
       <c r="D820" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E820" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F820" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3134</v>
+        <v>3154</v>
       </c>
       <c r="H820" t="s">
-        <v>3135</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3136</v>
+        <v>3155</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="D821" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E821" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F821" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3137</v>
+        <v>3156</v>
       </c>
       <c r="H821" t="s">
-        <v>3138</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3139</v>
+        <v>3158</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>101</v>
+        <v>61</v>
       </c>
       <c r="D822" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E822" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F822" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3140</v>
+        <v>3159</v>
       </c>
       <c r="H822" t="s">
-        <v>3141</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3142</v>
+        <v>3161</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>105</v>
+        <v>65</v>
       </c>
       <c r="D823" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E823" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F823" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>3143</v>
+        <v>3162</v>
       </c>
       <c r="H823" t="s">
-        <v>3144</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3145</v>
+        <v>3164</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>109</v>
+        <v>69</v>
       </c>
       <c r="D824" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E824" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F824" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>2494</v>
+        <v>3165</v>
       </c>
       <c r="H824" t="s">
-        <v>3146</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3147</v>
+        <v>3167</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="D825" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E825" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F825" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3148</v>
+        <v>3168</v>
       </c>
       <c r="H825" t="s">
-        <v>3149</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3150</v>
+        <v>3170</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="D826" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E826" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F826" t="s">
-        <v>3091</v>
+        <v>3126</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3151</v>
+        <v>3171</v>
       </c>
       <c r="H826" t="s">
-        <v>3152</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3153</v>
+        <v>3173</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>122</v>
+        <v>81</v>
       </c>
       <c r="D827" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E827" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F827" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3154</v>
+        <v>3174</v>
       </c>
       <c r="H827" t="s">
-        <v>3155</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3156</v>
+        <v>3176</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="D828" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E828" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F828" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3157</v>
+        <v>3177</v>
       </c>
       <c r="H828" t="s">
-        <v>3158</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3159</v>
+        <v>3179</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>131</v>
+        <v>89</v>
       </c>
       <c r="D829" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E829" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F829" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3160</v>
+        <v>3180</v>
       </c>
       <c r="H829" t="s">
-        <v>3161</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3162</v>
+        <v>3182</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="D830" t="s">
-        <v>3073</v>
+        <v>3124</v>
       </c>
       <c r="E830" t="s">
-        <v>3074</v>
+        <v>3125</v>
       </c>
       <c r="F830" t="s">
-        <v>3091</v>
+        <v>364</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>3163</v>
+        <v>3183</v>
       </c>
       <c r="H830" t="s">
-        <v>3164</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3165</v>
+        <v>3185</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="D831" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E831" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F831" t="s">
-        <v>3091</v>
+        <v>3188</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>3166</v>
+        <v>3189</v>
       </c>
       <c r="H831" t="s">
-        <v>3167</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3168</v>
+        <v>3191</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D832" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E832" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F832" t="s">
-        <v>3091</v>
+        <v>3188</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3169</v>
+        <v>3192</v>
       </c>
       <c r="H832" t="s">
-        <v>3170</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>3171</v>
+        <v>3194</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="D833" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E833" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F833" t="s">
-        <v>3091</v>
+        <v>3188</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3172</v>
+        <v>3195</v>
       </c>
       <c r="H833" t="s">
-        <v>3173</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3174</v>
+        <v>3197</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="D834" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E834" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F834" t="s">
-        <v>3091</v>
+        <v>3188</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>3175</v>
+        <v>3198</v>
       </c>
       <c r="H834" t="s">
-        <v>3176</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3177</v>
+        <v>3200</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>156</v>
+        <v>31</v>
       </c>
       <c r="D835" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E835" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F835" t="s">
-        <v>3091</v>
+        <v>3188</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3178</v>
+        <v>3201</v>
       </c>
       <c r="H835" t="s">
-        <v>3179</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3180</v>
+        <v>3203</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="D836" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E836" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F836" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>3181</v>
+        <v>3205</v>
       </c>
       <c r="H836" t="s">
-        <v>3182</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>3183</v>
+        <v>3207</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>164</v>
+        <v>39</v>
       </c>
       <c r="D837" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E837" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F837" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3184</v>
+        <v>3208</v>
       </c>
       <c r="H837" t="s">
-        <v>3185</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>43</v>
+      </c>
+      <c r="D838" t="s">
         <v>3186</v>
       </c>
-      <c r="B838" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E838" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F838" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3187</v>
+        <v>3211</v>
       </c>
       <c r="H838" t="s">
-        <v>3188</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3189</v>
+        <v>3213</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>173</v>
+        <v>48</v>
       </c>
       <c r="D839" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E839" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F839" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3190</v>
+        <v>3214</v>
       </c>
       <c r="H839" t="s">
-        <v>3191</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3192</v>
+        <v>3216</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="D840" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E840" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F840" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3193</v>
+        <v>3217</v>
       </c>
       <c r="H840" t="s">
-        <v>3194</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3195</v>
+        <v>3219</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>181</v>
+        <v>56</v>
       </c>
       <c r="D841" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E841" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F841" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3196</v>
+        <v>3220</v>
       </c>
       <c r="H841" t="s">
-        <v>3197</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3198</v>
+        <v>3222</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>186</v>
+        <v>61</v>
       </c>
       <c r="D842" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E842" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F842" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3199</v>
+        <v>3223</v>
       </c>
       <c r="H842" t="s">
-        <v>3200</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3201</v>
+        <v>3225</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>191</v>
+        <v>65</v>
       </c>
       <c r="D843" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E843" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F843" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3202</v>
+        <v>3226</v>
       </c>
       <c r="H843" t="s">
-        <v>3203</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>69</v>
+      </c>
+      <c r="D844" t="s">
+        <v>3186</v>
+      </c>
+      <c r="E844" t="s">
+        <v>3187</v>
+      </c>
+      <c r="F844" t="s">
         <v>3204</v>
       </c>
-      <c r="B844" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G844" s="1" t="s">
-        <v>3205</v>
+        <v>3229</v>
       </c>
       <c r="H844" t="s">
-        <v>3206</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>3207</v>
+        <v>3231</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>199</v>
+        <v>73</v>
       </c>
       <c r="D845" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E845" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F845" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>3208</v>
+        <v>3232</v>
       </c>
       <c r="H845" t="s">
-        <v>3209</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>3210</v>
+        <v>3234</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c r="D846" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E846" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F846" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>3211</v>
+        <v>3235</v>
       </c>
       <c r="H846" t="s">
-        <v>3212</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>3213</v>
+        <v>3237</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>207</v>
+        <v>81</v>
       </c>
       <c r="D847" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E847" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F847" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>3214</v>
+        <v>3238</v>
       </c>
       <c r="H847" t="s">
-        <v>3215</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>3216</v>
+        <v>3240</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>211</v>
+        <v>85</v>
       </c>
       <c r="D848" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E848" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F848" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>3217</v>
+        <v>3241</v>
       </c>
       <c r="H848" t="s">
-        <v>3218</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>3219</v>
+        <v>3243</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>215</v>
+        <v>89</v>
       </c>
       <c r="D849" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E849" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F849" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>3220</v>
+        <v>3244</v>
       </c>
       <c r="H849" t="s">
-        <v>3221</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>3222</v>
+        <v>3246</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>219</v>
+        <v>93</v>
       </c>
       <c r="D850" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E850" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F850" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>3223</v>
+        <v>3247</v>
       </c>
       <c r="H850" t="s">
-        <v>3224</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>3225</v>
+        <v>3249</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>223</v>
+        <v>97</v>
       </c>
       <c r="D851" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E851" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F851" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>3226</v>
+        <v>3250</v>
       </c>
       <c r="H851" t="s">
-        <v>3227</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>3228</v>
+        <v>3252</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>227</v>
+        <v>101</v>
       </c>
       <c r="D852" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E852" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F852" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>3229</v>
+        <v>3253</v>
       </c>
       <c r="H852" t="s">
-        <v>3230</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>3231</v>
+        <v>3255</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>231</v>
+        <v>105</v>
       </c>
       <c r="D853" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E853" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F853" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>3232</v>
+        <v>3256</v>
       </c>
       <c r="H853" t="s">
-        <v>3233</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3234</v>
+        <v>3258</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>235</v>
+        <v>109</v>
       </c>
       <c r="D854" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E854" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F854" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>3235</v>
+        <v>2505</v>
       </c>
       <c r="H854" t="s">
-        <v>3236</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>3237</v>
+        <v>3260</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>239</v>
+        <v>114</v>
       </c>
       <c r="D855" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E855" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F855" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>3238</v>
+        <v>3261</v>
       </c>
       <c r="H855" t="s">
-        <v>3239</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3240</v>
+        <v>3263</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>243</v>
+        <v>118</v>
       </c>
       <c r="D856" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E856" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F856" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>3241</v>
+        <v>3264</v>
       </c>
       <c r="H856" t="s">
-        <v>3242</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3243</v>
+        <v>3266</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>247</v>
+        <v>122</v>
       </c>
       <c r="D857" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E857" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F857" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>3244</v>
+        <v>3267</v>
       </c>
       <c r="H857" t="s">
-        <v>3245</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>3246</v>
+        <v>3269</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="D858" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E858" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F858" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>3247</v>
+        <v>3270</v>
       </c>
       <c r="H858" t="s">
-        <v>3248</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3249</v>
+        <v>3272</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>255</v>
+        <v>131</v>
       </c>
       <c r="D859" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E859" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F859" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>3250</v>
+        <v>3273</v>
       </c>
       <c r="H859" t="s">
-        <v>3251</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3252</v>
+        <v>3275</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>259</v>
+        <v>136</v>
       </c>
       <c r="D860" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E860" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F860" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>3253</v>
+        <v>3276</v>
       </c>
       <c r="H860" t="s">
-        <v>3254</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3255</v>
+        <v>3278</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>263</v>
+        <v>140</v>
       </c>
       <c r="D861" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E861" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F861" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>3256</v>
+        <v>3279</v>
       </c>
       <c r="H861" t="s">
-        <v>3257</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>3258</v>
+        <v>3281</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>267</v>
+        <v>144</v>
       </c>
       <c r="D862" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E862" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F862" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>3259</v>
+        <v>3282</v>
       </c>
       <c r="H862" t="s">
-        <v>3260</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>3261</v>
+        <v>3284</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>272</v>
+        <v>148</v>
       </c>
       <c r="D863" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E863" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F863" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>3262</v>
+        <v>3285</v>
       </c>
       <c r="H863" t="s">
-        <v>3263</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>3264</v>
+        <v>3287</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>276</v>
+        <v>152</v>
       </c>
       <c r="D864" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E864" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F864" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>3265</v>
+        <v>3288</v>
       </c>
       <c r="H864" t="s">
-        <v>3266</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>3267</v>
+        <v>3290</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>569</v>
+        <v>156</v>
       </c>
       <c r="D865" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E865" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F865" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>3268</v>
+        <v>3291</v>
       </c>
       <c r="H865" t="s">
-        <v>3269</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>3270</v>
+        <v>3293</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>573</v>
+        <v>160</v>
       </c>
       <c r="D866" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E866" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F866" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>3271</v>
+        <v>3294</v>
       </c>
       <c r="H866" t="s">
-        <v>3272</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>3273</v>
+        <v>3296</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>577</v>
+        <v>164</v>
       </c>
       <c r="D867" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E867" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F867" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>3274</v>
+        <v>3297</v>
       </c>
       <c r="H867" t="s">
-        <v>3275</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>3276</v>
+        <v>3299</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>582</v>
+        <v>168</v>
       </c>
       <c r="D868" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E868" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F868" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>3277</v>
+        <v>3300</v>
       </c>
       <c r="H868" t="s">
-        <v>3278</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>3279</v>
+        <v>3302</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>586</v>
+        <v>173</v>
       </c>
       <c r="D869" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E869" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F869" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>3280</v>
+        <v>3303</v>
       </c>
       <c r="H869" t="s">
-        <v>3281</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3282</v>
+        <v>3305</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>590</v>
+        <v>177</v>
       </c>
       <c r="D870" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E870" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F870" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>3283</v>
+        <v>3306</v>
       </c>
       <c r="H870" t="s">
-        <v>3284</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3285</v>
+        <v>3308</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>594</v>
+        <v>181</v>
       </c>
       <c r="D871" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E871" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F871" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>3286</v>
+        <v>3309</v>
       </c>
       <c r="H871" t="s">
-        <v>3287</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3288</v>
+        <v>3311</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>598</v>
+        <v>186</v>
       </c>
       <c r="D872" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E872" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F872" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>3289</v>
+        <v>3312</v>
       </c>
       <c r="H872" t="s">
-        <v>3290</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>3291</v>
+        <v>3314</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>602</v>
+        <v>191</v>
       </c>
       <c r="D873" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E873" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F873" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>3292</v>
+        <v>3315</v>
       </c>
       <c r="H873" t="s">
-        <v>3293</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>3294</v>
+        <v>3317</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>606</v>
+        <v>195</v>
       </c>
       <c r="D874" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E874" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F874" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>3295</v>
+        <v>3318</v>
       </c>
       <c r="H874" t="s">
-        <v>3296</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>3297</v>
+        <v>3320</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>610</v>
+        <v>199</v>
       </c>
       <c r="D875" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E875" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F875" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>3298</v>
+        <v>3321</v>
       </c>
       <c r="H875" t="s">
-        <v>3299</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>3300</v>
+        <v>3323</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>614</v>
+        <v>203</v>
       </c>
       <c r="D876" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E876" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F876" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>3301</v>
+        <v>3324</v>
       </c>
       <c r="H876" t="s">
-        <v>3302</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>3303</v>
+        <v>3326</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>618</v>
+        <v>207</v>
       </c>
       <c r="D877" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E877" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F877" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>2494</v>
+        <v>3327</v>
       </c>
       <c r="H877" t="s">
-        <v>3304</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3305</v>
+        <v>3329</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>622</v>
+        <v>211</v>
       </c>
       <c r="D878" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E878" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F878" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>3306</v>
+        <v>3330</v>
       </c>
       <c r="H878" t="s">
-        <v>3307</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3308</v>
+        <v>3332</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>626</v>
+        <v>215</v>
       </c>
       <c r="D879" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E879" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F879" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>3309</v>
+        <v>3333</v>
       </c>
       <c r="H879" t="s">
-        <v>3310</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3311</v>
+        <v>3335</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>630</v>
+        <v>219</v>
       </c>
       <c r="D880" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E880" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F880" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>3312</v>
+        <v>3336</v>
       </c>
       <c r="H880" t="s">
-        <v>3313</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>3314</v>
+        <v>3338</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>634</v>
+        <v>223</v>
       </c>
       <c r="D881" t="s">
-        <v>3073</v>
+        <v>3186</v>
       </c>
       <c r="E881" t="s">
-        <v>3074</v>
+        <v>3187</v>
       </c>
       <c r="F881" t="s">
-        <v>3091</v>
+        <v>3204</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>3315</v>
+        <v>3339</v>
       </c>
       <c r="H881" t="s">
-        <v>3316</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>3317</v>
+        <v>3341</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>10</v>
+        <v>227</v>
       </c>
       <c r="D882" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E882" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F882" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>3320</v>
+        <v>3342</v>
       </c>
       <c r="H882" t="s">
-        <v>3321</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>3322</v>
+        <v>3344</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>17</v>
+        <v>231</v>
       </c>
       <c r="D883" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E883" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F883" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>3323</v>
+        <v>3345</v>
       </c>
       <c r="H883" t="s">
-        <v>3324</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>3325</v>
+        <v>3347</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="D884" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E884" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F884" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>3326</v>
+        <v>3348</v>
       </c>
       <c r="H884" t="s">
-        <v>3327</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3328</v>
+        <v>3350</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>27</v>
+        <v>239</v>
       </c>
       <c r="D885" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E885" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F885" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>3329</v>
+        <v>3351</v>
       </c>
       <c r="H885" t="s">
-        <v>3330</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>3331</v>
+        <v>3353</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>31</v>
+        <v>243</v>
       </c>
       <c r="D886" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E886" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F886" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>3332</v>
+        <v>3354</v>
       </c>
       <c r="H886" t="s">
-        <v>3333</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3334</v>
+        <v>3356</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>35</v>
+        <v>247</v>
       </c>
       <c r="D887" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E887" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F887" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>3335</v>
+        <v>3357</v>
       </c>
       <c r="H887" t="s">
-        <v>3336</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3337</v>
+        <v>3359</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>39</v>
+        <v>251</v>
       </c>
       <c r="D888" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E888" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F888" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>3338</v>
+        <v>3360</v>
       </c>
       <c r="H888" t="s">
-        <v>3339</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>3340</v>
+        <v>3362</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>43</v>
+        <v>255</v>
       </c>
       <c r="D889" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E889" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F889" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>3341</v>
+        <v>3363</v>
       </c>
       <c r="H889" t="s">
-        <v>3342</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3343</v>
+        <v>3365</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>48</v>
+        <v>259</v>
       </c>
       <c r="D890" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E890" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F890" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>3344</v>
+        <v>3366</v>
       </c>
       <c r="H890" t="s">
-        <v>3345</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3346</v>
+        <v>3368</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>52</v>
+        <v>263</v>
       </c>
       <c r="D891" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E891" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F891" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>2494</v>
+        <v>3369</v>
       </c>
       <c r="H891" t="s">
-        <v>3347</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3348</v>
+        <v>3371</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>56</v>
+        <v>267</v>
       </c>
       <c r="D892" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E892" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F892" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>3349</v>
+        <v>3372</v>
       </c>
       <c r="H892" t="s">
-        <v>3350</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3351</v>
+        <v>3374</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>61</v>
+        <v>272</v>
       </c>
       <c r="D893" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E893" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F893" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>3352</v>
+        <v>3375</v>
       </c>
       <c r="H893" t="s">
-        <v>3353</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3354</v>
+        <v>3377</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>65</v>
+        <v>276</v>
       </c>
       <c r="D894" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E894" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F894" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>3355</v>
+        <v>3378</v>
       </c>
       <c r="H894" t="s">
-        <v>3356</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3357</v>
+        <v>3380</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>69</v>
+        <v>280</v>
       </c>
       <c r="D895" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E895" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F895" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>3358</v>
+        <v>3381</v>
       </c>
       <c r="H895" t="s">
-        <v>3359</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>3360</v>
+        <v>3383</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>73</v>
+        <v>284</v>
       </c>
       <c r="D896" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E896" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F896" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G896" s="1" t="s">
-        <v>3361</v>
+        <v>3384</v>
       </c>
       <c r="H896" t="s">
-        <v>3362</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>3363</v>
+        <v>3386</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>77</v>
+        <v>588</v>
       </c>
       <c r="D897" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E897" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F897" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G897" s="1" t="s">
-        <v>3364</v>
+        <v>3387</v>
       </c>
       <c r="H897" t="s">
-        <v>3365</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>3366</v>
+        <v>3389</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>81</v>
+        <v>593</v>
       </c>
       <c r="D898" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E898" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F898" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G898" s="1" t="s">
-        <v>3367</v>
+        <v>3390</v>
       </c>
       <c r="H898" t="s">
-        <v>3368</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3369</v>
+        <v>3392</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
       <c r="D899" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E899" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F899" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G899" s="1" t="s">
-        <v>3370</v>
+        <v>3393</v>
       </c>
       <c r="H899" t="s">
-        <v>3371</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3372</v>
+        <v>3395</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>89</v>
+        <v>601</v>
       </c>
       <c r="D900" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E900" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F900" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>3373</v>
+        <v>3396</v>
       </c>
       <c r="H900" t="s">
-        <v>3374</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3375</v>
+        <v>3398</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>93</v>
+        <v>605</v>
       </c>
       <c r="D901" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E901" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F901" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>3376</v>
+        <v>3399</v>
       </c>
       <c r="H901" t="s">
-        <v>3377</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3378</v>
+        <v>3401</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>97</v>
+        <v>609</v>
       </c>
       <c r="D902" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E902" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F902" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>3379</v>
+        <v>3402</v>
       </c>
       <c r="H902" t="s">
-        <v>3380</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3381</v>
+        <v>3404</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>101</v>
+        <v>613</v>
       </c>
       <c r="D903" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E903" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F903" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>3382</v>
+        <v>3405</v>
       </c>
       <c r="H903" t="s">
-        <v>3383</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3384</v>
+        <v>3407</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>105</v>
+        <v>617</v>
       </c>
       <c r="D904" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E904" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F904" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>3385</v>
+        <v>3408</v>
       </c>
       <c r="H904" t="s">
-        <v>3386</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>109</v>
+        <v>621</v>
       </c>
       <c r="D905" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E905" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F905" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>3388</v>
+        <v>3411</v>
       </c>
       <c r="H905" t="s">
-        <v>3389</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>3390</v>
+        <v>3413</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>114</v>
+        <v>625</v>
       </c>
       <c r="D906" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E906" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F906" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>3391</v>
+        <v>3414</v>
       </c>
       <c r="H906" t="s">
-        <v>3392</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>3393</v>
+        <v>3416</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>118</v>
+        <v>629</v>
       </c>
       <c r="D907" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E907" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F907" t="s">
-        <v>344</v>
+        <v>3204</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>3394</v>
+        <v>2505</v>
       </c>
       <c r="H907" t="s">
-        <v>3395</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>3396</v>
+        <v>3418</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>122</v>
+        <v>633</v>
       </c>
       <c r="D908" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E908" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F908" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>3397</v>
+        <v>3419</v>
       </c>
       <c r="H908" t="s">
-        <v>3398</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>3399</v>
+        <v>3421</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>126</v>
+        <v>637</v>
       </c>
       <c r="D909" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E909" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F909" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>3400</v>
+        <v>3422</v>
       </c>
       <c r="H909" t="s">
-        <v>3401</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>3402</v>
+        <v>3424</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>131</v>
+        <v>641</v>
       </c>
       <c r="D910" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E910" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F910" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>3403</v>
+        <v>3425</v>
       </c>
       <c r="H910" t="s">
-        <v>3404</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>3405</v>
+        <v>3427</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>136</v>
+        <v>645</v>
       </c>
       <c r="D911" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E911" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F911" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G911" s="1" t="s">
-        <v>3406</v>
+        <v>3428</v>
       </c>
       <c r="H911" t="s">
-        <v>3407</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>3408</v>
+        <v>3430</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>140</v>
+        <v>649</v>
       </c>
       <c r="D912" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E912" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F912" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>3409</v>
+        <v>3431</v>
       </c>
       <c r="H912" t="s">
-        <v>3410</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>3411</v>
+        <v>3433</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>144</v>
+        <v>653</v>
       </c>
       <c r="D913" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E913" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F913" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>3412</v>
+        <v>3434</v>
       </c>
       <c r="H913" t="s">
-        <v>3413</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>3414</v>
+        <v>3436</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>148</v>
+        <v>657</v>
       </c>
       <c r="D914" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E914" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F914" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>3415</v>
+        <v>3437</v>
       </c>
       <c r="H914" t="s">
-        <v>3416</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3417</v>
+        <v>3439</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>152</v>
+        <v>661</v>
       </c>
       <c r="D915" t="s">
-        <v>3318</v>
+        <v>3186</v>
       </c>
       <c r="E915" t="s">
-        <v>3319</v>
+        <v>3187</v>
       </c>
       <c r="F915" t="s">
-        <v>3013</v>
+        <v>3204</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>3418</v>
+        <v>3440</v>
       </c>
       <c r="H915" t="s">
-        <v>3419</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>3420</v>
+        <v>3442</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>156</v>
+        <v>10</v>
       </c>
       <c r="D916" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E916" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F916" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>3421</v>
+        <v>3445</v>
       </c>
       <c r="H916" t="s">
-        <v>3422</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>3423</v>
+        <v>3447</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>160</v>
+        <v>17</v>
       </c>
       <c r="D917" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E917" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F917" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>3424</v>
+        <v>3448</v>
       </c>
       <c r="H917" t="s">
-        <v>3425</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>3426</v>
+        <v>3450</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>164</v>
+        <v>22</v>
       </c>
       <c r="D918" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E918" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F918" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>3427</v>
+        <v>3451</v>
       </c>
       <c r="H918" t="s">
-        <v>3428</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>3429</v>
+        <v>3453</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="D919" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E919" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F919" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>3430</v>
+        <v>3454</v>
       </c>
       <c r="H919" t="s">
-        <v>3431</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3432</v>
+        <v>3456</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>173</v>
+        <v>31</v>
       </c>
       <c r="D920" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E920" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F920" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>3433</v>
+        <v>3457</v>
       </c>
       <c r="H920" t="s">
-        <v>3434</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>3435</v>
+        <v>3459</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>177</v>
+        <v>35</v>
       </c>
       <c r="D921" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E921" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F921" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>3436</v>
+        <v>3460</v>
       </c>
       <c r="H921" t="s">
-        <v>3437</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>3438</v>
+        <v>3462</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="D922" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E922" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F922" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>3439</v>
+        <v>3463</v>
       </c>
       <c r="H922" t="s">
-        <v>3440</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>3441</v>
+        <v>3465</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="D923" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E923" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F923" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>3442</v>
+        <v>3466</v>
       </c>
       <c r="H923" t="s">
-        <v>3443</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>48</v>
+      </c>
+      <c r="D924" t="s">
+        <v>3443</v>
+      </c>
+      <c r="E924" t="s">
         <v>3444</v>
       </c>
-      <c r="B924" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F924" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>3445</v>
+        <v>3469</v>
       </c>
       <c r="H924" t="s">
-        <v>3446</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>3447</v>
+        <v>3471</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>195</v>
+        <v>52</v>
       </c>
       <c r="D925" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E925" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F925" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>3448</v>
+        <v>2505</v>
       </c>
       <c r="H925" t="s">
-        <v>3449</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>3450</v>
+        <v>3473</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>199</v>
+        <v>56</v>
       </c>
       <c r="D926" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E926" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F926" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>3451</v>
+        <v>3474</v>
       </c>
       <c r="H926" t="s">
-        <v>3452</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>3453</v>
+        <v>3476</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>203</v>
+        <v>61</v>
       </c>
       <c r="D927" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E927" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F927" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>3454</v>
+        <v>3477</v>
       </c>
       <c r="H927" t="s">
-        <v>3455</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>3456</v>
+        <v>3479</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>207</v>
+        <v>65</v>
       </c>
       <c r="D928" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E928" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F928" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>3457</v>
+        <v>3480</v>
       </c>
       <c r="H928" t="s">
-        <v>3458</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>3459</v>
+        <v>3482</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>211</v>
+        <v>69</v>
       </c>
       <c r="D929" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E929" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F929" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>3460</v>
+        <v>3483</v>
       </c>
       <c r="H929" t="s">
-        <v>3461</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>3462</v>
+        <v>3485</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>215</v>
+        <v>73</v>
       </c>
       <c r="D930" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E930" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F930" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>3463</v>
+        <v>3486</v>
       </c>
       <c r="H930" t="s">
-        <v>3464</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>3465</v>
+        <v>3488</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>219</v>
+        <v>77</v>
       </c>
       <c r="D931" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E931" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F931" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>3466</v>
+        <v>3489</v>
       </c>
       <c r="H931" t="s">
-        <v>3467</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>3468</v>
+        <v>3491</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="D932" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E932" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F932" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>3469</v>
+        <v>3492</v>
       </c>
       <c r="H932" t="s">
-        <v>3470</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>3471</v>
+        <v>3494</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>227</v>
+        <v>85</v>
       </c>
       <c r="D933" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E933" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F933" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>3472</v>
+        <v>3495</v>
       </c>
       <c r="H933" t="s">
-        <v>3473</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>3474</v>
+        <v>3497</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>231</v>
+        <v>89</v>
       </c>
       <c r="D934" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E934" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F934" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>3475</v>
+        <v>3498</v>
       </c>
       <c r="H934" t="s">
-        <v>3476</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>3477</v>
+        <v>3500</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>235</v>
+        <v>93</v>
       </c>
       <c r="D935" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E935" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F935" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>3478</v>
+        <v>3501</v>
       </c>
       <c r="H935" t="s">
-        <v>3479</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>3480</v>
+        <v>3503</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>239</v>
+        <v>97</v>
       </c>
       <c r="D936" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E936" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F936" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>3481</v>
+        <v>3504</v>
       </c>
       <c r="H936" t="s">
-        <v>3482</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>3483</v>
+        <v>3506</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>243</v>
+        <v>101</v>
       </c>
       <c r="D937" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E937" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F937" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>3484</v>
+        <v>3507</v>
       </c>
       <c r="H937" t="s">
-        <v>3485</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>3486</v>
+        <v>3509</v>
       </c>
       <c r="B938" t="s">
         <v>9</v>
       </c>
       <c r="C938" t="s">
-        <v>247</v>
+        <v>105</v>
       </c>
       <c r="D938" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E938" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F938" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>3487</v>
+        <v>3510</v>
       </c>
       <c r="H938" t="s">
-        <v>3488</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>3489</v>
+        <v>3512</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>251</v>
+        <v>109</v>
       </c>
       <c r="D939" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E939" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F939" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>3490</v>
+        <v>3513</v>
       </c>
       <c r="H939" t="s">
-        <v>3491</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
-        <v>3492</v>
+        <v>3515</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
-        <v>255</v>
+        <v>114</v>
       </c>
       <c r="D940" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E940" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F940" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>3493</v>
+        <v>3516</v>
       </c>
       <c r="H940" t="s">
-        <v>3494</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
-        <v>3495</v>
+        <v>3518</v>
       </c>
       <c r="B941" t="s">
         <v>9</v>
       </c>
       <c r="C941" t="s">
-        <v>259</v>
+        <v>118</v>
       </c>
       <c r="D941" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E941" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F941" t="s">
-        <v>3013</v>
+        <v>357</v>
       </c>
       <c r="G941" s="1" t="s">
-        <v>3496</v>
+        <v>3519</v>
       </c>
       <c r="H941" t="s">
-        <v>3497</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>3498</v>
+        <v>3521</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
-        <v>263</v>
+        <v>122</v>
       </c>
       <c r="D942" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E942" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F942" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>3499</v>
+        <v>3522</v>
       </c>
       <c r="H942" t="s">
-        <v>3500</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
-        <v>3501</v>
+        <v>3524</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
-        <v>267</v>
+        <v>126</v>
       </c>
       <c r="D943" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E943" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F943" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>3502</v>
+        <v>3525</v>
       </c>
       <c r="H943" t="s">
-        <v>3503</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>3504</v>
+        <v>3527</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
-        <v>272</v>
+        <v>131</v>
       </c>
       <c r="D944" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E944" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F944" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G944" s="1" t="s">
-        <v>3505</v>
+        <v>3528</v>
       </c>
       <c r="H944" t="s">
-        <v>3506</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
-        <v>3507</v>
+        <v>3530</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
-        <v>276</v>
+        <v>136</v>
       </c>
       <c r="D945" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E945" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F945" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>3508</v>
+        <v>3531</v>
       </c>
       <c r="H945" t="s">
-        <v>3509</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
-        <v>3510</v>
+        <v>3533</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
-        <v>569</v>
+        <v>140</v>
       </c>
       <c r="D946" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E946" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F946" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>3511</v>
+        <v>3534</v>
       </c>
       <c r="H946" t="s">
-        <v>3512</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
-        <v>3513</v>
+        <v>3536</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>573</v>
+        <v>144</v>
       </c>
       <c r="D947" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E947" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F947" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G947" s="1" t="s">
-        <v>3514</v>
+        <v>3537</v>
       </c>
       <c r="H947" t="s">
-        <v>3515</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>3516</v>
+        <v>3539</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>577</v>
+        <v>148</v>
       </c>
       <c r="D948" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E948" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F948" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>3517</v>
+        <v>3540</v>
       </c>
       <c r="H948" t="s">
-        <v>3518</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>3519</v>
+        <v>3542</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>582</v>
+        <v>152</v>
       </c>
       <c r="D949" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E949" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F949" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>3520</v>
+        <v>3543</v>
       </c>
       <c r="H949" t="s">
-        <v>3521</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>3522</v>
+        <v>3545</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>586</v>
+        <v>156</v>
       </c>
       <c r="D950" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E950" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F950" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>3523</v>
+        <v>3546</v>
       </c>
       <c r="H950" t="s">
-        <v>3524</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>3525</v>
+        <v>3548</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>590</v>
+        <v>160</v>
       </c>
       <c r="D951" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E951" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F951" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>3526</v>
+        <v>3549</v>
       </c>
       <c r="H951" t="s">
-        <v>3527</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>3528</v>
+        <v>3551</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>594</v>
+        <v>164</v>
       </c>
       <c r="D952" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E952" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F952" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>2494</v>
+        <v>3552</v>
       </c>
       <c r="H952" t="s">
-        <v>3529</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>3530</v>
+        <v>3554</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>598</v>
+        <v>168</v>
       </c>
       <c r="D953" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E953" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F953" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>2494</v>
+        <v>3555</v>
       </c>
       <c r="H953" t="s">
-        <v>3531</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>3532</v>
+        <v>3557</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
-        <v>602</v>
+        <v>173</v>
       </c>
       <c r="D954" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E954" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F954" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>2494</v>
+        <v>3558</v>
       </c>
       <c r="H954" t="s">
-        <v>3533</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
-        <v>3534</v>
+        <v>3560</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
-        <v>606</v>
+        <v>177</v>
       </c>
       <c r="D955" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E955" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F955" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>3535</v>
+        <v>3561</v>
       </c>
       <c r="H955" t="s">
-        <v>3536</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>3537</v>
+        <v>3563</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
-        <v>610</v>
+        <v>181</v>
       </c>
       <c r="D956" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E956" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F956" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>3538</v>
+        <v>3564</v>
       </c>
       <c r="H956" t="s">
-        <v>3539</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>3540</v>
+        <v>3566</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
-        <v>614</v>
+        <v>186</v>
       </c>
       <c r="D957" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E957" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F957" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>3541</v>
+        <v>3567</v>
       </c>
       <c r="H957" t="s">
-        <v>3542</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>3543</v>
+        <v>3569</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
-        <v>618</v>
+        <v>191</v>
       </c>
       <c r="D958" t="s">
-        <v>3318</v>
+        <v>3443</v>
       </c>
       <c r="E958" t="s">
-        <v>3319</v>
+        <v>3444</v>
       </c>
       <c r="F958" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>3544</v>
+        <v>3570</v>
       </c>
       <c r="H958" t="s">
-        <v>3545</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>3546</v>
+        <v>3572</v>
       </c>
       <c r="B959" t="s">
         <v>9</v>
       </c>
       <c r="C959" t="s">
-        <v>10</v>
+        <v>195</v>
       </c>
       <c r="D959" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E959" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F959" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>3549</v>
+        <v>3573</v>
       </c>
       <c r="H959" t="s">
-        <v>3550</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>3551</v>
+        <v>3575</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
-        <v>17</v>
+        <v>199</v>
       </c>
       <c r="D960" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E960" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F960" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>3552</v>
+        <v>3576</v>
       </c>
       <c r="H960" t="s">
-        <v>3553</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
-        <v>3554</v>
+        <v>3578</v>
       </c>
       <c r="B961" t="s">
         <v>9</v>
       </c>
       <c r="C961" t="s">
-        <v>22</v>
+        <v>203</v>
       </c>
       <c r="D961" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E961" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F961" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>3555</v>
+        <v>3579</v>
       </c>
       <c r="H961" t="s">
-        <v>3556</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
-        <v>3557</v>
+        <v>3581</v>
       </c>
       <c r="B962" t="s">
         <v>9</v>
       </c>
       <c r="C962" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="D962" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E962" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F962" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G962" s="1" t="s">
-        <v>3558</v>
+        <v>3582</v>
       </c>
       <c r="H962" t="s">
-        <v>3559</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>3560</v>
+        <v>3584</v>
       </c>
       <c r="B963" t="s">
         <v>9</v>
       </c>
       <c r="C963" t="s">
-        <v>31</v>
+        <v>211</v>
       </c>
       <c r="D963" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E963" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F963" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>3561</v>
+        <v>3585</v>
       </c>
       <c r="H963" t="s">
-        <v>3562</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
-        <v>3563</v>
+        <v>3587</v>
       </c>
       <c r="B964" t="s">
         <v>9</v>
       </c>
       <c r="C964" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
       <c r="D964" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E964" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F964" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>3564</v>
+        <v>3588</v>
       </c>
       <c r="H964" t="s">
-        <v>3565</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>3566</v>
+        <v>3590</v>
       </c>
       <c r="B965" t="s">
         <v>9</v>
       </c>
       <c r="C965" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="D965" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E965" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F965" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>3567</v>
+        <v>3591</v>
       </c>
       <c r="H965" t="s">
-        <v>3568</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
-        <v>3569</v>
+        <v>3593</v>
       </c>
       <c r="B966" t="s">
         <v>9</v>
       </c>
       <c r="C966" t="s">
-        <v>43</v>
+        <v>223</v>
       </c>
       <c r="D966" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E966" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F966" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>3570</v>
+        <v>3594</v>
       </c>
       <c r="H966" t="s">
-        <v>3571</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>3572</v>
+        <v>3596</v>
       </c>
       <c r="B967" t="s">
         <v>9</v>
       </c>
       <c r="C967" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="D967" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E967" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F967" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>3573</v>
+        <v>3597</v>
       </c>
       <c r="H967" t="s">
-        <v>3574</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
-        <v>3575</v>
+        <v>3599</v>
       </c>
       <c r="B968" t="s">
         <v>9</v>
       </c>
       <c r="C968" t="s">
-        <v>52</v>
+        <v>231</v>
       </c>
       <c r="D968" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E968" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F968" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>3576</v>
+        <v>3600</v>
       </c>
       <c r="H968" t="s">
-        <v>3577</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
-        <v>3578</v>
+        <v>3602</v>
       </c>
       <c r="B969" t="s">
         <v>9</v>
       </c>
       <c r="C969" t="s">
-        <v>56</v>
+        <v>235</v>
       </c>
       <c r="D969" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E969" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F969" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>3579</v>
+        <v>3603</v>
       </c>
       <c r="H969" t="s">
-        <v>3580</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
-        <v>3581</v>
+        <v>3605</v>
       </c>
       <c r="B970" t="s">
         <v>9</v>
       </c>
       <c r="C970" t="s">
-        <v>61</v>
+        <v>239</v>
       </c>
       <c r="D970" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E970" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F970" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>3582</v>
+        <v>3606</v>
       </c>
       <c r="H970" t="s">
-        <v>3583</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>3584</v>
+        <v>3608</v>
       </c>
       <c r="B971" t="s">
         <v>9</v>
       </c>
       <c r="C971" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="D971" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E971" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F971" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>3585</v>
+        <v>3609</v>
       </c>
       <c r="H971" t="s">
-        <v>3586</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
-        <v>3587</v>
+        <v>3611</v>
       </c>
       <c r="B972" t="s">
         <v>9</v>
       </c>
       <c r="C972" t="s">
-        <v>69</v>
+        <v>247</v>
       </c>
       <c r="D972" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E972" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F972" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>3588</v>
+        <v>3612</v>
       </c>
       <c r="H972" t="s">
-        <v>3589</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>3590</v>
+        <v>3614</v>
       </c>
       <c r="B973" t="s">
         <v>9</v>
       </c>
       <c r="C973" t="s">
-        <v>73</v>
+        <v>251</v>
       </c>
       <c r="D973" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E973" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F973" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G973" s="1" t="s">
-        <v>3591</v>
+        <v>3615</v>
       </c>
       <c r="H973" t="s">
-        <v>3592</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
-        <v>3593</v>
+        <v>3617</v>
       </c>
       <c r="B974" t="s">
         <v>9</v>
       </c>
       <c r="C974" t="s">
-        <v>77</v>
+        <v>255</v>
       </c>
       <c r="D974" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E974" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F974" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>3594</v>
+        <v>3618</v>
       </c>
       <c r="H974" t="s">
-        <v>3595</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
-        <v>3596</v>
+        <v>3620</v>
       </c>
       <c r="B975" t="s">
         <v>9</v>
       </c>
       <c r="C975" t="s">
-        <v>81</v>
+        <v>259</v>
       </c>
       <c r="D975" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E975" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F975" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>3597</v>
+        <v>3621</v>
       </c>
       <c r="H975" t="s">
-        <v>3598</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
-        <v>3599</v>
+        <v>3623</v>
       </c>
       <c r="B976" t="s">
         <v>9</v>
       </c>
       <c r="C976" t="s">
-        <v>85</v>
+        <v>263</v>
       </c>
       <c r="D976" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E976" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F976" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>3600</v>
+        <v>3624</v>
       </c>
       <c r="H976" t="s">
-        <v>3601</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
-        <v>3602</v>
+        <v>3626</v>
       </c>
       <c r="B977" t="s">
         <v>9</v>
       </c>
       <c r="C977" t="s">
-        <v>89</v>
+        <v>267</v>
       </c>
       <c r="D977" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E977" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F977" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G977" s="1" t="s">
-        <v>3603</v>
+        <v>3627</v>
       </c>
       <c r="H977" t="s">
-        <v>3604</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
-        <v>3605</v>
+        <v>3629</v>
       </c>
       <c r="B978" t="s">
         <v>9</v>
       </c>
       <c r="C978" t="s">
-        <v>93</v>
+        <v>272</v>
       </c>
       <c r="D978" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E978" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F978" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>3606</v>
+        <v>3630</v>
       </c>
       <c r="H978" t="s">
-        <v>3607</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
-        <v>3608</v>
+        <v>3632</v>
       </c>
       <c r="B979" t="s">
         <v>9</v>
       </c>
       <c r="C979" t="s">
-        <v>101</v>
+        <v>276</v>
       </c>
       <c r="D979" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E979" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F979" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>3609</v>
+        <v>3633</v>
       </c>
       <c r="H979" t="s">
-        <v>3610</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
-        <v>3611</v>
+        <v>3635</v>
       </c>
       <c r="B980" t="s">
         <v>9</v>
       </c>
       <c r="C980" t="s">
-        <v>105</v>
+        <v>280</v>
       </c>
       <c r="D980" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E980" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F980" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G980" s="1" t="s">
-        <v>3612</v>
+        <v>3636</v>
       </c>
       <c r="H980" t="s">
-        <v>3613</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
-        <v>3614</v>
+        <v>3638</v>
       </c>
       <c r="B981" t="s">
         <v>9</v>
       </c>
       <c r="C981" t="s">
-        <v>109</v>
+        <v>284</v>
       </c>
       <c r="D981" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E981" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F981" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>3615</v>
+        <v>3639</v>
       </c>
       <c r="H981" t="s">
-        <v>3616</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>3617</v>
+        <v>3641</v>
       </c>
       <c r="B982" t="s">
         <v>9</v>
       </c>
       <c r="C982" t="s">
-        <v>114</v>
+        <v>588</v>
       </c>
       <c r="D982" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E982" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F982" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>3618</v>
+        <v>3642</v>
       </c>
       <c r="H982" t="s">
-        <v>3619</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>3620</v>
+        <v>3644</v>
       </c>
       <c r="B983" t="s">
         <v>9</v>
       </c>
       <c r="C983" t="s">
-        <v>118</v>
+        <v>593</v>
       </c>
       <c r="D983" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E983" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F983" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>3621</v>
+        <v>3645</v>
       </c>
       <c r="H983" t="s">
-        <v>3622</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>3623</v>
+        <v>3647</v>
       </c>
       <c r="B984" t="s">
         <v>9</v>
       </c>
       <c r="C984" t="s">
-        <v>122</v>
+        <v>597</v>
       </c>
       <c r="D984" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E984" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F984" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>3624</v>
+        <v>3648</v>
       </c>
       <c r="H984" t="s">
-        <v>3625</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>3626</v>
+        <v>3650</v>
       </c>
       <c r="B985" t="s">
         <v>9</v>
       </c>
       <c r="C985" t="s">
-        <v>126</v>
+        <v>601</v>
       </c>
       <c r="D985" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E985" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F985" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>3627</v>
+        <v>3651</v>
       </c>
       <c r="H985" t="s">
-        <v>3628</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>3629</v>
+        <v>3653</v>
       </c>
       <c r="B986" t="s">
         <v>9</v>
       </c>
       <c r="C986" t="s">
-        <v>131</v>
+        <v>605</v>
       </c>
       <c r="D986" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E986" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F986" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>3630</v>
+        <v>2505</v>
       </c>
       <c r="H986" t="s">
-        <v>3631</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>3632</v>
+        <v>3655</v>
       </c>
       <c r="B987" t="s">
         <v>9</v>
       </c>
       <c r="C987" t="s">
-        <v>136</v>
+        <v>609</v>
       </c>
       <c r="D987" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E987" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F987" t="s">
-        <v>3013</v>
+        <v>3126</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>3633</v>
+        <v>2505</v>
       </c>
       <c r="H987" t="s">
-        <v>3464</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>3634</v>
+        <v>3657</v>
       </c>
       <c r="B988" t="s">
         <v>9</v>
       </c>
       <c r="C988" t="s">
-        <v>140</v>
+        <v>613</v>
       </c>
       <c r="D988" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E988" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F988" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>3635</v>
+        <v>2505</v>
       </c>
       <c r="H988" t="s">
-        <v>3636</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>3637</v>
+        <v>3659</v>
       </c>
       <c r="B989" t="s">
         <v>9</v>
       </c>
       <c r="C989" t="s">
-        <v>144</v>
+        <v>617</v>
       </c>
       <c r="D989" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E989" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F989" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>3638</v>
+        <v>3660</v>
       </c>
       <c r="H989" t="s">
-        <v>3639</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>3640</v>
+        <v>3662</v>
       </c>
       <c r="B990" t="s">
         <v>9</v>
       </c>
       <c r="C990" t="s">
-        <v>148</v>
+        <v>621</v>
       </c>
       <c r="D990" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E990" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F990" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>3641</v>
+        <v>3663</v>
       </c>
       <c r="H990" t="s">
-        <v>3642</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>3643</v>
+        <v>3665</v>
       </c>
       <c r="B991" t="s">
         <v>9</v>
       </c>
       <c r="C991" t="s">
-        <v>152</v>
+        <v>625</v>
       </c>
       <c r="D991" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E991" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F991" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G991" s="1" t="s">
-        <v>3644</v>
+        <v>3666</v>
       </c>
       <c r="H991" t="s">
-        <v>3645</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>3646</v>
+        <v>3668</v>
       </c>
       <c r="B992" t="s">
         <v>9</v>
       </c>
       <c r="C992" t="s">
-        <v>156</v>
+        <v>629</v>
       </c>
       <c r="D992" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E992" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F992" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G992" s="1" t="s">
-        <v>3647</v>
+        <v>3669</v>
       </c>
       <c r="H992" t="s">
-        <v>3648</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>3649</v>
+        <v>3671</v>
       </c>
       <c r="B993" t="s">
         <v>9</v>
       </c>
       <c r="C993" t="s">
-        <v>160</v>
+        <v>633</v>
       </c>
       <c r="D993" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E993" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F993" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G993" s="1" t="s">
-        <v>3650</v>
+        <v>3672</v>
       </c>
       <c r="H993" t="s">
-        <v>3651</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>3652</v>
+        <v>3674</v>
       </c>
       <c r="B994" t="s">
         <v>9</v>
       </c>
       <c r="C994" t="s">
-        <v>164</v>
+        <v>637</v>
       </c>
       <c r="D994" t="s">
-        <v>3547</v>
+        <v>3443</v>
       </c>
       <c r="E994" t="s">
-        <v>3548</v>
+        <v>3444</v>
       </c>
       <c r="F994" t="s">
-        <v>351</v>
+        <v>3126</v>
       </c>
       <c r="G994" s="1" t="s">
-        <v>3653</v>
+        <v>3675</v>
       </c>
       <c r="H994" t="s">
-        <v>3654</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
-        <v>3655</v>
+        <v>3677</v>
       </c>
       <c r="B995" t="s">
         <v>9</v>
       </c>
       <c r="C995" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="D995" t="s">
-        <v>3547</v>
+        <v>3678</v>
       </c>
       <c r="E995" t="s">
-        <v>3548</v>
+        <v>3679</v>
       </c>
       <c r="F995" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G995" s="1" t="s">
-        <v>3656</v>
+        <v>3680</v>
       </c>
       <c r="H995" t="s">
-        <v>3657</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>3658</v>
+        <v>3682</v>
       </c>
       <c r="B996" t="s">
         <v>9</v>
       </c>
       <c r="C996" t="s">
-        <v>173</v>
+        <v>17</v>
       </c>
       <c r="D996" t="s">
-        <v>3547</v>
+        <v>3678</v>
       </c>
       <c r="E996" t="s">
-        <v>3548</v>
+        <v>3679</v>
       </c>
       <c r="F996" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G996" s="1" t="s">
-        <v>3659</v>
+        <v>3683</v>
       </c>
       <c r="H996" t="s">
-        <v>3660</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>3661</v>
+        <v>3685</v>
       </c>
       <c r="B997" t="s">
         <v>9</v>
       </c>
       <c r="C997" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="D997" t="s">
-        <v>3547</v>
+        <v>3678</v>
       </c>
       <c r="E997" t="s">
-        <v>3548</v>
+        <v>3679</v>
       </c>
       <c r="F997" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>3662</v>
+        <v>3686</v>
       </c>
       <c r="H997" t="s">
-        <v>3663</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
-        <v>3664</v>
+        <v>3688</v>
       </c>
       <c r="B998" t="s">
         <v>9</v>
       </c>
       <c r="C998" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="D998" t="s">
-        <v>3547</v>
+        <v>3678</v>
       </c>
       <c r="E998" t="s">
-        <v>3548</v>
+        <v>3679</v>
       </c>
       <c r="F998" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G998" s="1" t="s">
-        <v>3665</v>
+        <v>3689</v>
       </c>
       <c r="H998" t="s">
-        <v>3666</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
-        <v>3667</v>
+        <v>3691</v>
       </c>
       <c r="B999" t="s">
         <v>9</v>
       </c>
       <c r="C999" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="D999" t="s">
-        <v>3547</v>
+        <v>3678</v>
       </c>
       <c r="E999" t="s">
-        <v>3548</v>
+        <v>3679</v>
       </c>
       <c r="F999" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G999" s="1" t="s">
-        <v>3668</v>
+        <v>3692</v>
       </c>
       <c r="H999" t="s">
-        <v>3669</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>3670</v>
+        <v>3694</v>
       </c>
       <c r="B1000" t="s">
         <v>9</v>
       </c>
       <c r="C1000" t="s">
-        <v>191</v>
+        <v>35</v>
       </c>
       <c r="D1000" t="s">
-        <v>3547</v>
+        <v>3678</v>
       </c>
       <c r="E1000" t="s">
-        <v>3548</v>
+        <v>3679</v>
       </c>
       <c r="F1000" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G1000" s="1" t="s">
-        <v>3671</v>
+        <v>3695</v>
       </c>
       <c r="H1000" t="s">
-        <v>3672</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>3673</v>
+        <v>3697</v>
       </c>
       <c r="B1001" t="s">
         <v>9</v>
       </c>
       <c r="C1001" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D1001" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1001" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1001" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>3677</v>
+        <v>3698</v>
       </c>
       <c r="H1001" t="s">
-        <v>3678</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
+        <v>3700</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>3678</v>
+      </c>
+      <c r="E1002" t="s">
         <v>3679</v>
       </c>
-      <c r="B1002" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F1002" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1002" s="1" t="s">
-        <v>3680</v>
+        <v>3701</v>
       </c>
       <c r="H1002" t="s">
-        <v>3681</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
-        <v>3682</v>
+        <v>3703</v>
       </c>
       <c r="B1003" t="s">
         <v>9</v>
       </c>
       <c r="C1003" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="D1003" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1003" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1003" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>3683</v>
+        <v>3704</v>
       </c>
       <c r="H1003" t="s">
-        <v>3684</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
-        <v>3685</v>
+        <v>3706</v>
       </c>
       <c r="B1004" t="s">
         <v>9</v>
       </c>
       <c r="C1004" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="D1004" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1004" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1004" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>3686</v>
+        <v>3707</v>
       </c>
       <c r="H1004" t="s">
-        <v>3687</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>3688</v>
+        <v>3709</v>
       </c>
       <c r="B1005" t="s">
         <v>9</v>
       </c>
       <c r="C1005" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="D1005" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1005" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1005" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1005" s="1" t="s">
-        <v>3689</v>
+        <v>3710</v>
       </c>
       <c r="H1005" t="s">
-        <v>3690</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
-        <v>3691</v>
+        <v>3712</v>
       </c>
       <c r="B1006" t="s">
         <v>9</v>
       </c>
       <c r="C1006" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="D1006" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1006" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1006" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>3692</v>
+        <v>3713</v>
       </c>
       <c r="H1006" t="s">
-        <v>3693</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
-        <v>3694</v>
+        <v>3715</v>
       </c>
       <c r="B1007" t="s">
         <v>9</v>
       </c>
       <c r="C1007" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="D1007" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1007" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1007" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1007" s="1" t="s">
-        <v>3695</v>
+        <v>3716</v>
       </c>
       <c r="H1007" t="s">
-        <v>3696</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
-        <v>3697</v>
+        <v>3718</v>
       </c>
       <c r="B1008" t="s">
         <v>9</v>
       </c>
       <c r="C1008" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="D1008" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1008" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1008" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1008" s="1" t="s">
-        <v>3698</v>
+        <v>3719</v>
       </c>
       <c r="H1008" t="s">
-        <v>3699</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
-        <v>3700</v>
+        <v>3721</v>
       </c>
       <c r="B1009" t="s">
         <v>9</v>
       </c>
       <c r="C1009" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="D1009" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1009" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1009" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1009" s="1" t="s">
-        <v>3701</v>
+        <v>3722</v>
       </c>
       <c r="H1009" t="s">
-        <v>3702</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
-        <v>3703</v>
+        <v>3724</v>
       </c>
       <c r="B1010" t="s">
         <v>9</v>
       </c>
       <c r="C1010" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="D1010" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1010" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1010" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1010" s="1" t="s">
-        <v>3704</v>
+        <v>3725</v>
       </c>
       <c r="H1010" t="s">
-        <v>3705</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
-        <v>3706</v>
+        <v>3727</v>
       </c>
       <c r="B1011" t="s">
         <v>9</v>
       </c>
       <c r="C1011" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="D1011" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1011" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1011" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1011" s="1" t="s">
-        <v>3707</v>
+        <v>3728</v>
       </c>
       <c r="H1011" t="s">
-        <v>3708</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
-        <v>3709</v>
+        <v>3730</v>
       </c>
       <c r="B1012" t="s">
         <v>9</v>
       </c>
       <c r="C1012" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="D1012" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1012" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1012" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1012" s="1" t="s">
-        <v>3710</v>
+        <v>3731</v>
       </c>
       <c r="H1012" t="s">
-        <v>3711</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
-        <v>3712</v>
+        <v>3733</v>
       </c>
       <c r="B1013" t="s">
         <v>9</v>
       </c>
       <c r="C1013" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="D1013" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1013" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1013" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1013" s="1" t="s">
-        <v>3713</v>
+        <v>3734</v>
       </c>
       <c r="H1013" t="s">
-        <v>3714</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
-        <v>3715</v>
+        <v>3736</v>
       </c>
       <c r="B1014" t="s">
         <v>9</v>
       </c>
       <c r="C1014" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="D1014" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1014" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1014" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1014" s="1" t="s">
-        <v>3716</v>
+        <v>3737</v>
       </c>
       <c r="H1014" t="s">
-        <v>3717</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
-        <v>3718</v>
+        <v>3739</v>
       </c>
       <c r="B1015" t="s">
         <v>9</v>
       </c>
       <c r="C1015" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="D1015" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1015" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1015" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1015" s="1" t="s">
-        <v>3719</v>
+        <v>3740</v>
       </c>
       <c r="H1015" t="s">
-        <v>3720</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
-        <v>3721</v>
+        <v>3742</v>
       </c>
       <c r="B1016" t="s">
         <v>9</v>
       </c>
       <c r="C1016" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="D1016" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1016" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1016" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1016" s="1" t="s">
-        <v>3722</v>
+        <v>3743</v>
       </c>
       <c r="H1016" t="s">
-        <v>3723</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
-        <v>3724</v>
+        <v>3745</v>
       </c>
       <c r="B1017" t="s">
         <v>9</v>
       </c>
       <c r="C1017" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="D1017" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1017" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1017" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1017" s="1" t="s">
-        <v>3725</v>
+        <v>3746</v>
       </c>
       <c r="H1017" t="s">
-        <v>3726</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
-        <v>3727</v>
+        <v>3748</v>
       </c>
       <c r="B1018" t="s">
         <v>9</v>
       </c>
       <c r="C1018" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="D1018" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1018" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1018" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1018" s="1" t="s">
-        <v>3728</v>
+        <v>3749</v>
       </c>
       <c r="H1018" t="s">
-        <v>3729</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
-        <v>3730</v>
+        <v>3751</v>
       </c>
       <c r="B1019" t="s">
         <v>9</v>
       </c>
       <c r="C1019" t="s">
-        <v>89</v>
+        <v>118</v>
       </c>
       <c r="D1019" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1019" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1019" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1019" s="1" t="s">
-        <v>2494</v>
+        <v>3752</v>
       </c>
       <c r="H1019" t="s">
-        <v>3731</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
-        <v>3732</v>
+        <v>3754</v>
       </c>
       <c r="B1020" t="s">
         <v>9</v>
       </c>
       <c r="C1020" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="D1020" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1020" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1020" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1020" s="1" t="s">
-        <v>3733</v>
+        <v>3755</v>
       </c>
       <c r="H1020" t="s">
-        <v>3734</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
-        <v>3735</v>
+        <v>3757</v>
       </c>
       <c r="B1021" t="s">
         <v>9</v>
       </c>
       <c r="C1021" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="D1021" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1021" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1021" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1021" s="1" t="s">
-        <v>3736</v>
+        <v>3758</v>
       </c>
       <c r="H1021" t="s">
-        <v>3737</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
-        <v>3738</v>
+        <v>3760</v>
       </c>
       <c r="B1022" t="s">
         <v>9</v>
       </c>
       <c r="C1022" t="s">
-        <v>101</v>
+        <v>131</v>
       </c>
       <c r="D1022" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1022" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1022" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1022" s="1" t="s">
-        <v>3739</v>
+        <v>3761</v>
       </c>
       <c r="H1022" t="s">
-        <v>3740</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
-        <v>3741</v>
+        <v>3763</v>
       </c>
       <c r="B1023" t="s">
         <v>9</v>
       </c>
       <c r="C1023" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="D1023" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1023" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1023" t="s">
-        <v>3676</v>
+        <v>3126</v>
       </c>
       <c r="G1023" s="1" t="s">
-        <v>3742</v>
+        <v>3764</v>
       </c>
       <c r="H1023" t="s">
-        <v>3743</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
-        <v>3744</v>
+        <v>3765</v>
       </c>
       <c r="B1024" t="s">
         <v>9</v>
       </c>
       <c r="C1024" t="s">
-        <v>109</v>
+        <v>140</v>
       </c>
       <c r="D1024" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1024" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1024" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1024" s="1" t="s">
-        <v>3745</v>
+        <v>3766</v>
       </c>
       <c r="H1024" t="s">
-        <v>3746</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
-        <v>3747</v>
+        <v>3768</v>
       </c>
       <c r="B1025" t="s">
         <v>9</v>
       </c>
       <c r="C1025" t="s">
-        <v>114</v>
+        <v>144</v>
       </c>
       <c r="D1025" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1025" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1025" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1025" s="1" t="s">
-        <v>3748</v>
+        <v>3769</v>
       </c>
       <c r="H1025" t="s">
-        <v>3749</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
-        <v>3750</v>
+        <v>3771</v>
       </c>
       <c r="B1026" t="s">
         <v>9</v>
       </c>
       <c r="C1026" t="s">
-        <v>118</v>
+        <v>148</v>
       </c>
       <c r="D1026" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1026" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1026" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1026" s="1" t="s">
-        <v>3751</v>
+        <v>3772</v>
       </c>
       <c r="H1026" t="s">
-        <v>3752</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
-        <v>3753</v>
+        <v>3774</v>
       </c>
       <c r="B1027" t="s">
         <v>9</v>
       </c>
       <c r="C1027" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
       <c r="D1027" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1027" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1027" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1027" s="1" t="s">
-        <v>3754</v>
+        <v>3775</v>
       </c>
       <c r="H1027" t="s">
-        <v>3755</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
-        <v>3756</v>
+        <v>3777</v>
       </c>
       <c r="B1028" t="s">
         <v>9</v>
       </c>
       <c r="C1028" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="D1028" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1028" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1028" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1028" s="1" t="s">
-        <v>3757</v>
+        <v>3778</v>
       </c>
       <c r="H1028" t="s">
-        <v>3758</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
-        <v>3759</v>
+        <v>3780</v>
       </c>
       <c r="B1029" t="s">
         <v>9</v>
       </c>
       <c r="C1029" t="s">
-        <v>131</v>
+        <v>160</v>
       </c>
       <c r="D1029" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1029" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1029" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1029" s="1" t="s">
-        <v>3760</v>
+        <v>3781</v>
       </c>
       <c r="H1029" t="s">
-        <v>3761</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
-        <v>3762</v>
+        <v>3783</v>
       </c>
       <c r="B1030" t="s">
         <v>9</v>
       </c>
       <c r="C1030" t="s">
-        <v>136</v>
+        <v>164</v>
       </c>
       <c r="D1030" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1030" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1030" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1030" s="1" t="s">
-        <v>3763</v>
+        <v>3784</v>
       </c>
       <c r="H1030" t="s">
-        <v>3764</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
-        <v>3765</v>
+        <v>3786</v>
       </c>
       <c r="B1031" t="s">
         <v>9</v>
       </c>
       <c r="C1031" t="s">
-        <v>140</v>
+        <v>168</v>
       </c>
       <c r="D1031" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1031" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1031" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1031" s="1" t="s">
-        <v>3766</v>
+        <v>3787</v>
       </c>
       <c r="H1031" t="s">
-        <v>3767</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
-        <v>3768</v>
+        <v>3789</v>
       </c>
       <c r="B1032" t="s">
         <v>9</v>
       </c>
       <c r="C1032" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="D1032" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="E1032" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="F1032" t="s">
-        <v>3676</v>
+        <v>364</v>
       </c>
       <c r="G1032" s="1" t="s">
-        <v>3769</v>
+        <v>3790</v>
       </c>
       <c r="H1032" t="s">
-        <v>3770</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
-        <v>3771</v>
+        <v>3792</v>
       </c>
       <c r="B1033" t="s">
         <v>9</v>
       </c>
       <c r="C1033" t="s">
-        <v>10</v>
+        <v>177</v>
       </c>
       <c r="D1033" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1033" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1033" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1033" s="1" t="s">
-        <v>3775</v>
+        <v>3793</v>
       </c>
       <c r="H1033" t="s">
-        <v>3776</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
-        <v>3777</v>
+        <v>3795</v>
       </c>
       <c r="B1034" t="s">
         <v>9</v>
       </c>
       <c r="C1034" t="s">
-        <v>17</v>
+        <v>181</v>
       </c>
       <c r="D1034" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1034" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1034" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1034" s="1" t="s">
-        <v>3778</v>
+        <v>3796</v>
       </c>
       <c r="H1034" t="s">
-        <v>3779</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
-        <v>3780</v>
+        <v>3798</v>
       </c>
       <c r="B1035" t="s">
         <v>9</v>
       </c>
       <c r="C1035" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="D1035" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1035" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1035" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1035" s="1" t="s">
-        <v>3781</v>
+        <v>3799</v>
       </c>
       <c r="H1035" t="s">
-        <v>3782</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
-        <v>3783</v>
+        <v>3801</v>
       </c>
       <c r="B1036" t="s">
         <v>9</v>
       </c>
       <c r="C1036" t="s">
-        <v>27</v>
+        <v>191</v>
       </c>
       <c r="D1036" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1036" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1036" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1036" s="1" t="s">
-        <v>3784</v>
+        <v>3802</v>
       </c>
       <c r="H1036" t="s">
-        <v>3785</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
-        <v>3786</v>
+        <v>3804</v>
       </c>
       <c r="B1037" t="s">
         <v>9</v>
       </c>
       <c r="C1037" t="s">
-        <v>31</v>
+        <v>195</v>
       </c>
       <c r="D1037" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1037" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1037" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1037" s="1" t="s">
-        <v>3787</v>
+        <v>3805</v>
       </c>
       <c r="H1037" t="s">
-        <v>3788</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
-        <v>3789</v>
+        <v>3807</v>
       </c>
       <c r="B1038" t="s">
         <v>9</v>
       </c>
       <c r="C1038" t="s">
-        <v>35</v>
+        <v>199</v>
       </c>
       <c r="D1038" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1038" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1038" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1038" s="1" t="s">
-        <v>3790</v>
+        <v>3808</v>
       </c>
       <c r="H1038" t="s">
-        <v>3791</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
-        <v>3792</v>
+        <v>3810</v>
       </c>
       <c r="B1039" t="s">
         <v>9</v>
       </c>
       <c r="C1039" t="s">
-        <v>39</v>
+        <v>203</v>
       </c>
       <c r="D1039" t="s">
-        <v>3772</v>
+        <v>3678</v>
       </c>
       <c r="E1039" t="s">
-        <v>3773</v>
+        <v>3679</v>
       </c>
       <c r="F1039" t="s">
-        <v>3774</v>
+        <v>364</v>
       </c>
       <c r="G1039" s="1" t="s">
-        <v>3793</v>
+        <v>3811</v>
       </c>
       <c r="H1039" t="s">
-        <v>3794</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
-        <v>3795</v>
+        <v>3813</v>
       </c>
       <c r="B1040" t="s">
         <v>9</v>
       </c>
       <c r="C1040" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D1040" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1040" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1040" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1040" s="1" t="s">
-        <v>3796</v>
+        <v>3817</v>
       </c>
       <c r="H1040" t="s">
-        <v>3797</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
-        <v>3798</v>
+        <v>3819</v>
       </c>
       <c r="B1041" t="s">
         <v>9</v>
       </c>
       <c r="C1041" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D1041" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1041" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1041" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>3799</v>
+        <v>3820</v>
       </c>
       <c r="H1041" t="s">
-        <v>3800</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>3801</v>
+        <v>3822</v>
       </c>
       <c r="B1042" t="s">
         <v>9</v>
       </c>
       <c r="C1042" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="D1042" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1042" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1042" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1042" s="1" t="s">
-        <v>3802</v>
+        <v>3823</v>
       </c>
       <c r="H1042" t="s">
-        <v>3803</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
-        <v>3804</v>
+        <v>3825</v>
       </c>
       <c r="B1043" t="s">
         <v>9</v>
       </c>
       <c r="C1043" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D1043" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1043" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1043" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1043" s="1" t="s">
-        <v>3805</v>
+        <v>3826</v>
       </c>
       <c r="H1043" t="s">
-        <v>3806</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>3807</v>
+        <v>3828</v>
       </c>
       <c r="B1044" t="s">
         <v>9</v>
       </c>
       <c r="C1044" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="D1044" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1044" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1044" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1044" s="1" t="s">
-        <v>3808</v>
+        <v>3829</v>
       </c>
       <c r="H1044" t="s">
-        <v>3809</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
-        <v>3810</v>
+        <v>3831</v>
       </c>
       <c r="B1045" t="s">
         <v>9</v>
       </c>
       <c r="C1045" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="D1045" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1045" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1045" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1045" s="1" t="s">
-        <v>3811</v>
+        <v>3832</v>
       </c>
       <c r="H1045" t="s">
-        <v>3812</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
-        <v>3813</v>
+        <v>3834</v>
       </c>
       <c r="B1046" t="s">
         <v>9</v>
       </c>
       <c r="C1046" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="D1046" t="s">
-        <v>3772</v>
+        <v>3814</v>
       </c>
       <c r="E1046" t="s">
-        <v>3773</v>
+        <v>3815</v>
       </c>
       <c r="F1046" t="s">
-        <v>3774</v>
+        <v>3816</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>3814</v>
+        <v>3835</v>
       </c>
       <c r="H1046" t="s">
-        <v>3815</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
+        <v>3837</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>3814</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>3815</v>
+      </c>
+      <c r="F1047" t="s">
         <v>3816</v>
       </c>
-      <c r="B1047" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G1047" s="1" t="s">
-        <v>3817</v>
+        <v>3838</v>
       </c>
       <c r="H1047" t="s">
-        <v>3818</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
-        <v>3819</v>
+        <v>3840</v>
       </c>
       <c r="B1048" t="s">
         <v>9</v>
       </c>
       <c r="C1048" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D1048" t="s">
-        <v>3820</v>
+        <v>3814</v>
       </c>
       <c r="E1048" t="s">
-        <v>3821</v>
+        <v>3815</v>
       </c>
       <c r="F1048" t="s">
-        <v>344</v>
+        <v>3816</v>
       </c>
       <c r="G1048" s="1" t="s">
-        <v>3822</v>
+        <v>3841</v>
       </c>
       <c r="H1048" t="s">
-        <v>3823</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
-        <v>3824</v>
+        <v>3843</v>
       </c>
       <c r="B1049" t="s">
         <v>9</v>
       </c>
       <c r="C1049" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D1049" t="s">
-        <v>3820</v>
+        <v>3814</v>
       </c>
       <c r="E1049" t="s">
-        <v>3821</v>
+        <v>3815</v>
       </c>
       <c r="F1049" t="s">
-        <v>344</v>
+        <v>3816</v>
       </c>
       <c r="G1049" s="1" t="s">
-        <v>3825</v>
+        <v>3844</v>
       </c>
       <c r="H1049" t="s">
-        <v>3826</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
-        <v>3827</v>
+        <v>3846</v>
       </c>
       <c r="B1050" t="s">
         <v>9</v>
       </c>
       <c r="C1050" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="D1050" t="s">
-        <v>3820</v>
+        <v>3814</v>
       </c>
       <c r="E1050" t="s">
-        <v>3821</v>
+        <v>3815</v>
       </c>
       <c r="F1050" t="s">
-        <v>344</v>
+        <v>3816</v>
       </c>
       <c r="G1050" s="1" t="s">
-        <v>3828</v>
+        <v>3847</v>
       </c>
       <c r="H1050" t="s">
-        <v>3829</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
-        <v>3830</v>
+        <v>3849</v>
       </c>
       <c r="B1051" t="s">
         <v>9</v>
       </c>
       <c r="C1051" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D1051" t="s">
-        <v>3831</v>
+        <v>3814</v>
       </c>
       <c r="E1051" t="s">
-        <v>3832</v>
+        <v>3815</v>
       </c>
       <c r="F1051" t="s">
-        <v>13</v>
+        <v>3816</v>
       </c>
       <c r="G1051" s="1" t="s">
-        <v>3833</v>
+        <v>3850</v>
       </c>
       <c r="H1051" t="s">
-        <v>3834</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052" t="s">
-        <v>3835</v>
+        <v>3852</v>
       </c>
       <c r="B1052" t="s">
         <v>9</v>
       </c>
       <c r="C1052" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="D1052" t="s">
-        <v>3831</v>
+        <v>3814</v>
       </c>
       <c r="E1052" t="s">
-        <v>3832</v>
+        <v>3815</v>
       </c>
       <c r="F1052" t="s">
-        <v>351</v>
+        <v>3816</v>
       </c>
       <c r="G1052" s="1" t="s">
-        <v>3836</v>
+        <v>3853</v>
       </c>
       <c r="H1052" t="s">
-        <v>3837</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053" t="s">
-        <v>3838</v>
+        <v>3855</v>
       </c>
       <c r="B1053" t="s">
         <v>9</v>
       </c>
       <c r="C1053" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="D1053" t="s">
-        <v>3831</v>
+        <v>3814</v>
       </c>
       <c r="E1053" t="s">
-        <v>3832</v>
+        <v>3815</v>
       </c>
       <c r="F1053" t="s">
-        <v>351</v>
+        <v>3816</v>
       </c>
       <c r="G1053" s="1" t="s">
-        <v>3839</v>
+        <v>3856</v>
       </c>
       <c r="H1053" t="s">
-        <v>3840</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054" t="s">
-        <v>3841</v>
+        <v>3858</v>
       </c>
       <c r="B1054" t="s">
         <v>9</v>
       </c>
       <c r="C1054" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="D1054" t="s">
-        <v>3842</v>
+        <v>3814</v>
       </c>
       <c r="E1054" t="s">
-        <v>3843</v>
+        <v>3815</v>
+      </c>
+      <c r="F1054" t="s">
+        <v>3816</v>
       </c>
       <c r="G1054" s="1" t="s">
-        <v>3844</v>
+        <v>3859</v>
       </c>
       <c r="H1054" t="s">
-        <v>3845</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055" t="s">
-        <v>3846</v>
+        <v>3861</v>
       </c>
       <c r="B1055" t="s">
         <v>9</v>
       </c>
       <c r="C1055" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="D1055" t="s">
-        <v>3847</v>
+        <v>3814</v>
       </c>
       <c r="E1055" t="s">
-        <v>3848</v>
+        <v>3815</v>
       </c>
       <c r="F1055" t="s">
-        <v>44</v>
+        <v>3816</v>
       </c>
       <c r="G1055" s="1" t="s">
-        <v>3849</v>
+        <v>3862</v>
       </c>
       <c r="H1055" t="s">
-        <v>3850</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056" t="s">
-        <v>3851</v>
+        <v>3864</v>
       </c>
       <c r="B1056" t="s">
         <v>9</v>
       </c>
       <c r="C1056" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="D1056" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1056" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1056" t="s">
-        <v>18</v>
+        <v>3816</v>
       </c>
       <c r="G1056" s="1" t="s">
-        <v>3854</v>
+        <v>3865</v>
       </c>
       <c r="H1056" t="s">
-        <v>3855</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057" t="s">
-        <v>3856</v>
+        <v>3867</v>
       </c>
       <c r="B1057" t="s">
         <v>9</v>
       </c>
       <c r="C1057" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="D1057" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1057" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1057" t="s">
-        <v>578</v>
+        <v>3816</v>
       </c>
       <c r="G1057" s="1" t="s">
-        <v>3857</v>
+        <v>3868</v>
       </c>
       <c r="H1057" t="s">
-        <v>3858</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058" t="s">
-        <v>3859</v>
+        <v>3870</v>
       </c>
       <c r="B1058" t="s">
         <v>9</v>
       </c>
       <c r="C1058" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
       <c r="D1058" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1058" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1058" t="s">
-        <v>57</v>
+        <v>3816</v>
       </c>
       <c r="G1058" s="1" t="s">
-        <v>3860</v>
+        <v>2505</v>
       </c>
       <c r="H1058" t="s">
-        <v>3861</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059" t="s">
-        <v>3862</v>
+        <v>3872</v>
       </c>
       <c r="B1059" t="s">
         <v>9</v>
       </c>
       <c r="C1059" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="D1059" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1059" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1059" t="s">
-        <v>132</v>
+        <v>3816</v>
       </c>
       <c r="G1059" s="1" t="s">
-        <v>3863</v>
+        <v>3873</v>
       </c>
       <c r="H1059" t="s">
-        <v>3864</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060" t="s">
-        <v>3865</v>
+        <v>3875</v>
       </c>
       <c r="B1060" t="s">
         <v>9</v>
       </c>
       <c r="C1060" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
       <c r="D1060" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1060" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1060" t="s">
-        <v>44</v>
+        <v>3816</v>
       </c>
       <c r="G1060" s="1" t="s">
-        <v>3866</v>
+        <v>3876</v>
       </c>
       <c r="H1060" t="s">
-        <v>3867</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061" t="s">
-        <v>3868</v>
+        <v>3878</v>
       </c>
       <c r="B1061" t="s">
         <v>9</v>
       </c>
       <c r="C1061" t="s">
-        <v>35</v>
+        <v>101</v>
       </c>
       <c r="D1061" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1061" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1061" t="s">
-        <v>268</v>
+        <v>3816</v>
       </c>
       <c r="G1061" s="1" t="s">
-        <v>3869</v>
+        <v>3879</v>
       </c>
       <c r="H1061" t="s">
-        <v>3870</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062" t="s">
-        <v>3871</v>
+        <v>3881</v>
       </c>
       <c r="B1062" t="s">
         <v>9</v>
       </c>
       <c r="C1062" t="s">
-        <v>39</v>
+        <v>105</v>
       </c>
       <c r="D1062" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1062" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1062" t="s">
-        <v>329</v>
+        <v>3816</v>
       </c>
       <c r="G1062" s="1" t="s">
-        <v>3872</v>
+        <v>3882</v>
       </c>
       <c r="H1062" t="s">
-        <v>3873</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063" t="s">
-        <v>3874</v>
+        <v>3884</v>
       </c>
       <c r="B1063" t="s">
         <v>9</v>
       </c>
       <c r="C1063" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="D1063" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1063" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1063" t="s">
-        <v>182</v>
+        <v>3816</v>
       </c>
       <c r="G1063" s="1" t="s">
-        <v>3875</v>
+        <v>3885</v>
       </c>
       <c r="H1063" t="s">
-        <v>3876</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064" t="s">
-        <v>3877</v>
+        <v>3887</v>
       </c>
       <c r="B1064" t="s">
         <v>9</v>
       </c>
       <c r="C1064" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="D1064" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1064" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1064" t="s">
-        <v>13</v>
+        <v>3816</v>
       </c>
       <c r="G1064" s="1" t="s">
-        <v>3878</v>
+        <v>3888</v>
       </c>
       <c r="H1064" t="s">
-        <v>3879</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065" t="s">
-        <v>3880</v>
+        <v>3890</v>
       </c>
       <c r="B1065" t="s">
         <v>9</v>
       </c>
       <c r="C1065" t="s">
-        <v>52</v>
+        <v>118</v>
       </c>
       <c r="D1065" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1065" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1065" t="s">
-        <v>3881</v>
+        <v>3816</v>
       </c>
       <c r="G1065" s="1" t="s">
-        <v>3882</v>
+        <v>3891</v>
       </c>
       <c r="H1065" t="s">
-        <v>3883</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066" t="s">
-        <v>3884</v>
+        <v>3893</v>
       </c>
       <c r="B1066" t="s">
         <v>9</v>
       </c>
       <c r="C1066" t="s">
-        <v>56</v>
+        <v>122</v>
       </c>
       <c r="D1066" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1066" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1066" t="s">
-        <v>3885</v>
+        <v>3816</v>
       </c>
       <c r="G1066" s="1" t="s">
-        <v>3886</v>
+        <v>3894</v>
       </c>
       <c r="H1066" t="s">
-        <v>3887</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067" t="s">
-        <v>3888</v>
+        <v>3896</v>
       </c>
       <c r="B1067" t="s">
         <v>9</v>
       </c>
       <c r="C1067" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="D1067" t="s">
-        <v>3852</v>
+        <v>3814</v>
       </c>
       <c r="E1067" t="s">
-        <v>3853</v>
+        <v>3815</v>
       </c>
       <c r="F1067" t="s">
-        <v>3889</v>
+        <v>3816</v>
       </c>
       <c r="G1067" s="1" t="s">
-        <v>3890</v>
+        <v>3897</v>
       </c>
       <c r="H1067" t="s">
-        <v>3891</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068" t="s">
-        <v>3892</v>
+        <v>3899</v>
       </c>
       <c r="B1068" t="s">
         <v>9</v>
       </c>
       <c r="C1068" t="s">
+        <v>131</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>3814</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>3815</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>3816</v>
+      </c>
+      <c r="G1068" s="1" t="s">
+        <v>3900</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>3901</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:8">
+      <c r="A1069" t="s">
+        <v>3902</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1069" t="s">
+        <v>136</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>3814</v>
+      </c>
+      <c r="E1069" t="s">
+        <v>3815</v>
+      </c>
+      <c r="F1069" t="s">
+        <v>3816</v>
+      </c>
+      <c r="G1069" s="1" t="s">
+        <v>3903</v>
+      </c>
+      <c r="H1069" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:8">
+      <c r="A1070" t="s">
+        <v>3905</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1070" t="s">
+        <v>140</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>3814</v>
+      </c>
+      <c r="E1070" t="s">
+        <v>3815</v>
+      </c>
+      <c r="F1070" t="s">
+        <v>3816</v>
+      </c>
+      <c r="G1070" s="1" t="s">
+        <v>3906</v>
+      </c>
+      <c r="H1070" t="s">
+        <v>3907</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:8">
+      <c r="A1071" t="s">
+        <v>3908</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1071" t="s">
+        <v>144</v>
+      </c>
+      <c r="D1071" t="s">
+        <v>3814</v>
+      </c>
+      <c r="E1071" t="s">
+        <v>3815</v>
+      </c>
+      <c r="F1071" t="s">
+        <v>3816</v>
+      </c>
+      <c r="G1071" s="1" t="s">
+        <v>3909</v>
+      </c>
+      <c r="H1071" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:8">
+      <c r="A1072" t="s">
+        <v>3911</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1072" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1072" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1072" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1072" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1072" s="1" t="s">
+        <v>3915</v>
+      </c>
+      <c r="H1072" t="s">
+        <v>3916</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:8">
+      <c r="A1073" t="s">
+        <v>3917</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1073" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1073" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1073" s="1" t="s">
+        <v>3918</v>
+      </c>
+      <c r="H1073" t="s">
+        <v>3919</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:8">
+      <c r="A1074" t="s">
+        <v>3920</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1074" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1074" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1074" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1074" s="1" t="s">
+        <v>3921</v>
+      </c>
+      <c r="H1074" t="s">
+        <v>3922</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:8">
+      <c r="A1075" t="s">
+        <v>3923</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1075" t="s">
+        <v>27</v>
+      </c>
+      <c r="D1075" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1075" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1075" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1075" s="1" t="s">
+        <v>3924</v>
+      </c>
+      <c r="H1075" t="s">
+        <v>3925</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:8">
+      <c r="A1076" t="s">
+        <v>3926</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1076" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1076" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1076" s="1" t="s">
+        <v>3927</v>
+      </c>
+      <c r="H1076" t="s">
+        <v>3928</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:8">
+      <c r="A1077" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1077" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1077" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1077" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1077" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1077" s="1" t="s">
+        <v>3930</v>
+      </c>
+      <c r="H1077" t="s">
+        <v>3931</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:8">
+      <c r="A1078" t="s">
+        <v>3932</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1078" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1078" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1078" s="1" t="s">
+        <v>3933</v>
+      </c>
+      <c r="H1078" t="s">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:8">
+      <c r="A1079" t="s">
+        <v>3935</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1079" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1079" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1079" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1079" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1079" s="1" t="s">
+        <v>3936</v>
+      </c>
+      <c r="H1079" t="s">
+        <v>3937</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:8">
+      <c r="A1080" t="s">
+        <v>3938</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1080" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1080" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1080" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1080" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1080" s="1" t="s">
+        <v>3939</v>
+      </c>
+      <c r="H1080" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:8">
+      <c r="A1081" t="s">
+        <v>3941</v>
+      </c>
+      <c r="B1081" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1081" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1081" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1081" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1081" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1081" s="1" t="s">
+        <v>3942</v>
+      </c>
+      <c r="H1081" t="s">
+        <v>3943</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:8">
+      <c r="A1082" t="s">
+        <v>3944</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>56</v>
+      </c>
+      <c r="D1082" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1082" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1082" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1082" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="H1082" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:8">
+      <c r="A1083" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1083" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1083" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1083" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1083" s="1" t="s">
+        <v>3948</v>
+      </c>
+      <c r="H1083" t="s">
+        <v>3949</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:8">
+      <c r="A1084" t="s">
+        <v>3950</v>
+      </c>
+      <c r="B1084" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1084" t="s">
         <v>65</v>
       </c>
-      <c r="D1068" t="s">
-[...12 lines deleted...]
-        <v>3895</v>
+      <c r="D1084" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1084" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1084" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1084" s="1" t="s">
+        <v>3951</v>
+      </c>
+      <c r="H1084" t="s">
+        <v>3952</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:8">
+      <c r="A1085" t="s">
+        <v>3953</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1085" t="s">
+        <v>69</v>
+      </c>
+      <c r="D1085" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1085" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1085" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1085" s="1" t="s">
+        <v>3954</v>
+      </c>
+      <c r="H1085" t="s">
+        <v>3955</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:8">
+      <c r="A1086" t="s">
+        <v>3956</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>73</v>
+      </c>
+      <c r="D1086" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1086" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1086" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1086" s="1" t="s">
+        <v>3957</v>
+      </c>
+      <c r="H1086" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:8">
+      <c r="A1087" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1087" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1087" t="s">
+        <v>77</v>
+      </c>
+      <c r="D1087" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1087" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1087" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1087" s="1" t="s">
+        <v>3960</v>
+      </c>
+      <c r="H1087" t="s">
+        <v>3961</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:8">
+      <c r="A1088" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B1088" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1088" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1088" t="s">
+        <v>3912</v>
+      </c>
+      <c r="E1088" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F1088" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1088" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="H1088" t="s">
+        <v>3964</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:8">
+      <c r="A1089" t="s">
+        <v>3965</v>
+      </c>
+      <c r="B1089" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1089" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1089" t="s">
+        <v>3966</v>
+      </c>
+      <c r="E1089" t="s">
+        <v>3967</v>
+      </c>
+      <c r="F1089" t="s">
+        <v>357</v>
+      </c>
+      <c r="G1089" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="H1089" t="s">
+        <v>3969</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:8">
+      <c r="A1090" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1090" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1090" t="s">
+        <v>3966</v>
+      </c>
+      <c r="E1090" t="s">
+        <v>3967</v>
+      </c>
+      <c r="F1090" t="s">
+        <v>357</v>
+      </c>
+      <c r="G1090" s="1" t="s">
+        <v>3971</v>
+      </c>
+      <c r="H1090" t="s">
+        <v>3972</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:8">
+      <c r="A1091" t="s">
+        <v>3973</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>3966</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>3967</v>
+      </c>
+      <c r="F1091" t="s">
+        <v>357</v>
+      </c>
+      <c r="G1091" s="1" t="s">
+        <v>3974</v>
+      </c>
+      <c r="H1091" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:8">
+      <c r="A1092" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1092" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1092" t="s">
+        <v>3977</v>
+      </c>
+      <c r="E1092" t="s">
+        <v>3978</v>
+      </c>
+      <c r="F1092" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1092" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="H1092" t="s">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:8">
+      <c r="A1093" t="s">
+        <v>3981</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1093" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1093" t="s">
+        <v>3977</v>
+      </c>
+      <c r="E1093" t="s">
+        <v>3978</v>
+      </c>
+      <c r="F1093" t="s">
+        <v>364</v>
+      </c>
+      <c r="G1093" s="1" t="s">
+        <v>3982</v>
+      </c>
+      <c r="H1093" t="s">
+        <v>3983</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:8">
+      <c r="A1094" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B1094" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1094" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1094" t="s">
+        <v>3977</v>
+      </c>
+      <c r="E1094" t="s">
+        <v>3978</v>
+      </c>
+      <c r="F1094" t="s">
+        <v>364</v>
+      </c>
+      <c r="G1094" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="H1094" t="s">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:8">
+      <c r="A1095" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1095" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1095" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1095" t="s">
+        <v>3988</v>
+      </c>
+      <c r="E1095" t="s">
+        <v>3989</v>
+      </c>
+      <c r="G1095" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="H1095" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:8">
+      <c r="A1096" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1096" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1096" t="s">
+        <v>3993</v>
+      </c>
+      <c r="E1096" t="s">
+        <v>3994</v>
+      </c>
+      <c r="F1096" t="s">
+        <v>44</v>
+      </c>
+      <c r="G1096" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="H1096" t="s">
+        <v>3996</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:8">
+      <c r="A1097" t="s">
+        <v>3997</v>
+      </c>
+      <c r="B1097" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1097" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1097" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1097" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1097" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1097" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="H1097" t="s">
+        <v>4001</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:8">
+      <c r="A1098" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B1098" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1098" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1098" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1098" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1098" t="s">
+        <v>589</v>
+      </c>
+      <c r="G1098" s="1" t="s">
+        <v>4003</v>
+      </c>
+      <c r="H1098" t="s">
+        <v>4004</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:8">
+      <c r="A1099" t="s">
+        <v>4005</v>
+      </c>
+      <c r="B1099" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1099" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1099" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1099" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1099" t="s">
+        <v>57</v>
+      </c>
+      <c r="G1099" s="1" t="s">
+        <v>4006</v>
+      </c>
+      <c r="H1099" t="s">
+        <v>4007</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:8">
+      <c r="A1100" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B1100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1100" t="s">
+        <v>27</v>
+      </c>
+      <c r="D1100" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1100" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1100" t="s">
+        <v>132</v>
+      </c>
+      <c r="G1100" s="1" t="s">
+        <v>4009</v>
+      </c>
+      <c r="H1100" t="s">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:8">
+      <c r="A1101" t="s">
+        <v>4011</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1101" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1101" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1101" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1101" t="s">
+        <v>44</v>
+      </c>
+      <c r="G1101" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="H1101" t="s">
+        <v>4013</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:8">
+      <c r="A1102" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1102" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1102" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1102" t="s">
+        <v>268</v>
+      </c>
+      <c r="G1102" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="H1102" t="s">
+        <v>4016</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:8">
+      <c r="A1103" t="s">
+        <v>4017</v>
+      </c>
+      <c r="B1103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1103" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1103" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1103" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1103" t="s">
+        <v>342</v>
+      </c>
+      <c r="G1103" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="H1103" t="s">
+        <v>4019</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:8">
+      <c r="A1104" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1104" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1104" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1104" t="s">
+        <v>182</v>
+      </c>
+      <c r="G1104" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>4022</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:8">
+      <c r="A1105" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B1105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1105" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1105" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="H1105" t="s">
+        <v>4025</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:8">
+      <c r="A1106" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1106" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1106" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1106" t="s">
+        <v>4027</v>
+      </c>
+      <c r="G1106" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="H1106" t="s">
+        <v>4029</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:8">
+      <c r="A1107" t="s">
+        <v>4030</v>
+      </c>
+      <c r="B1107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1107" t="s">
+        <v>56</v>
+      </c>
+      <c r="D1107" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1107" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1107" t="s">
+        <v>4031</v>
+      </c>
+      <c r="G1107" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="H1107" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:8">
+      <c r="A1108" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B1108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1108" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1108" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1108" t="s">
+        <v>4035</v>
+      </c>
+      <c r="G1108" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="H1108" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:8">
+      <c r="A1109" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1109" t="s">
+        <v>65</v>
+      </c>
+      <c r="D1109" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E1109" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1109" t="s">
+        <v>4039</v>
+      </c>
+      <c r="G1109" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="H1109" t="s">
+        <v>4041</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -41051,50 +42552,91 @@
     <hyperlink ref="G1044" r:id="rId1043"/>
     <hyperlink ref="G1045" r:id="rId1044"/>
     <hyperlink ref="G1046" r:id="rId1045"/>
     <hyperlink ref="G1047" r:id="rId1046"/>
     <hyperlink ref="G1048" r:id="rId1047"/>
     <hyperlink ref="G1049" r:id="rId1048"/>
     <hyperlink ref="G1050" r:id="rId1049"/>
     <hyperlink ref="G1051" r:id="rId1050"/>
     <hyperlink ref="G1052" r:id="rId1051"/>
     <hyperlink ref="G1053" r:id="rId1052"/>
     <hyperlink ref="G1054" r:id="rId1053"/>
     <hyperlink ref="G1055" r:id="rId1054"/>
     <hyperlink ref="G1056" r:id="rId1055"/>
     <hyperlink ref="G1057" r:id="rId1056"/>
     <hyperlink ref="G1058" r:id="rId1057"/>
     <hyperlink ref="G1059" r:id="rId1058"/>
     <hyperlink ref="G1060" r:id="rId1059"/>
     <hyperlink ref="G1061" r:id="rId1060"/>
     <hyperlink ref="G1062" r:id="rId1061"/>
     <hyperlink ref="G1063" r:id="rId1062"/>
     <hyperlink ref="G1064" r:id="rId1063"/>
     <hyperlink ref="G1065" r:id="rId1064"/>
     <hyperlink ref="G1066" r:id="rId1065"/>
     <hyperlink ref="G1067" r:id="rId1066"/>
     <hyperlink ref="G1068" r:id="rId1067"/>
+    <hyperlink ref="G1069" r:id="rId1068"/>
+    <hyperlink ref="G1070" r:id="rId1069"/>
+    <hyperlink ref="G1071" r:id="rId1070"/>
+    <hyperlink ref="G1072" r:id="rId1071"/>
+    <hyperlink ref="G1073" r:id="rId1072"/>
+    <hyperlink ref="G1074" r:id="rId1073"/>
+    <hyperlink ref="G1075" r:id="rId1074"/>
+    <hyperlink ref="G1076" r:id="rId1075"/>
+    <hyperlink ref="G1077" r:id="rId1076"/>
+    <hyperlink ref="G1078" r:id="rId1077"/>
+    <hyperlink ref="G1079" r:id="rId1078"/>
+    <hyperlink ref="G1080" r:id="rId1079"/>
+    <hyperlink ref="G1081" r:id="rId1080"/>
+    <hyperlink ref="G1082" r:id="rId1081"/>
+    <hyperlink ref="G1083" r:id="rId1082"/>
+    <hyperlink ref="G1084" r:id="rId1083"/>
+    <hyperlink ref="G1085" r:id="rId1084"/>
+    <hyperlink ref="G1086" r:id="rId1085"/>
+    <hyperlink ref="G1087" r:id="rId1086"/>
+    <hyperlink ref="G1088" r:id="rId1087"/>
+    <hyperlink ref="G1089" r:id="rId1088"/>
+    <hyperlink ref="G1090" r:id="rId1089"/>
+    <hyperlink ref="G1091" r:id="rId1090"/>
+    <hyperlink ref="G1092" r:id="rId1091"/>
+    <hyperlink ref="G1093" r:id="rId1092"/>
+    <hyperlink ref="G1094" r:id="rId1093"/>
+    <hyperlink ref="G1095" r:id="rId1094"/>
+    <hyperlink ref="G1096" r:id="rId1095"/>
+    <hyperlink ref="G1097" r:id="rId1096"/>
+    <hyperlink ref="G1098" r:id="rId1097"/>
+    <hyperlink ref="G1099" r:id="rId1098"/>
+    <hyperlink ref="G1100" r:id="rId1099"/>
+    <hyperlink ref="G1101" r:id="rId1100"/>
+    <hyperlink ref="G1102" r:id="rId1101"/>
+    <hyperlink ref="G1103" r:id="rId1102"/>
+    <hyperlink ref="G1104" r:id="rId1103"/>
+    <hyperlink ref="G1105" r:id="rId1104"/>
+    <hyperlink ref="G1106" r:id="rId1105"/>
+    <hyperlink ref="G1107" r:id="rId1106"/>
+    <hyperlink ref="G1108" r:id="rId1107"/>
+    <hyperlink ref="G1109" r:id="rId1108"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>