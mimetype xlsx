--- v0 (2025-10-03)
+++ v1 (2026-03-06)
@@ -10,656 +10,659 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="204">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1452/resolucao_no_288-2025_-_19-03-2025_-__premio_mulher-cidada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Prêmio Mulher-cidadã “Agostinha de Barros Rangel, a Dona Agostinha”, a ser concedido pela Câmara Municipal de Pedralva – MG.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1410/resolucao_287-2024_-_alteracao_resolucao_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1410/resolucao_287-2024_-_alteracao_resolucao_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos da Resolução nº 268/2017 que "Cria a Medalha 'Aluno Nota 10' no âmbito da Câmara Municipal de Pedralva".</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1377/resolucao_286-2024_-_cargo_comissionado_de_assessor_juridico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1377/resolucao_286-2024_-_cargo_comissionado_de_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Resolução nº 249/2004, de 8 de junho de 2004, criando o cargo comissionado de Assessor Jurídico na estrutura e no quadro de pessoal da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1358/resolucao_no_285-2024_-_27-02-2024_-_regra_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1358/resolucao_no_285-2024_-_27-02-2024_-_regra_licitacao.pdf</t>
   </si>
   <si>
     <t>Estabelece regras e diretrizes para a aplicação da Lei Federal nº 14.133, de 1º de abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo do Município de Pedralva/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1333/resolucao_no_284_-_14-11-2022_-_altera_resolucao_aluno_nota_10_rotated.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1333/resolucao_no_284_-_14-11-2022_-_altera_resolucao_aluno_nota_10_rotated.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo da Resolução nº 268/2017, que "cria a Medalha Aluno Nota 10" no âmbito da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1306/resolucao_283-2023_-_23-08-2023_-_extingue_cargo_comissionado_assessor_juridico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1306/resolucao_283-2023_-_23-08-2023_-_extingue_cargo_comissionado_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução nº 279/2022 e extingue o cargo de Assessor Jurídico da Câmara Municipal.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1261/resolucao_282-2023_-_modificacao_cargo_assessor_juridico_-__assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1261/resolucao_282-2023_-_modificacao_cargo_assessor_juridico_-__assinado.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos da Resolução no 279/2022 da Câmara Municipal de Pedralva, que cria o cargo de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1203/resolucao_no_281_-_17-08-2022_-_mudanca_ri_-_dia_da_semana_-_reunioes_ordinarias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1203/resolucao_no_281_-_17-08-2022_-_mudanca_ri_-_dia_da_semana_-_reunioes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Altera o art. 167 do Regimento Interno da Câmara Municipal de Pedralva-MG, Resolução n° 259/2008.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1202/resolucao_no_280_-_17-08-2022_-_mudanca_ri_-_tribuna_livre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1202/resolucao_no_280_-_17-08-2022_-_mudanca_ri_-_tribuna_livre.pdf</t>
   </si>
   <si>
     <t>Altera artigos da Resolução n° 259/08, que instituiu o Regimento Interno da Câmara Municipal, modificando a ordem dos trabalhos nas sessões ordinárias da Câmara Municipal.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1145/resolucao_no_279_-_05-05-2022_-_cargo_comissionado_assessor_juridico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1145/resolucao_no_279_-_05-05-2022_-_cargo_comissionado_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Assessor Jurídico Legislativo no Quadro Permanente de Pessoal da Câmara Municipal de Vereadores do Município de Pedralva/MG.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1127/resolucao_no_278_-_10-03-2022_-_mudanca_dia_de_realizacao_reuniao_ordinaria_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1127/resolucao_no_278_-_10-03-2022_-_mudanca_dia_de_realizacao_reuniao_ordinaria_-_assinado.pdf</t>
   </si>
   <si>
     <t>Altera e da nova redação aos Artigos 155, incisos I, II, III e IV, e 167 da Resolução N° 259, de 24 de junho de 2008 – Regimento Interno da Câmara de Vereadores de Pedralva-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/735/res-227.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/735/res-227.pdf</t>
   </si>
   <si>
     <t>Autoriza consignações facultativas na folha de pagamento dos servidores e vereadores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/704/resolucao_no_276_-_01-12-2020_-_regras_eleicao_da_mesa_diretora.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/704/resolucao_no_276_-_01-12-2020_-_regras_eleicao_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 10 do Regimento Interno da Câmara Municipal, dispondo sobre o procedimento para a eleição da Mesa Diretora da Câmara.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/52/resolucao_275-2018_-_acrescenta_dispositivo_art._75_re_F7a9Sz7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/52/resolucao_275-2018_-_acrescenta_dispositivo_art._75_re_F7a9Sz7.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 75, do Regimento Interno da Câmara, determinando que audiências públicas sejam realizadas para apresentação das contas e atividades da Câmara Municipal no legislativo.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/51/resolucao_274-2018_-_alteracoes_uso_tribuna_livre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/51/resolucao_274-2018_-_alteracoes_uso_tribuna_livre.pdf</t>
   </si>
   <si>
     <t>Altera o art. 191 do Regimento Interno da Câmara Municipal de Pedralva-MG, Resolução nº 259/2008.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/50/resolucao_273-2018_-_alteracoes_resolucao_camara_na_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/50/resolucao_273-2018_-_alteracoes_resolucao_camara_na_escola.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo da Resolução nº 270 de 14 de março de 2018, que criou no âmbito da Câmara Municipal o Programa Câmara na Escola, e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/49/resolucao_272-2018_estagio_na_camara_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/49/resolucao_272-2018_estagio_na_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de estágio na Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/48/resolucao_271-2018_titulo_de_merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/48/resolucao_271-2018_titulo_de_merito_educacional.pdf</t>
   </si>
   <si>
     <t>Cria o Título de Mérito Educacional “Professor José Raimundo de Faria, o Zé Grande”, no âmbito da Câmara Municipal de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/47/resolucao_270-2018_camara_na_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/47/resolucao_270-2018_camara_na_escola.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito municipal o Programa Câmara na Escola.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/46/resolucao_269-2017_-_comenda_chiinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/46/resolucao_269-2017_-_comenda_chiinho.pdf</t>
   </si>
   <si>
     <t>Cria a Comenda “Poeta Antônio Nélcio de Abreu, o Chiinho”.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/45/resolucao_268-2017_-_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/45/resolucao_268-2017_-_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Cria a Medalha “Aluno Nota 10”, no âmbito da Câmara Municipal de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/44/resolucao_267-2017_camara_itinerante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/44/resolucao_267-2017_camara_itinerante.pdf</t>
   </si>
   <si>
     <t>Regulamenta o art. 165, V do Regimento Interno desta casa, criando o Programa Câmara Itinerante no Município de Pedralva/MG.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/43/resolucao_266-2015_-_mudanca_medalha_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/43/resolucao_266-2015_-_mudanca_medalha_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução no 247/2004, tornando anual a periodicidade para concessão da Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/42/resolucao_263-2013_-_ata_eletronica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/42/resolucao_263-2013_-_ata_eletronica.pdf</t>
   </si>
   <si>
     <t>Modifica o Regimento Interno da Câmara Municipal, dispondo sobre a realização das reuniões ordinárias das comissões permanentes.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/41/resolucao_264-2013_-_controle_patrimonial.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/41/resolucao_264-2013_-_controle_patrimonial.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Sistema de Controle Patrimonial da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/40/resolucao_263-2013_-_ata_eletronica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/40/resolucao_263-2013_-_ata_eletronica.pdf</t>
   </si>
   <si>
     <t>Modifica o Regimento Interno da Câmara Municipal a fim de instituir o sistema de ata eletrônica.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2012/39/resolucao_262-2012_-_tabela_diarias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2012/39/resolucao_262-2012_-_tabela_diarias.pdf</t>
   </si>
   <si>
     <t>Modifica a tabela de diárias para viagens de vereadores e servidores da Câmara, aprovada pela Resolução nº 251/2004.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2010/38/resolucao_261-2010_-__contratacao_funcionaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2010/38/resolucao_261-2010_-__contratacao_funcionaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do artigo 37 da Constituição Federal e dá outras providencias.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2009/37/resolucao_260-2009_-_denominacao_tribuna.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2009/37/resolucao_260-2009_-_denominacao_tribuna.pdf</t>
   </si>
   <si>
     <t>Dá denominação de “Tribuna Vereador José Bonette” à Tribuna Livre da Câmara Municipal de Pedralva - MG.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/36/resolucao_259-2008_-__novo_regimento_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/36/resolucao_259-2008_-__novo_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Institui o novo Regimento Interno da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/35/resolucao_258-2008_-__novo_codigo_de_etica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/35/resolucao_258-2008_-__novo_codigo_de_etica.pdf</t>
   </si>
   <si>
     <t>Institui o novo Código de Ética da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/34/resolucao_257-2006_-_cesta_basica_servidor_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/34/resolucao_257-2006_-_cesta_basica_servidor_legislativo.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de cestas básicas para servidores do Poder Legislativo.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
+  </si>
+  <si>
     <t>Autoriza concessão de homenagem a produtores rurais premiados.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/32/resolucao_255-2006_-_alteracao_resolucao_controle_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/32/resolucao_255-2006_-_alteracao_resolucao_controle_interno.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução Nº 238/2001, dispondo sobre o exercício da função de Coordenador do Sistema de Controle Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2005/31/resolucao_254-2005_-_normas_utilizacao_veiculo_da_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2005/31/resolucao_254-2005_-_normas_utilizacao_veiculo_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso do veículo da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/30/resolucao_253-2004_-_doacao_bens_inservivieis_da_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/30/resolucao_253-2004_-_doacao_bens_inservivieis_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre doação de bens inservíveis da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/29/resolucao_252-2004_-_regras_uso_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/29/resolucao_252-2004_-_regras_uso_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação e a utilização do plenário da Câmara Municipal.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/28/resolucao_251-2004_-_diaria_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/28/resolucao_251-2004_-_diaria_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diárias para cobertura de despesas de viagens dos vereadores e servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/27/resolucao_250-2004_-_denominacao_plenario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/27/resolucao_250-2004_-_denominacao_plenario.pdf</t>
   </si>
   <si>
     <t>Dá denominação de “Plenário Francisco Ribeiro de Macedo” ao Plenário da Câmara Municipal de Pedralva - MG.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/26/resolucao_249-2004_-_estrutura_e_quadro_pessoal_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/26/resolucao_249-2004_-_estrutura_e_quadro_pessoal_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura e o quadro de pessoal da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/24/resolucao_248-2004_-_alteracao_regimento_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/24/resolucao_248-2004_-_alteracao_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Regimento Interno da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/25/resolucao_247-2004_-_homenagens_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/25/resolucao_247-2004_-_homenagens_camara.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de homenagens pela Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2003/23/resolucao_246-2003_-_premio_criabnca_e_adolescente.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2003/23/resolucao_246-2003_-_premio_criabnca_e_adolescente.pdf</t>
   </si>
   <si>
     <t>Institui o prêmio “Promoção e Defesa dos Direitos da Criança e do Adolescente”.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2001/22/resolucao_238-2001_-_controle_interno_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2001/22/resolucao_238-2001_-_controle_interno_camara.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Controle Interno da Câmara Municipal de Pedralva-MG e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -966,66 +969,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1410/resolucao_287-2024_-_alteracao_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1377/resolucao_286-2024_-_cargo_comissionado_de_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1358/resolucao_no_285-2024_-_27-02-2024_-_regra_licitacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1333/resolucao_no_284_-_14-11-2022_-_altera_resolucao_aluno_nota_10_rotated.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1306/resolucao_283-2023_-_23-08-2023_-_extingue_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1261/resolucao_282-2023_-_modificacao_cargo_assessor_juridico_-__assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1203/resolucao_no_281_-_17-08-2022_-_mudanca_ri_-_dia_da_semana_-_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1202/resolucao_no_280_-_17-08-2022_-_mudanca_ri_-_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1145/resolucao_no_279_-_05-05-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1127/resolucao_no_278_-_10-03-2022_-_mudanca_dia_de_realizacao_reuniao_ordinaria_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/735/res-227.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/704/resolucao_no_276_-_01-12-2020_-_regras_eleicao_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/52/resolucao_275-2018_-_acrescenta_dispositivo_art._75_re_F7a9Sz7.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/51/resolucao_274-2018_-_alteracoes_uso_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/50/resolucao_273-2018_-_alteracoes_resolucao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/49/resolucao_272-2018_estagio_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/48/resolucao_271-2018_titulo_de_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/47/resolucao_270-2018_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/46/resolucao_269-2017_-_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/45/resolucao_268-2017_-_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/44/resolucao_267-2017_camara_itinerante.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/43/resolucao_266-2015_-_mudanca_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/42/resolucao_263-2013_-_ata_eletronica.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/41/resolucao_264-2013_-_controle_patrimonial.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/40/resolucao_263-2013_-_ata_eletronica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2012/39/resolucao_262-2012_-_tabela_diarias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2010/38/resolucao_261-2010_-__contratacao_funcionaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2009/37/resolucao_260-2009_-_denominacao_tribuna.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/36/resolucao_259-2008_-__novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/35/resolucao_258-2008_-__novo_codigo_de_etica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/34/resolucao_257-2006_-_cesta_basica_servidor_legislativo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/32/resolucao_255-2006_-_alteracao_resolucao_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2005/31/resolucao_254-2005_-_normas_utilizacao_veiculo_da_camara.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/30/resolucao_253-2004_-_doacao_bens_inservivieis_da_camara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/29/resolucao_252-2004_-_regras_uso_camara.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/28/resolucao_251-2004_-_diaria_camara.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/27/resolucao_250-2004_-_denominacao_plenario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/26/resolucao_249-2004_-_estrutura_e_quadro_pessoal_camara.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/24/resolucao_248-2004_-_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/25/resolucao_247-2004_-_homenagens_camara.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2003/23/resolucao_246-2003_-_premio_criabnca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2001/22/resolucao_238-2001_-_controle_interno_camara.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1452/resolucao_no_288-2025_-_19-03-2025_-__premio_mulher-cidada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1410/resolucao_287-2024_-_alteracao_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1377/resolucao_286-2024_-_cargo_comissionado_de_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1358/resolucao_no_285-2024_-_27-02-2024_-_regra_licitacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1333/resolucao_no_284_-_14-11-2022_-_altera_resolucao_aluno_nota_10_rotated.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1306/resolucao_283-2023_-_23-08-2023_-_extingue_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1261/resolucao_282-2023_-_modificacao_cargo_assessor_juridico_-__assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1203/resolucao_no_281_-_17-08-2022_-_mudanca_ri_-_dia_da_semana_-_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1202/resolucao_no_280_-_17-08-2022_-_mudanca_ri_-_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1145/resolucao_no_279_-_05-05-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1127/resolucao_no_278_-_10-03-2022_-_mudanca_dia_de_realizacao_reuniao_ordinaria_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/735/res-227.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/704/resolucao_no_276_-_01-12-2020_-_regras_eleicao_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/52/resolucao_275-2018_-_acrescenta_dispositivo_art._75_re_F7a9Sz7.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/51/resolucao_274-2018_-_alteracoes_uso_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/50/resolucao_273-2018_-_alteracoes_resolucao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/49/resolucao_272-2018_estagio_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/48/resolucao_271-2018_titulo_de_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/47/resolucao_270-2018_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/46/resolucao_269-2017_-_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/45/resolucao_268-2017_-_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2017/44/resolucao_267-2017_camara_itinerante.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/43/resolucao_266-2015_-_mudanca_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2015/42/resolucao_263-2013_-_ata_eletronica.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/41/resolucao_264-2013_-_controle_patrimonial.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2013/40/resolucao_263-2013_-_ata_eletronica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2012/39/resolucao_262-2012_-_tabela_diarias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2010/38/resolucao_261-2010_-__contratacao_funcionaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2009/37/resolucao_260-2009_-_denominacao_tribuna.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/36/resolucao_259-2008_-__novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2008/35/resolucao_258-2008_-__novo_codigo_de_etica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/34/resolucao_257-2006_-_cesta_basica_servidor_legislativo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2006/32/resolucao_255-2006_-_alteracao_resolucao_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2005/31/resolucao_254-2005_-_normas_utilizacao_veiculo_da_camara.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/30/resolucao_253-2004_-_doacao_bens_inservivieis_da_camara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/29/resolucao_252-2004_-_regras_uso_camara.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/28/resolucao_251-2004_-_diaria_camara.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/27/resolucao_250-2004_-_denominacao_plenario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/26/resolucao_249-2004_-_estrutura_e_quadro_pessoal_camara.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/24/resolucao_248-2004_-_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2004/25/resolucao_247-2004_-_homenagens_camara.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2003/23/resolucao_246-2003_-_premio_criabnca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2001/22/resolucao_238-2001_-_controle_interno_camara.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="156" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="155.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="211.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1761,307 +1764,307 @@
       </c>
       <c r="F33" s="1" t="s">
         <v>150</v>
       </c>
       <c r="G33" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>152</v>
       </c>
       <c r="B34" t="s">
         <v>148</v>
       </c>
       <c r="C34" t="s">
         <v>153</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>12</v>
+        <v>154</v>
       </c>
       <c r="G34" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B35" t="s">
         <v>148</v>
       </c>
       <c r="C35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B36" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C36" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G36" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B37" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C37" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G37" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B38" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C38" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G38" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B39" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C39" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G39" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B40" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C40" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G40" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C41" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G41" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C42" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G42" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B43" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C43" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G43" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B44" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C44" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G44" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B45" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C45" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G45" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>