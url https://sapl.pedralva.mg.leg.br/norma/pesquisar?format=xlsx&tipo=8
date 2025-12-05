--- v0 (2025-10-04)
+++ v1 (2025-12-05)
@@ -10,86 +10,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="938" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="945" uniqueCount="391">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Nomeia membros de Comissão Temporária Especial - Medalha do Mérito Legislativo.</t>
+  </si>
+  <si>
     <t>1497</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>20</t>
-  </si>
-[...4 lines deleted...]
-    <t>Portaria</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf</t>
   </si>
   <si>
     <t>Designa membros de Comissão Temporária Especial encarregada de estudar e emitir relatório sobre as condições de permanência ou não de gabinete odontológico no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para análise dos nomes indicados para receber o Título de Mérito Educacional "Professor José Raimundo de Faria, o Zé Grande".</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>18</t>
   </si>
@@ -507,53 +519,50 @@
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 033/2023.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense._x000D_
 (Concedido ao Procurador-Geral de Justiça de Minas Gerais, Dr. Jarbas Soares Júnior)</t>
   </si>
   <si>
     <t>1308</t>
-  </si>
-[...1 lines deleted...]
-    <t>21</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de comissão temporária especial (Título de Mérito Educacional).</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda "Antônio Nélcio de Abreu, o Chinho".</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre substituição de membro da Comissão Permanente de Licitações, constituída pela Portaria nº 01/2023.</t>
   </si>
@@ -1523,56 +1532,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G134"/>
+  <dimension ref="A1:G135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="222" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="222.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2033,2639 +2042,2662 @@
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G23" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C24" t="s">
         <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C25" t="s">
         <v>39</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B26" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C26" t="s">
         <v>43</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C27" t="s">
         <v>47</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C28" t="s">
         <v>51</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G28" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C29" t="s">
         <v>55</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C30" t="s">
         <v>59</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G30" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C31" t="s">
         <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G31" t="s">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C32" t="s">
         <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G32" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G33" t="s">
-        <v>124</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G34" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
         <v>79</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C36" t="s">
         <v>83</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G36" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G37" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C38" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G38" t="s">
-        <v>89</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
+        <v>31</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G39" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>143</v>
+      </c>
+      <c r="B40" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C40" t="s">
         <v>145</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G40" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C41" t="s">
         <v>149</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>150</v>
       </c>
       <c r="G41" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>152</v>
       </c>
       <c r="B42" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C42" t="s">
         <v>153</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G42" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C43" t="s">
         <v>157</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>158</v>
       </c>
       <c r="G43" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>160</v>
       </c>
       <c r="B44" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C44" t="s">
         <v>161</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>162</v>
       </c>
       <c r="G44" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>164</v>
       </c>
       <c r="B45" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C45" t="s">
         <v>165</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>166</v>
       </c>
       <c r="G45" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>168</v>
       </c>
       <c r="B46" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G46" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>171</v>
       </c>
       <c r="B47" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>172</v>
       </c>
       <c r="G47" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>174</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C48" t="s">
         <v>19</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G48" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>177</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C49" t="s">
         <v>23</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>178</v>
       </c>
       <c r="G49" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>180</v>
       </c>
       <c r="B50" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C50" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>181</v>
       </c>
       <c r="G50" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>183</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
         <v>35</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>184</v>
       </c>
       <c r="G51" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>186</v>
       </c>
       <c r="B52" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C52" t="s">
         <v>39</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>187</v>
       </c>
       <c r="G52" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>189</v>
       </c>
       <c r="B53" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C53" t="s">
         <v>43</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G53" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>192</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C54" t="s">
         <v>47</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>193</v>
       </c>
       <c r="G54" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B55" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C55" t="s">
         <v>51</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G55" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C56" t="s">
         <v>55</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G56" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>199</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>200</v>
       </c>
       <c r="G57" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C58" t="s">
         <v>63</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G58" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>205</v>
       </c>
       <c r="B59" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C59" t="s">
         <v>67</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>206</v>
       </c>
       <c r="G59" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>208</v>
       </c>
       <c r="B60" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C60" t="s">
         <v>71</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>209</v>
       </c>
       <c r="G60" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>211</v>
       </c>
       <c r="B61" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C61" t="s">
         <v>75</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>212</v>
       </c>
       <c r="G61" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>214</v>
       </c>
       <c r="B62" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C62" t="s">
         <v>79</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>215</v>
       </c>
       <c r="G62" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>217</v>
       </c>
       <c r="B63" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C63" t="s">
         <v>83</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>218</v>
       </c>
       <c r="G63" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>220</v>
       </c>
       <c r="B64" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C64" t="s">
         <v>87</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>221</v>
       </c>
       <c r="G64" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>223</v>
       </c>
       <c r="B65" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C65" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G65" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>226</v>
       </c>
       <c r="B66" t="s">
+        <v>144</v>
+      </c>
+      <c r="C66" t="s">
+        <v>31</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C66" t="s">
-[...8 lines deleted...]
-      <c r="F66" s="1" t="s">
+      <c r="G66" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>229</v>
+      </c>
+      <c r="B67" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C67" t="s">
         <v>149</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>231</v>
       </c>
       <c r="G67" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>233</v>
       </c>
       <c r="B68" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C68" t="s">
         <v>153</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>234</v>
       </c>
       <c r="G68" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>236</v>
       </c>
       <c r="B69" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C69" t="s">
         <v>157</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>237</v>
       </c>
       <c r="G69" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>239</v>
       </c>
       <c r="B70" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C70" t="s">
         <v>161</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>240</v>
       </c>
       <c r="G70" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>242</v>
       </c>
       <c r="B71" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C71" t="s">
         <v>165</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G71" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>245</v>
       </c>
       <c r="B72" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C72" t="s">
         <v>9</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>246</v>
       </c>
       <c r="G72" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>248</v>
       </c>
       <c r="B73" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>249</v>
       </c>
       <c r="G73" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>251</v>
       </c>
       <c r="B74" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C74" t="s">
         <v>19</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>252</v>
       </c>
       <c r="G74" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>254</v>
       </c>
       <c r="B75" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C75" t="s">
         <v>23</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>255</v>
       </c>
       <c r="G75" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B76" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C76" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G76" t="s">
-        <v>258</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>259</v>
       </c>
       <c r="B77" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C77" t="s">
         <v>35</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G77" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B78" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C78" t="s">
         <v>39</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G78" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>264</v>
       </c>
       <c r="B79" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C79" t="s">
         <v>43</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G79" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B80" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C80" t="s">
         <v>47</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G80" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B81" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C81" t="s">
         <v>51</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G81" t="s">
-        <v>151</v>
+        <v>256</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B82" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C82" t="s">
         <v>55</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G82" t="s">
-        <v>272</v>
+        <v>155</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>273</v>
       </c>
       <c r="B83" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C83" t="s">
         <v>59</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G83" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B84" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C84" t="s">
         <v>63</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G84" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B85" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C85" t="s">
         <v>67</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G85" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B86" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C86" t="s">
         <v>71</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G86" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B87" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C87" t="s">
         <v>75</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G87" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B88" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C88" t="s">
         <v>79</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G88" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>286</v>
       </c>
       <c r="B89" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C89" t="s">
         <v>83</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>287</v>
       </c>
       <c r="G89" t="s">
-        <v>216</v>
+        <v>288</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B90" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C90" t="s">
         <v>87</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G90" t="s">
-        <v>89</v>
+        <v>219</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B91" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C91" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G91" t="s">
-        <v>292</v>
+        <v>93</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>293</v>
       </c>
       <c r="B92" t="s">
+        <v>230</v>
+      </c>
+      <c r="C92" t="s">
+        <v>31</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="C92" t="s">
-[...8 lines deleted...]
-      <c r="F92" s="1" t="s">
+      <c r="G92" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>296</v>
       </c>
       <c r="B93" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C93" t="s">
         <v>47</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G93" t="s">
-        <v>298</v>
+        <v>147</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>299</v>
       </c>
       <c r="B94" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C94" t="s">
         <v>51</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>300</v>
       </c>
       <c r="G94" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>302</v>
       </c>
       <c r="B95" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C95" t="s">
         <v>55</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>303</v>
       </c>
       <c r="G95" t="s">
-        <v>253</v>
+        <v>304</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B96" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C96" t="s">
         <v>59</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G96" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B97" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C97" t="s">
         <v>63</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G97" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B98" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C98" t="s">
         <v>67</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="G98" t="s">
-        <v>310</v>
+        <v>266</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>311</v>
       </c>
       <c r="B99" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C99" t="s">
         <v>71</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>312</v>
       </c>
       <c r="G99" t="s">
-        <v>253</v>
+        <v>313</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B100" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C100" t="s">
         <v>75</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G100" t="s">
-        <v>216</v>
+        <v>256</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B101" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C101" t="s">
         <v>79</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G101" t="s">
-        <v>317</v>
+        <v>219</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>318</v>
       </c>
       <c r="B102" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C102" t="s">
         <v>83</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G102" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>321</v>
       </c>
       <c r="B103" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C103" t="s">
         <v>87</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>322</v>
       </c>
       <c r="G103" t="s">
-        <v>292</v>
+        <v>323</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B104" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C104" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G104" t="s">
-        <v>89</v>
+        <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B105" t="s">
-        <v>326</v>
+        <v>297</v>
       </c>
       <c r="C105" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>327</v>
       </c>
       <c r="G105" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>328</v>
       </c>
       <c r="B106" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C106" t="s">
         <v>55</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G106" t="s">
-        <v>253</v>
+        <v>147</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B107" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C107" t="s">
         <v>59</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G107" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B108" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C108" t="s">
         <v>63</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G108" t="s">
-        <v>334</v>
+        <v>201</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>335</v>
       </c>
       <c r="B109" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C109" t="s">
         <v>67</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>336</v>
       </c>
       <c r="G109" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>338</v>
       </c>
       <c r="B110" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C110" t="s">
         <v>71</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>339</v>
       </c>
       <c r="G110" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>341</v>
       </c>
       <c r="B111" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C111" t="s">
         <v>75</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>342</v>
       </c>
       <c r="G111" t="s">
-        <v>253</v>
+        <v>343</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B112" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C112" t="s">
         <v>79</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G112" t="s">
-        <v>216</v>
+        <v>256</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B113" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C113" t="s">
         <v>83</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G113" t="s">
-        <v>347</v>
+        <v>219</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>348</v>
       </c>
       <c r="B114" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C114" t="s">
         <v>87</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G114" t="s">
-        <v>89</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B115" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C115" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G115" t="s">
-        <v>292</v>
+        <v>93</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B116" t="s">
-        <v>353</v>
+        <v>329</v>
       </c>
       <c r="C116" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>354</v>
       </c>
       <c r="G116" t="s">
-        <v>253</v>
+        <v>295</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>355</v>
       </c>
       <c r="B117" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C117" t="s">
         <v>23</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G117" t="s">
-        <v>357</v>
+        <v>256</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>358</v>
       </c>
       <c r="B118" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C118" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G118" t="s">
-        <v>253</v>
+        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B119" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C119" t="s">
         <v>35</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G119" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B120" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C120" t="s">
         <v>39</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G120" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B121" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C121" t="s">
         <v>43</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G121" t="s">
-        <v>366</v>
+        <v>256</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>9</v>
+        <v>367</v>
       </c>
       <c r="B122" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C122" t="s">
         <v>47</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G122" t="s">
-        <v>253</v>
+        <v>369</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="B123" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C123" t="s">
         <v>51</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G123" t="s">
-        <v>369</v>
+        <v>256</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B124" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C124" t="s">
         <v>55</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G124" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="B125" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C125" t="s">
         <v>59</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G125" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>59</v>
       </c>
       <c r="B126" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C126" t="s">
         <v>63</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G126" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>63</v>
       </c>
       <c r="B127" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C127" t="s">
         <v>67</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="G127" t="s">
-        <v>253</v>
+        <v>378</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>67</v>
       </c>
       <c r="B128" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C128" t="s">
         <v>71</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="G128" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>71</v>
       </c>
       <c r="B129" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C129" t="s">
         <v>75</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="G129" t="s">
-        <v>379</v>
+        <v>256</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>75</v>
       </c>
       <c r="B130" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C130" t="s">
         <v>79</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="G130" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>79</v>
       </c>
       <c r="B131" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C131" t="s">
         <v>83</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G131" t="s">
-        <v>216</v>
+        <v>384</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>83</v>
       </c>
       <c r="B132" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C132" t="s">
         <v>87</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G132" t="s">
-        <v>89</v>
+        <v>219</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>87</v>
       </c>
       <c r="B133" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C133" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G133" t="s">
-        <v>292</v>
+        <v>93</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>385</v>
+        <v>91</v>
       </c>
       <c r="B134" t="s">
-        <v>386</v>
+        <v>356</v>
       </c>
       <c r="C134" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>387</v>
       </c>
       <c r="G134" t="s">
-        <v>292</v>
+        <v>295</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7">
+      <c r="A135" t="s">
+        <v>388</v>
+      </c>
+      <c r="B135" t="s">
+        <v>389</v>
+      </c>
+      <c r="C135" t="s">
+        <v>31</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
+        <v>11</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="G135" t="s">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -4759,50 +4791,51 @@
     <hyperlink ref="F110" r:id="rId109"/>
     <hyperlink ref="F111" r:id="rId110"/>
     <hyperlink ref="F112" r:id="rId111"/>
     <hyperlink ref="F113" r:id="rId112"/>
     <hyperlink ref="F114" r:id="rId113"/>
     <hyperlink ref="F115" r:id="rId114"/>
     <hyperlink ref="F116" r:id="rId115"/>
     <hyperlink ref="F117" r:id="rId116"/>
     <hyperlink ref="F118" r:id="rId117"/>
     <hyperlink ref="F119" r:id="rId118"/>
     <hyperlink ref="F120" r:id="rId119"/>
     <hyperlink ref="F121" r:id="rId120"/>
     <hyperlink ref="F122" r:id="rId121"/>
     <hyperlink ref="F123" r:id="rId122"/>
     <hyperlink ref="F124" r:id="rId123"/>
     <hyperlink ref="F125" r:id="rId124"/>
     <hyperlink ref="F126" r:id="rId125"/>
     <hyperlink ref="F127" r:id="rId126"/>
     <hyperlink ref="F128" r:id="rId127"/>
     <hyperlink ref="F129" r:id="rId128"/>
     <hyperlink ref="F130" r:id="rId129"/>
     <hyperlink ref="F131" r:id="rId130"/>
     <hyperlink ref="F132" r:id="rId131"/>
     <hyperlink ref="F133" r:id="rId132"/>
     <hyperlink ref="F134" r:id="rId133"/>
+    <hyperlink ref="F135" r:id="rId134"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>