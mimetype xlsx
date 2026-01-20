--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -10,88 +10,127 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="945" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="966" uniqueCount="398">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1524/02_-_portaria_02-2026_-__controle_interno.pdf</t>
+  </si>
+  <si>
+    <t>Designa Coordenadora do Sistema de Controle Interno da Câmara Municipal de Pedralva - MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1523/01_-_portaria_01-2026_-_designa_agente_de_contratacao_comissao_de_licitacao.pdf</t>
+  </si>
+  <si>
+    <t>Designa servidores para atuarem como agente de contratação, pregoeiro e como equipe de apoio, com fundamento na lei nº 14.133, de 1º de abril de 2.021, que dispõe sobre licitações e contratos administrativos, na câmara municipal de Pedralva - MG</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1509/022_-_portaria_022-2025_-_comisao_encarregada_de_conferencia_de_caixa.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia comissão encarregada de realizar a conferência de caixa e a situação financeira e patrimonial da Câmara Municipal de Pedralva.</t>
+  </si>
+  <si>
     <t>1507</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>21</t>
   </si>
   <si>
-    <t>POR</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial - Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf</t>
   </si>
   <si>
     <t>Designa membros de Comissão Temporária Especial encarregada de estudar e emitir relatório sobre as condições de permanência ou não de gabinete odontológico no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf</t>
@@ -103,53 +142,50 @@
     <t>1488</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda “Antônio Nélcio de Abreu, o Chiinho”.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI ORGÂNICA DO MUNICÍPIO DE PEDRALVA, ESTADO DE MINAS GERAIS, PARA INSTITUIR AS EMENDAS ORÇAMENTÁRIAS IMPOSITIVAS</t>
   </si>
   <si>
     <t>1471</t>
-  </si>
-[...1 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes Jovem do Programa Vereador Jovem, da Câmara Municipal de Pedralva, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf</t>
   </si>
   <si>
     <t>Homologa resultado da eleição ao mandato de Vereador Jovem do Programa Câmara na Escola, para a legislatura 2025.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>15</t>
   </si>
@@ -286,68 +322,59 @@
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2025.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito do Poder Legislativo Municipal, o disposto §2° do art. 95 da Lei nº 14.133/2021, para instituir o contrato verbal para pequenas compras ou o de prestação de serviços de pronto pagamento.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf</t>
   </si>
   <si>
-    <t>Designa Coordenadora do Sistema de Controle Interno da Câmara Municipal de Pedralva - MG e dá outras providências.</t>
-[...1 lines deleted...]
-  <si>
     <t>1429</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf</t>
   </si>
   <si>
-    <t>Designa servidores para atuarem como agente de contratação, pregoeiro e como equipe de apoio, com fundamento na lei nº 14.133, de 1º de abril de 2.021, que dispõe sobre licitações e contratos administrativos, na câmara municipal de Pedralva - MG</t>
-[...1 lines deleted...]
-  <si>
     <t>1428</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO ENCARREGADA DE REALIZAR A CONFERÊNCIA DE CAIXA E A SITUAÇÃO FINANCEIRA E PATRIMONIAL DA CÂMARA MUNICIPAL DE PEDRALVA.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial (Medalha do Mérito Legislativo).</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf</t>
@@ -454,105 +481,99 @@
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual do valor do auxilio-alimentação dos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf</t>
   </si>
   <si>
-    <t>Nomeia comissão encarregada de realizar a conferência de caixa e a situação financeira e patrimonial da Câmara Municipal de Pedralva.</t>
-[...1 lines deleted...]
-  <si>
     <t>1336</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf</t>
   </si>
   <si>
     <t>Concede permissão ao servidor Adriano da Silva Lima, para ausentar do trabalho no dia 30 de novembro de 2023, para comparecer presencialmente perante Comissão de Processo Administrativo Disciplinar, na Prefeitura de Carrancas – MG.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de comissão temporária especial.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 036/2023.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 033/2023.</t>
   </si>
   <si>
     <t>1311</t>
-  </si>
-[...1 lines deleted...]
-    <t>22</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense._x000D_
 (Concedido ao Procurador-Geral de Justiça de Minas Gerais, Dr. Jarbas Soares Júnior)</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de comissão temporária especial (Título de Mérito Educacional).</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda "Antônio Nélcio de Abreu, o Chinho".</t>
@@ -1532,56 +1553,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1524/02_-_portaria_02-2026_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1523/01_-_portaria_01-2026_-_designa_agente_de_contratacao_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1509/022_-_portaria_022-2025_-_comisao_encarregada_de_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G135"/>
+  <dimension ref="A1:G138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="222" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="222.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1625,3079 +1646,3148 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C13" t="s">
         <v>55</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>79</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C20" t="s">
         <v>83</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C22" t="s">
         <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C23" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>19</v>
       </c>
       <c r="C24" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>19</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>104</v>
       </c>
       <c r="B26" t="s">
-        <v>98</v>
+        <v>19</v>
       </c>
       <c r="C26" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G26" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C27" t="s">
         <v>47</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>108</v>
       </c>
       <c r="G27" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>110</v>
       </c>
       <c r="B28" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C28" t="s">
         <v>51</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G28" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C29" t="s">
         <v>55</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G29" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
         <v>59</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G30" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
         <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G31" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
         <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B33" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G33" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G34" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B35" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C35" t="s">
         <v>79</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G35" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C36" t="s">
         <v>83</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G36" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>135</v>
       </c>
       <c r="B37" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>136</v>
       </c>
       <c r="G37" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G38" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>141</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G39" t="s">
-        <v>93</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="C40" t="s">
+        <v>99</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>147</v>
+      </c>
+      <c r="B41" t="s">
+        <v>107</v>
+      </c>
+      <c r="C41" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="G41" t="s">
         <v>149</v>
-      </c>
-[...10 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B42" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G42" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B43" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C43" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="G43" t="s">
-        <v>159</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B44" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C44" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="G44" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C45" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G45" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C46" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G46" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>168</v>
+      </c>
+      <c r="B47" t="s">
+        <v>153</v>
+      </c>
+      <c r="C47" t="s">
+        <v>169</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G47" t="s">
         <v>171</v>
-      </c>
-[...16 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>172</v>
+      </c>
+      <c r="B48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G48" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>175</v>
+      </c>
+      <c r="B49" t="s">
+        <v>153</v>
+      </c>
+      <c r="C49" t="s">
+        <v>24</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G49" t="s">
         <v>177</v>
-      </c>
-[...16 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B50" t="s">
+        <v>153</v>
+      </c>
+      <c r="C50" t="s">
+        <v>28</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="G50" t="s">
         <v>180</v>
-      </c>
-[...16 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>181</v>
+      </c>
+      <c r="B51" t="s">
+        <v>153</v>
+      </c>
+      <c r="C51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="G51" t="s">
         <v>183</v>
-      </c>
-[...16 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>184</v>
+      </c>
+      <c r="B52" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" t="s">
+        <v>36</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G52" t="s">
         <v>186</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>187</v>
+      </c>
+      <c r="B53" t="s">
+        <v>153</v>
+      </c>
+      <c r="C53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="G53" t="s">
         <v>189</v>
-      </c>
-[...16 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B54" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>47</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="G54" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B55" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
         <v>51</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G55" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
         <v>55</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G56" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>199</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>200</v>
       </c>
       <c r="G57" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
         <v>63</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G58" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C59" t="s">
         <v>67</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="G59" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C60" t="s">
         <v>71</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="G60" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B61" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
         <v>75</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G61" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B62" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
         <v>79</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G62" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B63" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s">
         <v>83</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G63" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B64" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C64" t="s">
         <v>87</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G64" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B65" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C65" t="s">
         <v>91</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="G65" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>224</v>
+      </c>
+      <c r="B66" t="s">
+        <v>153</v>
+      </c>
+      <c r="C66" t="s">
+        <v>95</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="G66" t="s">
         <v>226</v>
-      </c>
-[...16 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>227</v>
+      </c>
+      <c r="B67" t="s">
+        <v>153</v>
+      </c>
+      <c r="C67" t="s">
+        <v>99</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="G67" t="s">
         <v>229</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B68" t="s">
-        <v>230</v>
+        <v>153</v>
       </c>
       <c r="C68" t="s">
-        <v>153</v>
+        <v>9</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="G68" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B69" t="s">
-        <v>230</v>
+        <v>153</v>
       </c>
       <c r="C69" t="s">
-        <v>157</v>
+        <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="G69" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
+        <v>236</v>
+      </c>
+      <c r="B70" t="s">
+        <v>237</v>
+      </c>
+      <c r="C70" t="s">
+        <v>157</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="G70" t="s">
         <v>239</v>
-      </c>
-[...16 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>240</v>
+      </c>
+      <c r="B71" t="s">
+        <v>237</v>
+      </c>
+      <c r="C71" t="s">
+        <v>161</v>
+      </c>
+      <c r="D71" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="G71" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
+        <v>243</v>
+      </c>
+      <c r="B72" t="s">
+        <v>237</v>
+      </c>
+      <c r="C72" t="s">
+        <v>165</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="G72" t="s">
         <v>245</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
+        <v>246</v>
+      </c>
+      <c r="B73" t="s">
+        <v>237</v>
+      </c>
+      <c r="C73" t="s">
+        <v>169</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="G73" t="s">
         <v>248</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>249</v>
+      </c>
+      <c r="B74" t="s">
+        <v>237</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="G74" t="s">
         <v>251</v>
-      </c>
-[...16 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
+        <v>252</v>
+      </c>
+      <c r="B75" t="s">
+        <v>237</v>
+      </c>
+      <c r="C75" t="s">
+        <v>24</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="G75" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
+        <v>255</v>
+      </c>
+      <c r="B76" t="s">
+        <v>237</v>
+      </c>
+      <c r="C76" t="s">
+        <v>28</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G76" t="s">
         <v>257</v>
-      </c>
-[...16 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
+        <v>258</v>
+      </c>
+      <c r="B77" t="s">
+        <v>237</v>
+      </c>
+      <c r="C77" t="s">
+        <v>32</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B77" t="s">
-[...11 lines deleted...]
-      <c r="F77" s="1" t="s">
+      <c r="G77" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
+        <v>261</v>
+      </c>
+      <c r="B78" t="s">
+        <v>237</v>
+      </c>
+      <c r="C78" t="s">
+        <v>36</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B78" t="s">
-[...11 lines deleted...]
-      <c r="F78" s="1" t="s">
+      <c r="G78" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>264</v>
       </c>
       <c r="B79" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C79" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G79" t="s">
-        <v>266</v>
+        <v>217</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B80" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C80" t="s">
         <v>47</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="G80" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>269</v>
       </c>
       <c r="B81" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C81" t="s">
         <v>51</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>270</v>
       </c>
       <c r="G81" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>271</v>
       </c>
       <c r="B82" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C82" t="s">
         <v>55</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>272</v>
       </c>
       <c r="G82" t="s">
-        <v>155</v>
+        <v>273</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B83" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C83" t="s">
         <v>59</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="G83" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>276</v>
       </c>
       <c r="B84" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C84" t="s">
         <v>63</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>277</v>
       </c>
       <c r="G84" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>278</v>
       </c>
       <c r="B85" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C85" t="s">
         <v>67</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>279</v>
       </c>
       <c r="G85" t="s">
-        <v>256</v>
+        <v>163</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>280</v>
       </c>
       <c r="B86" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C86" t="s">
         <v>71</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G86" t="s">
-        <v>256</v>
+        <v>282</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B87" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C87" t="s">
         <v>75</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G87" t="s">
-        <v>256</v>
+        <v>282</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B88" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C88" t="s">
         <v>79</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G88" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B89" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C89" t="s">
         <v>83</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G89" t="s">
-        <v>288</v>
+        <v>263</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>289</v>
       </c>
       <c r="B90" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C90" t="s">
         <v>87</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>290</v>
       </c>
       <c r="G90" t="s">
-        <v>219</v>
+        <v>263</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>291</v>
       </c>
       <c r="B91" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C91" t="s">
         <v>91</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>292</v>
       </c>
       <c r="G91" t="s">
-        <v>93</v>
+        <v>263</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>293</v>
       </c>
       <c r="B92" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C92" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>294</v>
       </c>
       <c r="G92" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>296</v>
       </c>
       <c r="B93" t="s">
+        <v>237</v>
+      </c>
+      <c r="C93" t="s">
+        <v>99</v>
+      </c>
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="C93" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G93" t="s">
-        <v>147</v>
+        <v>226</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
+        <v>298</v>
+      </c>
+      <c r="B94" t="s">
+        <v>237</v>
+      </c>
+      <c r="C94" t="s">
+        <v>9</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B94" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>301</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
+        <v>300</v>
+      </c>
+      <c r="B95" t="s">
+        <v>237</v>
+      </c>
+      <c r="C95" t="s">
+        <v>15</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="G95" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B96" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C96" t="s">
         <v>59</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="G96" t="s">
-        <v>256</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B97" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C97" t="s">
         <v>63</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="G97" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>309</v>
       </c>
       <c r="B98" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C98" t="s">
         <v>67</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>310</v>
       </c>
       <c r="G98" t="s">
-        <v>266</v>
+        <v>311</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B99" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C99" t="s">
         <v>71</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G99" t="s">
-        <v>313</v>
+        <v>263</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>314</v>
       </c>
       <c r="B100" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C100" t="s">
         <v>75</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>315</v>
       </c>
       <c r="G100" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>316</v>
       </c>
       <c r="B101" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C101" t="s">
         <v>79</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>317</v>
       </c>
       <c r="G101" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>318</v>
       </c>
       <c r="B102" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C102" t="s">
         <v>83</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G102" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>321</v>
       </c>
       <c r="B103" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C103" t="s">
         <v>87</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>322</v>
       </c>
       <c r="G103" t="s">
-        <v>323</v>
+        <v>263</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B104" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C104" t="s">
         <v>91</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="G104" t="s">
-        <v>295</v>
+        <v>226</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
+        <v>325</v>
+      </c>
+      <c r="B105" t="s">
+        <v>304</v>
+      </c>
+      <c r="C105" t="s">
+        <v>95</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B105" t="s">
-[...11 lines deleted...]
-      <c r="F105" s="1" t="s">
+      <c r="G105" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>328</v>
       </c>
       <c r="B106" t="s">
+        <v>304</v>
+      </c>
+      <c r="C106" t="s">
+        <v>99</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="C106" t="s">
-[...8 lines deleted...]
-      <c r="F106" s="1" t="s">
+      <c r="G106" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>331</v>
       </c>
       <c r="B107" t="s">
-        <v>329</v>
+        <v>304</v>
       </c>
       <c r="C107" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>332</v>
       </c>
       <c r="G107" t="s">
-        <v>256</v>
+        <v>302</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>333</v>
       </c>
       <c r="B108" t="s">
-        <v>329</v>
+        <v>304</v>
       </c>
       <c r="C108" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>334</v>
       </c>
       <c r="G108" t="s">
-        <v>201</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>335</v>
       </c>
       <c r="B109" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C109" t="s">
         <v>67</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G109" t="s">
-        <v>337</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>338</v>
       </c>
       <c r="B110" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C110" t="s">
         <v>71</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>339</v>
       </c>
       <c r="G110" t="s">
-        <v>340</v>
+        <v>263</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B111" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C111" t="s">
         <v>75</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="G111" t="s">
-        <v>343</v>
+        <v>208</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B112" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C112" t="s">
         <v>79</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="G112" t="s">
-        <v>256</v>
+        <v>344</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B113" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C113" t="s">
         <v>83</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="G113" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>348</v>
       </c>
       <c r="B114" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C114" t="s">
         <v>87</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G114" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>351</v>
       </c>
       <c r="B115" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C115" t="s">
         <v>91</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G115" t="s">
-        <v>93</v>
+        <v>263</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>353</v>
       </c>
       <c r="B116" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C116" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>354</v>
       </c>
       <c r="G116" t="s">
-        <v>295</v>
+        <v>226</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>355</v>
       </c>
       <c r="B117" t="s">
+        <v>336</v>
+      </c>
+      <c r="C117" t="s">
+        <v>99</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="C117" t="s">
-[...8 lines deleted...]
-      <c r="F117" s="1" t="s">
+      <c r="G117" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>358</v>
       </c>
       <c r="B118" t="s">
-        <v>356</v>
+        <v>336</v>
       </c>
       <c r="C118" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G118" t="s">
-        <v>360</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
+        <v>360</v>
+      </c>
+      <c r="B119" t="s">
+        <v>336</v>
+      </c>
+      <c r="C119" t="s">
+        <v>15</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B119" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G119" t="s">
-        <v>256</v>
+        <v>302</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
+        <v>362</v>
+      </c>
+      <c r="B120" t="s">
         <v>363</v>
       </c>
-      <c r="B120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>364</v>
       </c>
       <c r="G120" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>365</v>
       </c>
       <c r="B121" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C121" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>366</v>
       </c>
       <c r="G121" t="s">
-        <v>256</v>
+        <v>367</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B122" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C122" t="s">
         <v>47</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G122" t="s">
-        <v>369</v>
+        <v>263</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>15</v>
+        <v>370</v>
       </c>
       <c r="B123" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C123" t="s">
         <v>51</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G123" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>27</v>
+        <v>372</v>
       </c>
       <c r="B124" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C124" t="s">
         <v>55</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="G124" t="s">
-        <v>372</v>
+        <v>263</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>35</v>
+        <v>374</v>
       </c>
       <c r="B125" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C125" t="s">
         <v>59</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G125" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="B126" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C126" t="s">
         <v>63</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G126" t="s">
-        <v>376</v>
+        <v>263</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="B127" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C127" t="s">
         <v>67</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G127" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="B128" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C128" t="s">
         <v>71</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G128" t="s">
-        <v>256</v>
+        <v>381</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>71</v>
       </c>
       <c r="B129" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C129" t="s">
         <v>75</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="G129" t="s">
-        <v>256</v>
+        <v>383</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>75</v>
       </c>
       <c r="B130" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C130" t="s">
         <v>79</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="G130" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>79</v>
       </c>
       <c r="B131" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C131" t="s">
         <v>83</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="G131" t="s">
-        <v>384</v>
+        <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>83</v>
       </c>
       <c r="B132" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C132" t="s">
         <v>87</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G132" t="s">
-        <v>219</v>
+        <v>263</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>87</v>
       </c>
       <c r="B133" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C133" t="s">
         <v>91</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="G133" t="s">
-        <v>93</v>
+        <v>389</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>91</v>
       </c>
       <c r="B134" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C134" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="G134" t="s">
-        <v>295</v>
+        <v>391</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>388</v>
+        <v>95</v>
       </c>
       <c r="B135" t="s">
-        <v>389</v>
+        <v>363</v>
       </c>
       <c r="C135" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="G135" t="s">
-        <v>295</v>
+        <v>226</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7">
+      <c r="A136" t="s">
+        <v>99</v>
+      </c>
+      <c r="B136" t="s">
+        <v>363</v>
+      </c>
+      <c r="C136" t="s">
+        <v>9</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="G136" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7">
+      <c r="A137" t="s">
+        <v>9</v>
+      </c>
+      <c r="B137" t="s">
+        <v>363</v>
+      </c>
+      <c r="C137" t="s">
+        <v>15</v>
+      </c>
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
+        <v>11</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="G137" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7">
+      <c r="A138" t="s">
+        <v>395</v>
+      </c>
+      <c r="B138" t="s">
+        <v>396</v>
+      </c>
+      <c r="C138" t="s">
+        <v>15</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="G138" t="s">
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -4792,50 +4882,53 @@
     <hyperlink ref="F111" r:id="rId110"/>
     <hyperlink ref="F112" r:id="rId111"/>
     <hyperlink ref="F113" r:id="rId112"/>
     <hyperlink ref="F114" r:id="rId113"/>
     <hyperlink ref="F115" r:id="rId114"/>
     <hyperlink ref="F116" r:id="rId115"/>
     <hyperlink ref="F117" r:id="rId116"/>
     <hyperlink ref="F118" r:id="rId117"/>
     <hyperlink ref="F119" r:id="rId118"/>
     <hyperlink ref="F120" r:id="rId119"/>
     <hyperlink ref="F121" r:id="rId120"/>
     <hyperlink ref="F122" r:id="rId121"/>
     <hyperlink ref="F123" r:id="rId122"/>
     <hyperlink ref="F124" r:id="rId123"/>
     <hyperlink ref="F125" r:id="rId124"/>
     <hyperlink ref="F126" r:id="rId125"/>
     <hyperlink ref="F127" r:id="rId126"/>
     <hyperlink ref="F128" r:id="rId127"/>
     <hyperlink ref="F129" r:id="rId128"/>
     <hyperlink ref="F130" r:id="rId129"/>
     <hyperlink ref="F131" r:id="rId130"/>
     <hyperlink ref="F132" r:id="rId131"/>
     <hyperlink ref="F133" r:id="rId132"/>
     <hyperlink ref="F134" r:id="rId133"/>
     <hyperlink ref="F135" r:id="rId134"/>
+    <hyperlink ref="F136" r:id="rId135"/>
+    <hyperlink ref="F137" r:id="rId136"/>
+    <hyperlink ref="F138" r:id="rId137"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>