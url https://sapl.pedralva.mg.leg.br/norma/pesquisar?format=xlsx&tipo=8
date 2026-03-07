--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -10,1246 +10,1291 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="966" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1001" uniqueCount="413">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1529/07_-_portaria_07-2022_comissao_especial_-_alteracao_regimento_interno_-_fala_presidente.pdf</t>
+  </si>
+  <si>
+    <t>NOMEIA MEMBROS DE COMISSÃO TEMPORÁRIA ESPECIAL - Alteração no Regimento Interno.</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1528/06_-_portaria_06-2026_-_coordenador_camara_jovem_e_parlamento_jovem.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia os coordenadores/monitores do Programa Câmara na Escola e do Parlamento Jovem da Câmara Municipal para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1527/05_-_portaria_05-2026_-_comissao_-_projeto_camara_na_escola_e_pj.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia membros de Comissão Temporária Especial, para acompanhar os trabalhos de eleição dos Vereadores Jovens de 2026.</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1526/04_-_portaria_04-2026_-_comissoes_permanentes.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1525/03_-_portaria_03-2026_-_reajuste_auxilio_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão anual do valor do auxílio-alimentação dos servidores e vereadores da Câmara Municipal.</t>
+  </si>
+  <si>
     <t>1524</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
-    <t>POR</t>
-[...5 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1524/02_-_portaria_02-2026_-__controle_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1524/02_-_portaria_02-2026_-__controle_interno.pdf</t>
   </si>
   <si>
     <t>Designa Coordenadora do Sistema de Controle Interno da Câmara Municipal de Pedralva - MG e dá outras providências.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1523/01_-_portaria_01-2026_-_designa_agente_de_contratacao_comissao_de_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1523/01_-_portaria_01-2026_-_designa_agente_de_contratacao_comissao_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Designa servidores para atuarem como agente de contratação, pregoeiro e como equipe de apoio, com fundamento na lei nº 14.133, de 1º de abril de 2.021, que dispõe sobre licitações e contratos administrativos, na câmara municipal de Pedralva - MG</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1509/022_-_portaria_022-2025_-_comisao_encarregada_de_conferencia_de_caixa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1509/022_-_portaria_022-2025_-_comisao_encarregada_de_conferencia_de_caixa.pdf</t>
   </si>
   <si>
     <t>Nomeia comissão encarregada de realizar a conferência de caixa e a situação financeira e patrimonial da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial - Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf</t>
   </si>
   <si>
     <t>Designa membros de Comissão Temporária Especial encarregada de estudar e emitir relatório sobre as condições de permanência ou não de gabinete odontológico no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para análise dos nomes indicados para receber o Título de Mérito Educacional "Professor José Raimundo de Faria, o Zé Grande".</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda “Antônio Nélcio de Abreu, o Chiinho”.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI ORGÂNICA DO MUNICÍPIO DE PEDRALVA, ESTADO DE MINAS GERAIS, PARA INSTITUIR AS EMENDAS ORÇAMENTÁRIAS IMPOSITIVAS</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes Jovem do Programa Vereador Jovem, da Câmara Municipal de Pedralva, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf</t>
   </si>
   <si>
     <t>Homologa resultado da eleição ao mandato de Vereador Jovem do Programa Câmara na Escola, para a legislatura 2025.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS DE COMISSÃO TEMPORÁRIA ESPECIAL._x000D_
 (Títulos de Amigo de Pedralva e de Cidadão Honorário)</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf</t>
   </si>
   <si>
     <t>Homologação dos candidatos ao cargo de Vereador Jovem do Programa Câmara na Escola, para a legislatura 2025.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf</t>
   </si>
   <si>
     <t>Nomeia os coordenadores do Programa Câmara na Escola e do Parlamento Jovem da Câmara Municipal para o exercício de 2025.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial, para acompanhar os trabalhos de eleição dos Vereadores Jovens de 2025.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial encarregada de estudar e emitir parecer à Proposta de Emenda à Lei Orgânica Municipal nº 01/2025.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a re-ratificação de exoneração do servidor Adriano da Silva Lima do cargo de Auxiliar de Secretaria.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº 07/2025, que dispõe sobre exoneração do servidor Adriano da Silva Lima.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exoneração do Assessor Jurídico da Câmara Municipal de Pedralva – MG, o Advogado Felício de Mesquita Carneiro.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre exoneração do servidor Adriano da Silva Lima.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual do valor do Auxílio-alimentação dos Servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf</t>
   </si>
   <si>
     <t>Nomeia os membros da Comissão Permanentes de Ética e Decoro Parlamentar para os exercícios de 2025 e 2026.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2025.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito do Poder Legislativo Municipal, o disposto §2° do art. 95 da Lei nº 14.133/2021, para instituir o contrato verbal para pequenas compras ou o de prestação de serviços de pronto pagamento.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO ENCARREGADA DE REALIZAR A CONFERÊNCIA DE CAIXA E A SITUAÇÃO FINANCEIRA E PATRIMONIAL DA CÂMARA MUNICIPAL DE PEDRALVA.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial (Medalha do Mérito Legislativo).</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf</t>
   </si>
   <si>
     <t>Altera membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2024, nomeados através da Portaria n° 04/2024, de 07/02/2024.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto apresentado pelo Prefeito Municipal ao Projeto de Lei n° 016/2024.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação para o Cargo Comissionado de Assessor Jurídico.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf</t>
   </si>
   <si>
     <t>Altera membro das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2024, nomeados através da Portaria nº 04/2024, de 07/02/2024.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf</t>
   </si>
   <si>
     <t>Designa o Vice-Presidente da Mesa Diretora da Câmara Municipal de Pedralva - MG para o exercício de funções de emissão de pagamentos da Câmara Municipal.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf</t>
   </si>
   <si>
     <t>Designa servidores para atuarem como agente de contratação, pregoeiro e como equipe de apoio, com fundamento na lei nº 14.133, de 1º de abril de 2.021, que dispõe sobre licitações e contratos administrativos, na câmara municipal de Pedralva - MG.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf</t>
   </si>
   <si>
     <t>Portaria nomeando comissão especial para analise dos indicados para receber os títulos de cidadão e amigo de Pedralva.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf</t>
   </si>
   <si>
     <t>Altera membro da Comissão Permanente de Finanças, Orçamento e Fiscalização Financeira da Câmara Municipal de Pedralva para o exercício de 2024, nomeado através da Portaria n° 04/2024, de 07/02/2024.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2024.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 055/2023.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual do valor do auxilio-alimentação dos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf</t>
   </si>
   <si>
     <t>Concede permissão ao servidor Adriano da Silva Lima, para ausentar do trabalho no dia 30 de novembro de 2023, para comparecer presencialmente perante Comissão de Processo Administrativo Disciplinar, na Prefeitura de Carrancas – MG.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de comissão temporária especial.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 036/2023.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 033/2023.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense._x000D_
 (Concedido ao Procurador-Geral de Justiça de Minas Gerais, Dr. Jarbas Soares Júnior)</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de comissão temporária especial (Título de Mérito Educacional).</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda "Antônio Nélcio de Abreu, o Chinho".</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre substituição de membro da Comissão Permanente de Licitações, constituída pela Portaria nº 01/2023.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exoneração de Assessor Jurídico Legislativo da Câmara Municipal de Pedralva - MG.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf</t>
   </si>
   <si>
     <t>CONCEDE FOLGA REMUNERADA A FUNCIONÁRIO POR OCASIÃO DE SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf</t>
   </si>
   <si>
     <t>PROCEDE A NOMEAÇÃO DE HABILITADO EM CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf</t>
   </si>
   <si>
     <t>REVOGA NOMEAÇÃO DE HABILITADO EM CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf</t>
   </si>
   <si>
     <t>Concede folga remunerada para funcionária por ocasião de seu aniversário (Lei Municipal nº 1.944/2022, de 22 de agosto de 2022)</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf</t>
   </si>
   <si>
     <t>Constitui Comissões Temporárias Especiais na Câmara Municipal de Pedralva - MG, para analisar se os nomes indicados para receber o Título de Amigo de Pedralva e o Título de Cidadão Honorário.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf</t>
   </si>
   <si>
     <t>Procede a nomeação de habilitado em concurso público.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf</t>
   </si>
   <si>
     <t>Homologação dos candidatos ao cargo de Vereador Jovem do Programa Câmara na Escola, para a legislatura 2023.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf</t>
   </si>
   <si>
     <t>Nomeia comissão especial</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf</t>
   </si>
   <si>
     <t>Designa servidora para o exercício de funções de emissão de pagamentos da Câmara Municipal.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exoneração a pedido de servidor da Câmara Municipal de Pedralva - MG</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual do valor do auxílio-alimentação dos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das comissões permanentes da Câmara Municipal de Pedralva para o exercício de 2023.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf</t>
   </si>
   <si>
     <t>Designa Coordenadora do Sistema de Controle Interno da Câmara Municipal de Pedralva - MG, para o exercício de 2023.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf</t>
   </si>
   <si>
     <t>Constitui Comissão de Licitação da Câmara Municipal de Pedralva - MG, para o exercício de 2023.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exoneração de Assessor Jurídico Legislativo da Câmara Municipal de Pedralva-MG.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recesso na Câmara Municipal de Pedralva-MG para as festas de final de ano.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf</t>
   </si>
   <si>
     <t>Retifica inscrições para eleição da Mesa Diretora da Câmara Municipal de Pedralva/MG, biênio 2023-2024.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf</t>
   </si>
   <si>
     <t>Registra inscrições para eleição da Mesa Diretora da Câmara Municipal de Pedralva/MG, biênio 2023-2024.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Encarregada de realizar a conferência de caixa e a situação financeira e patrimonial da Câmara Municipal de Pedralva-MG.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf</t>
   </si>
   <si>
     <t>Concede folga remunerada a funcionária por ocasião de seu aniversário.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara Municipal de Pedralva nos dias de jogos da Seleção Brasileira na primeira fase da Copa do Mundo de Futebol 2022.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf</t>
   </si>
   <si>
     <t>Define a data para pagamento do décimo terceiro salário aos servidores efetivos e comissionados da Câmara Municipal de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Temporária Especial.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf</t>
   </si>
   <si>
     <t>Concede folga remunerada a servidor por ocasião de seu aniversário.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda "Antônio Nélcio de Abreu, o Chiinho".</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf</t>
   </si>
   <si>
     <t>Altera membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2022, nomeados através da Portaria n° 04/2022, de 14/01/2022.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2022.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf</t>
   </si>
   <si>
     <t>Constitui Comissão de Licitação da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf</t>
   </si>
   <si>
     <t>Nomeia membros suplentes para a Comissão Especial nomeada para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 055/2021.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 055/2021.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão Especial para emitir parecer ao Veto proposto pelo Prefeito Municipal ao Projeto de Lei n° 011/2021 e ao Projeto de Lei n° 012/2021.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia os membros da Comissão Permanente de Ética e Decoro Parlamentar para os exercícios de 2021 e 2022.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2021.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf</t>
   </si>
   <si>
     <t>Homologa o resultado final do Concurso Público - Edital n° 01/2019 da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf</t>
   </si>
   <si>
     <t>Homologação dos candidatos ao cargo de Vereador Jovem do Programa Câmara na Escola, para a legislatura 2020.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia membros Comissão Temporária Especial.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2020.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf</t>
   </si>
   <si>
     <t>Constitui a Comissão Especial do Concurso Público - Edital nº 01/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf</t>
   </si>
   <si>
     <t>Designa Comissão Especial para escolha de homenageado para Comenda.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia membros de Comissão Especial.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf</t>
   </si>
   <si>
     <t>Homologa resultado da eleição ao mandato de Vereador Jovem do Programa Câmara na Escola, para a legislatura de 2019.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf</t>
   </si>
   <si>
     <t>Instaura Processo Disciplinar para apuração de representação de cidadão por conduta inadequada do Vereador Marcos Batista.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf</t>
   </si>
   <si>
     <t>Homologação dos candidatos ao cargo de Vereador Jovem do Programa Câmara na Escola, para a legislatura 2019.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf</t>
   </si>
   <si>
     <t>Nomeia membros da Comissão Permanente de Ética e Decoro Parlamentar para o exercício de 2019-2020.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros das Comissões Permanentes da Câmara Municipal de Pedralva para o exercício de 2019.</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1553,66 +1598,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1524/02_-_portaria_02-2026_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1523/01_-_portaria_01-2026_-_designa_agente_de_contratacao_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1509/022_-_portaria_022-2025_-_comisao_encarregada_de_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1529/07_-_portaria_07-2022_comissao_especial_-_alteracao_regimento_interno_-_fala_presidente.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1528/06_-_portaria_06-2026_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1527/05_-_portaria_05-2026_-_comissao_-_projeto_camara_na_escola_e_pj.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1526/04_-_portaria_04-2026_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1525/03_-_portaria_03-2026_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1524/02_-_portaria_02-2026_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2026/1523/01_-_portaria_01-2026_-_designa_agente_de_contratacao_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1509/022_-_portaria_022-2025_-_comisao_encarregada_de_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1497/020_-_portaria_020-2025_-_comissao_especial_gab_odontologico_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1490/019_-_portaria_019-2025_-_titulo_-_merito_educacional_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1488/018_-_portaria_018-2025_-_comenda_poeta_-_chinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1470/017_-_portaria_017-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1471/01_-_portaria_jovem_01-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1455/016_-_portaria_016-2025_-_resultado_eleicao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1454/015_-_portaria_015-2025_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1453/014_-_portaria_014-2025_-_homologa_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1447/013_-_portaria_013-2025_-_coordenador_camara_jovem_e_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1446/012_-_portaria_012-2025_-_comissao_-_projeto_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1445/011_-_portaria_011-2025_-_comissao_especial_-_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1443/010_-_portaria_010-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_2a_retificacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1438/09_-_portaria_09-2025_-_exoneracao_servidor_a_pedido_-_auxiliar_de_secretaria_-_retificando.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1437/08_-_portaria_08-2025_-_exoneracao_servidor_-_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1435/07_-_portaria_07-2025_-_exoneracao_servidor_a_pedido_-auxiliar_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1434/06_-_portaria_06-2025_-_reajuste_auxilio_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1433/05_-_portaria_05-2025_-_comissoes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1432/04_-_portaria_04-2025_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1431/03_-_portaria_03-2025_-_compras_de_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1430/02_-_portaria_02-2025_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2025/1429/01_-_portaria_01-2025_-_licitacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1428/016_-_portaria_016-2024_-__comissao_conferencia_caixa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1416/015_-_portaria_015-2024_-_comissao_especial_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1414/014_-_portaria_014-2024_-_nomea_membro_comissao_de_financas_e_comissao_da_ordem_economica.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1396/013_-_portaria_013-2024_-_comissao_-_veto_pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1387/012_-_portaria_012-2024_-_nomeia_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1386/011_-_portaria_011-2024_-_nomeia_vereador_para_comissao_de_foff_em_substituicao_vereador_renunciou.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1380/010_-_portaria_010-2024_-_designa_vice-presidente_para_pagamentos20240605_12445721.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1375/09_-_portaria_09-2024_-_regulamenta_pequenas_compras_e_servicos_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1363/08_-_portaria_08-2024_-_agente_de_contratacao_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1359/07_-_portaria_07-2024_-_altera_membros_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1356/06_-_portaria_06-2024_-_comissoes_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1351/05_-_portaria_05-2024_-_altera_membro_comissoes_permanentes_foff.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1350/04_-_portaria_04-2024_-_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1349/03_-_portaria_03-2024_-_comissao_especial_veto_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1348/01_-_portaria_02-2024_-__reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2024/1346/01_-_portaria_01-2024_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1343/27_-_portaria_27-2023_-_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1336/26_-_portaria_26-2023_-_adriano_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1317/25_-_portaria_25-2023_-_comissao_especial_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1315/24_-_portaria_24-2023_-_comissao_especial_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1314/23_-_portaria_23-2023_-_comissao_especial_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1311/22_-_portaria_22-2023_-_comissao_especial_-_pdl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1308/21_-_portaria_no_21-2023_-_comissao_especial_-merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1303/20_-_portaria_no_20-2023_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1302/19_-_portaria_no_19-2023_-_substitui_membro_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1301/18_-_portaria_no_18-2023_-_exoneracao_a_pedido_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1289/17_-_portaria_no_17-2023_-_folga_aniversario_adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1272/16_-_portaria_no_16-2023_-_nomeacao_4o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1271/15_-_portaria_no_15-2023_-_revoga_nomeacao_3o_colocado_concurso.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1270/14_-_portaria_no_14-2023_-_folga_aniversario_geralda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1260/13_-_portaria_no_13-2023_-_comissao_especial_titulos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1259/12_-_portaria_no_12-2023_-_nomeacao_3o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1258/11_-_portaria_no_11-2023_-_revoga_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1256/10_-_portaria_no_10-2023_-_nomeacao_2o_colocado_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1255/09_-_portaria_no_09-2023_-_homologacao_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1254/08_-_portaria_no_08-2023_-_nomeia_comissao_representativa_-_camara_jovem.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1253/07_-_portaria_no_07-2023_-_nomeacao_de_assessor_juridico_legislativ.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1251/06_-_portaria_no_06-2023_-_designa_funcionario_para_temporariamente_exercer_funcao_de_emissao_e_assinatura_de_cheques_e_ordem_de_pagamento_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1250/05_-_portaria_no_05-2023_-_exoneracao_a_pedido_-_luiz_gustavo_martins_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1246/04_-_portaria_no_04-2023_-_reajuste_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1245/03_-_portaria_no_03-2023_-_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1243/02_-_portaria_no_02-2023_-_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2023/1242/01_-_portaria_no_01-2023_-_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1241/portaria_026-2022_-_exonera_assessor_juridico_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1240/portaria_025-2022_-_recesso_fim_de_ano_camara_2022_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1234/portaria_024-2022_-_retifica_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1233/portaria_023-2022_-_registra_candidatura_mesa_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1232/portaria_022-2022_-_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1231/portaria_021-2022_-_folga_aniversario_rita_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1225/portaria_020-2022_-_copa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1224/portaria_019-2022_-_dia_de_pagamento_13_salario_em_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1223/portaria_018-2022_-_comissao_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1220/portaria_017-2022_-_cargo_comissionado_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1208/portaria_016-2022_-_folga_dia_do_aniversario_gustavo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1200/portaria_015-2022_-_comissao_especial_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1196/portaria_014-2022_-_comissao_especial_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1195/portaria_013-2022_-_comissao_especial_-_analise_veto_pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1194/portaria_012-2022_-_comissao_especial_-_analise_pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1137/portaria_011-2022_-_comissao_especial_-_analise_pr_03-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1135/portaria_010-2022_-_substituicao_membros_comissoes_permanentes_-_segunda_alteracao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1129/portaria_09-2022_-_substituicao_membros_comissoes_permanentes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1128/portaria_08-2022_-_comissao_titulos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1123/portaria_07-2022_comissoes_especial_-_rua_poeta_joao_carneiro_de_rezende_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1122/portaria_06-2022_comissoes_especial_mudanca_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/1121/portaria_05-2022_comissoes_camara_na_escola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/809/portaria-4-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/808/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/806/portaria_02-2022_controle_interno_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2022/805/portaria_01-2022_comissao_de_licitacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/804/portaria_013-2021_comissao_conferencia_de_caixa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/796/portaria_012-2021_comissao_especial_veto_-_nomea_suplente_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/794/portaria_011-2021_comissao_especial_veto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/793/portaria_010-2021_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/764/portaria-9-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/759/portaria-8-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/732/portaria-7-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/721/portaria-6-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/715/portaria-5-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/714/portaria-4-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/713/portaria-3-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/710/portaria_02-2021_-_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_01-2021_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/705/portaria_11-2020_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/695/portaria_10-2020_comissao_especial_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/231/portaria_no__09-2020_nomeacao_de_habilitado_no_curso_publico.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/230/portaria_08-2020_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/221/portaria_07-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/220/portaria_06-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/194/portaria_05-2020_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/168/portaria_04-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/167/portaria_03-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/161/portaria_02-2020_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2020/160/portaria_01-2020_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/148/portaria_18-2019_comissao_especial_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/147/portaria_comissao_especial_concurso.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/145/portaria_16-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/144/portaria_15-2019_comissao_especial_esgoto_novo_loteam_oXrpIBa.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/143/portaria_14-2019_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/142/portaria_013-2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/20/portaria_012-2019_comissao_especial_elza_-_saude.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/17/portaria_011-2019_comissao_especial_emenda_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/16/portaria_010-2019_resultado_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/10/portaria_09-2019_processo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/9/portaria_08-2019_homologacao_candidatos_vereador_jovem_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/8/portaria_07-2019_comissao_titulos_uuNVxz5.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/7/portaria_06-2019_comissao_camara_na_escola.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/6/portaria_05-2019_comissoes_permanentes_de_etica.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/5/portaria_04-2019_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/4/portaria_03-2019_reajuste_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/3/portaria_02-2019_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2019/2/portaria_01-2019_comissao_licitacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/normajuridica/2018/53/portaria_01-2018_comissao_licitacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G138"/>
+  <dimension ref="A1:G143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="222" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="221.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="222.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1646,3148 +1691,3263 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="1" t="s">
+      <c r="G6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="1" t="s">
+      <c r="G7" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="1" t="s">
+      <c r="G8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>79</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C20" t="s">
         <v>83</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C22" t="s">
         <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C23" t="s">
         <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C24" t="s">
         <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G24" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G26" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B27" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C28" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C30" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G30" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C31" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G31" t="s">
-        <v>121</v>
+        <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C32" t="s">
         <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G32" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>125</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G33" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G34" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C35" t="s">
         <v>79</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G35" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B36" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
         <v>83</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G36" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G37" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G38" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C39" t="s">
         <v>95</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G39" t="s">
-        <v>143</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C41" t="s">
         <v>9</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G41" t="s">
-        <v>149</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>150</v>
       </c>
       <c r="B42" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>151</v>
       </c>
       <c r="G42" t="s">
-        <v>13</v>
+        <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B43" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="C43" t="s">
+        <v>19</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>156</v>
       </c>
       <c r="B44" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="C44" t="s">
+        <v>23</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="D44" t="s">
-[...5 lines deleted...]
-      <c r="F44" s="1" t="s">
+      <c r="G44" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>159</v>
+      </c>
+      <c r="B45" t="s">
+        <v>122</v>
+      </c>
+      <c r="C45" t="s">
+        <v>27</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="G45" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>162</v>
+      </c>
+      <c r="B46" t="s">
+        <v>122</v>
+      </c>
+      <c r="C46" t="s">
+        <v>31</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G46" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B47" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="C47" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="G47" t="s">
-        <v>171</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B48" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C48" t="s">
-        <v>20</v>
+        <v>169</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="G48" t="s">
-        <v>174</v>
+        <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B49" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C49" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G49" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>175</v>
+      </c>
+      <c r="B50" t="s">
+        <v>168</v>
+      </c>
+      <c r="C50" t="s">
+        <v>176</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G50" t="s">
         <v>178</v>
-      </c>
-[...16 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>179</v>
+      </c>
+      <c r="B51" t="s">
+        <v>168</v>
+      </c>
+      <c r="C51" t="s">
+        <v>180</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B51" t="s">
-[...11 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="G51" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>183</v>
+      </c>
+      <c r="B52" t="s">
+        <v>168</v>
+      </c>
+      <c r="C52" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G52" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>187</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C53" t="s">
         <v>40</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>188</v>
       </c>
       <c r="G53" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>190</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C54" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>191</v>
       </c>
       <c r="G54" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>193</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C55" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G55" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>196</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C56" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G56" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>199</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C57" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>200</v>
       </c>
       <c r="G57" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C58" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G58" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B59" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C59" t="s">
         <v>67</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G59" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B60" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C60" t="s">
         <v>71</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="G60" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C61" t="s">
         <v>75</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G61" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C62" t="s">
         <v>79</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G62" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C63" t="s">
         <v>83</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G63" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B64" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C64" t="s">
         <v>87</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G64" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>221</v>
       </c>
       <c r="B65" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C65" t="s">
         <v>91</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G65" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>224</v>
       </c>
       <c r="B66" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C66" t="s">
         <v>95</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>225</v>
       </c>
       <c r="G66" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>227</v>
       </c>
       <c r="B67" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C67" t="s">
         <v>99</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G67" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>230</v>
       </c>
       <c r="B68" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C68" t="s">
         <v>9</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>231</v>
       </c>
       <c r="G68" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>233</v>
       </c>
       <c r="B69" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>234</v>
       </c>
       <c r="G69" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>236</v>
       </c>
       <c r="B70" t="s">
+        <v>168</v>
+      </c>
+      <c r="C70" t="s">
+        <v>19</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C70" t="s">
-[...8 lines deleted...]
-      <c r="F70" s="1" t="s">
+      <c r="G70" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>239</v>
+      </c>
+      <c r="B71" t="s">
+        <v>168</v>
+      </c>
+      <c r="C71" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B71" t="s">
-[...11 lines deleted...]
-      <c r="F71" s="1" t="s">
+      <c r="G71" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
+        <v>242</v>
+      </c>
+      <c r="B72" t="s">
+        <v>168</v>
+      </c>
+      <c r="C72" t="s">
+        <v>27</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B72" t="s">
-[...11 lines deleted...]
-      <c r="F72" s="1" t="s">
+      <c r="G72" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
+        <v>245</v>
+      </c>
+      <c r="B73" t="s">
+        <v>168</v>
+      </c>
+      <c r="C73" t="s">
+        <v>31</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B73" t="s">
-[...11 lines deleted...]
-      <c r="F73" s="1" t="s">
+      <c r="G73" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>248</v>
+      </c>
+      <c r="B74" t="s">
+        <v>168</v>
+      </c>
+      <c r="C74" t="s">
+        <v>35</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B74" t="s">
-[...11 lines deleted...]
-      <c r="F74" s="1" t="s">
+      <c r="G74" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
+        <v>251</v>
+      </c>
+      <c r="B75" t="s">
         <v>252</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G75" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>255</v>
       </c>
       <c r="B76" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C76" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>256</v>
       </c>
       <c r="G76" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>258</v>
       </c>
       <c r="B77" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C77" t="s">
-        <v>32</v>
+        <v>180</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>259</v>
       </c>
       <c r="G77" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>261</v>
       </c>
       <c r="B78" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C78" t="s">
-        <v>36</v>
+        <v>184</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>262</v>
       </c>
       <c r="G78" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>264</v>
       </c>
       <c r="B79" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C79" t="s">
         <v>40</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G79" t="s">
-        <v>217</v>
+        <v>266</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B80" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C80" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G80" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B81" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C81" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G81" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B82" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C82" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G82" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B83" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C83" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="G83" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B84" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C84" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="G84" t="s">
-        <v>263</v>
+        <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B85" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C85" t="s">
         <v>67</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G85" t="s">
-        <v>163</v>
+        <v>283</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="B86" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C86" t="s">
         <v>71</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="G86" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B87" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C87" t="s">
         <v>75</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="G87" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B88" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C88" t="s">
         <v>79</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="G88" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B89" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C89" t="s">
         <v>83</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="G89" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B90" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C90" t="s">
         <v>87</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="G90" t="s">
-        <v>263</v>
+        <v>178</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B91" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C91" t="s">
         <v>91</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="G91" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B92" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C92" t="s">
         <v>95</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="G92" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B93" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C93" t="s">
         <v>99</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="G93" t="s">
-        <v>226</v>
+        <v>278</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B94" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C94" t="s">
         <v>9</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="G94" t="s">
-        <v>13</v>
+        <v>278</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B95" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="G95" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B96" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="C96" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>278</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B97" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="C97" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="G97" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B98" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="C98" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="G98" t="s">
-        <v>311</v>
+        <v>241</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B99" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="C99" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G99" t="s">
-        <v>263</v>
+        <v>33</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B100" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="C100" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G100" t="s">
-        <v>263</v>
+        <v>317</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B101" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C101" t="s">
         <v>79</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="G101" t="s">
-        <v>273</v>
+        <v>42</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B102" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C102" t="s">
         <v>83</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="G102" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B103" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C103" t="s">
         <v>87</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G103" t="s">
-        <v>263</v>
+        <v>326</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B104" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C104" t="s">
         <v>91</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G104" t="s">
-        <v>226</v>
+        <v>278</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B105" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C105" t="s">
         <v>95</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="G105" t="s">
-        <v>327</v>
+        <v>278</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B106" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C106" t="s">
         <v>99</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="G106" t="s">
-        <v>330</v>
+        <v>288</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B107" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C107" t="s">
         <v>9</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="G107" t="s">
-        <v>302</v>
+        <v>335</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B108" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="G108" t="s">
-        <v>13</v>
+        <v>278</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B109" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="C109" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>241</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B110" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="C110" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G110" t="s">
-        <v>263</v>
+        <v>342</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B111" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="C111" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="G111" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B112" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="C112" t="s">
-        <v>79</v>
+        <v>31</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G112" t="s">
-        <v>344</v>
+        <v>317</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B113" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="C113" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="G113" t="s">
-        <v>347</v>
+        <v>33</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B114" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C114" t="s">
         <v>87</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="G114" t="s">
-        <v>350</v>
+        <v>42</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>353</v>
+      </c>
+      <c r="B115" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="C115" t="s">
         <v>91</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="G115" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B116" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C116" t="s">
         <v>95</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="G116" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B117" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C117" t="s">
         <v>99</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="G117" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B118" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C118" t="s">
         <v>9</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="G118" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B119" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="G119" t="s">
-        <v>302</v>
+        <v>365</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B120" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="C120" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="G120" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B121" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="C121" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="G121" t="s">
-        <v>367</v>
+        <v>241</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B122" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="C122" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="G122" t="s">
-        <v>263</v>
+        <v>372</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B123" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="C123" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="G123" t="s">
-        <v>263</v>
+        <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B124" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="C124" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="G124" t="s">
-        <v>263</v>
+        <v>317</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B125" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C125" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="G125" t="s">
-        <v>376</v>
+        <v>278</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>28</v>
+        <v>380</v>
       </c>
       <c r="B126" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C126" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="G126" t="s">
-        <v>263</v>
+        <v>382</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>40</v>
+        <v>383</v>
       </c>
       <c r="B127" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C127" t="s">
         <v>67</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="G127" t="s">
-        <v>379</v>
+        <v>278</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>47</v>
+        <v>385</v>
       </c>
       <c r="B128" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C128" t="s">
         <v>71</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="G128" t="s">
-        <v>381</v>
+        <v>278</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>71</v>
+        <v>387</v>
       </c>
       <c r="B129" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C129" t="s">
         <v>75</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="G129" t="s">
-        <v>383</v>
+        <v>278</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>75</v>
+        <v>389</v>
       </c>
       <c r="B130" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C130" t="s">
         <v>79</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="G130" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="B131" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C131" t="s">
         <v>83</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="G131" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="B132" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C132" t="s">
         <v>87</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="G132" t="s">
-        <v>263</v>
+        <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="B133" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C133" t="s">
         <v>91</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="G133" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>91</v>
       </c>
       <c r="B134" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C134" t="s">
         <v>95</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="G134" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>95</v>
       </c>
       <c r="B135" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C135" t="s">
         <v>99</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="G135" t="s">
-        <v>226</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>99</v>
       </c>
       <c r="B136" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C136" t="s">
         <v>9</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="G136" t="s">
-        <v>13</v>
+        <v>278</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>9</v>
       </c>
       <c r="B137" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="G137" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>395</v>
+        <v>15</v>
       </c>
       <c r="B138" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="C138" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="G138" t="s">
-        <v>302</v>
+        <v>404</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7">
+      <c r="A139" t="s">
+        <v>19</v>
+      </c>
+      <c r="B139" t="s">
+        <v>378</v>
+      </c>
+      <c r="C139" t="s">
+        <v>23</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="G139" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7">
+      <c r="A140" t="s">
+        <v>23</v>
+      </c>
+      <c r="B140" t="s">
+        <v>378</v>
+      </c>
+      <c r="C140" t="s">
+        <v>27</v>
+      </c>
+      <c r="D140" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" t="s">
+        <v>11</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G140" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7">
+      <c r="A141" t="s">
+        <v>27</v>
+      </c>
+      <c r="B141" t="s">
+        <v>378</v>
+      </c>
+      <c r="C141" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" t="s">
+        <v>11</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="G141" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7">
+      <c r="A142" t="s">
+        <v>31</v>
+      </c>
+      <c r="B142" t="s">
+        <v>378</v>
+      </c>
+      <c r="C142" t="s">
+        <v>35</v>
+      </c>
+      <c r="D142" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="G142" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7">
+      <c r="A143" t="s">
+        <v>410</v>
+      </c>
+      <c r="B143" t="s">
+        <v>411</v>
+      </c>
+      <c r="C143" t="s">
+        <v>35</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
+        <v>11</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="G143" t="s">
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -4885,50 +5045,55 @@
     <hyperlink ref="F114" r:id="rId113"/>
     <hyperlink ref="F115" r:id="rId114"/>
     <hyperlink ref="F116" r:id="rId115"/>
     <hyperlink ref="F117" r:id="rId116"/>
     <hyperlink ref="F118" r:id="rId117"/>
     <hyperlink ref="F119" r:id="rId118"/>
     <hyperlink ref="F120" r:id="rId119"/>
     <hyperlink ref="F121" r:id="rId120"/>
     <hyperlink ref="F122" r:id="rId121"/>
     <hyperlink ref="F123" r:id="rId122"/>
     <hyperlink ref="F124" r:id="rId123"/>
     <hyperlink ref="F125" r:id="rId124"/>
     <hyperlink ref="F126" r:id="rId125"/>
     <hyperlink ref="F127" r:id="rId126"/>
     <hyperlink ref="F128" r:id="rId127"/>
     <hyperlink ref="F129" r:id="rId128"/>
     <hyperlink ref="F130" r:id="rId129"/>
     <hyperlink ref="F131" r:id="rId130"/>
     <hyperlink ref="F132" r:id="rId131"/>
     <hyperlink ref="F133" r:id="rId132"/>
     <hyperlink ref="F134" r:id="rId133"/>
     <hyperlink ref="F135" r:id="rId134"/>
     <hyperlink ref="F136" r:id="rId135"/>
     <hyperlink ref="F137" r:id="rId136"/>
     <hyperlink ref="F138" r:id="rId137"/>
+    <hyperlink ref="F139" r:id="rId138"/>
+    <hyperlink ref="F140" r:id="rId139"/>
+    <hyperlink ref="F141" r:id="rId140"/>
+    <hyperlink ref="F142" r:id="rId141"/>
+    <hyperlink ref="F143" r:id="rId142"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>